--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -6,63 +6,68 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="34B841A9" w14:textId="30B485C9" w:rsidR="008E4AE0" w:rsidRDefault="008E4AE0" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="Vkazslo"/>
         <w:framePr w:wrap="notBeside"/>
       </w:pPr>
       <w:r>
-        <w:t>Kult (MK) 12-01</w:t>
+        <w:t>Kult (MK) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>12-01</w:t>
       </w:r>
       <w:r w:rsidR="0038314B">
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="05F230A3" w14:textId="6A7864DB" w:rsidR="00582C88" w:rsidRDefault="00B92339" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="VkazNzev"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Roční </w:t>
       </w:r>
       <w:r w:rsidRPr="003B27EA">
         <w:t>výkaz o knihovn</w:t>
       </w:r>
       <w:r w:rsidR="00582C88">
         <w:t xml:space="preserve">ě </w:t>
       </w:r>
       <w:r w:rsidR="005D0019" w:rsidRPr="003B27EA">
         <w:t>za rok</w:t>
       </w:r>
       <w:r w:rsidR="003D290D" w:rsidRPr="003B27EA">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB33A3" w:rsidRPr="003B27EA">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00961CE7">
         <w:t>5</w:t>
@@ -170,51 +175,51 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="04222832" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 36" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:280.45pt;margin-top:149.1pt;width:246.4pt;height:15.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOkp3/tQIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVO1umzAU/T9p72D5P+WjTgKopGpDmCZ1&#10;H1K7B3DABGtgM9sJdNPefdcmSdNWk6Zt/EC27/W5H+f4Xl2PXYv2TGkuRYbDiwAjJkpZcbHN8JeH&#10;wosx0oaKirZSsAw/Mo2vl2/fXA19yiLZyLZiCgGI0OnQZ7gxpk99X5cN66i+kD0TYKyl6qiBrdr6&#10;laIDoHetHwXB3B+kqnolS6Y1nOaTES8dfl2z0nyqa80MajMMuRn3V+6/sX9/eUXTraJ9w8tDGvQv&#10;sugoFxD0BJVTQ9FO8VdQHS+V1LI2F6XsfFnXvGSuBqgmDF5Uc9/QnrlaoDm6P7VJ/z/Y8uP+s0K8&#10;ynCEkaAdUPTARoNu5Ygu57Y9Q69T8Lrvwc+McA40u1J1fyfLrxoJuWqo2LIbpeTQMFpBeqG96Z9d&#10;nXC0BdkMH2QFcejOSAc01qqzvYNuIEAHmh5P1NhcSji8DKMkisFUgg2ID6KZC0HT4+1eafOOyQ7Z&#10;RYYVUO/Q6f5OG5sNTY8uNpiQBW9bR38rnh2A43QCseGqtdksHJs/kiBZx+uYeCSarz0S5Ll3U6yI&#10;Ny/CxSy/zFerPPxp44YkbXhVMWHDHJUVkj9j7qDxSRMnbWnZ8srC2ZS02m5WrUJ7Csou3HdoyJmb&#10;/zwN1wSo5UVJYUSC2yjxinm88EhBZl6yCGIvCJPbZB6QhOTF85LuuGD/XhIaMpzMgEdXzm9rA67h&#10;e10bTTtuYHa0vMtwfHKiqZXgWlSOWkN5O63PWmHTf2oF0H0k2gnWanRSqxk3I6BYFW9k9QjSVRKU&#10;BSKEgQeLRqrvGA0wPDKsv+2oYhi17wXIPwkJsdPGbchsEcFGnVs25xYqSoDKsMFoWq7MNKF2veLb&#10;BiJND07IG3gyNXdqfsrq8NBgQLiiDsPMTqDzvfN6GrnLXwAAAP//AwBQSwMEFAAGAAgAAAAhAIcg&#10;5OjgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTUraJmRTIRBXUAtU&#10;6s2Nt0lEvI5itwl/j3uC42qeZt4W68l24kyDbx0j3M8UCOLKmZZrhM+P17sVCB80G905JoQf8rAu&#10;r68KnRs38obO21CLWMI+1whNCH0upa8astrPXE8cs6MbrA7xHGppBj3GctvJRKmFtLrluNDonp4b&#10;qr63J4vw9Xbc7x7Ue/1i0350k5JsM4l4ezM9PYIINIU/GC76UR3K6HRwJzZedAjpQmURRUiyVQLi&#10;Qqh0vgRxQJgn2RJkWcj/T5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM6Snf+1AgAA&#10;ugUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIcg5Ojg&#10;AAAADAEAAA8AAAAAAAAAAAAAAAAADwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 36" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:280.45pt;margin-top:149.1pt;width:246.4pt;height:15.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSBSpY3wEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mwhTbabFVaFSGV&#10;i1T4AMexE4vEY8beTZavZ+xstwu8IV4se2Zy5pwzk831PA5sr9AbsDUvVjlnykpoje1q/u3r/atL&#10;znwQthUDWFXzg/L8evvyxWZylSqhh6FVyAjE+mpyNe9DcFWWedmrUfgVOGUpqQFHEeiJXdaimAh9&#10;HLIyz99kE2DrEKTynqJ3S5JvE77WSobPWnsV2FBz4hbSiels4pltN6LqULjeyCMN8Q8sRmEsNT1B&#10;3Ykg2A7NX1CjkQgedFhJGDPQ2kiVNJCaIv9DzWMvnEpayBzvTjb5/wcrP+0f3RdkYX4HMw0wifDu&#10;AeR3zyzc9sJ26gYRpl6JlhoX0bJscr46fhqt9pWPIM30EVoastgFSECzxjG6QjoZodMADifT1RyY&#10;pODrorwqLyklKUcjzcuL1EJUT1879OG9gpHFS82RhprQxf7Bh8hGVE8lsZmFezMMabCD/S1AhTGS&#10;2EfCC/UwNzNVRxUNtAfSgbDsCe01XXrAn5xNtCM19z92AhVnwwdLXlwV63VcqvRYX7wt6YHnmeY8&#10;I6wkqJoHzpbrbVgWcefQdD11Wty3cEP+aZOkPbM68qY9SIqPOxsX7fydqp7/rO0vAAAA//8DAFBL&#10;AwQUAAYACAAAACEAhyDk6OAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KhNStomZFMhEFdQC1TqzY23SUS8jmK3CX+Pe4Ljap5m3hbryXbiTINvHSPczxQI4sqZlmuEz4/X&#10;uxUIHzQb3TkmhB/ysC6vrwqdGzfyhs7bUItYwj7XCE0IfS6lrxqy2s9cTxyzoxusDvEcamkGPcZy&#10;28lEqYW0uuW40Oienhuqvrcni/D1dtzvHtR7/WLTfnSTkmwziXh7Mz09ggg0hT8YLvpRHcrodHAn&#10;Nl50COlCZRFFSLJVAuJCqHS+BHFAmCfZEmRZyP9PlL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA0gUqWN8BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAhyDk6OAAAAAMAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2163AEE4" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00937F47" w:rsidRDefault="00DC00AF" w:rsidP="00747FCC">
                       <w:pPr>
                         <w:pStyle w:val="Vkazveznn"/>
                         <w:rPr>
                           <w:sz w:val="11"/>
                           <w:szCs w:val="11"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00937F47">
                         <w:rPr>
                           <w:sz w:val="11"/>
                           <w:szCs w:val="11"/>
                         </w:rPr>
                         <w:t>* ve znění pozdějších předpisů</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="34C67269" w14:textId="4047F8FC" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                       <w:pPr>
                         <w:pStyle w:val="Vkazveznn"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
@@ -506,79 +511,92 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A03F52F" w14:textId="77777777" w:rsidR="009C4A49" w:rsidRPr="00582C88" w:rsidRDefault="009C4A49" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="vkazidentifZJ"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1247" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42206EEC" w14:textId="4FDE1278" w:rsidR="00F760B5" w:rsidRPr="00747FCC" w:rsidRDefault="009C4A49" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="vkazidentifZJ"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00747FCC">
-              <w:t>Evid. č. knihovny</w:t>
+              <w:t>Evid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00747FCC">
+              <w:t>. č. knihovny</w:t>
             </w:r>
             <w:r w:rsidR="00F760B5" w:rsidRPr="00747FCC">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidR="005143AD" w:rsidRPr="00747FCC">
               <w:t xml:space="preserve"> (dle evidence</w:t>
             </w:r>
             <w:r w:rsidR="00F760B5" w:rsidRPr="00747FCC">
               <w:t xml:space="preserve"> MK)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14D5F70C" w14:textId="77777777" w:rsidR="00F760B5" w:rsidRPr="00747FCC" w:rsidRDefault="00F760B5" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="vkazidentifZJ"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04E1F38E" w14:textId="714C3D3B" w:rsidR="009C4A49" w:rsidRPr="00747FCC" w:rsidRDefault="00F760B5" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="vkazidentifZJ"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
             <w:r w:rsidRPr="00747FCC">
-              <w:t xml:space="preserve"> nMK ČR</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00747FCC">
+              <w:t>nMK</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00747FCC">
+              <w:t xml:space="preserve"> ČR</w:t>
             </w:r>
             <w:r w:rsidR="003E35A7" w:rsidRPr="00747FCC">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B493C37" w14:textId="53373370" w:rsidR="005143AD" w:rsidRPr="00582C88" w:rsidRDefault="005143AD" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="vkazidentifZJ"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C4A49" w:rsidRPr="00582C88" w14:paraId="75B8EED9" w14:textId="77777777" w:rsidTr="003E35A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
@@ -913,51 +931,51 @@
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07AB2224" w14:textId="77777777" w:rsidR="009C4A49" w:rsidRPr="00582C88" w:rsidRDefault="00BF4217" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="VkazpoleAnoNE"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="24"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A143B5" w:rsidRPr="00582C88">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="746" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B496DAF" w14:textId="77777777" w:rsidR="009C4A49" w:rsidRPr="00582C88" w:rsidRDefault="009C4A49" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="Vkazanone"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>Ne</w:t>
             </w:r>
@@ -972,51 +990,51 @@
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B01ABAA" w14:textId="77777777" w:rsidR="009C4A49" w:rsidRPr="00582C88" w:rsidRDefault="00BF4217" w:rsidP="003E35A7">
             <w:pPr>
               <w:pStyle w:val="VkazpoleAnoNE"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="24"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A143B5" w:rsidRPr="00582C88">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CC50B31" w14:textId="77777777" w:rsidR="005D0019" w:rsidRPr="00582C88" w:rsidRDefault="005D0019" w:rsidP="0038314B">
       <w:pPr>
         <w:pStyle w:val="vkazpomocnmezera"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E4B47A4" w14:textId="730E9612" w:rsidR="005D0019" w:rsidRPr="00582C88" w:rsidRDefault="005D0019" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc326153052"/>
       <w:r w:rsidRPr="00582C88">
         <w:t>I. KNIHOVNÍ FOND</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
@@ -2826,52 +2844,50 @@
             </w:r>
             <w:r w:rsidR="00180AE4" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="003C431E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00180AE4" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> + 051</w:t>
             </w:r>
             <w:r w:rsidR="00152E90">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="00FB33A3" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> +</w:t>
             </w:r>
             <w:r w:rsidR="0060484A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB33A3" w:rsidRPr="003E35A7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
             <w:r w:rsidR="003C431E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
@@ -2942,51 +2958,65 @@
       </w:tblGrid>
       <w:tr w:rsidR="00041BB2" w:rsidRPr="00582C88" w14:paraId="7CE06354" w14:textId="77777777" w:rsidTr="0038314B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="266FCFCE" w14:textId="68E1ED44" w:rsidR="00041BB2" w:rsidRPr="00747FCC" w:rsidRDefault="001D1567" w:rsidP="0038314B">
             <w:pPr>
               <w:pStyle w:val="vkazpomocnmezera"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:br w:type="column"/>
             </w:r>
             <w:r w:rsidR="003E35A7" w:rsidRPr="00747FCC">
               <w:rPr>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">Právní forma orgaanizace </w:t>
+              <w:t xml:space="preserve">Právní forma </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003E35A7" w:rsidRPr="00747FCC">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>orgaanizace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003E35A7" w:rsidRPr="00747FCC">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E35A7" w:rsidRPr="00747FCC">
               <w:br/>
             </w:r>
             <w:r w:rsidR="003E35A7" w:rsidRPr="0038314B">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>(zakroužkujte odpovídající právní formu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A83E9E1" w14:textId="20319488" w:rsidR="00041BB2" w:rsidRPr="009F229D" w:rsidRDefault="00041BB2" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VykazPFZJ"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
@@ -3115,60 +3145,60 @@
               <w:t>Jiná (uvést jmenovitě)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="695" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E9E915" w14:textId="77777777" w:rsidR="00041BB2" w:rsidRPr="002F2C51" w:rsidRDefault="00041BB2" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vykazpfzjsla"/>
               <w:framePr w:wrap="around"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EEB7FB0" w14:textId="77777777" w:rsidR="0038314B" w:rsidRDefault="0038314B" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc326153054"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc326153054"/>
     </w:p>
     <w:p w14:paraId="021E8CF7" w14:textId="7443FA70" w:rsidR="00711718" w:rsidRPr="00582C88" w:rsidRDefault="00711718" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
       <w:r w:rsidRPr="00582C88">
         <w:t>III. VÝPŮJČKY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5589" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="350"/>
         <w:gridCol w:w="2722"/>
         <w:gridCol w:w="516"/>
         <w:gridCol w:w="2001"/>
       </w:tblGrid>
@@ -4065,62 +4095,68 @@
           <w:p w14:paraId="1E010EA7" w14:textId="0531171D" w:rsidR="00DB5C35" w:rsidRPr="0064669B" w:rsidRDefault="00DB5C35" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E37B2" w:rsidRPr="00582C88" w14:paraId="78BA2A09" w14:textId="77777777" w:rsidTr="0087344E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA069AB" w14:textId="77777777" w:rsidR="009E37B2" w:rsidRPr="00582C88" w:rsidRDefault="009E37B2" w:rsidP="0064669B">
+          <w:p w14:paraId="5DA069AB" w14:textId="6F30B91C" w:rsidR="009E37B2" w:rsidRPr="00582C88" w:rsidRDefault="009E37B2" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>Prezenční výpůjčky evidované (</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>z ř. 0301</w:t>
+              <w:t>z ř. 030</w:t>
+            </w:r>
+            <w:r w:rsidR="00C368DB">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00582C88">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E02AD62" w14:textId="0B2E9263" w:rsidR="009E37B2" w:rsidRPr="00582C88" w:rsidRDefault="009E37B2" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
@@ -4139,61 +4175,61 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77C26C1A" w14:textId="47505EB2" w:rsidR="009E37B2" w:rsidRPr="0064669B" w:rsidRDefault="009E37B2" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63D43211" w14:textId="77777777" w:rsidR="009E37B2" w:rsidRPr="00582C88" w:rsidRDefault="009E37B2" w:rsidP="0038314B">
       <w:pPr>
         <w:pStyle w:val="vkazpomocnmezera"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E918FCA" w14:textId="36CFE2DD" w:rsidR="001D1567" w:rsidRPr="00582C88" w:rsidRDefault="00947E27" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc326153055"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc326153055"/>
       <w:r w:rsidRPr="00582C88">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="001D1567" w:rsidRPr="00582C88">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00B92339" w:rsidRPr="00582C88">
         <w:t>. DALŠÍ ÚDAJE</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5516" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="730"/>
         <w:gridCol w:w="970"/>
         <w:gridCol w:w="1404"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1987"/>
@@ -4672,61 +4708,73 @@
           <w:tcPr>
             <w:tcW w:w="3104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7080C843" w14:textId="1194AD40" w:rsidR="00655D5E" w:rsidRPr="00582C88" w:rsidRDefault="00D9417D" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="00582C88">
               <w:t>Profesní</w:t>
             </w:r>
             <w:r w:rsidR="00EE77B7" w:rsidRPr="00582C88">
               <w:t xml:space="preserve"> vzdělá</w:t>
             </w:r>
             <w:r w:rsidR="001D30EC" w:rsidRPr="00582C88">
               <w:t>vá</w:t>
             </w:r>
             <w:r w:rsidR="00EE77B7" w:rsidRPr="00582C88">
               <w:t xml:space="preserve">ní </w:t>
             </w:r>
             <w:r w:rsidR="001B6892" w:rsidRPr="00582C88">
               <w:t xml:space="preserve">odborných </w:t>
             </w:r>
             <w:r w:rsidR="00EE77B7" w:rsidRPr="00582C88">
-              <w:t>zaměstnanců knihovny</w:t>
+              <w:t xml:space="preserve">zaměstnanců </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00EE77B7" w:rsidRPr="00582C88">
+              <w:t>knihovny</w:t>
             </w:r>
             <w:r w:rsidR="00C65A22">
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00EE77B7" w:rsidRPr="00AC6D00">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">počet </w:t>
+              <w:t>počet</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00EE77B7" w:rsidRPr="00AC6D00">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB64B8">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>zaměstnanců</w:t>
             </w:r>
             <w:r w:rsidR="00A52EEC">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C65A22" w:rsidRPr="001F7698">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00A52EEC" w:rsidRPr="001F7698">
               <w:rPr>
                 <w:i/>
               </w:rPr>
@@ -5482,51 +5530,59 @@
             <w:r w:rsidR="00596C05" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:t>ř. 0417</w:t>
             </w:r>
             <w:r w:rsidR="00596C05" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> a 0418</w:t>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="007308DB">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>vzdělávací akce v oblasti</w:t>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> ICT </w:t>
             </w:r>
             <w:r w:rsidR="007308DB">
               <w:br/>
             </w:r>
             <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
-              <w:t>(inform. a komunikačních technologií)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
+              <w:t>inform</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007844D0" w:rsidRPr="002F2C51">
+              <w:t>. a komunikačních technologií)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B814B32" w14:textId="245F5512" w:rsidR="007844D0" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r>
               <w:t>041</w:t>
             </w:r>
             <w:r w:rsidR="005C38D4">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
@@ -5768,89 +5824,89 @@
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB5555C" w14:textId="77777777" w:rsidR="007844D0" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>ANO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00986146" w14:textId="77777777" w:rsidR="007844D0" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007844D0" w14:paraId="360B19E2" w14:textId="77777777" w:rsidTr="005C6406">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39C3B18B" w14:textId="77777777" w:rsidR="007844D0" w:rsidRPr="002F2C51" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
@@ -5885,89 +5941,89 @@
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56410929" w14:textId="77777777" w:rsidR="007844D0" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>ANO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="180940E4" w14:textId="77777777" w:rsidR="007844D0" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007844D0" w14:paraId="7247CB9B" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62ECCFA3" w14:textId="77777777" w:rsidR="007844D0" w:rsidRPr="002F2C51" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
@@ -5999,55 +6055,55 @@
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C54728" w14:textId="77777777" w:rsidR="007844D0" w:rsidRPr="0064669B" w:rsidRDefault="007844D0" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5108A0EA" w14:textId="2E360287" w:rsidR="005D0019" w:rsidRDefault="00705C7E" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc326153056"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc326153056"/>
       <w:r>
         <w:t>V. ELEKTRONICKÉ SLUŽBY KNIHOVNY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5443" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3459"/>
         <w:gridCol w:w="401"/>
         <w:gridCol w:w="779"/>
         <w:gridCol w:w="804"/>
       </w:tblGrid>
       <w:tr w:rsidR="00524B14" w14:paraId="3A8E1A5B" w14:textId="77777777" w:rsidTr="00EC08EC">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
@@ -6303,100 +6359,100 @@
           <w:tcPr>
             <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D1C188A" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRPr="001F7C52" w:rsidRDefault="00BF4217" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Zaškrtávací1"/>
+            <w:bookmarkStart w:id="5" w:name="Zaškrtávací1"/>
             <w:r w:rsidR="000C28B3" w:rsidRPr="001F7C52">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79E62AFD" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRPr="001F7C52" w:rsidRDefault="00BF4217" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Zaškrtávací2"/>
+            <w:bookmarkStart w:id="6" w:name="Zaškrtávací2"/>
             <w:r w:rsidR="000C28B3" w:rsidRPr="001F7C52">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00180AE4" w14:paraId="3E361B0D" w14:textId="77777777" w:rsidTr="00EC08EC">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="039ACB25" w14:textId="5F6C4FAD" w:rsidR="000C28B3" w:rsidRPr="00937F47" w:rsidRDefault="000C28B3" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="00937F47">
               <w:t xml:space="preserve">Elektronický katalog knihovny </w:t>
             </w:r>
             <w:r w:rsidRPr="00937F47">
               <w:rPr>
@@ -6463,89 +6519,89 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="394CFC72" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRPr="001F7C52" w:rsidRDefault="00BF4217" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C28B3" w:rsidRPr="001F7C52">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597D7D20" w14:textId="77777777" w:rsidR="000C28B3" w:rsidRPr="001F7C52" w:rsidRDefault="00BF4217" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazzkladntextTun"/>
               <w:ind w:left="46"/>
             </w:pPr>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C28B3" w:rsidRPr="001F7C52">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00152E90">
+            <w:r w:rsidR="00000000">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7C52">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D35FA" w14:paraId="363554D8" w14:textId="77777777" w:rsidTr="00F657BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CB8A72D" w14:textId="68E28AEB" w:rsidR="004D35FA" w:rsidRPr="00CE42C3" w:rsidRDefault="004D35FA" w:rsidP="00937F47">
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
               <w:ind w:left="14"/>
             </w:pPr>
             <w:r w:rsidRPr="00CE42C3">
               <w:t>Počet n</w:t>
@@ -7093,58 +7149,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1583" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CFA791A" w14:textId="77777777" w:rsidR="00331C27" w:rsidRPr="0064669B" w:rsidRDefault="00331C27" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D69867C" w14:textId="1B15F58D" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc326153057"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc326153057"/>
       <w:r w:rsidRPr="003B27EA">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="007F163B" w:rsidRPr="003B27EA">
         <w:t>I. ZAMĚSTNANCI</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5443" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="219"/>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="3003"/>
         <w:gridCol w:w="438"/>
         <w:gridCol w:w="1555"/>
@@ -8440,50 +8496,186 @@
             <w:r>
               <w:t>0611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB429F6" w14:textId="77777777" w:rsidR="008A3192" w:rsidRPr="0064669B" w:rsidRDefault="008A3192" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="005907E1" w:rsidRPr="003B27EA" w14:paraId="64590F8D" w14:textId="77777777" w:rsidTr="00DC00AF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6A41F2" w14:textId="2B2A857F" w:rsidR="005907E1" w:rsidRDefault="005907E1" w:rsidP="0064669B">
+            <w:pPr>
+              <w:pStyle w:val="VkazZkladntext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Osoby </w:t>
+            </w:r>
+            <w:r w:rsidR="001B0809">
+              <w:t>v</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> jiném než pracovněprávním vztahu (OSVČ, smlouvy o dílo aj)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5670A4B9" w14:textId="3D089FF4" w:rsidR="005907E1" w:rsidRDefault="005907E1" w:rsidP="0064669B">
+            <w:pPr>
+              <w:pStyle w:val="vkazslodku"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0612</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6C35CF" w14:textId="77777777" w:rsidR="005907E1" w:rsidRPr="0064669B" w:rsidRDefault="005907E1" w:rsidP="0064669B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005907E1" w:rsidRPr="003B27EA" w14:paraId="21F0B309" w14:textId="77777777" w:rsidTr="00DC00AF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0267AF" w14:textId="678C4664" w:rsidR="005907E1" w:rsidRDefault="005907E1" w:rsidP="0064669B">
+            <w:pPr>
+              <w:pStyle w:val="VkazZkladntext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Počet odpracovaných hodin osobami v jiném než pracovněprávním vztahu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="505076EB" w14:textId="0AA7DDD3" w:rsidR="005907E1" w:rsidRDefault="005907E1" w:rsidP="0064669B">
+            <w:pPr>
+              <w:pStyle w:val="vkazslodku"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0613</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EF071D" w14:textId="77777777" w:rsidR="005907E1" w:rsidRPr="0064669B" w:rsidRDefault="005907E1" w:rsidP="0064669B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w14:paraId="6D3C0DCA" w14:textId="77777777" w:rsidTr="001625CD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="413A3926" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00B45FBD" w:rsidP="001625CD">
             <w:pPr>
               <w:pStyle w:val="vkazVtom"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>Počet</w:t>
             </w:r>
@@ -8537,62 +8729,59 @@
             <w:r w:rsidR="0027298C" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve"> žádnou </w:t>
             </w:r>
             <w:r w:rsidR="0027298C" w:rsidRPr="00747FCC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>odměnu</w:t>
             </w:r>
             <w:r w:rsidR="0027298C" w:rsidRPr="002F2C51">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB18737" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
+          <w:p w14:paraId="6BB18737" w14:textId="05A9612F" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>06</w:t>
             </w:r>
-            <w:r w:rsidR="00B45FBD" w:rsidRPr="003B27EA">
-[...3 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="005907E1">
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="149D2FB6" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="0064669B" w:rsidRDefault="00B45FBD" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w14:paraId="4B800CA2" w14:textId="77777777" w:rsidTr="001625CD">
         <w:trPr>
@@ -8632,59 +8821,59 @@
             <w:pPr>
               <w:pStyle w:val="VkazZkladntext"/>
             </w:pPr>
             <w:r w:rsidRPr="002F2C51">
               <w:t>hodin odpracovaných dobrovol</w:t>
             </w:r>
             <w:r w:rsidR="00361448" w:rsidRPr="002F2C51">
               <w:t xml:space="preserve">nými </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2C51">
               <w:t>pracovníky ročně</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1842FD8F" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
+          <w:p w14:paraId="1842FD8F" w14:textId="44BEC3A9" w:rsidR="00B45FBD" w:rsidRPr="003B27EA" w:rsidRDefault="00630716" w:rsidP="0064669B">
             <w:pPr>
               <w:pStyle w:val="vkazslodku"/>
             </w:pPr>
             <w:r w:rsidRPr="003B27EA">
               <w:t>06</w:t>
             </w:r>
-            <w:r w:rsidR="008D0851" w:rsidRPr="003B27EA">
-              <w:t>10</w:t>
+            <w:r w:rsidR="005907E1">
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D06087A" w14:textId="77777777" w:rsidR="00B45FBD" w:rsidRPr="0064669B" w:rsidRDefault="00B45FBD" w:rsidP="0064669B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7207B73D" w14:textId="77777777" w:rsidR="002F2C51" w:rsidRDefault="002F2C51" w:rsidP="0064669B">
@@ -9052,61 +9241,61 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A65B70D" w14:textId="77777777" w:rsidR="002F2C51" w:rsidRDefault="002F2C51" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
       <w:r>
         <w:t>IX. SÍŤ KNIHOVEN K 31. 12. sledovaného roku</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706818DF" w14:textId="2D0D8CB5" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00FD43AD" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
       </w:pPr>
       <w:r w:rsidRPr="003B27EA">
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Toc326153058"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc326153058"/>
       <w:r w:rsidR="00441619" w:rsidRPr="003B27EA">
         <w:t>VII. PŘÍJMY</w:t>
       </w:r>
       <w:r w:rsidR="00D71FB4" w:rsidRPr="003B27EA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00441619" w:rsidRPr="003B27EA">
         <w:t xml:space="preserve"> RESP. VÝNOSY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00F118E8">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00F118E8" w:rsidRPr="00F118E8">
         <w:t>Tento oddíl vyplňuje účetní na obecním úřadě</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5500" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -10179,70 +10368,70 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E30D68C" w14:textId="77777777" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
             <w:r w:rsidRPr="003B27EA">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00C09A70" w14:textId="6F4A372F" w:rsidR="00441619" w:rsidRPr="003B27EA" w:rsidRDefault="00441619" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="vkazoddly"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc326153059"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc326153059"/>
       <w:r w:rsidRPr="003B27EA">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>VIII. VÝDAJE</w:t>
       </w:r>
       <w:r w:rsidR="00D71FB4" w:rsidRPr="003B27EA">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B27EA">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> RESP. NÁKLADY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00F118E8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00F118E8" w:rsidRPr="00F118E8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Tento oddíl vyplňuje účetní na obecním úřadě</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5593" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -11585,76 +11774,76 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D4EEDBD" w14:textId="77777777" w:rsidR="00E428B1" w:rsidRPr="00B779C3" w:rsidRDefault="00E428B1" w:rsidP="0064669B"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56BF8298" w14:textId="77777777" w:rsidR="003B106F" w:rsidRPr="0064669B" w:rsidRDefault="003B106F" w:rsidP="0064669B">
       <w:pPr>
         <w:sectPr w:rsidR="003B106F" w:rsidRPr="0064669B" w:rsidSect="0044289F">
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="397" w:right="397" w:bottom="397" w:left="397" w:header="454" w:footer="454" w:gutter="0"/>
           <w:cols w:num="2" w:space="142"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DB216D2" w14:textId="5DFED89B" w:rsidR="001F7C52" w:rsidRPr="0064669B" w:rsidRDefault="00CC35C2" w:rsidP="0064669B">
-      <w:bookmarkStart w:id="11" w:name="_Toc326153060"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc326153060"/>
       <w:r w:rsidRPr="0064669B">
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EF25C10" wp14:editId="72C2982B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EF25C10" wp14:editId="6A1A8C38">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-142913</wp:posOffset>
+                  <wp:posOffset>-146685</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>9587865</wp:posOffset>
+                  <wp:align>bottom</wp:align>
                 </wp:positionV>
-                <wp:extent cx="7417440" cy="1009800"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="6833870" cy="644525"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Textové pole 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="7417440" cy="1009800"/>
+                          <a:ext cx="6833870" cy="644525"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:tbl>
                             <w:tblPr>
                               <w:tblW w:w="11227" w:type="dxa"/>
                               <w:tblBorders>
                                 <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                                 <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                                 <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                                 <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                                 <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                               </w:tblBorders>
                               <w:tblCellMar>
@@ -11700,51 +11889,59 @@
                                   </w:tcBorders>
                                 </w:tcPr>
                                 <w:p w14:paraId="7AFDC6B0" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                                   <w:pPr>
                                     <w:pStyle w:val="Vkazrazitko"/>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006C7548">
                                     <w:t>Razítko:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1991" w:type="pct"/>
                                   <w:tcBorders>
                                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="nil"/>
                                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                                   </w:tcBorders>
                                 </w:tcPr>
                                 <w:p w14:paraId="74BC36FC" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                                   <w:pPr>
                                     <w:pStyle w:val="Vkazrazitko"/>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006C7548">
-                                    <w:t>Výkaz vyplnil - jméno (hůlkovým písmem) a podpis:</w:t>
+                                    <w:t xml:space="preserve">Výkaz </w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="gramStart"/>
+                                  <w:r w:rsidRPr="006C7548">
+                                    <w:t>vyplnil - jméno</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="gramEnd"/>
+                                  <w:r w:rsidRPr="006C7548">
+                                    <w:t xml:space="preserve"> (hůlkovým písmem) a podpis:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
                             <w:tr w:rsidR="00DC00AF" w14:paraId="14F06314" w14:textId="77777777" w:rsidTr="00FB33A3">
                               <w:trPr>
                                 <w:cantSplit/>
                                 <w:trHeight w:hRule="exact" w:val="270"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="706" w:type="pct"/>
                                   <w:vMerge/>
                                 </w:tcPr>
                                 <w:p w14:paraId="69426ABD" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                                   <w:pPr>
                                     <w:pStyle w:val="Vkazrazitko"/>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2303" w:type="pct"/>
                                   <w:vMerge/>
                                   <w:tcBorders>
@@ -11834,55 +12031,51 @@
                             </w:tr>
                           </w:tbl>
                           <w:p w14:paraId="77954060" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="3EF25C10" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Textové pole 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-11.25pt;margin-top:754.95pt;width:584.05pt;height:79.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmQOnLTQIAAIYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+lyQUlt2IsKKsqCqh&#10;3ZWg2rNxbBLJ8bi2IaFv1Ofoi3XsAEu3PVW9OOOZ8fx830ym912jyEFYV4MuaDZIKRGaQ1nrXUG/&#10;bpYfbilxnumSKdCioEfh6P3s/btpa3IxhApUKSzBINrlrSlo5b3Jk8TxSjTMDcAIjUYJtmEer3aX&#10;lJa1GL1RyTBNb5IWbGkscOEcah96I53F+FIK7p+kdMITVVCszcfTxnMbzmQ2ZfnOMlPV/FQG+4cq&#10;GlZrTHoJ9cA8I3tb/xGqqbkFB9IPODQJSFlzEXvAbrL0TTfrihkRe0FwnLnA5P5fWP54eLakLgs6&#10;pkSzBinaiM7D4ecPYkAJMg4Qtcbl6Lk26Ou7T9Ah1We9Q2XovJO2CV/siaAdwT5eAMaIhKNyMsom&#10;oxGaONqyNL27TSMFyetzY53/LKAhQSioRQYjsOywch5LQdezS8jmQNXlslYqXsLUiIWy5MCQb+Vj&#10;kfjiNy+lSVvQm4/jNAbWEJ73kZXGBKHZvqkg+W7bRXwuDW+hPCIOFvphcoYva6x1xZx/ZhanB/vD&#10;jfBPeEgFmAtOEiUV2O9/0wd/JBWtlLQ4jQV13/bMCkrUF41032URNh8vo/FkiDnstWV7bdH7ZgEI&#10;QIa7Z3gUg79XZ1FaaF5wceYhK5qY5pi7oP4sLny/I7h4XMzn0QkH1jC/0mvDQ+gAeGBi070wa050&#10;eWT6Ec5zy/I3rPW+4aWG+d6DrCOlAece1RP8OOyR6dNihm26vkev19/H7BcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCdnAHl5QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4NAEIbvJv0Pm2nixbRL&#10;qWChLI0xahNvFj/ibctugcjOEnYL+O+dnvQ2k/fJO89ku8m0bNC9aywKWC0DYBpLqxqsBLwVT4sN&#10;MOclKtla1AJ+tINdPrvKZKrsiK96OPiKUQm6VAqove9Szl1ZayPd0nYaKTvZ3khPa19x1cuRyk3L&#10;wyCIuZEN0oVadvqh1uX34WwEfN1Uny9uen4f19G6e9wPxd2HKoS4nk/3W2BeT/4Phos+qUNOTkd7&#10;RuVYK2ARhhGhFERBkgC7IKvbKAZ2pCmONwnwPOP/38h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGZA6ctNAgAAhgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJ2cAeXlAAAADgEAAA8AAAAAAAAAAAAAAAAApwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3EF25C10" id="Textové pole 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-11.55pt;margin-top:0;width:538.1pt;height:50.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbjvBOLQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcG+d7UyvOKs0qVaXV&#10;7krZas8EQ4yEGQokdvrrO+B8ddtT1QsemOHNzJuH5/dtrclBOK/AFHTQ61MiDIdSmV1Bv7+uP80o&#10;8YGZkmkwoqBH4en94uOHeWNzMYQKdCkcQRDj88YWtArB5lnmeSVq5ntghUGnBFezgFu3y0rHGkSv&#10;dTbs96dZA660DrjwHk8fOiddJHwpBQ/PUnoRiC4o1hbS6tK6jWu2mLN855itFD+Vwf6hipopg0kv&#10;UA8sMLJ36g+oWnEHHmTocagzkFJxkXrAbgb9d91sKmZF6gXJ8fZCk/9/sPzpsLEvjoT2C7Q4wEhI&#10;Y33u8TD200pXxy9WStCPFB4vtIk2EI6H09loNLtDF0ffdDyeDCcRJrvets6HrwJqEo2COhxLYosd&#10;Hn3oQs8hMZkHrcq10jptohTESjtyYDhEHVKNCP5blDakweSjST8BG4jXO2RtsJZrT9EK7bYlqrzp&#10;dwvlEWlw0CnEW75WWOsj8+GFOZQEtocyD8+4SA2YC04WJRW4n387j/E4KfRS0qDECup/7JkTlOhv&#10;Bmf4eTAeR02mzXhyN8SNu/Vsbz1mX68ACRjgg7I8mTE+6LMpHdRv+BqWMSu6mOGYu6DhbK5CJ3x8&#10;TVwslykIVWhZeDQbyyN0JDxO4rV9Y86exhVw0E9wFiPL302ti403DSz3AaRKI408d6ye6EcFJ1Gc&#10;Xlt8Irf7FHX9Jyx+AQAA//8DAFBLAwQUAAYACAAAACEAI44dxd4AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU6EQBCE7ya+w6RNvJjdgSXoBmk2xviTeHPRNd5mmRaITA9hZgHf3uGkt65Upfqr&#10;fDebTow0uNYyQryOQBBXVrdcI7yVj6stCOcVa9VZJoQfcrArzs9ylWk78SuNe1+LUMIuUwiN930m&#10;pasaMsqtbU8cvC87GOWDHGqpBzWFctPJTRRdS6NaDh8a1dN9Q9X3/mQQPq/qjxc3P71PSZr0D89j&#10;eXPQJeLlxXx3C8LT7P/CsOAHdCgC09GeWDvRIaw2SRyiCGHRYkfpoo/LFacgi1z+X1D8AgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJuO8E4tAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACOOHcXeAAAACQEAAA8AAAAAAAAAAAAAAAAAhwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblW w:w="11227" w:type="dxa"/>
                         <w:tblBorders>
                           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                         </w:tblBorders>
                         <w:tblCellMar>
                           <w:left w:w="70" w:type="dxa"/>
                           <w:right w:w="70" w:type="dxa"/>
                         </w:tblCellMar>
                         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
                       </w:tblPr>
                       <w:tblGrid>
                         <w:gridCol w:w="1585"/>
                         <w:gridCol w:w="5171"/>
                         <w:gridCol w:w="4471"/>
                       </w:tblGrid>
                       <w:tr w:rsidR="00DC00AF" w14:paraId="739654DC" w14:textId="77777777" w:rsidTr="00FB33A3">
@@ -11917,51 +12110,59 @@
                             </w:tcBorders>
                           </w:tcPr>
                           <w:p w14:paraId="7AFDC6B0" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                             <w:pPr>
                               <w:pStyle w:val="Vkazrazitko"/>
                             </w:pPr>
                             <w:r w:rsidRPr="006C7548">
                               <w:t>Razítko:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1991" w:type="pct"/>
                             <w:tcBorders>
                               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                               <w:bottom w:val="nil"/>
                               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                             </w:tcBorders>
                           </w:tcPr>
                           <w:p w14:paraId="74BC36FC" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                             <w:pPr>
                               <w:pStyle w:val="Vkazrazitko"/>
                             </w:pPr>
                             <w:r w:rsidRPr="006C7548">
-                              <w:t>Výkaz vyplnil - jméno (hůlkovým písmem) a podpis:</w:t>
+                              <w:t xml:space="preserve">Výkaz </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="006C7548">
+                              <w:t>vyplnil - jméno</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="006C7548">
+                              <w:t xml:space="preserve"> (hůlkovým písmem) a podpis:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                       <w:tr w:rsidR="00DC00AF" w14:paraId="14F06314" w14:textId="77777777" w:rsidTr="00FB33A3">
                         <w:trPr>
                           <w:cantSplit/>
                           <w:trHeight w:hRule="exact" w:val="270"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="706" w:type="pct"/>
                             <w:vMerge/>
                           </w:tcPr>
                           <w:p w14:paraId="69426ABD" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                             <w:pPr>
                               <w:pStyle w:val="Vkazrazitko"/>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2303" w:type="pct"/>
                             <w:vMerge/>
                             <w:tcBorders>
@@ -12042,141 +12243,175 @@
                           <w:p w14:paraId="32634672" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="006C7548" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                             <w:pPr>
                               <w:pStyle w:val="Vkazrazitko"/>
                             </w:pPr>
                             <w:r w:rsidRPr="006C7548">
                               <w:t>e – mail:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
                     <w:p w14:paraId="77954060" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C04687" w:rsidRPr="0064669B">
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E5498F7" wp14:editId="6B404C4A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E5498F7" wp14:editId="30C8EC46">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>-20320</wp:posOffset>
+                  <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>9446260</wp:posOffset>
+                  <wp:posOffset>8841105</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="7124065" cy="184785"/>
-                <wp:effectExtent l="0" t="0" r="635" b="5715"/>
+                <wp:extent cx="3434080" cy="540385"/>
+                <wp:effectExtent l="0" t="0" r="13970" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Textové pole 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="7124065" cy="184785"/>
+                          <a:ext cx="3434080" cy="540385"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="550DB716" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00614655" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+                          <w:p w14:paraId="550DB716" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                             <w:pPr>
                               <w:pStyle w:val="Vkazkomentae"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00614655">
                               <w:t>Případné připojení komentáře s doplňujícími nebo vysvětlujícími údaji je vítáno.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="02CBD67F" w14:textId="77777777" w:rsidR="008A4D4E" w:rsidRDefault="008A4D4E" w:rsidP="0064669B">
+                            <w:pPr>
+                              <w:pStyle w:val="Vkazkomentae"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="02BBA1A1" w14:textId="733455FB" w:rsidR="008A4D4E" w:rsidRPr="00614655" w:rsidRDefault="008A4D4E" w:rsidP="0064669B">
+                            <w:pPr>
+                              <w:pStyle w:val="Vkazkomentae"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00937F47">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Silně orámované buňky nutno vyplnit!</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="1440" tIns="2520" rIns="1440" bIns="2520" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2E5498F7" id="Textové pole 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-1.6pt;margin-top:743.8pt;width:560.95pt;height:14.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd/19tvgIAAMEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtunDAQfa/Uf7D8TrgEdgGFjZJlqSql&#10;FynpB3jBLFbBprZ3Ia36Qf2O/ljHZm9JVKlqy4NlxuMzc2aO5+p67Fq0o1IxwTPsX3gYUV6KivFN&#10;hj89FE6MkdKEV6QVnGb4kSp8vXj96mroUxqIRrQVlQhAuEqHPsON1n3quqpsaEfUhegph8NayI5o&#10;+JUbt5JkAPSudQPPm7mDkFUvRUmVAms+HeKFxa9rWuoPda2oRm2GITdtV2nXtVndxRVJN5L0DSv3&#10;aZC/yKIjjEPQI1RONEFbyV5AdayUQolaX5Sic0Vds5JaDsDG956xuW9ITy0XKI7qj2VS/w+2fL/7&#10;KBGrMnyJEScdtOiBjlrsfv5AvWgpujQlGnqVgud9D756vBUjtNrSVf2dKD8rxMWyIXxDb6QUQ0NJ&#10;BSn65qZ7dnXCUQZkPbwTFcQiWy0s0FjLztQPKoIAHVr1eGwP5INKMM79IPRmEUYlnPlxOI8jG4Kk&#10;h9u9VPoNFR0ymwxLaL9FJ7s7pU02JD24mGBcFKxtrQRa/sQAjpMFYsNVc2aysB39lnjJKl7FoRMG&#10;s5UTennu3BTL0JkV/jzKL/PlMve/m7h+mDasqig3YQ7q8sM/695e55MujvpSomWVgTMpKblZL1uJ&#10;dgTUXdhvX5AzN/dpGrYIwOUZJVPa2yBxilk8d8IijJxk7sWO5ye3ycwLkzAvnlK6Y5z+OyU0ZDiJ&#10;gmgS02+5efZ7yY2kHdMwP1rWZTg+OpHUSHDFK9taTVg77c9KYdI/lQLafWi0FazR6KRWPa5H+zwC&#10;E92IeS2qR1CwFCAwkCnMPtg0Qn7FaIA5kmH1ZUskxah9y80rCEMzd+w+iALYyzP7+sxOeAkwGdYY&#10;TdulngbVtpds00CU6c1xcQOvpmZW0KeM9m8N5oTltZ9pZhCd/1uv0+Rd/AIAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAyOurviAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxaxy1N&#10;ohCnQjyERBeFtmLtxiaJiMdR7Dz4e6Yr2M3j6M6ZfDvblo2m941DCWIZATNYOt1gJeF0fFmkwHxQ&#10;qFXr0Ej4MR62xfVVrjLtJvww4yFUjELQZ0pCHUKXce7L2ljll64zSLsv11sVqO0rrns1Ubht+SqK&#10;Ym5Vg3ShVp15rE35fRishNf1xu2bdDc1ahifxdv+fff0OUl5ezM/3AMLZg5/MFz0SR0Kcjq7AbVn&#10;rYTFekUkze/SJAZ2IYRIE2BnqjYiToAXOf//RfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAHf9fbb4CAADBBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEADI66u+IAAAANAQAADwAAAAAAAAAAAAAAAAAYBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAACcGAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="2E5498F7" id="Textové pole 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:219.2pt;margin-top:696.15pt;width:270.4pt;height:42.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAE/qJW4QEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Rpiqqo6WrZ1SKk&#10;5SItfIDr2IlF4jFjt0n5esZOt1vgDfFiTWbsM+ecmWxvpqFnR4XegK35cpFzpqyExti25t++PrzZ&#10;cOaDsI3owaqan5TnN7vXr7ajq1QBHfSNQkYg1lejq3kXgquyzMtODcIvwClLRQ04iECf2GYNipHQ&#10;hz4r8vxtNgI2DkEq7yl7Pxf5LuFrrWT4rLVXgfU1J24hnZjOfTyz3VZULQrXGXmmIf6BxSCMpaYX&#10;qHsRBDug+QtqMBLBgw4LCUMGWhupkgZSs8z/UPPUCaeSFjLHu4tN/v/Byk/HJ/cFWZjewUQDTCK8&#10;ewT53TMLd52wrbpFhLFToqHGy2hZNjpfnZ9Gq33lI8h+/AgNDVkcAiSgSeMQXSGdjNBpAKeL6WoK&#10;TFJyVa7KfEMlSbV1ma8269RCVM+vHfrwXsHAYlBzpKEmdHF89CGyEdXzldjMwoPp+zTY3v6WoIsx&#10;k9hHwjP1MO0nZpqaF7FvFLOH5kRyEOZ1ofWmoAP8ydlIq1Jz/+MgUHHWf7DRkrKMq5XiYl1QjFf5&#10;/VVeWEkwNQ+czeFdmHfx4NC0HXWZB2DhlizUJql7YXSmTquQRJ/XNu7a9Xe69fJz7X4BAAD//wMA&#10;UEsDBBQABgAIAAAAIQDbzhnI4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwH&#10;a5G4UadNSkuIUyEeQmoPpS3i7MZLEhGvo9h58O9ZTnDcmdHsfNlmso0YsPO1IwXzWQQCqXCmplLB&#10;++nlZg3CB01GN45QwTd62OSXF5lOjRvpgMMxlIJLyKdaQRVCm0rpiwqt9jPXIrH36TqrA59dKU2n&#10;Ry63jVxE0a20uib+UOkWHyssvo69VfAaL92+Xu/GWvfD83y7f9s9fYxKXV9ND/cgAk7hLwy/83k6&#10;5Lzp7HoyXjQKGCSwGt8tYhDsL5OIUc4sJatVAjLP5H+E/AcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAE/qJW4QEAAKQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDbzhnI4AAAAAoBAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset=".04mm,.07mm,.04mm,.07mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="550DB716" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00614655" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+                    <w:p w14:paraId="550DB716" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                       <w:pPr>
                         <w:pStyle w:val="Vkazkomentae"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00614655">
                         <w:t>Případné připojení komentáře s doplňujícími nebo vysvětlujícími údaji je vítáno.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="02CBD67F" w14:textId="77777777" w:rsidR="008A4D4E" w:rsidRDefault="008A4D4E" w:rsidP="0064669B">
+                      <w:pPr>
+                        <w:pStyle w:val="Vkazkomentae"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="02BBA1A1" w14:textId="733455FB" w:rsidR="008A4D4E" w:rsidRPr="00614655" w:rsidRDefault="008A4D4E" w:rsidP="0064669B">
+                      <w:pPr>
+                        <w:pStyle w:val="Vkazkomentae"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00937F47">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Silně orámované buňky nutno vyplnit!</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D10ABC" w:rsidRPr="0064669B">
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F3E58E3" wp14:editId="35E4BB08">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>4074323</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>17060091</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4425315" cy="178435"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="12065"/>
@@ -12230,235 +12465,251 @@
                               <w:pStyle w:val="Vkazkomentae"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00614655">
                               <w:t>Případné připojení komentáře s doplňujícími nebo vysvětlujícími údaji je vítáno.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="1440" tIns="2520" rIns="1440" bIns="2520" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1F3E58E3" id="Text Box 29" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:320.8pt;margin-top:1343.3pt;width:348.45pt;height:14.05pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNnOHStgIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD07voSOYmNOkUbx8OA&#10;7gK0+wDFlmNhtuRJSpxu2L+PkpM0aTFg2OYHQaaoQx7yiNc3+65FO6Y0lyLD4VWAEROlrLjYZPjL&#10;Y+HNMdKGioq2UrAMPzGNbxZv31wPfcoi2ci2YgoBiNDp0Ge4MaZPfV+XDeuovpI9E3BYS9VRA79q&#10;41eKDoDetX4UBFN/kKrqlSyZ1mDNx0O8cPh1zUrzqa41M6jNMORm3Krcurarv7im6UbRvuHlIQ36&#10;F1l0lAsIeoLKqaFoq/grqI6XSmpZm6tSdr6sa14yxwHYhMELNg8N7ZnjAsXR/alM+v/Blh93nxXi&#10;FfQOI0E7aNEj2xt0J/coSmx5hl6n4PXQg5/Zg926Wqq6v5flV42EXDZUbNitUnJoGK0gvdDe9M+u&#10;jjjagqyHD7KCOHRrpAPa16qzgFANBOjQpqdTa2wuJRgJieJJGGNUwlk4m5NJ7ELQ9Hi7V9q8Y7JD&#10;dpNhBa136HR3r43NhqZHFxtMyIK3rWt/Ky4M4DhaIDZctWc2C9fNH0mQrOarOfFINF15JMhz77ZY&#10;Em9ahLM4n+TLZR7+tHFDkja8qpiwYY7KCsmfde6g8VETJ21p2fLKwtmUtNqsl61COwrKLtx3KMiZ&#10;m3+ZhisCcHlBKYxIcBclXjGdzzxSkNhLZsHcC8LkLpkGJCF5cUnpngv275TQkOEkjuJRTL/lFrjv&#10;NTeadtzA7Gh5l+H5yYmmVoIrUbnWGsrbcX9WCpv+cymg3cdGO8FajY5qNfv13j2NiY1uxbyW1RMo&#10;WEkQGMgU5h5sGqm+YzTADMmw/ralimHUvhf2FRBiZ47bR3EEe3VmX5/ZqSgBJsMGo3G7NOOQ2vaK&#10;bxqIMr45IW/h1dTcCfo5o8NbgxnheB3mmR1C5//O63nqLn4BAAD//wMAUEsDBBQABgAIAAAAIQAj&#10;UETl4wAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqJOmdaMQp0I8hEQX&#10;hbZi7cZDEhHbUew8+HumK9jN4+jOmXw7m5aN2PvGWQnxIgKGtnS6sZWE0/HlLgXmg7Jatc6ihB/0&#10;sC2ur3KVaTfZDxwPoWIUYn2mJNQhdBnnvqzRKL9wHVrafbneqEBtX3Hdq4nCTcuXUSS4UY2lC7Xq&#10;8LHG8vswGAmvydrtm3Q3NWoYn+O3/fvu6XOS8vZmfrgHFnAOfzBc9EkdCnI6u8Fqz1oJYhULQiUs&#10;RSqouiBJkq6BnWm2iVcb4EXO/79R/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNnOHS&#10;tgIAAL0FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAj&#10;UETl4wAAAA4BAAAPAAAAAAAAAAAAAAAAABAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAIAYAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1F3E58E3" id="Text Box 29" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:320.8pt;margin-top:1343.3pt;width:348.45pt;height:14.05pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApUkFQ4gEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3awipqulp2tQhp&#10;YZEWPsBx7MQi8Zix26R8PWOn2y1wQ1ys8dh+896b8fZ6Gnp2UOgN2IrniyVnykpojG0r/u3r/Zsr&#10;znwQthE9WFXxo/L8evf61XZ0pSqgg75RyAjE+nJ0Fe9CcGWWedmpQfgFOGXpUAMOItAW26xBMRL6&#10;0GfFcvk2GwEbhyCV95S9mw/5LuFrrWR41NqrwPqKE7eQVkxrHddstxVli8J1Rp5oiH9gMQhjqegZ&#10;6k4EwfZo/oIajETwoMNCwpCB1kaqpIHU5Ms/1Dx1wqmkhczx7myT/3+w8vPhyX1BFqb3MFEDkwjv&#10;HkB+98zCbSdsq24QYeyUaKhwHi3LRufL09NotS99BKnHT9BQk8U+QAKaNA7RFdLJCJ0acDybrqbA&#10;JCXX62KzyjecSTrL312tV5tUQpTPrx368EHBwGJQcaSmJnRxePAhshHl85VYzMK96fvU2N7+lqCL&#10;MZPYR8Iz9TDVEzNNxVexbhRTQ3MkOQjzuNB4U9AB/uRspFGpuP+xF6g46z/aaMl6HUcrxcWmoBgv&#10;8vVFXlhJMBUPnM3hbZhnce/QtB1VmRtg4YYs1Cape2F0ok6jkESfxjbO2uU+3Xr5XLtfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAI1BE5eMAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7KiTpnWjEKdCPIREF4W2Yu3GQxIR21HsPPh7pivYzePozpl8O5uWjdj7xlkJ8SIChrZ0urGV&#10;hNPx5S4F5oOyWrXOooQf9LAtrq9ylWk32Q8cD6FiFGJ9piTUIXQZ576s0Si/cB1a2n253qhAbV9x&#10;3auJwk3Ll1EkuFGNpQu16vCxxvL7MBgJr8na7Zt0NzVqGJ/jt/377ulzkvL2Zn64BxZwDn8wXPRJ&#10;HQpyOrvBas9aCWIVC0IlLEUqqLogSZKugZ1ptolXG+BFzv+/UfwCAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAKVJBUOIBAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAI1BE5eMAAAAOAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset=".04mm,.07mm,.04mm,.07mm">
                   <w:txbxContent>
                     <w:p w14:paraId="47F76B13" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00614655" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
                       <w:pPr>
                         <w:pStyle w:val="Vkazkomentae"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00614655">
                         <w:t>Případné připojení komentáře s doplňujícími nebo vysvětlujícími údaji je vítáno.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:sectPr w:rsidR="001F7C52" w:rsidRPr="0064669B" w:rsidSect="0064669B">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="397" w:right="397" w:bottom="397" w:left="397" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AD37EEE" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="11A4CB7D" w14:textId="77777777" w:rsidR="0087272F" w:rsidRDefault="0087272F" w:rsidP="0064669B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36641223" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="1A5561F3" w14:textId="77777777" w:rsidR="0087272F" w:rsidRDefault="0087272F" w:rsidP="0064669B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Switzerland">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B2621D3" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00F6128A" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="7B82A788" w14:textId="77777777" w:rsidR="0087272F" w:rsidRPr="00F6128A" w:rsidRDefault="0087272F" w:rsidP="0064669B">
       <w:r w:rsidRPr="00F6128A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DD6ACBD" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00F6128A" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
+    <w:p w14:paraId="72EC4A05" w14:textId="77777777" w:rsidR="0087272F" w:rsidRPr="00F6128A" w:rsidRDefault="0087272F" w:rsidP="0064669B">
       <w:r w:rsidRPr="00F6128A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29F42550" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="00C01736" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
+    <w:p w14:paraId="5AEE6B6E" w14:textId="77777777" w:rsidR="0087272F" w:rsidRPr="00C01736" w:rsidRDefault="0087272F" w:rsidP="0064669B"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1577552C" w14:textId="74953093" w:rsidR="00DC00AF" w:rsidRPr="003241C2" w:rsidRDefault="00DC00AF">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evidenční číslo uveďte bez lomítka a roku.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="6C2F1316" w14:textId="01CAA7CA" w:rsidR="00DC00AF" w:rsidRPr="003241C2" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Obsluhovaná populace = počet obyvatel okruhu působnosti knihovny, tj. počet obyvatel samostatné obecní resp. městské části, pro jejíž obyvatele je vykazující knihovna zřízena k 31. 12. </w:t>
+        <w:t xml:space="preserve"> Obsluhovaná populace = počet obyvatel okruhu působnosti knihovny, tj. počet obyvatel samostatné </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003241C2">
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>obecní</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003241C2">
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resp. městské části, pro jejíž obyvatele je vykazující knihovna zřízena k 31. 12. </w:t>
       </w:r>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="003241C2">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
           <w:t>https://www.mvcr.cz/clanek/informativni-pocty-obyvatel-v-obcich.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003241C2">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -12621,81 +12872,90 @@
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vyplňují</w:t>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>všechny knihovny. Uvede se týdenní počet hodin u ZKNP, ostatní knihovny s více útvary pro veřejnost uvedou týdenní počet hodin u nejdéle otevřeného útvaru. Nesčítají se provozní doby jednotlivých útvarů. Údaj se nesumarizuje.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="0E66E437" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRPr="0064669B" w:rsidRDefault="00DC00AF" w:rsidP="00101F2A">
+    <w:p w14:paraId="74584C40" w14:textId="3847666D" w:rsidR="006A16B0" w:rsidRPr="006A16B0" w:rsidRDefault="00DC00AF" w:rsidP="006A16B0">
       <w:pPr>
         <w:pStyle w:val="Vkaztextpoznposarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0064669B">
+      <w:r w:rsidRPr="006A16B0">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="0064669B">
+      <w:r w:rsidRPr="006A16B0">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0064669B">
+      <w:r w:rsidR="006A16B0" w:rsidRPr="006A16B0">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>Uvede se celoroční průměr evidenčního počtu zaměstnanců přepočtený na plně zaměstnané. ZKNP vyplňují pouze řádek 0601 a pouze mají-li uzavřenu řádnou pracovní smlouvu.</w:t>
+        <w:t>Uvede se celoroční průměr evidenčního počtu zaměstnanců přepočtený na plně zaměstnané. ZKNP vyplňují alespoň řádek 0608 a pouze mají-li uzavřenu řádnou pracovní smlouvu.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0E66E437" w14:textId="7A722A28" w:rsidR="00DC00AF" w:rsidRPr="0064669B" w:rsidRDefault="00DC00AF" w:rsidP="00101F2A">
+      <w:pPr>
+        <w:pStyle w:val="Vkaztextpoznposarou"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="0CA27547" w14:textId="1F0178FA" w:rsidR="00DC00AF" w:rsidRPr="0064669B" w:rsidRDefault="00DC00AF" w:rsidP="0064669B">
       <w:pPr>
         <w:pStyle w:val="Vkaztextpoznposarou"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
@@ -12755,79 +13015,71 @@
       </w:pPr>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0064669B">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B4F83">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>Doba použitelnosti delší než jeden rok.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77BF1E72" w14:textId="4DE667DE" w:rsidR="00DC00AF" w:rsidRPr="00937F47" w:rsidRDefault="00DC00AF" w:rsidP="00937F47">
+    <w:p w14:paraId="77BF1E72" w14:textId="1D2F0125" w:rsidR="00DC00AF" w:rsidRPr="00937F47" w:rsidRDefault="00DC00AF" w:rsidP="00937F47">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00937F47">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="197E8457" w14:textId="77777777" w:rsidR="00DC00AF" w:rsidRDefault="00DC00AF" w:rsidP="0064669B"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="30742CF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="52ECA6B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -13714,192 +13966,192 @@
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ADD3654"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04050001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="666178405">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="569658343">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="986978381">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1625185895">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="978919331">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1623615741">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1590263279">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="834297965">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="828063501">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2108041661">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1401906351">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1759447337">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1787699654">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1003317370">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1371149247">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="928780022">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="663751403">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1784808274">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="180319295">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1547718124">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="156268408">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="506405221">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="131753488">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="298607222">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="42289188">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1495299889">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="721371262">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="356390803">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1929459200">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="213547373">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="220"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="148"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D7446A"/>
     <w:rsid w:val="00000B80"/>
     <w:rsid w:val="00005285"/>
     <w:rsid w:val="00005506"/>
     <w:rsid w:val="00007E00"/>
@@ -13938,50 +14190,51 @@
     <w:rsid w:val="00120097"/>
     <w:rsid w:val="0012626E"/>
     <w:rsid w:val="001308F8"/>
     <w:rsid w:val="00136236"/>
     <w:rsid w:val="00143BD9"/>
     <w:rsid w:val="0015049F"/>
     <w:rsid w:val="00151C6D"/>
     <w:rsid w:val="001520E8"/>
     <w:rsid w:val="00152E90"/>
     <w:rsid w:val="001554C8"/>
     <w:rsid w:val="00155F86"/>
     <w:rsid w:val="00160373"/>
     <w:rsid w:val="001625CD"/>
     <w:rsid w:val="001626D0"/>
     <w:rsid w:val="00166EE8"/>
     <w:rsid w:val="00166F0A"/>
     <w:rsid w:val="00167070"/>
     <w:rsid w:val="00170601"/>
     <w:rsid w:val="00170CA5"/>
     <w:rsid w:val="00180AE4"/>
     <w:rsid w:val="00181802"/>
     <w:rsid w:val="00192E06"/>
     <w:rsid w:val="00193886"/>
     <w:rsid w:val="001A0B89"/>
     <w:rsid w:val="001A2947"/>
+    <w:rsid w:val="001B0809"/>
     <w:rsid w:val="001B2F0A"/>
     <w:rsid w:val="001B6892"/>
     <w:rsid w:val="001D1567"/>
     <w:rsid w:val="001D30EC"/>
     <w:rsid w:val="001E10EB"/>
     <w:rsid w:val="001F64BB"/>
     <w:rsid w:val="001F7698"/>
     <w:rsid w:val="001F7C52"/>
     <w:rsid w:val="0022697E"/>
     <w:rsid w:val="002315AC"/>
     <w:rsid w:val="002407B1"/>
     <w:rsid w:val="00246D62"/>
     <w:rsid w:val="002567E1"/>
     <w:rsid w:val="00263EDA"/>
     <w:rsid w:val="0026540B"/>
     <w:rsid w:val="002669B6"/>
     <w:rsid w:val="0027298C"/>
     <w:rsid w:val="0028342A"/>
     <w:rsid w:val="00287CAD"/>
     <w:rsid w:val="002A504E"/>
     <w:rsid w:val="002A6729"/>
     <w:rsid w:val="002B3997"/>
     <w:rsid w:val="002B536F"/>
     <w:rsid w:val="002C1681"/>
     <w:rsid w:val="002C452F"/>
@@ -14067,183 +14320,190 @@
     <w:rsid w:val="004E56F3"/>
     <w:rsid w:val="004E78FF"/>
     <w:rsid w:val="004F08D1"/>
     <w:rsid w:val="004F12B4"/>
     <w:rsid w:val="004F17E4"/>
     <w:rsid w:val="004F5690"/>
     <w:rsid w:val="00501DCD"/>
     <w:rsid w:val="0051117A"/>
     <w:rsid w:val="005143AD"/>
     <w:rsid w:val="005212C6"/>
     <w:rsid w:val="00524B14"/>
     <w:rsid w:val="005256C6"/>
     <w:rsid w:val="005276AC"/>
     <w:rsid w:val="00531D2E"/>
     <w:rsid w:val="00536284"/>
     <w:rsid w:val="00541FC8"/>
     <w:rsid w:val="005450C3"/>
     <w:rsid w:val="00545840"/>
     <w:rsid w:val="005477A9"/>
     <w:rsid w:val="00550EF1"/>
     <w:rsid w:val="00570806"/>
     <w:rsid w:val="00571F98"/>
     <w:rsid w:val="0057688F"/>
     <w:rsid w:val="00582C88"/>
     <w:rsid w:val="00582FB5"/>
+    <w:rsid w:val="005907E1"/>
     <w:rsid w:val="00593DF9"/>
     <w:rsid w:val="00595DBA"/>
     <w:rsid w:val="00596401"/>
     <w:rsid w:val="00596C05"/>
     <w:rsid w:val="005A3D27"/>
     <w:rsid w:val="005B4790"/>
     <w:rsid w:val="005B4F83"/>
     <w:rsid w:val="005B7F9D"/>
     <w:rsid w:val="005C2D13"/>
     <w:rsid w:val="005C38D4"/>
     <w:rsid w:val="005C40C8"/>
     <w:rsid w:val="005C6406"/>
     <w:rsid w:val="005D0019"/>
     <w:rsid w:val="005D58B8"/>
     <w:rsid w:val="005E3869"/>
     <w:rsid w:val="005E7316"/>
     <w:rsid w:val="005F186C"/>
     <w:rsid w:val="005F605C"/>
     <w:rsid w:val="00601145"/>
     <w:rsid w:val="0060484A"/>
     <w:rsid w:val="00604A3D"/>
     <w:rsid w:val="00605108"/>
     <w:rsid w:val="00606AA5"/>
     <w:rsid w:val="00611972"/>
     <w:rsid w:val="00614655"/>
     <w:rsid w:val="00616230"/>
     <w:rsid w:val="0062092D"/>
     <w:rsid w:val="00621C5B"/>
     <w:rsid w:val="006220EB"/>
     <w:rsid w:val="00630716"/>
     <w:rsid w:val="00635C54"/>
     <w:rsid w:val="00640189"/>
     <w:rsid w:val="006411CC"/>
     <w:rsid w:val="0064669B"/>
     <w:rsid w:val="00652753"/>
     <w:rsid w:val="00655D5E"/>
     <w:rsid w:val="00655F98"/>
     <w:rsid w:val="00664AD7"/>
     <w:rsid w:val="0066763B"/>
     <w:rsid w:val="00684C74"/>
     <w:rsid w:val="0068558F"/>
     <w:rsid w:val="006967F7"/>
+    <w:rsid w:val="006A16B0"/>
     <w:rsid w:val="006B6AF2"/>
     <w:rsid w:val="006B6F4D"/>
     <w:rsid w:val="006C4E1B"/>
     <w:rsid w:val="006C7548"/>
     <w:rsid w:val="006D00CB"/>
     <w:rsid w:val="006D109D"/>
     <w:rsid w:val="006D225B"/>
     <w:rsid w:val="006D461C"/>
     <w:rsid w:val="006D5586"/>
     <w:rsid w:val="006D56FD"/>
     <w:rsid w:val="006E051D"/>
     <w:rsid w:val="006E2C8E"/>
     <w:rsid w:val="006E31AE"/>
     <w:rsid w:val="006E3AAD"/>
     <w:rsid w:val="00705C7E"/>
     <w:rsid w:val="00711718"/>
     <w:rsid w:val="007148DB"/>
     <w:rsid w:val="00714EFC"/>
+    <w:rsid w:val="00716AF6"/>
     <w:rsid w:val="0072298C"/>
     <w:rsid w:val="0072584B"/>
     <w:rsid w:val="00726849"/>
     <w:rsid w:val="007308DB"/>
     <w:rsid w:val="00732C29"/>
+    <w:rsid w:val="00736B4D"/>
     <w:rsid w:val="00742CD4"/>
     <w:rsid w:val="00747FCC"/>
     <w:rsid w:val="0076535B"/>
     <w:rsid w:val="00772E11"/>
     <w:rsid w:val="00777215"/>
     <w:rsid w:val="0078223F"/>
     <w:rsid w:val="007844D0"/>
     <w:rsid w:val="007A21BA"/>
     <w:rsid w:val="007A3470"/>
     <w:rsid w:val="007A3F98"/>
     <w:rsid w:val="007A440A"/>
     <w:rsid w:val="007B0235"/>
     <w:rsid w:val="007B0C62"/>
     <w:rsid w:val="007B4ABE"/>
     <w:rsid w:val="007B4BD4"/>
     <w:rsid w:val="007B72CF"/>
     <w:rsid w:val="007C40D6"/>
     <w:rsid w:val="007D1770"/>
     <w:rsid w:val="007F1146"/>
     <w:rsid w:val="007F163B"/>
     <w:rsid w:val="007F42CA"/>
     <w:rsid w:val="007F5327"/>
     <w:rsid w:val="00800BEF"/>
     <w:rsid w:val="00813312"/>
     <w:rsid w:val="0081688A"/>
     <w:rsid w:val="008173BD"/>
     <w:rsid w:val="008220F0"/>
     <w:rsid w:val="00824484"/>
     <w:rsid w:val="00831779"/>
     <w:rsid w:val="008348D7"/>
     <w:rsid w:val="0084151C"/>
     <w:rsid w:val="00850FE0"/>
     <w:rsid w:val="008548AA"/>
     <w:rsid w:val="00862182"/>
     <w:rsid w:val="0086408E"/>
     <w:rsid w:val="00866158"/>
+    <w:rsid w:val="0087272F"/>
     <w:rsid w:val="0087344E"/>
     <w:rsid w:val="00874866"/>
     <w:rsid w:val="00877704"/>
     <w:rsid w:val="00884F5E"/>
     <w:rsid w:val="00892DD7"/>
     <w:rsid w:val="00894ED4"/>
     <w:rsid w:val="00895EEA"/>
     <w:rsid w:val="008A0156"/>
     <w:rsid w:val="008A056A"/>
     <w:rsid w:val="008A3192"/>
+    <w:rsid w:val="008A4D4E"/>
     <w:rsid w:val="008A5056"/>
     <w:rsid w:val="008B459B"/>
     <w:rsid w:val="008B623B"/>
     <w:rsid w:val="008C1E9E"/>
     <w:rsid w:val="008C32CE"/>
     <w:rsid w:val="008C46CA"/>
     <w:rsid w:val="008C5D78"/>
     <w:rsid w:val="008C5DDF"/>
     <w:rsid w:val="008C6CE7"/>
     <w:rsid w:val="008D0851"/>
     <w:rsid w:val="008D4100"/>
     <w:rsid w:val="008E1000"/>
     <w:rsid w:val="008E2BFD"/>
     <w:rsid w:val="008E4AE0"/>
     <w:rsid w:val="008E61AA"/>
     <w:rsid w:val="008F31B0"/>
     <w:rsid w:val="008F76E1"/>
     <w:rsid w:val="0090017C"/>
     <w:rsid w:val="009005B2"/>
     <w:rsid w:val="00900AB1"/>
     <w:rsid w:val="00901082"/>
     <w:rsid w:val="00910EFA"/>
+    <w:rsid w:val="00911516"/>
     <w:rsid w:val="00915175"/>
     <w:rsid w:val="00917614"/>
     <w:rsid w:val="00920FEC"/>
     <w:rsid w:val="009254A2"/>
     <w:rsid w:val="00925E37"/>
     <w:rsid w:val="0092662F"/>
     <w:rsid w:val="00937F47"/>
     <w:rsid w:val="00942594"/>
     <w:rsid w:val="00947E27"/>
     <w:rsid w:val="00950375"/>
     <w:rsid w:val="0095413D"/>
     <w:rsid w:val="00961253"/>
     <w:rsid w:val="00961CE7"/>
     <w:rsid w:val="00965AD0"/>
     <w:rsid w:val="00975D59"/>
     <w:rsid w:val="00982235"/>
     <w:rsid w:val="00982BAC"/>
     <w:rsid w:val="00984E08"/>
     <w:rsid w:val="00990CF8"/>
     <w:rsid w:val="00992C3B"/>
     <w:rsid w:val="0099379A"/>
     <w:rsid w:val="009A142A"/>
     <w:rsid w:val="009A512E"/>
     <w:rsid w:val="009A5486"/>
     <w:rsid w:val="009A5872"/>
@@ -14326,50 +14586,51 @@
     <w:rsid w:val="00BB46AA"/>
     <w:rsid w:val="00BC1269"/>
     <w:rsid w:val="00BC7F15"/>
     <w:rsid w:val="00BE5C81"/>
     <w:rsid w:val="00BF114A"/>
     <w:rsid w:val="00BF11A3"/>
     <w:rsid w:val="00BF258C"/>
     <w:rsid w:val="00BF4217"/>
     <w:rsid w:val="00BF4FA8"/>
     <w:rsid w:val="00BF696F"/>
     <w:rsid w:val="00C013B6"/>
     <w:rsid w:val="00C01736"/>
     <w:rsid w:val="00C04687"/>
     <w:rsid w:val="00C0685D"/>
     <w:rsid w:val="00C120C5"/>
     <w:rsid w:val="00C1420F"/>
     <w:rsid w:val="00C14401"/>
     <w:rsid w:val="00C216C9"/>
     <w:rsid w:val="00C2315A"/>
     <w:rsid w:val="00C231D6"/>
     <w:rsid w:val="00C237D5"/>
     <w:rsid w:val="00C23BAB"/>
     <w:rsid w:val="00C24B89"/>
     <w:rsid w:val="00C30D47"/>
     <w:rsid w:val="00C35A1C"/>
+    <w:rsid w:val="00C368DB"/>
     <w:rsid w:val="00C40E85"/>
     <w:rsid w:val="00C432C6"/>
     <w:rsid w:val="00C47300"/>
     <w:rsid w:val="00C5766F"/>
     <w:rsid w:val="00C643D5"/>
     <w:rsid w:val="00C65A22"/>
     <w:rsid w:val="00C65D4D"/>
     <w:rsid w:val="00C7558A"/>
     <w:rsid w:val="00C75D85"/>
     <w:rsid w:val="00C75D8D"/>
     <w:rsid w:val="00C76B8B"/>
     <w:rsid w:val="00C85583"/>
     <w:rsid w:val="00C85A05"/>
     <w:rsid w:val="00C93EC9"/>
     <w:rsid w:val="00C97E12"/>
     <w:rsid w:val="00CA765B"/>
     <w:rsid w:val="00CB487C"/>
     <w:rsid w:val="00CB5353"/>
     <w:rsid w:val="00CB74A5"/>
     <w:rsid w:val="00CC35C2"/>
     <w:rsid w:val="00CC5117"/>
     <w:rsid w:val="00CC76A8"/>
     <w:rsid w:val="00CE23E1"/>
     <w:rsid w:val="00CE29D7"/>
     <w:rsid w:val="00CE3C49"/>
@@ -14490,74 +14751,74 @@
     <w:rsid w:val="00FD2B4D"/>
     <w:rsid w:val="00FD43AD"/>
     <w:rsid w:val="00FD70EF"/>
     <w:rsid w:val="00FD718F"/>
     <w:rsid w:val="00FE10F1"/>
     <w:rsid w:val="00FE45CD"/>
     <w:rsid w:val="00FF1703"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="686D7A0F"/>
   <w15:docId w15:val="{2C693B2F-B0DC-45FC-9A10-E7262793DDD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14889,59 +15150,59 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="0064669B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:noProof/>
       <w:sz w:val="8"/>
       <w:szCs w:val="10"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="007A3470"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="single" w:sz="12" w:space="5" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="5" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="5" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:spacing w:after="240"/>
       <w:ind w:left="7938"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -16361,51 +16622,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AE5FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="10"/>
       <w:szCs w:val="10"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nevyeenzmnka1">
     <w:name w:val="Nevyřešená zmínka1"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D06B74"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/informativni-pocty-obyvatel-v-obcich.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -16920,100 +17181,93 @@
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac7fa858-82e2-4a79-bdef-c3400b55fb98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1178E04C-B84F-4CFA-AA12-2105E3759D0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4B87D0A-F4DD-4196-9659-65F587F1B91B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="ac7fa858-82e2-4a79-bdef-c3400b55fb98"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{060C6DB2-9AA8-4DF9-993B-3FE904040700}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F056BDED-A0B2-4FB0-8CE4-FA0D912ADE02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1214</Words>
-  <Characters>7208</Characters>
+  <Words>1242</Words>
+  <Characters>7330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Statistický výkaz o knihovně</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPOS Praha 2</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8406</CharactersWithSpaces>
+  <CharactersWithSpaces>8555</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase>výkaz 1999</HyperlinkBase>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Statistický výkaz o knihovně</dc:title>
   <dc:subject>Statistika</dc:subject>
   <dc:creator>NIPOS-CIK</dc:creator>
   <cp:keywords>Výkaz</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Statistika - výkazy</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">