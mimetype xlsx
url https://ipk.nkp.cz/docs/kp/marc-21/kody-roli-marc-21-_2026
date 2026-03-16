--- v0 (2026-01-13)
+++ v1 (2026-03-16)
@@ -4,85 +4,85 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wolfovap\Documents\Web IPK\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\LICHTENBERGOVAE\Documents\!SystKor\!!!aaaRozprac\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{91A5694F-9CD8-4AF7-B654-FEAA2FA5683E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DBEA3BA-BAEF-485D-A54C-6A79993D0CA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{C82B80DB-9F75-48C8-8551-888AF05A074F}"/>
   </bookViews>
   <sheets>
     <sheet name="Abecedně podle kódů" sheetId="1" r:id="rId1"/>
     <sheet name="Abecedně_podle názvů" sheetId="3" r:id="rId2"/>
     <sheet name="Vyřazené - přesměrování" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3149" uniqueCount="1584">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3143" uniqueCount="1580">
   <si>
     <t>abridger [abr]</t>
   </si>
   <si>
     <t>A person, family, or organization contributing to a resource by shortening or condensing the original work but leaving the nature and content of the original work substantially unchanged. For substantial modifications that result in the creation of a new work, see author.</t>
   </si>
   <si>
     <t>actor [act]</t>
   </si>
   <si>
     <t>A performer contributing to an expression of a work by acting as a cast member or player in a musical or dramatic presentation, etc.</t>
   </si>
   <si>
     <t>adapter [adp]</t>
   </si>
   <si>
     <t>A person or organization who modifies the content of existing work for a different medium or audience, as in adapting a novel for a motion picture, creating a young reader’s version of a book, or reworking a musical composition.</t>
   </si>
   <si>
     <t>A person, family, or organization to whom the correspondence in a work is addressed.</t>
   </si>
   <si>
     <t>analyst [anl]</t>
   </si>
   <si>
@@ -1909,83 +1909,74 @@
   <si>
     <t>anc</t>
   </si>
   <si>
     <t>apl</t>
   </si>
   <si>
     <t>ape</t>
   </si>
   <si>
     <t>arc</t>
   </si>
   <si>
     <t>arr</t>
   </si>
   <si>
     <t>Osoba, která provádí vazbu jednotky.</t>
   </si>
   <si>
     <t>Osoba, která je zodpovědná za využití knižní formy nebo změnu její fyzické struktury.</t>
   </si>
   <si>
     <t>Osoba nebo organizace podílející se na výrobě provedení tím, že je zodpovědná za celý grafický design knihy, včetně uspořádání písma a ilustrací, výběru materiálů a použitého procesu.</t>
   </si>
   <si>
-    <t>Osoba nebo organizace odpovědná za návrh flexibilních obalů určených pro knihu nebo vydaných s knihou, včetně typu použitých materiálů a veškerých dekorativních aspektů knižního přebalu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace odpovědná za návrh identifikačního štítku majitele knihy, který se nejčastěji lepí na vnitřní stranu obálky knihy.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zabývající se výrobou zdroje embosováním buněk Braillova písma pomocí stylusu, speciální embosovací tiskárny nebo jiného zařízení.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zabývající se vysíláním zdroje publiku prostřednictvím rozhlasu, televize, webcastu atd.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zodpovědná za vytvoření mapy, atlasu, glóbu nebo jiného kartografického díla.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, za kterou jedná jiná osoba nebo organizace.</t>
   </si>
   <si>
     <t>Kurátor, který shromažďuje předměty z různých zdrojů, které jsou následně uspořádány, popsány a katalogizovány jako sbírka. Sběratel není ani tvůrcem materiálu, ani osobou, které mohly být rukopisy ve sbírce adresovány.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zabývající se výrobou fotografických výtisků z filmu nebo jiného koloidu, který má povrchy přijímající a odpuzující inkoust.</t>
   </si>
   <si>
-    <t>Interpret přispívající k dílu poskytováním interpretace, analýzy nebo diskuse o daném tématu na nahrávce, filmu nebo jiném audiovizuálním médiu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, která se obrací na soud o náhradu škody, obvykle v řízení o spravedlnosti.</t>
   </si>
   <si>
-    <t>Interpret přispívající k hudebnímu zdroji vedením vystupující skupiny (orchestr, sbor, opera atd.) v hudebním nebo dramatickém představení atd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace odpovědná za dokumentaci, uchovávání nebo zpracování tištěných nebo rukopisných materiálů, uměleckých děl, artefaktů nebo jiných médií.</t>
   </si>
   <si>
     <t>Osoba nebo organizace relevantní pro zdroj, která je konkrétně pověřena poskytováním intelektuálního přehledu strategického nebo operačního úkolu a prostřednictvím analýzy, specifikace nebo pokynů k vytvoření nebo návrhu nákladově efektivního postupu nebo řešení.</t>
   </si>
   <si>
     <t>Osoba (osoby) nebo organizace, která se u soudu brání, vzpírá se nebo zpochybňuje nárok, rozhodnutí, výsledek atd.</t>
   </si>
   <si>
     <t>Osoba nebo organizace relevantní pro zdroj, která uzavírá smlouvu s jinou osobou nebo organizací za účelem provedení specifického úkolu.</t>
   </si>
   <si>
     <t>Osoba nebo organizace uvedená jako vlastník autorských práv v době registrace. Autorská práva mohou být udělena nebo později převedena na jinou osobu nebo organizaci, v tomto okamžiku se držitelem autorských práv stává žadatel.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která byla buď pisatelem, nebo příjemcem dopisu či jiné komunikace.</t>
   </si>
   <si>
     <t>Soud řízený soudními pravidly bez ohledu na jejich oficiální povahu (např. zákony, správní předpisy).</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za intelektuální nebo umělecký obsah zdroje.</t>
   </si>
   <si>
     <t>Umělec, který tančí v hudební, dramatické atd. prezentaci.</t>
@@ -1996,134 +1987,122 @@
   <si>
     <t>Osoba, rodina nebo organizace, které je zdroj věnován.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která je obviněna v trestním řízení nebo žalována v občanskoprávním řízení.</t>
   </si>
   <si>
     <t>Osoba, která je členem komise, jež posuzuje opodstatněnost diplomové práce, disertační práce nebo jiného podání uchazeče o akademický titul.</t>
   </si>
   <si>
     <t>Organizace udělující akademický titul.</t>
   </si>
   <si>
     <t>Osoba dohlížející na akademický titul vyšší úrovně.</t>
   </si>
   <si>
     <t>Osoba nebo organizace provádějící technické výkresy podle návrhů jiných osob.</t>
   </si>
   <si>
     <t>Entita zobrazená nebo ztvárněná v díle, zejména v uměleckém díle.</t>
   </si>
   <si>
     <t>Současný vlastník předmětu, který předmět svěřil do úschovy jiné osobě, rodině nebo organizaci, přičemž si stále ponechal vlastnictví.</t>
   </si>
   <si>
-    <t>Osoba, rodina nebo organizace odpovědná za vytvoření návrhu předmětu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba odpovědná za celkové řízení a dohled nad natáčeným představením, rozhlasovým nebo televizním programem atd.</t>
   </si>
   <si>
     <t>Osoba, která prezentuje diplomovou práci pro univerzitní nebo vysokoškolské vzdělání.</t>
   </si>
   <si>
     <t>Místo, ze kterého je zdroj, např. seriál, distribuován.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která má výhradní nebo sdílená marketingová práva na zdroj.</t>
   </si>
   <si>
-    <t>Osoba, která během živého vystoupení nebo v nahrávacím studiu mísí nahrané stopy dohromady, aby vypadaly jako jedna souvislá stopa.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, které bylo autorství pochybně nebo nesprávně připsáno.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace odpovědná za sestavování, aranžování a ořezávání filmů, videí nebo jiných formátů pohyblivého obrazu, včetně vizuálních i zvukových aspektů.</t>
   </si>
   <si>
     <t>Osoba odpovědná za nastavení osvětlovacího zařízení a zaostření světel pro produkci a za ovládání osvětlení při představení.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která vytváří duplikát tiskové plochy tlakovým lisováním a elektrolytickým nanášením kovu, který je následně potažen olovem pro tisk.</t>
   </si>
   <si>
     <t>Jurisdikce vydávající zákon, nařízení, ústavu, soudní nařízení atd.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která je zodpovědná za technické plánování a projektování, zejména ve stavebnictví.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která vytváří text nebo obrázky pro tisk vystavením kovu, skla nebo jiného povrchu kyselině nebo korozivnímu působení jiné látky.</t>
   </si>
   <si>
     <t>Místo, kde se konala událost, jako je konference nebo koncert.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za popis a oceňování hodnoty zboží, zejména vzácných předmětů, uměleckých děl atd.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která faksimile provedla.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která řídí nebo dohlíží na práci prováděnou při sběru nezpracovaných dat nebo na výzkum v reálném prostředí (obvykle se týká přírodních a společenských věd).</t>
   </si>
   <si>
     <t>Osoba, která podle scénáře a v tvůrčí spolupráci s režisérem vybírá, uspořádává a sestavuje natočený materiál, řídí synchronizaci obrazu a zvuku a podílí se na dalších postprodukčních úkonech, jako je mixování zvuku a zpracování vizuálních efektů. Dnes se střih obrazu často provádí digitálně.</t>
   </si>
   <si>
     <t>Producent zodpovědný za většinu obchodních aspektů filmu.</t>
   </si>
   <si>
-    <t>Osoba, rodina nebo organizace zodpovědná za vytvoření nezávislého nebo osobního filmu. Filmař je individuálně zodpovědný za koncepci a realizaci všech aspektů filmu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, která vyrábí nebo napodobuje něco hodnotného nebo důležitého, zejména s úmyslem podvést.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která zkoumá, navrhuje, implementuje nebo testuje videohry, počítačové hry, hry virtuální reality (VR) atd.</t>
   </si>
   <si>
     <t>Osoba odpovědná za vývoj geografického informačního systému (GIS) a jeho integraci s daty globálního pozičního systému.</t>
   </si>
   <si>
     <t>Účinkující subjekt přispívající ke zdroji vedením programu (často vysílaného), jehož součástí jsou další hosté, účinkující atd. (např. moderátor talk show).</t>
   </si>
   <si>
     <t>Organizace pořádající akci, výstavu, konferenci atd., která dala vzniknout zdroji, ale která má malou nebo žádnou odpovědnost za obsah zdroje.</t>
   </si>
   <si>
     <t>Osoba nebo organizace zodpovědná za přidávání plných čar, stínování a dalších detailů k původním kresbám tužkou při tvorbě komiksů, grafických románů, animací atd.</t>
   </si>
   <si>
     <t>Osoba, která napsala prohlášení o věnování nebo darování.</t>
   </si>
   <si>
-    <t>Interpret přispívající ke zdroji hrou na hudební nástroj.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba, rodina nebo organizace zodpovědná za vytvoření zdroje nebo přispívání ke zdroji odpovědí na dotazy tazatele, obvykle reportéra, anketáře nebo jiného shromažďovatele informací.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zodpovědná za vytvoření zdroje nebo přispívání ke zdroji tím, že jedná jako tazatel, reportér, anketář nebo jiný shromažďovatel informací.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zodpovědná za vytvoření nového zařízení nebo procesu.</t>
   </si>
   <si>
     <t>Osoba, která projednává a rozhoduje o právních záležitostech u soudu.</t>
   </si>
   <si>
     <t>Organizace, která poskytuje vědecké analýzy vzorků materiálů.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která řídí nebo dohlíží na práci vykonávanou v kontrolovaném prostředí.</t>
   </si>
   <si>
     <t>Architekt zodpovědný za tvorbu krajinářských děl. Tato práce zahrnuje koordinaci uspořádání stávajících a navrhovaných pozemkových prvků a staveb.</t>
   </si>
   <si>
     <t>Osoba nebo organizace povolující dočasné užívání knihy, rukopisu atd., například pro kopírování nebo mikrofilmování.</t>
   </si>
   <si>
     <t>Osoba, která kreslí textové a grafické zvukové efekty pro komiks, grafický román atd.</t>
@@ -2137,65 +2116,59 @@
   <si>
     <t>Osoba nebo organizace, která připravuje kámen nebo desku pro litografický tisk, včetně grafického umělce, který vytváří design přímo na povrchu, ze kterého bude tisk proveden.</t>
   </si>
   <si>
     <t>Autor slov nedramatického hudebního díla (např. textu písně), s výjimkou oratorií.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za tisk, kopírování, odlévání atd. zdroje.</t>
   </si>
   <si>
     <t>Entita odpovědná za mramorování papíru, látky, kůže atd. použitých při konstrukci zdroje.</t>
   </si>
   <si>
     <t>Osoba nebo organizace provádějící kódování metadat, textu atd. v SGML, HTML nebo XML.</t>
   </si>
   <si>
     <t>Osoba považovaná za komunikační kanál mezi pozemským světem a světem duchů.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zodpovědná za zaznamenávání zápisů ze schůze.</t>
   </si>
   <si>
     <t>Osoba nebo organizace přispívající k zvukovému obsahu zdroje manipulací, mixováním a sestavováním stop zvukové nahrávky.</t>
   </si>
   <si>
-    <t>Interpret přispívající k zdroji vedením programu (často vysílaného), kde se diskutují témata, obvykle za účasti odborníků v oblastech souvisejících s diskusí.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, která dohlíží na dodržování smlouvy, je zodpovědná za zprávu a řídí její distribuci. Někdy označována jako příjemce grantu nebo kontrolní agentura.</t>
   </si>
   <si>
     <t>Osoba, která přepisuje nebo kopíruje hudební notaci.</t>
   </si>
   <si>
     <t>Osoba, která používá elektronická zvuková zařízení nebo počítačový software ke generování zvuků.</t>
   </si>
   <si>
-    <t>Osoba, která koordinuje činnosti skladatele, zvukového editora a zvukových mixážních pultů pro produkci pohyblivého obrazu nebo pro hudební či dramatickou prezentaci či zábavu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, která hraje hudbu nebo přispívá k hudebnímu obsahu díla, pokud není možné nebo žádoucí přesněji identifikovat její funkci.</t>
   </si>
   <si>
     <t>Osoba, která má celkovou kontrolu nad prezentací zpravodajského nebo publicistického televizního programu.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace organizující výstavu, akci, konferenci atd., která dala vzniknout zdroji.</t>
   </si>
   <si>
     <t>Role, která nemá v seznamu MARC ekvivalent.</t>
   </si>
   <si>
     <t>Účinkující subjekt přispívající ke zdroji účastí v programu (často vysílaném), kde se diskutují témata, obvykle za účasti odborníků z oblastí souvisejících s diskusí.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za výrobu papíru, obvykle ze dřeva, látky nebo jiného vláknitého materiálu.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která požádala o patent.</t>
   </si>
   <si>
     <t>Osoba nebo organizace zodpovědná za tvorbu počátečních kreseb na základě scénáře při tvorbě komiksů, grafických románů, animací atd.</t>
   </si>
   <si>
     <t>Osoba přispívající ke zdroji hudebním vystoupením, herectvím, tancem, mluvením atd., často v hudebním nebo dramatickém představení atd. Pokud jsou použity specifické kódy, používá se pro osobu, jejíž hlavní dovednost není známa nebo specifikována, kód [prf].</t>
@@ -2284,65 +2257,56 @@
   <si>
     <t>Osoba nebo organizace, jiná než původní choreograf nebo režisér, odpovědná za nové uvedení choreografického nebo dramatického díla a která přispívá minimálním novým obsahem.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za recenzi knihy, filmu, představení atd.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za části díla, často nadpisy nebo úvodní části rukopisu, které se objevují v charakteristické barvě, obvykle červené.</t>
   </si>
   <si>
     <t>Umělec odpovědný za vytvoření trojrozměrného díla modelováním, řezbou nebo podobnou technikou.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která je označena jako strana druhé strany. V případě převodu práva se jedná o nabyvatele, nabyvatele licence, nabyvatele grantu atd. Jako druhou stranu lze společně uvést více stran.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která je zapisovatelem, redaktorem nebo jinou osobou odpovědnou za vyjadřování názorů organizace.</t>
   </si>
   <si>
     <t>Osoba, která převádí hrubé náčrty uměleckého ředitele do skutečných architektonických struktur pro divadelní představení, zábavu, film atd. Scénografové kreslí podrobné návody a specifikace pro stavbu scény.</t>
   </si>
   <si>
     <t>Entita, ve které se odehrává činnost nebo děj díla, např. zeměpisné místo, časové období, budova, událost.</t>
   </si>
   <si>
-    <t>Interpret přispívající k zdroji použitím svého hlasu, s instrumentálním doprovodem nebo bez něj, k vytvoření hudby. Zpěvákův výkon může, ale nemusí obsahovat skutečná slova.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba, která zkoumá, navrhuje, implementuje nebo testuje software.</t>
   </si>
   <si>
     <t>Osoba, která vytváří a reprodukuje zvukovou partituru (živou i nahranou), instaluje mikrofony, nastavuje hladiny zvuku a koordinuje zdroje zvuku pro produkci.</t>
   </si>
   <si>
-    <t>Umělec přispívající k danému zdroji pronesenými slovy, například přednáškou, projevem atd.</t>
-[...4 lines deleted...]
-  <si>
     <t>Osoba, rodina nebo organizace sponzorující nějaký aspekt zdroje, např. financování výzkumu, sponzorování akce.</t>
   </si>
   <si>
     <t>Osoba nebo organizace přispívající k jevištnímu zdroji prostřednictvím celkového řízení a dohledu nad představením.</t>
   </si>
   <si>
     <t>Osoba, která má na starosti vše, co se děje na jevišti, a která působí jako vedoucí všech štábů a asistent režiséra během zkoušek.</t>
   </si>
   <si>
     <t>Organizace odpovědná za vývoj nebo vymáhání standardu.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která vytváří novou tiskovou desku formováním nebo kopírováním jiné tiskové plochy.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která podporuje (přidělováním zařízení, personálu nebo jiných zdrojů) projekt, program, schůzku, událost, datové objekty, objekty hmotné kultury nebo jiné entity schopné podpory.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace přispívající ke kartografickému zdroji poskytováním měření nebo rozměrových vztahů pro zobrazenou zeměpisnou oblast.</t>
   </si>
   <si>
     <t>Osoba s odbornými znalostmi v určité oblasti, která radí s přesvědčivým ztvárněním námětu, aby dílo získalo autenticitu.</t>
   </si>
   <si>
     <t>Osoba, která má v konečném důsledku na starosti kulisy, rekvizity, světla a zvuk pro inscenaci.</t>
@@ -3163,53 +3127,50 @@
   <si>
     <t>mcp</t>
   </si>
   <si>
     <t>mup</t>
   </si>
   <si>
     <t>Programátor hudby*</t>
   </si>
   <si>
     <t>msd</t>
   </si>
   <si>
     <t>Hudebník</t>
   </si>
   <si>
     <t>mus</t>
   </si>
   <si>
     <t>Vypravěč-komentátor</t>
   </si>
   <si>
     <t>nrt</t>
   </si>
   <si>
-    <t>Interpret přispívající ke zdroji čtením nebo mluvením, aby podal zprávu o jednání, události, průběhu událostí atd.</t>
-[...1 lines deleted...]
-  <si>
     <t>nan</t>
   </si>
   <si>
     <t>Moderátor zpráv*</t>
   </si>
   <si>
     <t>onp</t>
   </si>
   <si>
     <t>osp</t>
   </si>
   <si>
     <t>Oponent</t>
   </si>
   <si>
     <t>opn</t>
   </si>
   <si>
     <t>Organizátor akce</t>
   </si>
   <si>
     <t>orm</t>
   </si>
   <si>
     <t>Původce</t>
@@ -3418,53 +3379,50 @@
   <si>
     <t>rxa</t>
   </si>
   <si>
     <t>Umělecký remix*</t>
   </si>
   <si>
     <t>Projektant architektonických ztvárnění</t>
   </si>
   <si>
     <t>ren</t>
   </si>
   <si>
     <t>Reportér, zpravodaj</t>
   </si>
   <si>
     <t>rpt</t>
   </si>
   <si>
     <t>Vedoucí výzkumného týmu</t>
   </si>
   <si>
     <t>rth</t>
   </si>
   <si>
-    <t>Člemn výzkumného týmu</t>
-[...1 lines deleted...]
-  <si>
     <t>rtm</t>
   </si>
   <si>
     <t>Výzkumník</t>
   </si>
   <si>
     <t>res</t>
   </si>
   <si>
     <t>Zúčastněná osoba</t>
   </si>
   <si>
     <t>rsp</t>
   </si>
   <si>
     <t>rst</t>
   </si>
   <si>
     <t>rse</t>
   </si>
   <si>
     <t>rpy</t>
   </si>
   <si>
     <t>rsg</t>
@@ -3535,77 +3493,68 @@
   <si>
     <t>sll</t>
   </si>
   <si>
     <t>Prodejce*</t>
   </si>
   <si>
     <t>Scénograf</t>
   </si>
   <si>
     <t>std</t>
   </si>
   <si>
     <t>stg</t>
   </si>
   <si>
     <t>Zasazení *</t>
   </si>
   <si>
     <t>Signatář</t>
   </si>
   <si>
     <t>sgn</t>
   </si>
   <si>
-    <t>Zpěvák</t>
-[...1 lines deleted...]
-  <si>
     <t>sng</t>
   </si>
   <si>
     <t>swd</t>
   </si>
   <si>
-    <t>Zvuk</t>
-[...1 lines deleted...]
-  <si>
     <t>sds</t>
   </si>
   <si>
     <t>sde</t>
   </si>
   <si>
     <t>spk</t>
   </si>
   <si>
     <t>sfx</t>
   </si>
   <si>
-    <t>Spíkr</t>
-[...1 lines deleted...]
-  <si>
     <t>Zvláštní efekty*</t>
   </si>
   <si>
     <t>Sponzor</t>
   </si>
   <si>
     <t>spn</t>
   </si>
   <si>
     <t>sgd</t>
   </si>
   <si>
     <t>stm</t>
   </si>
   <si>
     <t>stn</t>
   </si>
   <si>
     <t>str</t>
   </si>
   <si>
     <t>stl</t>
   </si>
   <si>
     <t>sht</t>
@@ -3754,56 +3703,50 @@
   <si>
     <t>wft</t>
   </si>
   <si>
     <t>Autor úvodu*</t>
   </si>
   <si>
     <t>win</t>
   </si>
   <si>
     <t>wpr</t>
   </si>
   <si>
     <t>wst</t>
   </si>
   <si>
     <t>Autor původního televizního příběhu*</t>
   </si>
   <si>
     <t>wts</t>
   </si>
   <si>
     <t>Autor doplňkového textového obsahu*</t>
   </si>
   <si>
-    <t>UF Technical draftsman</t>
-[...4 lines deleted...]
-  <si>
     <t>Herec</t>
   </si>
   <si>
     <t>Autor adaptace, upravovatel</t>
   </si>
   <si>
     <t>Analytik</t>
   </si>
   <si>
     <t>Animátor</t>
   </si>
   <si>
     <t>Anotátor, autor rukopisných poznámek</t>
   </si>
   <si>
     <t>Odvolatel*</t>
   </si>
   <si>
     <t>Odpůrce*</t>
   </si>
   <si>
     <t>Architekt</t>
   </si>
   <si>
     <t>Autor aranžmá</t>
@@ -3917,53 +3860,50 @@
     <t xml:space="preserve">Programátor </t>
   </si>
   <si>
     <t>Žalobce (v civilních věcech) jako odpůrce odvolatele</t>
   </si>
   <si>
     <t>ptf</t>
   </si>
   <si>
     <t>pth</t>
   </si>
   <si>
     <t>Adresát, příjemce</t>
   </si>
   <si>
     <t>rps</t>
   </si>
   <si>
     <t>Repozitář</t>
   </si>
   <si>
     <t>sad</t>
   </si>
   <si>
     <t>Hostitelská podpora</t>
-  </si>
-[...1 lines deleted...]
-    <t>Standardizátor?</t>
   </si>
   <si>
     <t>Vývojový pracovník v oblasti standardizace</t>
   </si>
   <si>
     <t>Stereotypér</t>
   </si>
   <si>
     <t>Vedoucí produkčního týmu/Technický ředitel**</t>
   </si>
   <si>
     <t>Žadatel, uchazeč</t>
   </si>
   <si>
     <t>app</t>
   </si>
   <si>
     <t>Zvukový mistr*</t>
   </si>
   <si>
     <t>Režisér dabingu*</t>
   </si>
   <si>
     <t>Filmový producent*</t>
   </si>
@@ -4430,225 +4370,201 @@
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>adaptor</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <t>Osoba, která v televizi nebo rozhlase poskytuje oznámení za účelem identifikace stanic, uvádění a ukončení pořadů, oznamování přestávek stanic, reklam a informací veřejné služby. Může také číst krátké zprávy a popisovat další veřejné a sportovní události.</t>
   </si>
   <si>
-    <t>Osoba odpovědná za řízení vývoje uměleckého stylu celé produkce, včetně výběru děl, která mají být prezentována  a výběru vedoucího produkčního personálu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba, rodina nebo organizace odpovědná za vytvoření díla, které má primárně textový obsah, bez ohledu na typ média (např. tištěný text, mluvené slovo, elektronický text, taktilní text) nebo žánr (např. básně, romány, scénáře, blogy). Používejte také pro osoby atd., které vytvářejí nové dílo parafrázováním, přepisováním nebo adaptací děl jiného tvůrce tak, že úprava podstatně změnila povahu a obsah originálu nebo změnila médium vyjádření.</t>
   </si>
   <si>
     <t>Osoba, jejíž rukopisný podpis se objevuje na jednotce.</t>
   </si>
   <si>
     <t>Kurátor, který sestavuje seznam nebo inventarizuje jednotky v souhrnném díle, jako je například sbírka jednotek nebo děl.</t>
   </si>
   <si>
-    <t>Osoba nebo organizace odpovědná za původní myšlenku, na níž je dílo založeno, včetně vědeckého autora audiovizuální jednotky a tvůrce reklamy.</t>
-[...1 lines deleted...]
-  <si>
     <t>Bývalý vlastník jednotky, který tuto jednotku daroval jinému vlastníkovi.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace, která dříve legálně vlastnila jednotku.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která píše nebo vyvíjí rámec pro jednotku, aniž by byla intelektuálně zodpovědná za její obsah.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která vnáší vědecké, pedagogické nebo historické kompetence do koncepce a realizace díla, zejména v případě audiovizuálních jednotek.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, které byl udělen patent, na který se jednotka odkazuje.</t>
   </si>
   <si>
     <t>Bývalý vlastník jednotky, který tuto jednotku prodal jinému vlastníkovi.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za výrobu knih a dalších tištěných médií.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zabývající se výrobou zdroje nalitím kapalné nebo roztavené látky do formy a jejím ponecháním, aby ztuhla a získala tvar formy.</t>
   </si>
   <si>
     <t>Osoba odpovědná za vytvoření pohybového díla nebo za přispění k němu.</t>
   </si>
   <si>
-    <t>Osoba, rodina nebo organizace odpovědná za vytvoření hudebního zdroje nebo za jeho doplnění přidáním hudby k dílu, kterému původně chyběla nebo která ho doplňuje.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace relevantní pro zdroj, která je žádána o odborné poradenství nebo služby ve specializované oblasti znalostí nebo dovedností.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která je korektorem rukopisů, například úředník skriptoria, který opravil práci písaře. Pro tištěné materiály použijte  Korektor tištěných materiálů.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace přispívající ke zdroji přípravou soudních stanovisek ke  zveřejnění.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která předkládá data k zařazení do databáze nebo jiné sbírky dat.</t>
   </si>
   <si>
-    <t>Osoba, která píše věnování,  může se jednat o  formální prohlášením nebo prohlášení v epistolární či veršované formě.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace nesoucí právní a/nebo intelektuální odpovědnost jinou než tvůrčí za obsah seriálu, integračního zdroje nebo vícedílného monografického díla.</t>
   </si>
   <si>
     <t>Zakladatel diachronního díla*</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která poskytla finanční podporu na vytvoření díla.</t>
   </si>
   <si>
     <t>Osoba odpovědná za vznik diachronního díla.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace poctěná dílem nebo předmětem (např. osoba, jíž je věnován jubilejní sborník, či osoba, které je předložena kopie).</t>
   </si>
   <si>
     <t>Jurisdikce pověřená zákonem, nařízením atd., který byl uzákoněn jinou jurisdikcí.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která podává žalobu na pomluvu v případu církevního nebo námořního práva.</t>
   </si>
   <si>
     <t>Autor libreta opery, jiného jevištního díla nebo oratoria.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která uděluje licence, imprimatury atd.</t>
   </si>
   <si>
     <t>Místo výroby (např. tisku, kopírování, odlévání atd.) zdroje v publikované podobě.</t>
   </si>
   <si>
     <t>Rytec zodpovědný za dekorace, ilustrace, písmena atd. vyrývaná do kovového povrchu pro tisk nebo dekoraci.</t>
   </si>
   <si>
     <t>Zapisovatel jednání*</t>
   </si>
   <si>
     <t>Mixážní technik*</t>
   </si>
   <si>
-    <t>Učastník ve filmu*</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, které byla udělena nebo převedena autorská a zákonná práva k intelektuálnímu obsahu díla. Držitel autorských práv, ačkoli nemusí být nutně tvůrcem díla, má obvykle výhradní právo finančně profitovat z prodeje a užívání díla, na které se vztahuje související ochrana autorských práv.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace, která v současné době vlastní jednotku nebo sbírku, tj. má právní vlastnictví zdroje.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za zadání díla. Mecenáš obvykle využívá své prostředky nebo vliv k podpoře díla umělců, spisovatelů atd. Toto zahrnuje i ty, kteří si jednotlivá díla objednávají a platí za ně.</t>
   </si>
   <si>
     <t>Penciller*</t>
   </si>
   <si>
     <t>Panelista*</t>
   </si>
   <si>
     <t>Producent zvukového záznamu*</t>
   </si>
   <si>
     <t>Autor citací nebo úryvků textu</t>
   </si>
   <si>
     <t>Soudní zpravodaj*</t>
   </si>
   <si>
     <t>Hostitelská organizace*</t>
   </si>
   <si>
     <t>Iluminátor*</t>
   </si>
   <si>
     <t>Průvodce ve filmu*</t>
   </si>
   <si>
     <t>Místo adresy*</t>
   </si>
   <si>
     <t>Poskytovatel*</t>
   </si>
   <si>
     <t>rcd</t>
   </si>
   <si>
     <t>Vývojář software*</t>
   </si>
   <si>
     <t>Zvukový technik*</t>
   </si>
   <si>
-    <t>Osoba pozvaná k vystoupení v televizním programu, často v televizní talk show nebo estrádní show. Hosté obvykle vystupují  sami za sebe nebo jako postavy v skečích.</t>
-[...1 lines deleted...]
-  <si>
     <t>wac</t>
   </si>
   <si>
     <t>Autor doplněného komentáře*</t>
   </si>
   <si>
     <t>Autor doslovu*</t>
   </si>
   <si>
     <t>Osoba přispívající do filmového zdroje psaním dialogů nebo popisných mezititulků vkládaných přerušovaně mezi sekvence filmu. Obecně se jedná o osobu, která napsala mezititulky k filmu během éry němého filmu.</t>
   </si>
   <si>
-    <t>Autor slov přidaných k vyjádření hudebního díla. Pro psaní textů ve spolupráci se skladatelem za účelem vytvoření originálního díla viz Textař.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba, která řídila nebo vedla výzkumný projekt.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace přispívající ke zdroji zkrácením nebo zhuštěním původního díla, ale ponechávající podstatně nezměněnou povahu a obsah původního díla. Pro podstatné úpravy, které vedou k vytvoření nového díla, viz Autor.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Osoba, rodina nebo organizace, která přispívá k hudebnímu dílu přepsáním skladby pro jiný nosič provedení, než pro který bylo dílo původně zamýšleno, nebo úpravou díla pro stejný nosič provedení atd. tak, aby hudební podstata původní skladby zůstala v podstatě nezměněna. Pro rozsáhlé úpravy, které efektivně vedou k vytvoření nového hudebního díla, viz Skladatel.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace přispívající ke zdroji revizí nebo objasněním obsahu, např. přidáním úvodu, poznámek nebo jiných kritických informací. Editor může také připravit zdroj k produkci, publikaci nebo distribuci. V případě větších revizí, adaptací atd., které podstatně mění povahu a obsah původního díla a vedou k novému dílu, viz Autor.</t>
   </si>
   <si>
     <t>Osoba, která zdobí určitý předmět drahými kovy nebo barvami, často s propracovanými vzory a motivy.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která navrhuje písmo použité v určité jednotce.</t>
   </si>
   <si>
     <t>Organizace (obvykle vládní agentura), která vydává povolení, na jejichž základě je dílo provedeno.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která vytváří tisky vyřezáváním reliéfního obrazu ze strany podélných vláken dřevěného bloku.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která vytváří tisky vyřezáváním reliéfního obrazu ze strany napříč vlákny dřevěného bloku.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace, která navrhuje kostýmy pro  produkci pohyblivého obrazu nebo pro hudební či dramatické představení či zábavu.</t>
   </si>
   <si>
     <t>Umělec přispívající ke zdroji manipulací, ovládáním nebo vedením loutek nebo marionet v produkci pohyblivého obrazu nebo v hudební či dramatické prezentaci či zábavě.</t>
   </si>
@@ -4659,59 +4575,53 @@
     <r>
       <t>addressee [rcp]U</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>F recipient</t>
     </r>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Nyní</t>
   </si>
   <si>
     <t>Prezentující*</t>
   </si>
   <si>
-    <t>Vedoucí produkčního týmu</t>
-[...1 lines deleted...]
-  <si>
     <t>Soud řízený soudními pravidly*</t>
   </si>
   <si>
-    <t>Diskžokej</t>
-[...1 lines deleted...]
-  <si>
     <t>Letterer*</t>
   </si>
   <si>
     <t>Autor úvodního textu*</t>
   </si>
   <si>
     <t>Orig.</t>
   </si>
   <si>
     <t>autor předmluvy (jiný autor)</t>
   </si>
   <si>
     <t>Host televizního pořadu*</t>
   </si>
   <si>
     <t>Hostitel televizního pořadu*</t>
   </si>
   <si>
     <t>Vizuální efekty*</t>
   </si>
   <si>
     <t>Obžalovaný jako odvolávající se strana v odvolacím řízení</t>
   </si>
   <si>
     <t>Udělovatel akademické hodnosti (instituce)**</t>
@@ -4731,98 +4641,92 @@
   <si>
     <t>Divadelní režisér*</t>
   </si>
   <si>
     <t>Předsedající v akademické disputaci*</t>
   </si>
   <si>
     <t xml:space="preserve">Definice, pokud je potřeba </t>
   </si>
   <si>
     <t>UF autor prologu(?) Označení Prolog se používá často, pro win i wpr, https://www.masterclass.com/articles/preface-prologue-introduction-difference</t>
   </si>
   <si>
     <t>ann</t>
   </si>
   <si>
     <t>Osoba nebo organizace spojená s předmětem nebo sbírkou nebo nalezená v něm, u které nelze určit, zda se jedná o bývalého vlastníka [fmo] nebo jiný určený vztah svědčící o původu.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za design vazby knihy, včetně typu  vazby, typu použitých materiálů a jakýchkoli dekorativních aspektů vazby.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která píše rukou uměleckým písmem, obvykle jako opisovač a/nebo kreslíř písma.</t>
   </si>
   <si>
-    <t>Osoba, rodina nebo organizace odpovědná za vytvoření nového díla (např. bibliografie, adresáře) prostřednictvím aktu kompilace, např. výběru, uspořádání, seskupení a úpravy dat, informací atd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Stěžovatel, který se odvolává od jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek, obvykle v řízení o spravedlnosti.</t>
   </si>
   <si>
     <t>Stěžovatel, proti kterému je podáno odvolání z jednoho soudu nebo jurisdikce k jinému za účelem zvrácení rozsudku, obvykle v řízení o spravedlnosti.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za vytvoření kovových forem nebo  odlitků z jiných materiálů, používaných k výrobě textu a obrázků v tištěných materiálech.</t>
   </si>
   <si>
     <t>Odpůrce, který se odvolává z jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek.</t>
   </si>
   <si>
     <t>Odpůrce, proti kterému je podáno odvolání z jednoho soudu nebo jurisdikce k jinému, za účelem zvrácení rozsudku.</t>
   </si>
   <si>
     <t>Osoba (osoby) nebo organizace hájící nárok, rozhodnutí, výsledek atd., který je u soudu oponován, odporován nebo zpochybňován.</t>
   </si>
   <si>
     <t>Obhájce, který se odvolává z jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek.</t>
   </si>
   <si>
     <t>Obhájce, proti kterému je podáno odvolání z jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace, která vytváří, shromažďuje a/nebo organizuje výstavu, sbírku nebo jinou jednotku.</t>
   </si>
   <si>
     <t>Obžalovaný, který se odvolává od jednoho soudu nebo jurisdikce k jinému za účelem zvrácení rozsudku, obvykle v rámci soudního řízení.</t>
   </si>
   <si>
     <t>Osoba odpovědná za celkové řízení a dohled nad přidáváním nových dialogů nebo jiných zvuků k dokončení zvukové stopy.</t>
   </si>
   <si>
     <t>edd</t>
   </si>
   <si>
     <t>Obžalovaný, proti kterému je podáno odvolání od jednoho soudu nebo jurisdikce k jinému za účelem zvrácení rozsudku, obvykle v rámci soudního řízení.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace přispívající ke zdroji vytvořeném architektem, vynálezcem atd. vytvořením podrobných plánů nebo výkresů budov, lodí, letadel, strojů, předmětů atd.</t>
   </si>
   <si>
-    <t>Režisér odpovědný za celkové řízení a dohled nad filmovým představením.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba nebo organizace, která je označena jako jediná strana nebo strana první strany. V případě převodu práv se jedná o postupitele, převodce, poskytovatele licence, poskytovatele atd. Jako první strana může být společně označeno více stran.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která přebírá primární odpovědnost za určitou činnost nebo úsilí. Může být kombinováno s jiným termínem nebo kódem role, aby se ukázal větší význam, který tato osoba nebo organizace má s ohledem na danou roli. Pokud je k záhlaví přiřazeno více než jedna role, použijte  roli Vedoucí pouze tehdy, pokud se vztahuje na všechny role.</t>
   </si>
   <si>
     <t>Žalobce, proti kterému je podáno odvolání v případu církevního nebo námořního práva k jinému soudu, aby zvrátil rozsudek.</t>
   </si>
   <si>
     <t>Žalobce, který se odvolává v případu církevního nebo námořního práva k jinému soudu, aby zvrátil rozsudek.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, proti které byla u církevního nebo námořního  podána žaloba na pomluvu.</t>
   </si>
   <si>
     <t>Obžalovaný, který se odvolává od jednoho církevního nebo námořního soudu k jinému za účelem zvrácení rozsudku.</t>
   </si>
   <si>
     <t>Obžalovaný, proti kterému je u církevního nebo námořního soudu podáno odvolání k jinému soudu za účelem zvrácení rozsudku.</t>
   </si>
   <si>
     <t>Osoba nebo organizace primárně zodpovědná za sestavování a udržování původního popisu sady metadat (např. geoprostorové sady metadat).</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná zaoponenturu k diplomové nebo disertační práci.</t>
@@ -4834,59 +4738,50 @@
     <t>Žalobce, který se odvolává z jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek, obvykle v soudním řízení.</t>
   </si>
   <si>
     <t xml:space="preserve">Osoba, rodina nebo organizace zabývající se výrobou provedení tištěného textu, notového zápisu atd. z písma nebo desek, jako je kniha, noviny, časopis, tisková brožurka, partitura atd. </t>
   </si>
   <si>
     <t>Osoba nebo organizace, která produkuje, vydává, vyrábí nebo distribuuje zdroj, pokud nejsou požadovány specifické kódy (např. [mfr], [pbl]).</t>
   </si>
   <si>
     <t>Osoba, která manipuluje, překombinovává, míchá a reprodukuje dříve nahrané zvuky.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která píše nebo prezentuje reportáže o zprávách nebo aktuálním dění ve vysílání nebo tisku.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která odpovídá soudům na základě žádosti o nápravu (obvykle v řízení o spravedlnosti), nebo kandidát na titul, který obhajuje nebo oponuje dizertaci předloženou předsedajícím v akademické disputaci.</t>
   </si>
   <si>
     <t>Zúčastněná osoba,  proti které je odvolání z jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek, obvykle v řízení o spravedlnosti.</t>
   </si>
   <si>
     <t>Zúčastněná osoba, která se odvolává z jednoho soudu nebo jurisdikce k jinému, aby zvrátil rozsudek, obvykle v řízení o spravedlnosti.</t>
   </si>
   <si>
     <t>Autor filmového scénáře nebo scény.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Interpret přispívající ke zdroji poskytováním instrukcí nebo prováděním demonstrace.</t>
   </si>
   <si>
     <t>Osoba přispívající k televiznímu zdroji psaním scénáře k televiznímu programu nebo spoluprací na něm  se skupinou autorů na něm, například k epizodě televizního seriálu.</t>
   </si>
   <si>
     <t>Osoba přispívající k filmovému zdroji napsáním originálního příběhu výslovně pro tento zdroj, který není založen na žádném jiném existujícím díle. Pro autora scénáře použijte Autor filmového scénáře. Pro osobu, která adaptuje romány nebo povídky pro film, použijte Autor adaptace, upravovatel.</t>
   </si>
   <si>
     <t>Člen produkčního týmu</t>
   </si>
   <si>
     <t>Scenárista televizního pořadu*</t>
   </si>
   <si>
     <t>Osoba přispívající k televiznímu zdroji napsáním originálního příběhu výslovně pro tento zdroj, který není založen na žádném jiném existujícím díle. Pro osobu, která píše scénář k televiznímu programu, použijte termín Scenárista televizního pořadu. Pro osobu, která adaptuje romány nebo příběhy pro televizi, použijte termín Autor adaptace, upravovatel.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Osoba přispívající k filmové nebo televizní produkci dohledem nad umělci a řemeslníky, kteří staví kulisy. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
@@ -4922,94 +4817,74 @@
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>Jiný autor než autor díla.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Osoba, rodina nebo organizace přispívající ke zdroji poskytnutím úvodu k původnímu dílu. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>Autor shodný s autorem díla.</t>
     </r>
   </si>
   <si>
-    <r>
-[...15 lines deleted...]
-  <si>
     <t>Autor zkrácené verze**</t>
   </si>
   <si>
     <t>Pozn.; odkaz (Use for) návrh</t>
   </si>
   <si>
     <t>Autor umělecké kopie**</t>
   </si>
   <si>
     <t>dříve Umělecký vedoucí</t>
   </si>
   <si>
     <t>Umělecký ředitel**</t>
   </si>
   <si>
     <t>Autor anotace**</t>
   </si>
   <si>
     <t>dříve Autor textu na přebalu</t>
   </si>
   <si>
     <t>Výtvarník přebalu**</t>
   </si>
   <si>
-    <t>Autor přebalu; dříve Autor obálky</t>
-[...1 lines deleted...]
-  <si>
     <t>Kameraman filmu**</t>
   </si>
   <si>
     <t>dříve Kamera filmu</t>
   </si>
   <si>
     <t>Komentátor filmu atd.**</t>
   </si>
   <si>
     <t>dříve Autor komentáře</t>
   </si>
   <si>
     <t>Komentátor psaného textu**</t>
   </si>
   <si>
     <t>dříve Autor komentáře textu</t>
   </si>
   <si>
     <t>Korektor rukopisů*</t>
   </si>
   <si>
     <t>dříve Korektor</t>
   </si>
   <si>
     <t>Výtvarník obálky  nebo ochranného obalu  dokumentu**</t>
@@ -5056,313 +4931,584 @@
   <si>
     <t>dříve Dotazovatel, interviewující</t>
   </si>
   <si>
     <t>dříve Dotazovaný, interviewovaný</t>
   </si>
   <si>
     <t>Udělovatel licence**</t>
   </si>
   <si>
     <t>dříve Udělovatel povolení</t>
   </si>
   <si>
     <t>Osvětlovač**</t>
   </si>
   <si>
     <t>dříve Osvětlení</t>
   </si>
   <si>
     <t>Přepisovač not**</t>
   </si>
   <si>
     <t>dříve Opisování not</t>
   </si>
   <si>
-    <t xml:space="preserve"> Hudební režisér**</t>
-[...1 lines deleted...]
-  <si>
     <t>dříve Hudební režie</t>
   </si>
   <si>
     <t>Kontakt procesu**</t>
   </si>
   <si>
     <t>dříve Provozní technik</t>
   </si>
   <si>
     <t>Producent**</t>
   </si>
   <si>
     <t>dříve Producent, výrobce</t>
   </si>
   <si>
     <t>Šéfredaktor**</t>
   </si>
   <si>
     <t>dříve Šéfredaktor, odpovědný redaktor</t>
   </si>
   <si>
     <t>Odvolávající se osoba v odvolacím řízení**</t>
   </si>
   <si>
     <t>dříve Zúčastněná osoba v odvolacím řízení</t>
   </si>
   <si>
     <t>Protistrana v odvolacím řízení**</t>
   </si>
   <si>
     <t>Scenárista němého filmu**</t>
   </si>
   <si>
     <t>dříve Scénárista</t>
   </si>
   <si>
     <t>Vyprávěč příběhů**</t>
   </si>
   <si>
     <t>dříve Vypravěč pohádek, anekdot</t>
   </si>
   <si>
     <t>Geodet**</t>
   </si>
   <si>
     <t>dříve Geodet, zeměměřič</t>
-  </si>
-[...1 lines deleted...]
-    <t>dříve Zpracovatel</t>
   </si>
   <si>
     <t>Kopista; dříve Autor uměleckých replik</t>
   </si>
   <si>
     <t>Role (nová*, oprava formulace**)</t>
   </si>
   <si>
     <t>Kód role</t>
   </si>
   <si>
     <t>Definice</t>
   </si>
   <si>
     <t>Role v angličtině</t>
   </si>
   <si>
     <t>Definice v angličtině</t>
   </si>
   <si>
     <t>dříve Instrumentalista, hráč na hudební nástroje</t>
   </si>
   <si>
     <t>Instrumentalista**</t>
   </si>
   <si>
     <t>Vedoucí kvalifikační práce* Zatím nepoužívat!</t>
   </si>
   <si>
     <t>Osoba nebo organizace provádějící dílo, tj. jméno osoby nebo organizace spojené s intelektuálním obsahem díla. Tato kategorie nezahrnuje nakladatele ani zaměstnavatele osoby, ani sponzora, s výjimkou případů, kdy je zároveň i korporativním autorem.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Osoba nebo organizace odpovědná za publikování, uvolňování nebo vydávání zdroje. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>Neplést s Vydavatel (isb).</t>
     </r>
   </si>
   <si>
-    <t>Herec přispívající k  zdroji poskytováním hlasu postavám v rozhlasových a audio produkcích a animovaným postavám ve dílech pohyblivého obrazu, jakož i poskytováním hlasového komentáře v rozhlasových a televizních reklamách, dabingových zdrojích atd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba přispívající k pohyblivému obrazu nebo počítačovému programu tím, že neživým objektům nebo kresbám dodává zdánlivý pohyb. Pro tvůrce kreseb, jež jsou animovány, viz Umělec.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za nanášení barev na kresby, tisky, fotografie, mapy, pohyblivý obraz atd.</t>
   </si>
   <si>
     <t>Editor  díla pohyblivého obrazu*</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace zabývající se distribucí pohyblivého obrazu do kin nebo jiných distribučních kanálů.</t>
   </si>
   <si>
     <t>Osoba, která přispívá k produkci pohyblivého obrazu nebo k hudebnímu či dramatickému představení make-upem a  protetikou.</t>
   </si>
   <si>
     <t>Osoba přispívající k  dílu pohyblivého obrazu (non-fiction) aktivní rolí účastníka.</t>
   </si>
   <si>
     <t>Osoba nebo organizace uvedená zápisem „X uvádí“ v  materiálech pohyblivého obrazu, která je nějakým způsobem spojena s produkcí, financemi nebo distribucí. Formální uznání; v raných letech obvykle vedoucí studia.</t>
   </si>
   <si>
     <t>Osoba nebo organizace, která je autorem  scénáře pohyblivého obrazu, obvykle osoba, která napsala scénáře k filmu v éře němého filmu.</t>
   </si>
   <si>
     <t>dgs!</t>
   </si>
   <si>
     <t>Nakladatel**</t>
   </si>
   <si>
     <t>Osoba zodpovědná za natáčení pohyblivého obrazu, která plánuje technické aspekty osvětlení a fotografování scén a často pomáhá režisérovi s výběrem úhlů, nastavení kamery a světelných nálad. Může také dohlížet na další zpracování natočeného materiálu až po dokončení tiskové práce. Kameraman je také označován jako režisér fotografie. Nezaměňovat s Video kameramanem.</t>
-  </si>
-[...1 lines deleted...]
-    <t>pouřije se pro Designér, dizajnér</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Osoba, rodina nebo organizace vydávající dílo, například oficiální orgán dané organizace. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>Vydavatel má intelektuální odpovědnost za obsah díla, neplést s Nakladatel (pbl)</t>
     </r>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za grafický design obálky knihy, obalu alba, přebalu, krabice, nádoby atd. Pro osobu nebo organizaci odpovědnou za grafický design celé knihy použijte výraz Knižní grafik; pro obálky knih použijte  Výtvarník přebalu.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace odpovědná za vytvoření díla tím, že navrhne a realizuje originální grafický návrh, kresbu, malbu atd. U ilustrátorů knih upřednostňujte Ilustrátor.</t>
   </si>
   <si>
     <t>Osoba nebo organizace odpovědná za komentář nebo vysvětlující poznámky k textu. Pro autora anotací rukopisu v tištěné knize použijte Anotátor, autor rukopisných poznámek.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace odpovědná za přispívání ke zdroji. To zahrnuje i ty, jejichž dílo přispělo k většímu dílu, jako je antologie, seriálová publikace nebo jiná kompilace jednotlivých děl. Pokud je k dispozici přesnější role, upřednostněte ji, např. Editor; Sestavovatel, kompilátor; Ilustrátor.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace přispívající ke kolektivnímu nebo souhrnnému dílu výběrem a sestavením děl nebo částí děl od jednoho nebo více tvůrců. V případě kompilací dat, informací atd., které vedou k novým dílům, viz Sestavovatel, kompilátor.</t>
   </si>
   <si>
     <t>Osoba, rodina nebo organizace, která přispívá ke zdroji doplněním primárního obsahu o kresby, diagramy, fotografie atd. Pokud je dílo primárně uměleckým obsahem vytvořeným touto entitou, použijte Umělec nebo Fotograf.</t>
   </si>
   <si>
-    <t>Interpret přispívající k vyjádření díla tím, že se objevuje na obrazovce v pohyblivém obraz (non-fiction) nebo v úvodech k  pohyblinému obrazu (fikci), aby poskytl kontextové nebo doplňující informace. Použijte, pokud jiný termín (např. Vypravěč-komentátor, Hostitel) není vhodný nebo není žádoucí.</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba, která opravuje tištěné materiály. Pro rukopisy použijte Korektor rukopisů  [crr].</t>
   </si>
   <si>
-    <t>Osoba, která je zapisovatelem, pomocníkem  autora rukopisů. Pro osobu, která vytváří pero-faksimile, použijte Zhotovitel faksimile [fac].</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba, jejíž podpis se objevuje bez prezentace nebo jiného prohlášení naznačujícího původ. Pokud existuje prezentační prohlášení, použijte Autor věnování [ins].</t>
   </si>
   <si>
     <t>Osoba nebo organizace primárně zodpovědná za výběr a uspořádání písma použitého v jednotce. Pokud je typograf zodpovědný také za další aspekty grafického designu knihy (např. Knižní grafik [bkd]), mohou být potřebné kódy pro obě funkce.</t>
   </si>
   <si>
-    <t>Osoba, rodina nebo organizace, která přispívá ke zdroji jeho změnou z jednoho notačního systému na jiný. Pro dílo přepsané pro jiný nástroj nebo interpretační skupinu viz Autor aranžmá [arr]. Pro tvůrce pero faksimilí použijte Zhotovitel faksimile [fac].</t>
-[...1 lines deleted...]
-  <si>
     <t>Osoba odpovědná za videoprodukci, např. videozáznam divadelní produkce, na rozdíl od komerčního filmu. Video kameraman může být operátorem kamery nebo může dohlížet na jednoho či více kameramanů. Nezaměňovat s Kameraman filmu.</t>
   </si>
   <si>
     <t>Hudební režisér**</t>
   </si>
   <si>
     <t>Scénárista</t>
   </si>
   <si>
     <t>Autor filmového scénáře</t>
   </si>
   <si>
     <t>sce zůstává pro němé filmy</t>
   </si>
   <si>
     <t>dříve Zkracovatel</t>
+  </si>
+  <si>
+    <t>Člen výzkumného týmu</t>
+  </si>
+  <si>
+    <t>Účastník ve filmu*</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající ke zdroji hrou na hudební nástroj.</t>
+  </si>
+  <si>
+    <t>Herec přispívající k  zdroji poskytováním hlasu postavám v rozhlasových a audio produkcích a animovaným postavám ve dílech pohyblivého obrazu, jakož i poskytováním hlasového komentáře v rozhlasových a televizních reklamách, dabovaných zdrojích atd.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající ke zdroji zprostředkováním původního příběhu tvůrce s dramatickou nebo divadelní interpretací.</t>
+  </si>
+  <si>
+    <t>Osoba, rodina nebo organizace, která přispívá k hudebnímu dílu přepsáním skladby pro jiné obsazení, než pro které bylo dílo původně zamýšleno, nebo úpravou díla pro stejné obsazení atd. tak, aby hudební podstata původní skladby zůstala v podstatě nezměněna. Pro rozsáhlé úpravy, které efektivně vedou k vytvoření nového hudebního díla, viz Skladatel.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Autor slov přidaných k vyjádření hudebního díla. Pro psaní textů ve spolupráci se skladatelem za účelem vytvoření originálního díla viz Textař. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Pozn. jedná se o autora textů dříve instrumentálního díla</t>
+    </r>
+  </si>
+  <si>
+    <t>Osoba nebo organizace odpovědná za původní myšlenku, na níž je dílo založeno, včetně vědeckého autora audiovizuální jednotky a tvůrce koncepce reklamy.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající k hudebnímu zdroji vedením účinkujícího souboru (orchestr, sbor, opera atd.) v hudebním nebo dramatickém představení atd.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba, rodina nebo organizace odpovědná za vytvoření nového díla (např. bibliografie, adresáře) prostřednictvím aktu kompilace, např. výběru, uspořádání, seskupení a úpravy dat, informací atd. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Pozn. Sestavovatel zpěvníků, alb skladeb atd. viz Editor kompilace</t>
+    </r>
+  </si>
+  <si>
+    <t>Osoba, rodina nebo organizace zodpovědná za vytvoření nezávislého nebo plně autorského filmu. Filmař je individuálně zodpovědný za koncepci a realizaci všech aspektů filmu.</t>
+  </si>
+  <si>
+    <t>Režisér odpovědný za celkové řízení a dohled nad natáčením filmu.</t>
+  </si>
+  <si>
+    <t>Osoba, která koordinuje činnosti skladatele, zvukového editora a mixáž zvuku pro produkci pohyblivého obrazu nebo pro hudební či dramatickou prezentaci či zábavu.</t>
+  </si>
+  <si>
+    <t>Zvukař**</t>
+  </si>
+  <si>
+    <t>Dříve Zvuk</t>
+  </si>
+  <si>
+    <t>Osoba zodpovědná za nahrávání zvukuv prostoru natáčení během filmové nebo televizní produkce pro zařazení do konečného produktu nebo pro použití zvukovým designérem, střihačem  nebo autorem zvukových efektů.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba nebo organizace zodpovědná za činnosti pracovníků zapojených do navrhování a vytváření speciálních efektů </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>v prostoru natáčení</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, které se objevují v pohyblivém obrazu nebo zvukové nahrávce, jako jsou mechanické efekty v prostoru natáčení a efekty volitelné v kameře.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba, která je zapisovatelem, pomocníkem  autora rukopisů. Pro osobu, která vytváří ručně faksimile </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(orig. pen-facsimile)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, použijte Zhotovitel faksimile [fac].</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba, rodina nebo organizace, která přispívá ke zdroji jeho změnou z jednoho notačního systému na jiný. Pro dílo přepsané pro jiný nástroj nebo interpretační skupinu viz Autor aranžmá [arr]. Pro tvůrce ručních faksimilí </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(orig. pen-facsimile)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> použijte Zhotovitel faksimile [fac].</t>
+    </r>
+  </si>
+  <si>
+    <t>Osoba, rodina nebo organizace odpovědná za vytvoření hudebního zdroje nebo za jeho doplnění přidáním hudby k dílu, kterému původně chyběla, nebo která ho doplňuje.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající k danému zdroji pronesenými slovy, například přednáškou, projevem atd.</t>
+  </si>
+  <si>
+    <t>Osoba odpovědná  řízením rozvoje uměleckého stylu celé produkce, včetně výběru děl, která mají být prezentována  a výběru vedoucího produkčního personálu.</t>
+  </si>
+  <si>
+    <t>Osoba pozvaná k vystoupení v televizním programu, často v televizní talk show nebo estrádní show. Hosté obvykle vystupují  sami za sebe nebo jako postavy ve skečích.</t>
+  </si>
+  <si>
+    <t>Osoba, která píše věnování,  může se jednat o  formální prohlášení nebo prohlášení v epistolární či veršované formě.</t>
+  </si>
+  <si>
+    <t>Spíkr/řečník</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba, která během živého vystoupení nebo v nahrávacím studiu mísí nahrané stopy dohromady, aby vypadaly jako jedna souvislá stopa. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Použije se pro Diskžokej.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba, rodina nebo organizace odpovědná za vytvoření návrhu předmětu. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Použije se pro Designér, dizajnér.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> dříve Autor obálky</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Osoba nebo organizace odpovědná za návrh flexibilních obalů určených pro knihu nebo vydaných s knihou, včetně typu použitých materiálů a veškerých dekorativních aspektů knižního přebalu. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Použije se pro Autor přebalu.</t>
+    </r>
+  </si>
+  <si>
+    <t>Účinkující přispívající k dílu poskytováním interpretace, analýzy nebo diskuse o daném tématu na nahrávce, filmu nebo jiném audiovizuálním médiu.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající k zdroji vedením programu (často vysílaného), kde se diskutují témata, obvykle za účasti odborníků v oblastech souvisejících s diskusí.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající k vyjádření díla tím, že se objevuje na obrazovce v pohyblivém obraz (non-fiction) nebo v úvodech k  pohyblinému obrazu (fikci), aby poskytl kontextové nebo doplňující informace. Použijte, pokud jiný termín (např. Vypravěč-komentátor, Hostitel) není vhodný nebo není žádoucí.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající ke zdroji poskytováním instrukcí nebo prováděním demonstrace.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající ke zdroji čtením nebo mluvením, aby podal zprávu o jednání, události, průběhu událostí atd.</t>
+  </si>
+  <si>
+    <t>Účinkující přispívající k zdroji použitím svého hlasu, s instrumentálním doprovodem nebo bez něj, k vytvoření hudby. Zpěvákův výkon může, ale nemusí obsahovat skutečná slova.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Dříve Udělovatel akademické hodnosti</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>dříve Nakladatel/vydavatel</t>
+  </si>
+  <si>
+    <t>Zpěvák, pěvec**</t>
+  </si>
+  <si>
+    <t>dříve Zpěvák</t>
+  </si>
+  <si>
+    <t>Zpěvák, pěvec</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
@@ -5726,11992 +5872,11988 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B064C8DE-8AC6-49EE-8D56-703FF4A3D499}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G308"/>
   <sheetViews>
     <sheetView zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A107" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
+      <pane ySplit="1" topLeftCell="A122" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B1" sqref="B1:B1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" style="2" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="69.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="69.42578125" style="2" customWidth="1"/>
     <col min="7" max="7" width="28.85546875" style="3" customWidth="1"/>
     <col min="8" max="13" width="27.28515625" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="12" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="14" t="s">
-        <v>1542</v>
+        <v>1503</v>
       </c>
       <c r="B1" s="13" t="s">
-        <v>1543</v>
+        <v>1504</v>
       </c>
       <c r="C1" s="14" t="s">
-        <v>1544</v>
+        <v>1505</v>
       </c>
       <c r="D1" s="13" t="s">
-        <v>1485</v>
+        <v>1449</v>
       </c>
       <c r="E1" s="13" t="s">
-        <v>1545</v>
+        <v>1506</v>
       </c>
       <c r="F1" s="14" t="s">
-        <v>1546</v>
+        <v>1507</v>
       </c>
       <c r="G1" s="6"/>
     </row>
     <row r="2" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
-        <v>1484</v>
+        <v>1448</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>606</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>1398</v>
+        <v>1371</v>
       </c>
       <c r="D2" s="7" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
-        <v>1240</v>
+        <v>1450</v>
       </c>
       <c r="B3" s="8" t="s">
+        <v>763</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B4" s="8" t="s">
         <v>608</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C4" s="4" t="s">
         <v>607</v>
-      </c>
-[...16 lines deleted...]
-        <v>592</v>
       </c>
       <c r="D4" s="7"/>
       <c r="E4" s="8" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F4" s="7" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
-        <v>1288</v>
+        <v>1230</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>610</v>
+        <v>764</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>593</v>
+        <v>1445</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="8" t="s">
-        <v>1409</v>
+        <v>27</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
-        <v>1242</v>
+        <v>1222</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>611</v>
+        <v>592</v>
       </c>
       <c r="D6" s="7"/>
       <c r="E6" s="8" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F6" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>1553</v>
+        <v>1320</v>
       </c>
       <c r="D7" s="7"/>
       <c r="E7" s="8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
-        <v>1244</v>
+        <v>1223</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>1433</v>
+        <v>613</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D8" s="7"/>
       <c r="E8" s="8" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
-        <v>1268</v>
+        <v>1224</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>1340</v>
+        <v>1513</v>
       </c>
       <c r="D9" s="7"/>
       <c r="E9" s="8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
-        <v>1245</v>
+        <v>1225</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>616</v>
+        <v>1403</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>594</v>
+        <v>612</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F10" s="7" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>617</v>
+        <v>778</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="8" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
-        <v>1297</v>
+        <v>1227</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>1298</v>
+        <v>617</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
-        <v>1247</v>
+        <v>1226</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G13" s="1"/>
     </row>
-    <row r="14" spans="1:7" ht="105" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
-        <v>1248</v>
+        <v>1277</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>619</v>
+        <v>1278</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>1399</v>
+        <v>596</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G14" s="1"/>
     </row>
-    <row r="15" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
-        <v>1486</v>
+        <v>1356</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>775</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>603</v>
+      </c>
+      <c r="D15" s="7"/>
       <c r="E15" s="8" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="G15" s="1"/>
     </row>
-    <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
-        <v>1249</v>
+        <v>1228</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>776</v>
+        <v>618</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>1480</v>
+        <v>597</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="8" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G16" s="1"/>
     </row>
     <row r="17" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
-        <v>1250</v>
+        <v>1452</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>777</v>
+        <v>766</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>1567</v>
-[...1 lines deleted...]
-      <c r="D17" s="7"/>
+        <v>1561</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>1451</v>
+      </c>
       <c r="E17" s="8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G17" s="1"/>
     </row>
-    <row r="18" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" ht="105" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>1488</v>
+        <v>1229</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>778</v>
+        <v>619</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>1341</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="D18" s="7"/>
       <c r="E18" s="8" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G18" s="1"/>
     </row>
-    <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>1251</v>
+        <v>1231</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>784</v>
+        <v>765</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>599</v>
+        <v>1526</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="8" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G19" s="1"/>
     </row>
-    <row r="20" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>1269</v>
+        <v>1232</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>1434</v>
+        <v>599</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="8" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G20" s="1"/>
     </row>
     <row r="21" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
-        <v>1270</v>
+        <v>1250</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>781</v>
+        <v>767</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>780</v>
+        <v>1404</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="8" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G21" s="1"/>
     </row>
-    <row r="22" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
-        <v>1271</v>
+        <v>1248</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>600</v>
+        <v>1322</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="8" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="G22" s="1"/>
     </row>
     <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>1299</v>
+        <v>1251</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>783</v>
+        <v>769</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>601</v>
+        <v>768</v>
       </c>
       <c r="D23" s="7"/>
       <c r="E23" s="8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G23" s="1"/>
     </row>
-    <row r="24" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
-        <v>1380</v>
+        <v>1252</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>785</v>
+        <v>770</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="8" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G24" s="1"/>
     </row>
-    <row r="25" spans="1:7" ht="105" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
-        <v>1273</v>
+        <v>1253</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>786</v>
+        <v>776</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>1342</v>
+        <v>604</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="8" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G25" s="1"/>
     </row>
     <row r="26" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
-        <v>1381</v>
+        <v>1279</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="8" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G26" s="1"/>
     </row>
-    <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>1272</v>
+        <v>1355</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>788</v>
+        <v>773</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="8" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="G27" s="1"/>
     </row>
-    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>1267</v>
+    <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
+        <v>1136</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>789</v>
+        <v>1130</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>1343</v>
+        <v>1439</v>
       </c>
       <c r="D28" s="7"/>
       <c r="E28" s="8" t="s">
-        <v>51</v>
+        <v>487</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>52</v>
+        <v>488</v>
       </c>
       <c r="G28" s="1"/>
     </row>
-    <row r="29" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" ht="105" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>1266</v>
+        <v>1254</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>605</v>
+        <v>1321</v>
       </c>
       <c r="D29" s="7"/>
       <c r="E29" s="8" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="G29" s="1"/>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
-        <v>1265</v>
+        <v>1245</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>791</v>
+        <v>780</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>620</v>
+        <v>1405</v>
       </c>
       <c r="D30" s="7"/>
       <c r="E30" s="8" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G30" s="1"/>
     </row>
-    <row r="31" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
-        <v>1264</v>
+        <v>1455</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>792</v>
-[...4 lines deleted...]
-      <c r="D31" s="7"/>
+        <v>786</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>1567</v>
+      </c>
       <c r="E31" s="8" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G31" s="1"/>
     </row>
-    <row r="32" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
-        <v>1489</v>
+        <v>1397</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>794</v>
+        <v>783</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>793</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="D32" s="7"/>
       <c r="E32" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G32" s="1"/>
     </row>
-    <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
-        <v>1427</v>
+        <v>1244</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D33" s="7"/>
       <c r="E33" s="8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G33" s="1"/>
     </row>
-    <row r="34" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
-        <v>1263</v>
+        <v>1243</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>622</v>
+        <v>1330</v>
       </c>
       <c r="D34" s="7"/>
       <c r="E34" s="8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G34" s="1"/>
     </row>
-    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
-        <v>1262</v>
+        <v>1453</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="D35" s="7"/>
+        <v>781</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>1454</v>
+      </c>
       <c r="E35" s="8" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G35" s="1"/>
     </row>
-    <row r="36" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
-        <v>1491</v>
+        <v>1246</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>798</v>
-[...6 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="D36" s="7"/>
       <c r="E36" s="8" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="G36" s="1"/>
     </row>
     <row r="37" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
-        <v>1261</v>
+        <v>1242</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D37" s="7"/>
       <c r="E37" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>70</v>
       </c>
       <c r="G37" s="1"/>
     </row>
-    <row r="38" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
-        <v>1260</v>
+        <v>1306</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>801</v>
+        <v>1307</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>800</v>
+        <v>625</v>
       </c>
       <c r="D38" s="7"/>
       <c r="E38" s="8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G38" s="1"/>
     </row>
     <row r="39" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
-        <v>1259</v>
+        <v>1240</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D39" s="7"/>
       <c r="E39" s="8" t="s">
         <v>73</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>74</v>
       </c>
       <c r="G39" s="1"/>
     </row>
-    <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
-        <v>1326</v>
+        <v>1241</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>1327</v>
+        <v>789</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>626</v>
+        <v>788</v>
       </c>
       <c r="D40" s="7"/>
       <c r="E40" s="8" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G40" s="1"/>
     </row>
     <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
-        <v>1258</v>
+        <v>1308</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>803</v>
+        <v>794</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>1436</v>
+        <v>795</v>
       </c>
       <c r="D41" s="7"/>
       <c r="E41" s="8" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="G41" s="1"/>
     </row>
-    <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
-        <v>1257</v>
+        <v>1236</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>804</v>
+        <v>1256</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>1408</v>
+        <v>1331</v>
       </c>
       <c r="D42" s="7"/>
       <c r="E42" s="8" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G42" s="1"/>
     </row>
-    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
-        <v>1256</v>
+        <v>822</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>823</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>1547</v>
       </c>
       <c r="D43" s="7"/>
       <c r="E43" s="8" t="s">
-        <v>81</v>
+        <v>118</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>82</v>
+        <v>119</v>
       </c>
       <c r="G43" s="1"/>
     </row>
-    <row r="44" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
-        <v>1255</v>
+        <v>1233</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>1353</v>
+        <v>800</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>627</v>
       </c>
       <c r="D44" s="7"/>
       <c r="E44" s="8" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="G44" s="1"/>
     </row>
     <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
-        <v>1328</v>
+        <v>1239</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>806</v>
+        <v>791</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>807</v>
+        <v>1406</v>
       </c>
       <c r="D45" s="7"/>
       <c r="E45" s="8" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="G45" s="1"/>
     </row>
-    <row r="46" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
-        <v>1254</v>
+        <v>807</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>808</v>
       </c>
-      <c r="C46" s="7" t="s">
-        <v>809</v>
+      <c r="C46" s="4" t="s">
+        <v>1514</v>
       </c>
       <c r="D46" s="7"/>
       <c r="E46" s="8" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="G46" s="1"/>
     </row>
-    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
-        <v>1253</v>
+        <v>805</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>1354</v>
+        <v>806</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>629</v>
       </c>
       <c r="D47" s="7"/>
       <c r="E47" s="8" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="G47" s="1"/>
     </row>
-    <row r="48" spans="1:7" ht="90" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
-        <v>1493</v>
+        <v>1458</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-        <v>1563</v>
+        <v>1255</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>1569</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>1494</v>
+        <v>1459</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="G48" s="1"/>
     </row>
-    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
-        <v>1252</v>
+        <v>818</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>628</v>
+        <v>1559</v>
       </c>
       <c r="D49" s="7"/>
       <c r="E49" s="8" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="G49" s="1"/>
     </row>
     <row r="50" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>1344</v>
+        <v>1409</v>
       </c>
       <c r="D50" s="7"/>
       <c r="E50" s="8" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="G50" s="1"/>
     </row>
-    <row r="51" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>629</v>
+        <v>1548</v>
       </c>
       <c r="D51" s="7"/>
       <c r="E51" s="8" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="G51" s="1"/>
     </row>
-    <row r="52" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
-        <v>817</v>
+        <v>1456</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>818</v>
-[...4 lines deleted...]
-      <c r="D52" s="7"/>
+        <v>799</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>1457</v>
+      </c>
       <c r="E52" s="8" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="G52" s="1"/>
     </row>
     <row r="53" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
-        <v>819</v>
+        <v>1235</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-        <v>1554</v>
+        <v>796</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>797</v>
       </c>
       <c r="D53" s="7"/>
       <c r="E53" s="8" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G53" s="1"/>
     </row>
-    <row r="54" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
-        <v>1495</v>
+        <v>835</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>1274</v>
+        <v>836</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="D54" s="7"/>
       <c r="E54" s="8" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>104</v>
+        <v>133</v>
       </c>
       <c r="G54" s="1"/>
     </row>
-    <row r="55" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
-        <v>1497</v>
+        <v>803</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>1568</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="D55" s="7"/>
       <c r="E55" s="8" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>1329</v>
+        <v>98</v>
       </c>
       <c r="G55" s="1"/>
     </row>
-    <row r="56" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>1437</v>
+        <v>1549</v>
       </c>
       <c r="D56" s="7"/>
       <c r="E56" s="8" t="s">
         <v>106</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>107</v>
       </c>
       <c r="G56" s="1"/>
     </row>
-    <row r="57" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>825</v>
+        <v>1257</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D57" s="7"/>
       <c r="E57" s="8" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="G57" s="1"/>
     </row>
-    <row r="58" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
-        <v>826</v>
+        <v>1238</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>1438</v>
+        <v>792</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>1380</v>
       </c>
       <c r="D58" s="7"/>
       <c r="E58" s="8" t="s">
-        <v>110</v>
+        <v>79</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>111</v>
+        <v>80</v>
       </c>
       <c r="G58" s="1"/>
     </row>
-    <row r="59" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
-        <v>828</v>
+        <v>801</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>829</v>
+        <v>802</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>1439</v>
+        <v>1323</v>
       </c>
       <c r="D59" s="7"/>
       <c r="E59" s="8" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="G59" s="1"/>
     </row>
-    <row r="60" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>1355</v>
+        <v>633</v>
       </c>
       <c r="D60" s="7"/>
       <c r="E60" s="8" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G60" s="1"/>
     </row>
     <row r="61" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>1440</v>
+        <v>1410</v>
       </c>
       <c r="D61" s="7"/>
       <c r="E61" s="8" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="G61" s="1"/>
     </row>
     <row r="62" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
-        <v>834</v>
+        <v>1385</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>835</v>
+        <v>855</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>1345</v>
+        <v>637</v>
       </c>
       <c r="D62" s="7"/>
       <c r="E62" s="8" t="s">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>119</v>
+        <v>154</v>
       </c>
       <c r="G62" s="1"/>
     </row>
-    <row r="63" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
-        <v>836</v>
+        <v>1464</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>837</v>
+        <v>857</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>633</v>
-[...1 lines deleted...]
-      <c r="D63" s="7"/>
+        <v>1525</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>1465</v>
+      </c>
       <c r="E63" s="8" t="s">
-        <v>120</v>
+        <v>157</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>121</v>
+        <v>1311</v>
       </c>
       <c r="G63" s="1"/>
     </row>
-    <row r="64" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>1276</v>
+        <v>847</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D64" s="7"/>
       <c r="E64" s="8" t="s">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="G64" s="1"/>
     </row>
-    <row r="65" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
-        <v>839</v>
+        <v>816</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>840</v>
+        <v>817</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>1356</v>
+        <v>1408</v>
       </c>
       <c r="D65" s="7"/>
       <c r="E65" s="8" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="G65" s="1"/>
     </row>
-    <row r="66" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>635</v>
+        <v>1350</v>
       </c>
       <c r="D66" s="7"/>
       <c r="E66" s="8" t="s">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="G66" s="1"/>
     </row>
     <row r="67" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
-        <v>843</v>
+        <v>812</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>844</v>
+        <v>813</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="D67" s="7"/>
       <c r="E67" s="8" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="F67" s="7" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="G67" s="1"/>
     </row>
-    <row r="68" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
-        <v>845</v>
+        <v>814</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>846</v>
+        <v>815</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>1441</v>
+        <v>1407</v>
       </c>
       <c r="D68" s="7"/>
       <c r="E68" s="8" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="F68" s="7" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="G68" s="1"/>
     </row>
     <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>1442</v>
+        <v>638</v>
       </c>
       <c r="D69" s="7"/>
       <c r="E69" s="8" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F69" s="7" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="G69" s="1"/>
     </row>
     <row r="70" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
-        <v>1277</v>
+        <v>851</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>1443</v>
+        <v>636</v>
       </c>
       <c r="D70" s="7"/>
       <c r="E70" s="8" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="F70" s="7" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="G70" s="1"/>
     </row>
-    <row r="71" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
-        <v>851</v>
+        <v>1462</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="D71" s="7"/>
+        <v>1334</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>1463</v>
+      </c>
       <c r="E71" s="8" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="F71" s="7" t="s">
-        <v>137</v>
+        <v>1310</v>
       </c>
       <c r="G71" s="1"/>
     </row>
-    <row r="72" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
-        <v>849</v>
+        <v>1357</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>1445</v>
+        <v>1335</v>
       </c>
       <c r="D72" s="7"/>
       <c r="E72" s="8" t="s">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="F72" s="7" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="G72" s="1"/>
     </row>
-    <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
-        <v>854</v>
+        <v>827</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>855</v>
+        <v>828</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>637</v>
+        <v>1333</v>
       </c>
       <c r="D73" s="7"/>
       <c r="E73" s="8" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="F73" s="7" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="G73" s="1"/>
     </row>
-    <row r="74" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
-        <v>856</v>
+        <v>830</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>1569</v>
+        <v>632</v>
       </c>
       <c r="D74" s="7"/>
       <c r="E74" s="8" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="F74" s="7" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="G74" s="1"/>
     </row>
-    <row r="75" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>638</v>
+        <v>1378</v>
       </c>
       <c r="D75" s="7"/>
       <c r="E75" s="8" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="F75" s="7" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="G75" s="1"/>
     </row>
     <row r="76" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>861</v>
+        <v>845</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>1375</v>
+        <v>1528</v>
       </c>
       <c r="D76" s="7"/>
       <c r="E76" s="8" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F76" s="7" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="G76" s="1"/>
     </row>
-    <row r="77" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
-        <v>1499</v>
+        <v>837</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>862</v>
+        <v>841</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>1357</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="D77" s="7"/>
       <c r="E77" s="8" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>1330</v>
+        <v>139</v>
       </c>
       <c r="G77" s="1"/>
     </row>
     <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
-        <v>863</v>
+        <v>1237</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-        <v>639</v>
+        <v>793</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>626</v>
       </c>
       <c r="D78" s="7"/>
       <c r="E78" s="8" t="s">
-        <v>149</v>
+        <v>81</v>
       </c>
       <c r="F78" s="7" t="s">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="G78" s="1"/>
     </row>
-    <row r="79" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
-        <v>865</v>
+        <v>842</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>866</v>
+        <v>843</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>1406</v>
+        <v>634</v>
       </c>
       <c r="D79" s="7"/>
       <c r="E79" s="8" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="G79" s="1"/>
     </row>
-    <row r="80" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
-        <v>1414</v>
+        <v>1258</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>867</v>
+        <v>838</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>640</v>
+        <v>1412</v>
       </c>
       <c r="D80" s="7"/>
       <c r="E80" s="8" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="F80" s="7" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="G80" s="1"/>
     </row>
-    <row r="81" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
-        <v>1382</v>
+        <v>839</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>868</v>
+        <v>840</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>1358</v>
+        <v>1413</v>
       </c>
       <c r="D81" s="7"/>
       <c r="E81" s="8" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="F81" s="7" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="G81" s="1"/>
     </row>
-    <row r="82" spans="1:7" ht="90" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
-        <v>1501</v>
+        <v>1466</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>869</v>
+        <v>860</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>1566</v>
+        <v>1415</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>1502</v>
+        <v>1467</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F82" s="7" t="s">
-        <v>1331</v>
+        <v>161</v>
       </c>
       <c r="G82" s="1"/>
     </row>
-    <row r="83" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
-        <v>870</v>
+        <v>1460</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>871</v>
+        <v>809</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="D83" s="7"/>
+        <v>1527</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>1461</v>
+      </c>
       <c r="E83" s="8" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="F83" s="7" t="s">
-        <v>159</v>
+        <v>1309</v>
       </c>
       <c r="G83" s="1"/>
     </row>
     <row r="84" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
-        <v>1503</v>
+        <v>1280</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>872</v>
+        <v>898</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>1446</v>
-[...3 lines deleted...]
-      </c>
+        <v>1417</v>
+      </c>
+      <c r="D84" s="7"/>
       <c r="E84" s="8" t="s">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="F84" s="7" t="s">
-        <v>161</v>
+        <v>207</v>
       </c>
       <c r="G84" s="1"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="8" t="s">
-        <v>873</v>
+        <v>888</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>874</v>
+        <v>889</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="D85" s="7"/>
       <c r="E85" s="8" t="s">
-        <v>162</v>
+        <v>196</v>
       </c>
       <c r="F85" s="7" t="s">
-        <v>163</v>
+        <v>197</v>
       </c>
       <c r="G85" s="1"/>
     </row>
     <row r="86" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A86" s="8" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>1359</v>
+        <v>642</v>
       </c>
       <c r="D86" s="7"/>
       <c r="E86" s="8" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="F86" s="7" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="G86" s="1"/>
     </row>
-    <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>878</v>
+        <v>1259</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>643</v>
+        <v>1419</v>
       </c>
       <c r="D87" s="7"/>
       <c r="E87" s="8" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="F87" s="7" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="G87" s="1"/>
     </row>
-    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
-        <v>879</v>
+        <v>1393</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>880</v>
+        <v>873</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>644</v>
+        <v>1416</v>
       </c>
       <c r="D88" s="7"/>
       <c r="E88" s="8" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="F88" s="7" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="G88" s="1"/>
     </row>
-    <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>1360</v>
+        <v>643</v>
       </c>
       <c r="D89" s="7"/>
       <c r="E89" s="8" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="F89" s="7" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="G89" s="1"/>
     </row>
-    <row r="90" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
-        <v>883</v>
+        <v>1394</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="C90" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="D90" s="8" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E90" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="G90" s="1"/>
+    </row>
+    <row r="91" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B91" s="8" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C91" s="4" t="s">
         <v>645</v>
-      </c>
-[...17 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="D91" s="7"/>
       <c r="E91" s="8" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="F91" s="7" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="G91" s="1"/>
     </row>
-    <row r="92" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A92" s="8" t="s">
         <v>886</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>1278</v>
+        <v>887</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>1450</v>
+        <v>650</v>
       </c>
       <c r="D92" s="7"/>
       <c r="E92" s="8" t="s">
-        <v>176</v>
+        <v>194</v>
       </c>
       <c r="F92" s="7" t="s">
-        <v>177</v>
+        <v>195</v>
       </c>
       <c r="G92" s="1"/>
     </row>
-    <row r="93" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>646</v>
+        <v>1565</v>
       </c>
       <c r="D93" s="7"/>
       <c r="E93" s="8" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="F93" s="7" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="G93" s="1"/>
     </row>
-    <row r="94" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
-        <v>1424</v>
+        <v>1468</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="D94" s="7"/>
+        <v>646</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>1469</v>
+      </c>
       <c r="E94" s="8" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F94" s="7" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="G94" s="1"/>
     </row>
-    <row r="95" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
-        <v>1549</v>
+        <v>861</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>1561</v>
+        <v>862</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="D95" s="7"/>
       <c r="E95" s="8" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="F95" s="7" t="s">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="G95" s="1"/>
     </row>
-    <row r="96" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
-        <v>1505</v>
+        <v>894</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>649</v>
-[...3 lines deleted...]
-      </c>
+        <v>1324</v>
+      </c>
+      <c r="D96" s="7"/>
       <c r="E96" s="8" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="F96" s="7" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="G96" s="1"/>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D97" s="7"/>
       <c r="E97" s="8" t="s">
         <v>186</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>187</v>
       </c>
       <c r="G97" s="1"/>
     </row>
     <row r="98" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
-        <v>1507</v>
+        <v>1470</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>1508</v>
+        <v>1471</v>
       </c>
       <c r="E98" s="8" t="s">
         <v>188</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>189</v>
       </c>
       <c r="G98" s="1"/>
     </row>
     <row r="99" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A99" s="8" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>1420</v>
+      </c>
+      <c r="D99" s="7"/>
       <c r="E99" s="8" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="G99" s="1"/>
     </row>
     <row r="100" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A100" s="8" t="s">
-        <v>896</v>
+        <v>884</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>897</v>
+        <v>885</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="D100" s="7"/>
       <c r="E100" s="8" t="s">
         <v>192</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>193</v>
       </c>
       <c r="G100" s="1"/>
     </row>
-    <row r="101" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A101" s="8" t="s">
-        <v>898</v>
+        <v>882</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>899</v>
+        <v>883</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>654</v>
+        <v>1566</v>
       </c>
       <c r="D101" s="7"/>
       <c r="E101" s="8" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F101" s="7" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G101" s="1"/>
     </row>
-    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A102" s="8" t="s">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="B102" s="8" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D102" s="7"/>
       <c r="E102" s="8" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F102" s="7" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="G102" s="1"/>
     </row>
     <row r="103" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A103" s="8" t="s">
-        <v>902</v>
+        <v>863</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>903</v>
+        <v>864</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>656</v>
+        <v>1336</v>
       </c>
       <c r="D103" s="7"/>
       <c r="E103" s="8" t="s">
-        <v>198</v>
+        <v>164</v>
       </c>
       <c r="F103" s="7" t="s">
-        <v>199</v>
+        <v>165</v>
       </c>
       <c r="G103" s="1"/>
     </row>
-    <row r="104" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="8" t="s">
-        <v>905</v>
+        <v>867</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>904</v>
+        <v>868</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="D104" s="7"/>
       <c r="E104" s="8" t="s">
-        <v>200</v>
+        <v>168</v>
       </c>
       <c r="F104" s="7" t="s">
-        <v>201</v>
+        <v>169</v>
       </c>
       <c r="G104" s="1"/>
     </row>
-    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A105" s="8" t="s">
-        <v>906</v>
+        <v>865</v>
       </c>
       <c r="B105" s="8" t="s">
-        <v>907</v>
+        <v>866</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>1346</v>
+        <v>640</v>
       </c>
       <c r="D105" s="7"/>
       <c r="E105" s="8" t="s">
-        <v>202</v>
+        <v>166</v>
       </c>
       <c r="F105" s="7" t="s">
-        <v>203</v>
+        <v>167</v>
       </c>
       <c r="G105" s="1"/>
     </row>
-    <row r="106" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A106" s="8" t="s">
-        <v>908</v>
+        <v>869</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>909</v>
+        <v>870</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>1451</v>
+        <v>1563</v>
       </c>
       <c r="D106" s="7"/>
       <c r="E106" s="8" t="s">
-        <v>204</v>
+        <v>170</v>
       </c>
       <c r="F106" s="7" t="s">
-        <v>205</v>
+        <v>171</v>
       </c>
       <c r="G106" s="1"/>
     </row>
-    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C107" s="4"/>
+    <row r="107" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A107" s="8" t="s">
+        <v>899</v>
+      </c>
+      <c r="B107" s="8" t="s">
+        <v>900</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>653</v>
+      </c>
       <c r="D107" s="7"/>
-      <c r="E107" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F107" s="4"/>
+      <c r="E107" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>209</v>
+      </c>
       <c r="G107" s="1"/>
     </row>
-    <row r="108" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A108" s="8" t="s">
-        <v>1300</v>
+        <v>904</v>
       </c>
       <c r="B108" s="8" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>1448</v>
+        <v>1529</v>
       </c>
       <c r="D108" s="7"/>
       <c r="E108" s="8" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="F108" s="7" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="G108" s="1"/>
     </row>
-    <row r="109" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A109" s="8" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>912</v>
+        <v>1418</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>658</v>
+        <v>1337</v>
       </c>
       <c r="D109" s="7"/>
       <c r="E109" s="8" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="F109" s="7" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="G109" s="1"/>
     </row>
-    <row r="110" spans="1:7" ht="90" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A110" s="8" t="s">
-        <v>913</v>
+        <v>1515</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>914</v>
+        <v>905</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>1400</v>
+        <v>654</v>
       </c>
       <c r="D110" s="7"/>
       <c r="E110" s="8" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F110" s="7" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="G110" s="1"/>
     </row>
-    <row r="111" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A111" s="8" t="s">
-        <v>916</v>
+        <v>901</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>915</v>
+        <v>902</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>1570</v>
+        <v>1372</v>
       </c>
       <c r="D111" s="7"/>
       <c r="E111" s="8" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="F111" s="7" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="G111" s="1"/>
     </row>
-    <row r="112" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A112" s="8" t="s">
-        <v>1555</v>
+        <v>915</v>
       </c>
       <c r="B112" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="C112" s="4" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
       <c r="D112" s="7"/>
       <c r="E112" s="8" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="F112" s="7" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="G112" s="1"/>
     </row>
-    <row r="113" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A113" s="8" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>1449</v>
+        <v>908</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>1361</v>
+        <v>655</v>
       </c>
       <c r="D113" s="7"/>
       <c r="E113" s="8" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F113" s="7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="G113" s="1"/>
     </row>
-    <row r="114" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A114" s="8" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="D114" s="7"/>
       <c r="E114" s="8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F114" s="7" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G114" s="1"/>
     </row>
-    <row r="115" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A115" s="8" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D115" s="7"/>
       <c r="E115" s="8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F115" s="7" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="G115" s="1"/>
     </row>
     <row r="116" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A116" s="8" t="s">
-        <v>923</v>
+        <v>911</v>
       </c>
       <c r="B116" s="8" t="s">
-        <v>924</v>
+        <v>912</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="D116" s="7"/>
       <c r="E116" s="8" t="s">
         <v>222</v>
       </c>
       <c r="F116" s="7" t="s">
         <v>223</v>
       </c>
       <c r="G116" s="1"/>
     </row>
-    <row r="117" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A117" s="8" t="s">
-        <v>925</v>
+        <v>918</v>
       </c>
       <c r="B117" s="8" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="D117" s="7"/>
       <c r="E117" s="8" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F117" s="7" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="G117" s="1"/>
     </row>
     <row r="118" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A118" s="8" t="s">
-        <v>927</v>
+        <v>1472</v>
       </c>
       <c r="B118" s="8" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="D118" s="7"/>
+        <v>660</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>1473</v>
+      </c>
       <c r="E118" s="8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F118" s="7" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G118" s="1"/>
     </row>
-    <row r="119" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A119" s="8" t="s">
-        <v>930</v>
+        <v>921</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>931</v>
+        <v>922</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D119" s="7"/>
       <c r="E119" s="8" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F119" s="7" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="G119" s="1"/>
     </row>
     <row r="120" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A120" s="8" t="s">
-        <v>1509</v>
+        <v>924</v>
       </c>
       <c r="B120" s="8" t="s">
-        <v>932</v>
+        <v>923</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>662</v>
+      </c>
+      <c r="D120" s="7"/>
       <c r="E120" s="8" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F120" s="7" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="G120" s="1"/>
     </row>
     <row r="121" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A121" s="8" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B121" s="8" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>666</v>
+        <v>1516</v>
       </c>
       <c r="D121" s="7"/>
       <c r="E121" s="8" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="F121" s="7" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="G121" s="1"/>
     </row>
-    <row r="122" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A122" s="8" t="s">
-        <v>936</v>
+        <v>925</v>
       </c>
       <c r="B122" s="8" t="s">
-        <v>935</v>
+        <v>926</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="D122" s="7"/>
       <c r="E122" s="8" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F122" s="7" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="G122" s="1"/>
     </row>
-    <row r="123" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A123" s="8" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="B123" s="8" t="s">
-        <v>938</v>
+        <v>929</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="D123" s="7"/>
       <c r="E123" s="8" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="F123" s="7" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G123" s="1"/>
     </row>
     <row r="124" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A124" s="8" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B124" s="8" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>1452</v>
+        <v>1551</v>
       </c>
       <c r="D124" s="7"/>
       <c r="E124" s="8" t="s">
         <v>238</v>
       </c>
       <c r="F124" s="7" t="s">
         <v>239</v>
       </c>
       <c r="G124" s="1"/>
     </row>
-    <row r="125" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A125" s="8" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="B125" s="8" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>1556</v>
+        <v>1550</v>
       </c>
       <c r="D125" s="7"/>
       <c r="E125" s="8" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="F125" s="7" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="G125" s="1"/>
     </row>
-    <row r="126" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A126" s="8" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="B126" s="8" t="s">
         <v>941</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>669</v>
+        <v>1325</v>
       </c>
       <c r="D126" s="7"/>
       <c r="E126" s="8" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="F126" s="7" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="G126" s="1"/>
     </row>
     <row r="127" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A127" s="8" t="s">
-        <v>1301</v>
+        <v>1281</v>
       </c>
       <c r="B127" s="8" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="D127" s="7"/>
       <c r="E127" s="8" t="s">
         <v>244</v>
       </c>
       <c r="F127" s="7" t="s">
         <v>245</v>
       </c>
       <c r="G127" s="1"/>
     </row>
-    <row r="128" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A128" s="8" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="B128" s="8" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>671</v>
+        <v>1339</v>
       </c>
       <c r="D128" s="7"/>
       <c r="E128" s="8" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="F128" s="7" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="G128" s="1"/>
     </row>
-    <row r="129" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A129" s="8" t="s">
-        <v>948</v>
+        <v>1338</v>
       </c>
       <c r="B129" s="8" t="s">
-        <v>949</v>
+        <v>942</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>1453</v>
+        <v>1340</v>
       </c>
       <c r="D129" s="7"/>
       <c r="E129" s="8" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="F129" s="7" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="G129" s="1"/>
     </row>
-    <row r="130" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A130" s="8" t="s">
-        <v>950</v>
+        <v>936</v>
       </c>
       <c r="B130" s="8" t="s">
-        <v>951</v>
+        <v>937</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>672</v>
+        <v>1421</v>
       </c>
       <c r="D130" s="7"/>
       <c r="E130" s="8" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="F130" s="7" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G130" s="1"/>
     </row>
     <row r="131" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A131" s="8" t="s">
-        <v>952</v>
+        <v>938</v>
       </c>
       <c r="B131" s="8" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>1347</v>
+        <v>666</v>
       </c>
       <c r="D131" s="7"/>
       <c r="E131" s="8" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F131" s="7" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G131" s="1"/>
     </row>
     <row r="132" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A132" s="8" t="s">
-        <v>1362</v>
+        <v>948</v>
       </c>
       <c r="B132" s="8" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>1364</v>
+        <v>667</v>
       </c>
       <c r="D132" s="7"/>
       <c r="E132" s="8" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F132" s="7" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="G132" s="1"/>
     </row>
-    <row r="133" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A133" s="8" t="s">
-        <v>961</v>
+        <v>1395</v>
       </c>
       <c r="B133" s="8" t="s">
-        <v>962</v>
+        <v>944</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>1363</v>
+        <v>668</v>
       </c>
       <c r="D133" s="7"/>
       <c r="E133" s="8" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F133" s="7" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="G133" s="1"/>
     </row>
-    <row r="134" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A134" s="8" t="s">
-        <v>960</v>
+        <v>1358</v>
       </c>
       <c r="B134" s="8" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="D134" s="7"/>
       <c r="E134" s="8" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="F134" s="7" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="G134" s="1"/>
     </row>
-    <row r="135" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A135" s="8" t="s">
-        <v>1425</v>
+        <v>945</v>
       </c>
       <c r="B135" s="8" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>674</v>
+        <v>1341</v>
       </c>
       <c r="D135" s="7"/>
       <c r="E135" s="8" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F135" s="7" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G135" s="1"/>
     </row>
-    <row r="136" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A136" s="8" t="s">
-        <v>957</v>
+        <v>1474</v>
       </c>
       <c r="B136" s="8" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>1365</v>
-[...1 lines deleted...]
-      <c r="D136" s="7"/>
+        <v>669</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>1475</v>
+      </c>
       <c r="E136" s="8" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F136" s="7" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G136" s="1"/>
     </row>
-    <row r="137" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="8" t="s">
-        <v>1511</v>
+        <v>1234</v>
       </c>
       <c r="B137" s="8" t="s">
-        <v>959</v>
-[...6 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D137" s="7"/>
       <c r="E137" s="8" t="s">
-        <v>264</v>
+        <v>89</v>
       </c>
       <c r="F137" s="7" t="s">
-        <v>265</v>
+        <v>90</v>
       </c>
       <c r="G137" s="1"/>
     </row>
-    <row r="138" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A138" s="8" t="s">
-        <v>1383</v>
+        <v>953</v>
       </c>
       <c r="B138" s="8" t="s">
-        <v>963</v>
+        <v>954</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>676</v>
+        <v>1530</v>
       </c>
       <c r="D138" s="7"/>
       <c r="E138" s="8" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="F138" s="7" t="s">
-        <v>267</v>
+        <v>1312</v>
       </c>
       <c r="G138" s="1"/>
     </row>
     <row r="139" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A139" s="8" t="s">
-        <v>1384</v>
+        <v>1359</v>
       </c>
       <c r="B139" s="8" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>1401</v>
+        <v>1373</v>
       </c>
       <c r="D139" s="7"/>
       <c r="E139" s="8" t="s">
         <v>268</v>
       </c>
       <c r="F139" s="7" t="s">
         <v>269</v>
       </c>
       <c r="G139" s="1"/>
     </row>
-    <row r="140" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A140" s="8" t="s">
-        <v>965</v>
+        <v>955</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>966</v>
+        <v>956</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>1571</v>
+        <v>671</v>
       </c>
       <c r="D140" s="7"/>
       <c r="E140" s="8" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F140" s="7" t="s">
-        <v>1332</v>
+        <v>272</v>
       </c>
       <c r="G140" s="1"/>
     </row>
-    <row r="141" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="8" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>968</v>
+        <v>958</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="D141" s="7"/>
       <c r="E141" s="8" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F141" s="7" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G141" s="1"/>
     </row>
-    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A142" s="8" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D142" s="7"/>
       <c r="E142" s="8" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="F142" s="7" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="G142" s="1"/>
     </row>
-    <row r="143" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A143" s="8" t="s">
-        <v>1548</v>
+        <v>970</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>971</v>
+        <v>964</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>679</v>
-[...3 lines deleted...]
-      </c>
+        <v>1524</v>
+      </c>
+      <c r="D143" s="7"/>
       <c r="E143" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="G143" s="1"/>
+    </row>
+    <row r="144" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+      <c r="A144" s="8" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B144" s="8" t="s">
+        <v>959</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E144" s="8" t="s">
         <v>275</v>
       </c>
-      <c r="F143" s="7" t="s">
+      <c r="F144" s="7" t="s">
         <v>276</v>
-      </c>
-[...19 lines deleted...]
-        <v>278</v>
       </c>
       <c r="G144" s="1"/>
     </row>
     <row r="145" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A145" s="8" t="s">
-        <v>1514</v>
+        <v>1476</v>
       </c>
       <c r="B145" s="8" t="s">
-        <v>973</v>
+        <v>960</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="D145" s="7" t="s">
-        <v>1515</v>
+        <v>1479</v>
       </c>
       <c r="E145" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="F145" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="G145" s="1"/>
+    </row>
+    <row r="146" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A146" s="8" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B146" s="8" t="s">
+        <v>961</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E146" s="8" t="s">
         <v>279</v>
       </c>
-      <c r="F145" s="7" t="s">
+      <c r="F146" s="7" t="s">
         <v>280</v>
       </c>
-      <c r="G145" s="1"/>
-[...17 lines deleted...]
-      </c>
       <c r="G146" s="1"/>
     </row>
-    <row r="147" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="8" t="s">
-        <v>982</v>
+        <v>969</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>976</v>
+        <v>965</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>1565</v>
+        <v>676</v>
       </c>
       <c r="D147" s="7"/>
       <c r="E147" s="8" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="F147" s="7" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G147" s="1"/>
     </row>
-    <row r="148" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A148" s="8" t="s">
-        <v>981</v>
+        <v>968</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>977</v>
+        <v>966</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>683</v>
+        <v>1342</v>
       </c>
       <c r="D148" s="7"/>
       <c r="E148" s="8" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F148" s="7" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="G148" s="1"/>
     </row>
-    <row r="149" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A149" s="8" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="B149" s="8" t="s">
-        <v>978</v>
+        <v>1260</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>1366</v>
+        <v>677</v>
       </c>
       <c r="D149" s="7"/>
       <c r="E149" s="8" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F149" s="7" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="G149" s="1"/>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A150" s="8" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="B150" s="8" t="s">
-        <v>1279</v>
+        <v>991</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>684</v>
+        <v>1344</v>
       </c>
       <c r="D150" s="7"/>
       <c r="E150" s="8" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="F150" s="7" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
       <c r="G150" s="1"/>
     </row>
     <row r="151" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A151" s="8" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="B151" s="8" t="s">
-        <v>1280</v>
+        <v>1261</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="D151" s="7"/>
       <c r="E151" s="8" t="s">
         <v>291</v>
       </c>
       <c r="F151" s="7" t="s">
         <v>292</v>
       </c>
       <c r="G151" s="1"/>
     </row>
-    <row r="152" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A152" s="8" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
       <c r="B152" s="8" t="s">
-        <v>985</v>
+        <v>975</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>686</v>
+        <v>1422</v>
       </c>
       <c r="D152" s="7"/>
       <c r="E152" s="8" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F152" s="7" t="s">
-        <v>294</v>
+        <v>1313</v>
       </c>
       <c r="G152" s="1"/>
     </row>
-    <row r="153" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A153" s="8" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="B153" s="8" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>1454</v>
+        <v>1427</v>
       </c>
       <c r="D153" s="7"/>
       <c r="E153" s="8" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
       <c r="F153" s="7" t="s">
-        <v>1333</v>
+        <v>311</v>
       </c>
       <c r="G153" s="1"/>
     </row>
-    <row r="154" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A154" s="8" t="s">
+        <v>983</v>
+      </c>
+      <c r="B154" s="8" t="s">
         <v>988</v>
       </c>
-      <c r="B154" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="4" t="s">
-        <v>687</v>
+        <v>1425</v>
       </c>
       <c r="D154" s="7"/>
       <c r="E154" s="8" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="F154" s="7" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="G154" s="1"/>
     </row>
     <row r="155" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A155" s="8" t="s">
-        <v>1416</v>
+        <v>976</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>990</v>
+        <v>977</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="D155" s="7"/>
       <c r="E155" s="8" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="F155" s="7" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="G155" s="1"/>
     </row>
-    <row r="156" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A156" s="8" t="s">
-        <v>991</v>
+        <v>984</v>
       </c>
       <c r="B156" s="8" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>1367</v>
+        <v>1426</v>
       </c>
       <c r="D156" s="7"/>
       <c r="E156" s="8" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="F156" s="7" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="G156" s="1"/>
     </row>
-    <row r="157" spans="1:7" ht="90" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A157" s="8" t="s">
-        <v>993</v>
+        <v>1482</v>
       </c>
       <c r="B157" s="8" t="s">
-        <v>994</v>
+        <v>1262</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>1456</v>
-[...1 lines deleted...]
-      <c r="D157" s="7"/>
+        <v>683</v>
+      </c>
+      <c r="D157" s="7" t="s">
+        <v>1483</v>
+      </c>
       <c r="E157" s="8" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="F157" s="7" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
       <c r="G157" s="1"/>
     </row>
     <row r="158" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A158" s="8" t="s">
-        <v>1426</v>
+        <v>1396</v>
       </c>
       <c r="B158" s="8" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>1455</v>
+        <v>1423</v>
       </c>
       <c r="D158" s="7"/>
       <c r="E158" s="8" t="s">
         <v>304</v>
       </c>
       <c r="F158" s="7" t="s">
         <v>305</v>
       </c>
       <c r="G158" s="1"/>
     </row>
     <row r="159" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A159" s="8" t="s">
-        <v>995</v>
+        <v>979</v>
       </c>
       <c r="B159" s="8" t="s">
-        <v>1000</v>
+        <v>980</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>1457</v>
+        <v>1343</v>
       </c>
       <c r="D159" s="7"/>
       <c r="E159" s="8" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="F159" s="7" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="G159" s="1"/>
     </row>
     <row r="160" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A160" s="8" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="B160" s="8" t="s">
-        <v>1001</v>
+        <v>982</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>1458</v>
+        <v>1424</v>
       </c>
       <c r="D160" s="7"/>
       <c r="E160" s="8" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="F160" s="7" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="G160" s="1"/>
     </row>
-    <row r="161" spans="1:7" ht="90" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A161" s="8" t="s">
-        <v>997</v>
+        <v>972</v>
       </c>
       <c r="B161" s="8" t="s">
-        <v>1002</v>
+        <v>973</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>1459</v>
+        <v>679</v>
       </c>
       <c r="D161" s="7"/>
       <c r="E161" s="8" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="F161" s="7" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="G161" s="1"/>
     </row>
-    <row r="162" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A162" s="8" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="B162" s="8" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>1368</v>
+        <v>682</v>
       </c>
       <c r="D162" s="7"/>
       <c r="E162" s="8" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F162" s="7" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G162" s="1"/>
     </row>
     <row r="163" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A163" s="8" t="s">
-        <v>1004</v>
+      <c r="A163" s="5" t="s">
+        <v>1480</v>
       </c>
       <c r="B163" s="8" t="s">
-        <v>1005</v>
+        <v>994</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="D163" s="7"/>
+        <v>1345</v>
+      </c>
+      <c r="D163" s="7" t="s">
+        <v>1481</v>
+      </c>
       <c r="E163" s="8" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F163" s="7" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G163" s="1"/>
     </row>
-    <row r="164" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>1517</v>
+    <row r="164" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A164" s="8" t="s">
+        <v>995</v>
       </c>
       <c r="B164" s="8" t="s">
-        <v>1006</v>
+        <v>996</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>1369</v>
-[...3 lines deleted...]
-      </c>
+        <v>684</v>
+      </c>
+      <c r="D164" s="7"/>
       <c r="E164" s="8" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F164" s="7" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="G164" s="1"/>
     </row>
     <row r="165" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A165" s="8" t="s">
-        <v>1519</v>
+        <v>1386</v>
       </c>
       <c r="B165" s="8" t="s">
-        <v>1281</v>
+        <v>978</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="D165" s="7"/>
       <c r="E165" s="8" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="F165" s="7" t="s">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="G165" s="1"/>
     </row>
-    <row r="166" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A166" s="8" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="B166" s="8" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="D166" s="7"/>
       <c r="E166" s="8" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F166" s="7" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="G166" s="1"/>
     </row>
     <row r="167" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A167" s="8" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B167" s="8" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C167" s="4" t="s">
+        <v>693</v>
+      </c>
+      <c r="D167" s="7" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E167" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="F167" s="7" t="s">
+        <v>349</v>
+      </c>
+      <c r="G167" s="1"/>
+    </row>
+    <row r="168" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A168" s="8" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B168" s="8" t="s">
         <v>1010</v>
       </c>
-      <c r="B167" s="8" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="C168" s="4" t="s">
-        <v>1557</v>
+        <v>1428</v>
       </c>
       <c r="D168" s="7"/>
       <c r="E168" s="8" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="F168" s="7" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="G168" s="1"/>
     </row>
     <row r="169" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A169" s="8" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="B169" s="8" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>1370</v>
+        <v>689</v>
       </c>
       <c r="D169" s="7"/>
       <c r="E169" s="8" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="F169" s="7" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="G169" s="1"/>
     </row>
     <row r="170" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A170" s="8" t="s">
-        <v>1016</v>
+        <v>1003</v>
       </c>
       <c r="B170" s="8" t="s">
-        <v>1017</v>
+        <v>1000</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>693</v>
+        <v>1346</v>
       </c>
       <c r="D170" s="7"/>
       <c r="E170" s="8" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="F170" s="7" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="G170" s="1"/>
     </row>
     <row r="171" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A171" s="8" t="s">
-        <v>1018</v>
+        <v>1004</v>
       </c>
       <c r="B171" s="8" t="s">
-        <v>1019</v>
+        <v>1005</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="D171" s="7"/>
       <c r="E171" s="8" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="F171" s="7" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="G171" s="1"/>
     </row>
-    <row r="172" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A172" s="8" t="s">
-        <v>1020</v>
+        <v>1002</v>
       </c>
       <c r="B172" s="8" t="s">
-        <v>1013</v>
+        <v>999</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>695</v>
+        <v>1517</v>
       </c>
       <c r="D172" s="7"/>
       <c r="E172" s="8" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="F172" s="7" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="G172" s="1"/>
     </row>
-    <row r="173" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A173" s="8" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
       <c r="B173" s="8" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>696</v>
+        <v>1570</v>
       </c>
       <c r="D173" s="7"/>
       <c r="E173" s="8" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="F173" s="7" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="G173" s="1"/>
     </row>
     <row r="174" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A174" s="8" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="B174" s="8" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>1460</v>
+        <v>692</v>
       </c>
       <c r="D174" s="7"/>
       <c r="E174" s="8" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="F174" s="7" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="G174" s="1"/>
     </row>
     <row r="175" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A175" s="8" t="s">
-        <v>1025</v>
+        <v>1006</v>
       </c>
       <c r="B175" s="8" t="s">
-        <v>1026</v>
+        <v>1007</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>1371</v>
+        <v>687</v>
       </c>
       <c r="D175" s="7"/>
       <c r="E175" s="8" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="F175" s="7" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="G175" s="1"/>
     </row>
-    <row r="176" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A176" s="8" t="s">
-        <v>1372</v>
+        <v>1008</v>
       </c>
       <c r="B176" s="8" t="s">
-        <v>1027</v>
+        <v>1001</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="D176" s="7"/>
       <c r="E176" s="8" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="F176" s="7" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G176" s="1"/>
     </row>
-    <row r="177" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A177" s="8" t="s">
-        <v>1373</v>
+        <v>1535</v>
       </c>
       <c r="B177" s="8" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="D177" s="7"/>
+        <v>1552</v>
+      </c>
+      <c r="D177" s="7" t="s">
+        <v>1486</v>
+      </c>
       <c r="E177" s="8" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="F177" s="7" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="G177" s="1"/>
     </row>
-    <row r="178" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A178" s="8" t="s">
-        <v>1029</v>
+        <v>1013</v>
       </c>
       <c r="B178" s="8" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>699</v>
+        <v>1347</v>
       </c>
       <c r="D178" s="7"/>
       <c r="E178" s="8" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="F178" s="7" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="G178" s="1"/>
     </row>
-    <row r="179" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A179" s="8" t="s">
-        <v>1031</v>
+        <v>1348</v>
       </c>
       <c r="B179" s="8" t="s">
-        <v>1032</v>
+        <v>1015</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="D179" s="7"/>
       <c r="E179" s="8" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="F179" s="7" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="G179" s="1"/>
     </row>
     <row r="180" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A180" s="8" t="s">
-        <v>1521</v>
+        <v>1023</v>
       </c>
       <c r="B180" s="8" t="s">
-        <v>1033</v>
+        <v>1022</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>701</v>
-[...3 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+      <c r="D180" s="7"/>
       <c r="E180" s="8" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F180" s="7" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="G180" s="1"/>
     </row>
-    <row r="181" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A181" s="8" t="s">
-        <v>1035</v>
+        <v>1025</v>
       </c>
       <c r="B181" s="8" t="s">
-        <v>1034</v>
+        <v>1026</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="D181" s="7"/>
       <c r="E181" s="8" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F181" s="7" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="G181" s="1"/>
     </row>
-    <row r="182" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A182" s="8" t="s">
-        <v>1523</v>
+        <v>1349</v>
       </c>
       <c r="B182" s="8" t="s">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>703</v>
-[...3 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="D182" s="7"/>
       <c r="E182" s="8" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="F182" s="7" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="G182" s="1"/>
     </row>
-    <row r="183" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A183" s="8" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="B183" s="8" t="s">
-        <v>1038</v>
+        <v>1029</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="D183" s="7"/>
       <c r="E183" s="8" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="F183" s="7" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="G183" s="1"/>
     </row>
     <row r="184" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A184" s="8" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="B184" s="8" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>1041</v>
+        <v>1573</v>
       </c>
       <c r="D184" s="7"/>
       <c r="E184" s="8" t="s">
         <v>356</v>
       </c>
       <c r="F184" s="7" t="s">
         <v>357</v>
       </c>
       <c r="G184" s="1"/>
     </row>
     <row r="185" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A185" s="8" t="s">
-        <v>1043</v>
+        <v>1541</v>
       </c>
       <c r="B185" s="8" t="s">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>705</v>
+        <v>1518</v>
       </c>
       <c r="D185" s="7"/>
       <c r="E185" s="8" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F185" s="7" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="G185" s="1"/>
     </row>
     <row r="186" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A186" s="8" t="s">
-        <v>1374</v>
+        <v>1033</v>
       </c>
       <c r="B186" s="8" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>1558</v>
+        <v>1429</v>
       </c>
       <c r="D186" s="7"/>
       <c r="E186" s="8" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="F186" s="7" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="G186" s="1"/>
     </row>
-    <row r="187" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A187" s="8" t="s">
-        <v>1385</v>
+        <v>1037</v>
       </c>
       <c r="B187" s="8" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>1572</v>
+        <v>1511</v>
       </c>
       <c r="D187" s="7"/>
       <c r="E187" s="8" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="F187" s="7" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="G187" s="1"/>
     </row>
     <row r="188" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A188" s="8" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="B188" s="8" t="s">
-        <v>1047</v>
+        <v>1036</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>1461</v>
+        <v>697</v>
       </c>
       <c r="D188" s="7"/>
       <c r="E188" s="8" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F188" s="7" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="G188" s="1"/>
     </row>
-    <row r="189" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A189" s="8" t="s">
-        <v>1048</v>
+        <v>1360</v>
       </c>
       <c r="B189" s="8" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>706</v>
+        <v>1571</v>
       </c>
       <c r="D189" s="7"/>
       <c r="E189" s="8" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="F189" s="7" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="G189" s="1"/>
     </row>
-    <row r="190" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A190" s="8" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="B190" s="8" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>1550</v>
+        <v>698</v>
       </c>
       <c r="D190" s="7"/>
       <c r="E190" s="8" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F190" s="7" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="G190" s="1"/>
     </row>
-    <row r="191" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A191" s="8" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="B191" s="8" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>707</v>
+        <v>1351</v>
       </c>
       <c r="D191" s="7"/>
       <c r="E191" s="8" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F191" s="7" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="G191" s="1"/>
     </row>
     <row r="192" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A192" s="8" t="s">
-        <v>1054</v>
+        <v>1361</v>
       </c>
       <c r="B192" s="8" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>1376</v>
+        <v>705</v>
       </c>
       <c r="D192" s="7"/>
       <c r="E192" s="8" t="s">
-        <v>372</v>
+        <v>392</v>
       </c>
       <c r="F192" s="7" t="s">
-        <v>373</v>
+        <v>393</v>
       </c>
       <c r="G192" s="1"/>
     </row>
     <row r="193" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A193" s="8" t="s">
-        <v>1379</v>
+        <v>1354</v>
       </c>
       <c r="B193" s="8" t="s">
-        <v>1056</v>
+        <v>1043</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="D193" s="7"/>
       <c r="E193" s="8" t="s">
         <v>374</v>
       </c>
       <c r="F193" s="7" t="s">
         <v>375</v>
       </c>
       <c r="G193" s="1"/>
     </row>
-    <row r="194" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A194" s="8" t="s">
-        <v>1057</v>
+        <v>1049</v>
       </c>
       <c r="B194" s="8" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>709</v>
+        <v>1352</v>
       </c>
       <c r="D194" s="7"/>
       <c r="E194" s="8" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="F194" s="7" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="G194" s="1"/>
     </row>
-    <row r="195" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A195" s="8" t="s">
-        <v>1059</v>
+        <v>1491</v>
       </c>
       <c r="B195" s="8" t="s">
-        <v>1060</v>
-[...4 lines deleted...]
-      <c r="D195" s="7"/>
+        <v>1091</v>
+      </c>
+      <c r="C195" s="4"/>
+      <c r="D195" s="7" t="s">
+        <v>1492</v>
+      </c>
       <c r="E195" s="8" t="s">
-        <v>378</v>
+        <v>437</v>
       </c>
       <c r="F195" s="7" t="s">
-        <v>379</v>
+        <v>438</v>
       </c>
       <c r="G195" s="1"/>
     </row>
-    <row r="196" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A196" s="8" t="s">
-        <v>1061</v>
+        <v>1522</v>
       </c>
       <c r="B196" s="8" t="s">
-        <v>1287</v>
+        <v>1090</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>1350</v>
-[...1 lines deleted...]
-      <c r="D196" s="7"/>
+        <v>1512</v>
+      </c>
+      <c r="D196" s="7" t="s">
+        <v>1576</v>
+      </c>
       <c r="E196" s="8" t="s">
-        <v>380</v>
+        <v>435</v>
       </c>
       <c r="F196" s="7" t="s">
-        <v>381</v>
+        <v>436</v>
       </c>
       <c r="G196" s="1"/>
     </row>
-    <row r="197" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A197" s="8" t="s">
-        <v>1062</v>
+        <v>1083</v>
       </c>
       <c r="B197" s="8" t="s">
-        <v>1063</v>
+        <v>1084</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>1377</v>
+        <v>719</v>
       </c>
       <c r="D197" s="7"/>
       <c r="E197" s="8" t="s">
-        <v>382</v>
+        <v>428</v>
       </c>
       <c r="F197" s="7" t="s">
-        <v>383</v>
+        <v>429</v>
       </c>
       <c r="G197" s="1"/>
     </row>
-    <row r="198" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A198" s="8" t="s">
-        <v>1378</v>
+        <v>1085</v>
       </c>
       <c r="B198" s="8" t="s">
-        <v>1064</v>
+        <v>1086</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>711</v>
+        <v>1531</v>
       </c>
       <c r="D198" s="7"/>
       <c r="E198" s="8" t="s">
-        <v>384</v>
+        <v>430</v>
       </c>
       <c r="F198" s="7" t="s">
-        <v>385</v>
+        <v>1314</v>
       </c>
       <c r="G198" s="1"/>
     </row>
-    <row r="199" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A199" s="8" t="s">
-        <v>1065</v>
+        <v>1264</v>
       </c>
       <c r="B199" s="8" t="s">
-        <v>1066</v>
+        <v>1263</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="D199" s="7"/>
       <c r="E199" s="8" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="F199" s="7" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="G199" s="1"/>
     </row>
-    <row r="200" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A200" s="8" t="s">
-        <v>1067</v>
+        <v>1061</v>
       </c>
       <c r="B200" s="8" t="s">
-        <v>1068</v>
+        <v>1062</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>1403</v>
+        <v>707</v>
       </c>
       <c r="D200" s="7"/>
       <c r="E200" s="8" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="F200" s="7" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
       <c r="G200" s="1"/>
     </row>
     <row r="201" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A201" s="8" t="s">
-        <v>1283</v>
+        <v>1054</v>
       </c>
       <c r="B201" s="8" t="s">
-        <v>1282</v>
+        <v>1055</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>713</v>
+        <v>1375</v>
       </c>
       <c r="D201" s="7"/>
       <c r="E201" s="8" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="F201" s="7" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="G201" s="1"/>
     </row>
-    <row r="202" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A202" s="8" t="s">
-        <v>1386</v>
+        <v>1076</v>
       </c>
       <c r="B202" s="8" t="s">
-        <v>1069</v>
+        <v>1078</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D202" s="7"/>
       <c r="E202" s="8" t="s">
-        <v>392</v>
+        <v>420</v>
       </c>
       <c r="F202" s="7" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="G202" s="1"/>
     </row>
-    <row r="203" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A203" s="8" t="s">
-        <v>1070</v>
+        <v>1353</v>
       </c>
       <c r="B203" s="8" t="s">
-        <v>1286</v>
+        <v>1051</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>715</v>
+        <v>702</v>
       </c>
       <c r="D203" s="7"/>
       <c r="E203" s="8" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="F203" s="7" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="G203" s="1"/>
     </row>
-    <row r="204" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A204" s="8" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="B204" s="8" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>1463</v>
+        <v>709</v>
       </c>
       <c r="D204" s="7"/>
       <c r="E204" s="8" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="F204" s="7" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="G204" s="1"/>
     </row>
-    <row r="205" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A205" s="8" t="s">
-        <v>1285</v>
+        <v>1044</v>
       </c>
       <c r="B205" s="8" t="s">
-        <v>1073</v>
+        <v>1045</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>1462</v>
+        <v>700</v>
       </c>
       <c r="D205" s="7"/>
       <c r="E205" s="8" t="s">
-        <v>398</v>
+        <v>376</v>
       </c>
       <c r="F205" s="7" t="s">
-        <v>399</v>
+        <v>377</v>
       </c>
       <c r="G205" s="1"/>
     </row>
     <row r="206" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A206" s="8" t="s">
-        <v>1074</v>
+        <v>1092</v>
       </c>
       <c r="B206" s="8" t="s">
-        <v>1075</v>
+        <v>1093</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>716</v>
+        <v>1379</v>
       </c>
       <c r="D206" s="7"/>
       <c r="E206" s="8" t="s">
-        <v>400</v>
+        <v>439</v>
       </c>
       <c r="F206" s="7" t="s">
-        <v>401</v>
+        <v>440</v>
       </c>
       <c r="G206" s="1"/>
     </row>
     <row r="207" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A207" s="8" t="s">
-        <v>1430</v>
+        <v>1400</v>
       </c>
       <c r="B207" s="8" t="s">
-        <v>1076</v>
+        <v>1063</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="D207" s="7"/>
       <c r="E207" s="8" t="s">
         <v>402</v>
       </c>
       <c r="F207" s="7" t="s">
         <v>403</v>
       </c>
       <c r="G207" s="1"/>
     </row>
-    <row r="208" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A208" s="8" t="s">
-        <v>1412</v>
+        <v>1487</v>
       </c>
       <c r="B208" s="8" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>1559</v>
-[...1 lines deleted...]
-      <c r="D208" s="7"/>
+        <v>711</v>
+      </c>
+      <c r="D208" s="7" t="s">
+        <v>1488</v>
+      </c>
       <c r="E208" s="8" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F208" s="7" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="G208" s="1"/>
     </row>
     <row r="209" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A209" s="8" t="s">
-        <v>1078</v>
+        <v>1442</v>
       </c>
       <c r="B209" s="8" t="s">
         <v>1079</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>1464</v>
+        <v>716</v>
       </c>
       <c r="D209" s="7"/>
       <c r="E209" s="8" t="s">
-        <v>406</v>
+        <v>422</v>
       </c>
       <c r="F209" s="7" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
       <c r="G209" s="1"/>
     </row>
-    <row r="210" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A210" s="8" t="s">
-        <v>1080</v>
+        <v>1384</v>
       </c>
       <c r="B210" s="8" t="s">
-        <v>1081</v>
+        <v>1064</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>718</v>
+        <v>1519</v>
       </c>
       <c r="D210" s="7"/>
       <c r="E210" s="8" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="F210" s="7" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="G210" s="1"/>
     </row>
-    <row r="211" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A211" s="8" t="s">
-        <v>1082</v>
+        <v>1052</v>
       </c>
       <c r="B211" s="8" t="s">
-        <v>1083</v>
+        <v>1053</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>719</v>
+        <v>703</v>
       </c>
       <c r="D211" s="7"/>
       <c r="E211" s="8" t="s">
-        <v>410</v>
+        <v>386</v>
       </c>
       <c r="F211" s="7" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="G211" s="1"/>
     </row>
     <row r="212" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A212" s="8" t="s">
-        <v>1525</v>
+        <v>1265</v>
       </c>
       <c r="B212" s="8" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>720</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="D212" s="7"/>
       <c r="E212" s="8" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
       <c r="F212" s="7" t="s">
-        <v>413</v>
+        <v>427</v>
       </c>
       <c r="G212" s="1"/>
     </row>
-    <row r="213" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A213" s="8" t="s">
-        <v>1527</v>
+        <v>1069</v>
       </c>
       <c r="B213" s="8" t="s">
-        <v>1085</v>
+        <v>1070</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>710</v>
+      </c>
+      <c r="D213" s="7"/>
       <c r="E213" s="8" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="F213" s="7" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="G213" s="1"/>
     </row>
     <row r="214" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A214" s="8" t="s">
-        <v>1086</v>
+        <v>1073</v>
       </c>
       <c r="B214" s="8" t="s">
-        <v>1087</v>
+        <v>1074</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>722</v>
+        <v>713</v>
       </c>
       <c r="D214" s="7"/>
       <c r="E214" s="8" t="s">
         <v>416</v>
       </c>
       <c r="F214" s="7" t="s">
         <v>417</v>
       </c>
       <c r="G214" s="1"/>
     </row>
-    <row r="215" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A215" s="8" t="s">
-        <v>1090</v>
+        <v>1489</v>
       </c>
       <c r="B215" s="8" t="s">
-        <v>1088</v>
+        <v>1072</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="D215" s="7"/>
+        <v>712</v>
+      </c>
+      <c r="D215" s="7" t="s">
+        <v>1490</v>
+      </c>
       <c r="E215" s="8" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="F215" s="7" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="G215" s="1"/>
     </row>
-    <row r="216" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A216" s="8" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="B216" s="8" t="s">
-        <v>1091</v>
+        <v>1081</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="D216" s="7"/>
       <c r="E216" s="8" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="F216" s="7" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="G216" s="1"/>
     </row>
-    <row r="217" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A217" s="8" t="s">
-        <v>1477</v>
+        <v>1077</v>
       </c>
       <c r="B217" s="8" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>725</v>
+        <v>714</v>
       </c>
       <c r="D217" s="7"/>
       <c r="E217" s="8" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="F217" s="7" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="G217" s="1"/>
     </row>
-    <row r="218" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A218" s="8" t="s">
-        <v>1093</v>
+        <v>1065</v>
       </c>
       <c r="B218" s="8" t="s">
-        <v>1094</v>
+        <v>1066</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>726</v>
+        <v>1432</v>
       </c>
       <c r="D218" s="7"/>
       <c r="E218" s="8" t="s">
-        <v>424</v>
+        <v>406</v>
       </c>
       <c r="F218" s="7" t="s">
-        <v>425</v>
+        <v>407</v>
       </c>
       <c r="G218" s="1"/>
     </row>
     <row r="219" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A219" s="8" t="s">
-        <v>1284</v>
+        <v>1362</v>
       </c>
       <c r="B219" s="8" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>727</v>
+        <v>1433</v>
       </c>
       <c r="D219" s="7"/>
       <c r="E219" s="8" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F219" s="7" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="G219" s="1"/>
     </row>
-    <row r="220" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A220" s="8" t="s">
-        <v>1096</v>
+        <v>1046</v>
       </c>
       <c r="B220" s="8" t="s">
-        <v>1097</v>
+        <v>1047</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>728</v>
+        <v>701</v>
       </c>
       <c r="D220" s="7"/>
       <c r="E220" s="8" t="s">
-        <v>428</v>
+        <v>378</v>
       </c>
       <c r="F220" s="7" t="s">
-        <v>429</v>
+        <v>379</v>
       </c>
       <c r="G220" s="1"/>
     </row>
-    <row r="221" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A221" s="8" t="s">
-        <v>1098</v>
+        <v>1266</v>
       </c>
       <c r="B221" s="8" t="s">
-        <v>1099</v>
+        <v>1060</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>1573</v>
+        <v>1430</v>
       </c>
       <c r="D221" s="7"/>
       <c r="E221" s="8" t="s">
-        <v>430</v>
+        <v>398</v>
       </c>
       <c r="F221" s="7" t="s">
-        <v>1334</v>
+        <v>399</v>
       </c>
       <c r="G221" s="1"/>
     </row>
     <row r="222" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A222" s="8" t="s">
-        <v>1387</v>
+        <v>1057</v>
       </c>
       <c r="B222" s="8" t="s">
-        <v>1100</v>
+        <v>1267</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>1465</v>
+        <v>706</v>
       </c>
       <c r="D222" s="7"/>
       <c r="E222" s="8" t="s">
-        <v>431</v>
+        <v>394</v>
       </c>
       <c r="F222" s="7" t="s">
-        <v>432</v>
+        <v>395</v>
       </c>
       <c r="G222" s="1"/>
     </row>
-    <row r="223" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A223" s="8" t="s">
-        <v>1101</v>
+        <v>1048</v>
       </c>
       <c r="B223" s="8" t="s">
-        <v>1102</v>
+        <v>1268</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>729</v>
+        <v>1328</v>
       </c>
       <c r="D223" s="7"/>
       <c r="E223" s="8" t="s">
-        <v>433</v>
+        <v>380</v>
       </c>
       <c r="F223" s="7" t="s">
-        <v>434</v>
+        <v>381</v>
       </c>
       <c r="G223" s="1"/>
     </row>
-    <row r="224" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A224" s="8" t="s">
-        <v>1562</v>
+        <v>1058</v>
       </c>
       <c r="B224" s="8" t="s">
-        <v>1103</v>
+        <v>1059</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>1551</v>
+        <v>1431</v>
       </c>
       <c r="D224" s="7"/>
       <c r="E224" s="8" t="s">
-        <v>435</v>
+        <v>396</v>
       </c>
       <c r="F224" s="7" t="s">
-        <v>436</v>
+        <v>397</v>
       </c>
       <c r="G224" s="1"/>
     </row>
-    <row r="225" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A225" s="8" t="s">
-        <v>1529</v>
+        <v>1088</v>
       </c>
       <c r="B225" s="8" t="s">
-        <v>1104</v>
-[...4 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="C225" s="4" t="s">
+        <v>720</v>
+      </c>
+      <c r="D225" s="7"/>
       <c r="E225" s="8" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="F225" s="7" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="G225" s="1"/>
     </row>
-    <row r="226" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A226" s="8" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="B226" s="8" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>1407</v>
+        <v>723</v>
       </c>
       <c r="D226" s="7"/>
       <c r="E226" s="8" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="F226" s="7" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="G226" s="1"/>
     </row>
-    <row r="227" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A227" s="8" t="s">
-        <v>1107</v>
+        <v>1133</v>
       </c>
       <c r="B227" s="8" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D227" s="7"/>
       <c r="E227" s="8" t="s">
-        <v>441</v>
+        <v>481</v>
       </c>
       <c r="F227" s="7" t="s">
-        <v>442</v>
+        <v>482</v>
       </c>
       <c r="G227" s="1"/>
     </row>
-    <row r="228" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A228" s="8" t="s">
-        <v>1110</v>
+        <v>1101</v>
       </c>
       <c r="B228" s="8" t="s">
-        <v>1109</v>
+        <v>1363</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="D228" s="7"/>
       <c r="E228" s="8" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="F228" s="7" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="G228" s="1"/>
     </row>
     <row r="229" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A229" s="8" t="s">
-        <v>1115</v>
+        <v>1099</v>
       </c>
       <c r="B229" s="8" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="D229" s="7"/>
       <c r="E229" s="8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F229" s="7" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G229" s="1"/>
     </row>
     <row r="230" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A230" s="8" t="s">
-        <v>1112</v>
+        <v>1269</v>
       </c>
       <c r="B230" s="8" t="s">
-        <v>1113</v>
+        <v>610</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>733</v>
+        <v>593</v>
       </c>
       <c r="D230" s="7"/>
       <c r="E230" s="8" t="s">
-        <v>447</v>
+        <v>1381</v>
       </c>
       <c r="F230" s="7" t="s">
-        <v>448</v>
+        <v>6</v>
       </c>
       <c r="G230" s="1"/>
     </row>
-    <row r="231" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A231" s="8" t="s">
-        <v>1114</v>
+        <v>1094</v>
       </c>
       <c r="B231" s="8" t="s">
-        <v>1388</v>
+        <v>1095</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>734</v>
+        <v>721</v>
       </c>
       <c r="D231" s="7"/>
       <c r="E231" s="8" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="F231" s="7" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="G231" s="1"/>
     </row>
     <row r="232" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A232" s="8" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="B232" s="8" t="s">
-        <v>1117</v>
+        <v>1104</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>1348</v>
+        <v>1326</v>
       </c>
       <c r="D232" s="7"/>
       <c r="E232" s="8" t="s">
         <v>451</v>
       </c>
       <c r="F232" s="7" t="s">
         <v>452</v>
       </c>
       <c r="G232" s="1"/>
     </row>
-    <row r="233" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A233" s="8" t="s">
-        <v>1119</v>
+        <v>1107</v>
       </c>
       <c r="B233" s="8" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>1466</v>
+        <v>726</v>
       </c>
       <c r="D233" s="7"/>
       <c r="E233" s="8" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F233" s="7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G233" s="1"/>
     </row>
-    <row r="234" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A234" s="8" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="B234" s="8" t="s">
-        <v>1121</v>
+        <v>1115</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="D234" s="7"/>
       <c r="E234" s="8" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="F234" s="7" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="G234" s="1"/>
     </row>
     <row r="235" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A235" s="8" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="B235" s="8" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>1467</v>
+        <v>732</v>
       </c>
       <c r="D235" s="7"/>
       <c r="E235" s="8" t="s">
-        <v>457</v>
+        <v>479</v>
       </c>
       <c r="F235" s="7" t="s">
-        <v>458</v>
+        <v>480</v>
       </c>
       <c r="G235" s="1"/>
     </row>
-    <row r="236" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A236" s="8" t="s">
-        <v>1290</v>
+        <v>1097</v>
       </c>
       <c r="B236" s="8" t="s">
-        <v>1289</v>
+        <v>1096</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>736</v>
+        <v>722</v>
       </c>
       <c r="D236" s="7"/>
       <c r="E236" s="8" t="s">
-        <v>459</v>
+        <v>443</v>
       </c>
       <c r="F236" s="7" t="s">
-        <v>460</v>
+        <v>444</v>
       </c>
       <c r="G236" s="1"/>
     </row>
-    <row r="237" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A237" s="8" t="s">
-        <v>1124</v>
+        <v>1271</v>
       </c>
       <c r="B237" s="8" t="s">
-        <v>1125</v>
+        <v>1270</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>1397</v>
+        <v>727</v>
       </c>
       <c r="D237" s="7"/>
       <c r="E237" s="8" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="F237" s="7" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="G237" s="1"/>
     </row>
     <row r="238" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A238" s="8" t="s">
-        <v>1126</v>
+        <v>1109</v>
       </c>
       <c r="B238" s="8" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>737</v>
+        <v>1435</v>
       </c>
       <c r="D238" s="7"/>
       <c r="E238" s="8" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="F238" s="7" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="G238" s="1"/>
     </row>
-    <row r="239" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A239" s="8" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="B239" s="8" t="s">
-        <v>1129</v>
+        <v>1120</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="D239" s="7"/>
       <c r="E239" s="8" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="F239" s="7" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="G239" s="1"/>
     </row>
     <row r="240" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A240" s="8" t="s">
-        <v>1130</v>
+        <v>1495</v>
       </c>
       <c r="B240" s="8" t="s">
-        <v>1131</v>
+        <v>1119</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="D240" s="7"/>
+        <v>1437</v>
+      </c>
+      <c r="D240" s="7" t="s">
+        <v>1494</v>
+      </c>
       <c r="E240" s="8" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="F240" s="7" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="G240" s="1"/>
     </row>
-    <row r="241" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A241" s="8" t="s">
-        <v>1531</v>
+        <v>1124</v>
       </c>
       <c r="B241" s="8" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>1470</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="D241" s="7"/>
       <c r="E241" s="8" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="F241" s="7" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="G241" s="1"/>
     </row>
     <row r="242" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A242" s="8" t="s">
-        <v>1533</v>
+        <v>1116</v>
       </c>
       <c r="B242" s="8" t="s">
-        <v>1133</v>
+        <v>1117</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      </c>
+        <v>1436</v>
+      </c>
+      <c r="D242" s="7"/>
       <c r="E242" s="8" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="F242" s="7" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="G242" s="1"/>
     </row>
-    <row r="243" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A243" s="8" t="s">
-        <v>1137</v>
+        <v>1126</v>
       </c>
       <c r="B243" s="8" t="s">
-        <v>1134</v>
+        <v>1122</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>739</v>
+        <v>1125</v>
       </c>
       <c r="D243" s="7"/>
       <c r="E243" s="8" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="F243" s="7" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="G243" s="1"/>
     </row>
-    <row r="244" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A244" s="8" t="s">
-        <v>1138</v>
+        <v>1493</v>
       </c>
       <c r="B244" s="8" t="s">
-        <v>1135</v>
+        <v>1118</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="D244" s="7"/>
+        <v>1438</v>
+      </c>
+      <c r="D244" s="7" t="s">
+        <v>1494</v>
+      </c>
       <c r="E244" s="8" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="F244" s="7" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="G244" s="1"/>
     </row>
-    <row r="245" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A245" s="8" t="s">
-        <v>1140</v>
+        <v>1111</v>
       </c>
       <c r="B245" s="8" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>1139</v>
+        <v>1370</v>
       </c>
       <c r="D245" s="7"/>
       <c r="E245" s="8" t="s">
-        <v>477</v>
+        <v>461</v>
       </c>
       <c r="F245" s="7" t="s">
-        <v>478</v>
+        <v>462</v>
       </c>
       <c r="G245" s="1"/>
     </row>
     <row r="246" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A246" s="8" t="s">
-        <v>1145</v>
+        <v>1540</v>
       </c>
       <c r="B246" s="8" t="s">
-        <v>1141</v>
+        <v>1113</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>741</v>
+        <v>728</v>
       </c>
       <c r="D246" s="7"/>
       <c r="E246" s="8" t="s">
-        <v>479</v>
+        <v>463</v>
       </c>
       <c r="F246" s="7" t="s">
-        <v>480</v>
+        <v>464</v>
       </c>
       <c r="G246" s="1"/>
     </row>
-    <row r="247" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A247" s="8" t="s">
-        <v>1147</v>
+        <v>1106</v>
       </c>
       <c r="B247" s="8" t="s">
-        <v>1142</v>
+        <v>1105</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>742</v>
+        <v>1434</v>
       </c>
       <c r="D247" s="7"/>
       <c r="E247" s="8" t="s">
-        <v>481</v>
+        <v>453</v>
       </c>
       <c r="F247" s="7" t="s">
-        <v>482</v>
+        <v>454</v>
       </c>
       <c r="G247" s="1"/>
     </row>
     <row r="248" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A248" s="8" t="s">
-        <v>1534</v>
+        <v>1134</v>
       </c>
       <c r="B248" s="8" t="s">
-        <v>1143</v>
+        <v>1272</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>1560</v>
-[...3 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="D248" s="7"/>
       <c r="E248" s="8" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F248" s="7" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="G248" s="1"/>
     </row>
     <row r="249" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A249" s="8" t="s">
-        <v>1148</v>
+        <v>1496</v>
       </c>
       <c r="B249" s="8" t="s">
-        <v>1291</v>
+        <v>1129</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>1349</v>
-[...1 lines deleted...]
-      <c r="D249" s="7"/>
+        <v>1520</v>
+      </c>
+      <c r="D249" s="7" t="s">
+        <v>1497</v>
+      </c>
       <c r="E249" s="8" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="F249" s="7" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="G249" s="1"/>
     </row>
     <row r="250" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A250" s="5" t="s">
-        <v>1150</v>
+      <c r="A250" s="8" t="s">
+        <v>1140</v>
       </c>
       <c r="B250" s="8" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>1471</v>
+        <v>734</v>
       </c>
       <c r="D250" s="7"/>
       <c r="E250" s="8" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F250" s="7" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="G250" s="1"/>
     </row>
-    <row r="251" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A251" s="8" t="s">
-        <v>1153</v>
+        <v>1139</v>
       </c>
       <c r="B251" s="8" t="s">
-        <v>1146</v>
+        <v>1132</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="D251" s="7"/>
       <c r="E251" s="8" t="s">
         <v>489</v>
       </c>
       <c r="F251" s="7" t="s">
-        <v>1335</v>
+        <v>1315</v>
       </c>
       <c r="G251" s="1"/>
     </row>
-    <row r="252" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A252" s="8" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B252" s="8" t="s">
         <v>1154</v>
       </c>
-      <c r="B252" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="4" t="s">
-        <v>743</v>
+        <v>1555</v>
       </c>
       <c r="D252" s="7"/>
       <c r="E252" s="8" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
       <c r="F252" s="7" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="G252" s="1"/>
     </row>
     <row r="253" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A253" s="8" t="s">
-        <v>1155</v>
+        <v>1553</v>
       </c>
       <c r="B253" s="8" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="D253" s="7"/>
+        <v>740</v>
+      </c>
+      <c r="D253" s="7" t="s">
+        <v>1554</v>
+      </c>
       <c r="E253" s="8" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="F253" s="7" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="G253" s="1"/>
     </row>
     <row r="254" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A254" s="8" t="s">
-        <v>1156</v>
+        <v>1142</v>
       </c>
       <c r="B254" s="8" t="s">
-        <v>1149</v>
+        <v>1135</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="D254" s="7"/>
       <c r="E254" s="8" t="s">
         <v>494</v>
       </c>
       <c r="F254" s="7" t="s">
         <v>495</v>
       </c>
       <c r="G254" s="1"/>
     </row>
-    <row r="255" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A255" s="8" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="B255" s="8" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>1351</v>
+        <v>1556</v>
       </c>
       <c r="D255" s="7"/>
       <c r="E255" s="8" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="F255" s="7" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="G255" s="1"/>
     </row>
-    <row r="256" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A256" s="8" t="s">
-        <v>1159</v>
+        <v>1399</v>
       </c>
       <c r="B256" s="8" t="s">
         <v>1160</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="D256" s="7"/>
       <c r="E256" s="8" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
       <c r="F256" s="7" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
       <c r="G256" s="1"/>
     </row>
-    <row r="257" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A257" s="8" t="s">
-        <v>1162</v>
+        <v>1149</v>
       </c>
       <c r="B257" s="8" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>747</v>
+        <v>1532</v>
       </c>
       <c r="D257" s="7"/>
       <c r="E257" s="8" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F257" s="7" t="s">
-        <v>501</v>
+        <v>1316</v>
       </c>
       <c r="G257" s="1"/>
     </row>
     <row r="258" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A258" s="8" t="s">
-        <v>1163</v>
+        <v>1273</v>
       </c>
       <c r="B258" s="8" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>1575</v>
+        <v>746</v>
       </c>
       <c r="D258" s="7"/>
       <c r="E258" s="8" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="F258" s="7" t="s">
-        <v>1336</v>
+        <v>528</v>
       </c>
       <c r="G258" s="1"/>
     </row>
-    <row r="259" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A259" s="8" t="s">
-        <v>1165</v>
+        <v>1144</v>
       </c>
       <c r="B259" s="8" t="s">
-        <v>1166</v>
+        <v>1143</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>748</v>
-[...3 lines deleted...]
-      </c>
+        <v>1329</v>
+      </c>
+      <c r="D259" s="7"/>
       <c r="E259" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="F259" s="7" t="s">
+        <v>497</v>
+      </c>
+      <c r="G259" s="1"/>
+    </row>
+    <row r="260" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A260" s="8" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B260" s="8" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C260" s="4" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D260" s="7" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E260" s="8" t="s">
         <v>503</v>
       </c>
-      <c r="F259" s="7" t="s">
+      <c r="F260" s="7" t="s">
         <v>504</v>
       </c>
-      <c r="G259" s="1"/>
-[...9 lines deleted...]
-      <c r="F260" s="4"/>
       <c r="G260" s="1"/>
     </row>
-    <row r="261" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A261" s="8" t="s">
-        <v>1389</v>
+        <v>1564</v>
       </c>
       <c r="B261" s="8" t="s">
-        <v>1167</v>
+        <v>1155</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>749</v>
+        <v>1560</v>
       </c>
       <c r="D261" s="7"/>
       <c r="E261" s="8" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="F261" s="7" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="G261" s="1"/>
     </row>
-    <row r="262" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A262" s="8" t="s">
-        <v>1168</v>
+        <v>1158</v>
       </c>
       <c r="B262" s="8" t="s">
-        <v>1169</v>
+        <v>1159</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>750</v>
+        <v>741</v>
       </c>
       <c r="D262" s="7"/>
       <c r="E262" s="8" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="F262" s="7" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="G262" s="1"/>
     </row>
     <row r="263" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A263" s="8" t="s">
-        <v>1390</v>
+        <v>1141</v>
       </c>
       <c r="B263" s="8" t="s">
-        <v>1170</v>
+        <v>1138</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>1472</v>
+        <v>735</v>
       </c>
       <c r="D263" s="7"/>
       <c r="E263" s="8" t="s">
-        <v>509</v>
+        <v>492</v>
       </c>
       <c r="F263" s="7" t="s">
-        <v>510</v>
+        <v>493</v>
       </c>
       <c r="G263" s="1"/>
     </row>
-    <row r="264" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A264" s="8" t="s">
-        <v>1173</v>
+        <v>1500</v>
       </c>
       <c r="B264" s="8" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="D264" s="7"/>
+        <v>747</v>
+      </c>
+      <c r="D264" s="7" t="s">
+        <v>1501</v>
+      </c>
       <c r="E264" s="8" t="s">
-        <v>511</v>
+        <v>529</v>
       </c>
       <c r="F264" s="7" t="s">
-        <v>512</v>
+        <v>530</v>
       </c>
       <c r="G264" s="1"/>
     </row>
     <row r="265" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A265" s="8" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="B265" s="8" t="s">
-        <v>1172</v>
+        <v>1146</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>752</v>
+        <v>737</v>
       </c>
       <c r="D265" s="7"/>
       <c r="E265" s="8" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="F265" s="7" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="G265" s="1"/>
     </row>
     <row r="266" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A266" s="8" t="s">
-        <v>1175</v>
+        <v>1148</v>
       </c>
       <c r="B266" s="8" t="s">
-        <v>1176</v>
+        <v>1147</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>753</v>
+        <v>738</v>
       </c>
       <c r="D266" s="7"/>
       <c r="E266" s="8" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="F266" s="7" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="G266" s="1"/>
     </row>
-    <row r="267" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A267" s="8" t="s">
-        <v>1429</v>
+        <v>1498</v>
       </c>
       <c r="B267" s="8" t="s">
-        <v>1177</v>
+        <v>1164</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="D267" s="7"/>
+        <v>1544</v>
+      </c>
+      <c r="D267" s="7" t="s">
+        <v>1499</v>
+      </c>
       <c r="E267" s="8" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="F267" s="7" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="G267" s="1"/>
     </row>
     <row r="268" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A268" s="8" t="s">
-        <v>1313</v>
+        <v>1293</v>
       </c>
       <c r="B268" s="8" t="s">
-        <v>1178</v>
+        <v>1161</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="D268" s="7"/>
       <c r="E268" s="8" t="s">
         <v>519</v>
       </c>
       <c r="F268" s="7" t="s">
         <v>520</v>
       </c>
       <c r="G268" s="1"/>
     </row>
     <row r="269" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A269" s="8" t="s">
-        <v>1294</v>
+        <v>1274</v>
       </c>
       <c r="B269" s="8" t="s">
-        <v>1179</v>
+        <v>1162</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>756</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="D269" s="7"/>
       <c r="E269" s="8" t="s">
         <v>521</v>
       </c>
       <c r="F269" s="7" t="s">
         <v>522</v>
       </c>
       <c r="G269" s="1"/>
     </row>
     <row r="270" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A270" s="8" t="s">
-        <v>1295</v>
+        <v>1275</v>
       </c>
       <c r="B270" s="8" t="s">
-        <v>1180</v>
+        <v>1163</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="D270" s="7"/>
       <c r="E270" s="8" t="s">
         <v>523</v>
       </c>
       <c r="F270" s="7" t="s">
         <v>524</v>
       </c>
       <c r="G270" s="1"/>
     </row>
-    <row r="271" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A271" s="8" t="s">
-        <v>1536</v>
+        <v>1364</v>
       </c>
       <c r="B271" s="8" t="s">
-        <v>1181</v>
+        <v>1152</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="D271" s="7"/>
       <c r="E271" s="8" t="s">
-        <v>525</v>
+        <v>505</v>
       </c>
       <c r="F271" s="7" t="s">
-        <v>526</v>
+        <v>506</v>
       </c>
       <c r="G271" s="1"/>
     </row>
-    <row r="272" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A272" s="8" t="s">
-        <v>1292</v>
+        <v>1172</v>
       </c>
       <c r="B272" s="8" t="s">
-        <v>1182</v>
+        <v>1168</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="D272" s="7"/>
       <c r="E272" s="8" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="F272" s="7" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="G272" s="1"/>
     </row>
     <row r="273" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A273" s="8" t="s">
-        <v>1538</v>
+        <v>1443</v>
       </c>
       <c r="B273" s="8" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>759</v>
-[...3 lines deleted...]
-      </c>
+        <v>1440</v>
+      </c>
+      <c r="D273" s="7"/>
       <c r="E273" s="8" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="F273" s="7" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="G273" s="1"/>
     </row>
-    <row r="274" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A274" s="8" t="s">
-        <v>1188</v>
+        <v>1276</v>
       </c>
       <c r="B274" s="8" t="s">
-        <v>1184</v>
+        <v>1169</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>1474</v>
+        <v>749</v>
       </c>
       <c r="D274" s="7"/>
       <c r="E274" s="8" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="F274" s="7" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="G274" s="1"/>
     </row>
-    <row r="275" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A275" s="8" t="s">
-        <v>1189</v>
+        <v>1178</v>
       </c>
       <c r="B275" s="8" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="D275" s="7"/>
       <c r="E275" s="8" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="F275" s="7" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="G275" s="1"/>
     </row>
-    <row r="276" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A276" s="8" t="s">
-        <v>1296</v>
+        <v>1171</v>
       </c>
       <c r="B276" s="8" t="s">
-        <v>1186</v>
+        <v>1167</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>1572</v>
+      </c>
+      <c r="D276" s="7"/>
       <c r="E276" s="8" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="F276" s="7" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="G276" s="1"/>
     </row>
     <row r="277" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A277" s="8" t="s">
-        <v>1190</v>
+        <v>1173</v>
       </c>
       <c r="B277" s="8" t="s">
-        <v>1187</v>
+        <v>1170</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="D277" s="7"/>
       <c r="E277" s="8" t="s">
         <v>537</v>
       </c>
       <c r="F277" s="7" t="s">
         <v>538</v>
       </c>
       <c r="G277" s="1"/>
     </row>
     <row r="278" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A278" s="8" t="s">
-        <v>1420</v>
+        <v>1390</v>
       </c>
       <c r="B278" s="8" t="s">
-        <v>1191</v>
+        <v>1174</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>1391</v>
+        <v>1562</v>
       </c>
       <c r="D278" s="7"/>
       <c r="E278" s="8" t="s">
         <v>539</v>
       </c>
       <c r="F278" s="7" t="s">
         <v>540</v>
       </c>
       <c r="G278" s="1"/>
     </row>
     <row r="279" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A279" s="8" t="s">
-        <v>1421</v>
+        <v>1391</v>
       </c>
       <c r="B279" s="8" t="s">
-        <v>1192</v>
+        <v>1175</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>763</v>
+        <v>751</v>
       </c>
       <c r="D279" s="7"/>
       <c r="E279" s="8" t="s">
         <v>541</v>
       </c>
       <c r="F279" s="7" t="s">
         <v>542</v>
       </c>
       <c r="G279" s="1"/>
     </row>
     <row r="280" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A280" s="8" t="s">
-        <v>1193</v>
+        <v>1176</v>
       </c>
       <c r="B280" s="8" t="s">
-        <v>1194</v>
+        <v>1177</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>764</v>
+        <v>752</v>
       </c>
       <c r="D280" s="7"/>
       <c r="E280" s="8" t="s">
         <v>543</v>
       </c>
       <c r="F280" s="7" t="s">
         <v>544</v>
       </c>
       <c r="G280" s="1"/>
     </row>
-    <row r="281" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A281" s="8" t="s">
-        <v>1478</v>
+        <v>1181</v>
       </c>
       <c r="B281" s="8" t="s">
-        <v>1196</v>
+        <v>1182</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>1475</v>
+        <v>1558</v>
       </c>
       <c r="D281" s="7"/>
       <c r="E281" s="8" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="F281" s="7" t="s">
-        <v>546</v>
+        <v>1317</v>
       </c>
       <c r="G281" s="1"/>
     </row>
-    <row r="282" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A282" s="8" t="s">
-        <v>1195</v>
+        <v>1183</v>
       </c>
       <c r="B282" s="8" t="s">
-        <v>1197</v>
+        <v>1184</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>765</v>
+        <v>754</v>
       </c>
       <c r="D282" s="7"/>
       <c r="E282" s="8" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F282" s="7" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="G282" s="1"/>
     </row>
-    <row r="283" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A283" s="8" t="s">
-        <v>1198</v>
+        <v>1185</v>
       </c>
       <c r="B283" s="8" t="s">
-        <v>1199</v>
+        <v>1186</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>1577</v>
+        <v>1374</v>
       </c>
       <c r="D283" s="7"/>
       <c r="E283" s="8" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F283" s="7" t="s">
-        <v>1337</v>
+        <v>553</v>
       </c>
       <c r="G283" s="1"/>
     </row>
-    <row r="284" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A284" s="8" t="s">
-        <v>1200</v>
+        <v>1187</v>
       </c>
       <c r="B284" s="8" t="s">
-        <v>1201</v>
+        <v>1188</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>766</v>
+        <v>1533</v>
       </c>
       <c r="D284" s="7"/>
       <c r="E284" s="8" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="F284" s="7" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="G284" s="1"/>
     </row>
-    <row r="285" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A285" s="8" t="s">
-        <v>1202</v>
+        <v>1189</v>
       </c>
       <c r="B285" s="8" t="s">
-        <v>1203</v>
+        <v>1190</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>1402</v>
+        <v>755</v>
       </c>
       <c r="D285" s="7"/>
       <c r="E285" s="8" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F285" s="7" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="G285" s="1"/>
     </row>
     <row r="286" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A286" s="8" t="s">
-        <v>1204</v>
+        <v>1195</v>
       </c>
       <c r="B286" s="8" t="s">
-        <v>1205</v>
+        <v>1194</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>1576</v>
+        <v>1543</v>
       </c>
       <c r="D286" s="7"/>
       <c r="E286" s="8" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="F286" s="7" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="G286" s="1"/>
     </row>
-    <row r="287" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A287" s="8" t="s">
-        <v>1206</v>
+        <v>1192</v>
       </c>
       <c r="B287" s="8" t="s">
-        <v>1207</v>
+        <v>1191</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>767</v>
+        <v>1534</v>
       </c>
       <c r="D287" s="7"/>
       <c r="E287" s="8" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F287" s="7" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="G287" s="1"/>
     </row>
     <row r="288" spans="1:7" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="8" t="s">
-        <v>1209</v>
+        <v>1392</v>
       </c>
       <c r="B288" s="8" t="s">
-        <v>1208</v>
+        <v>1193</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>1578</v>
+        <v>756</v>
       </c>
       <c r="D288" s="7"/>
       <c r="E288" s="8" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F288" s="7" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="G288" s="1"/>
     </row>
-    <row r="289" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A289" s="8" t="s">
-        <v>1422</v>
+        <v>1367</v>
       </c>
       <c r="B289" s="8" t="s">
-        <v>1210</v>
+        <v>1366</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="D289" s="7"/>
       <c r="E289" s="8" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="F289" s="7" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="G289" s="1"/>
     </row>
-    <row r="290" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A290" s="8" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="B290" s="8" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>1552</v>
+        <v>1546</v>
       </c>
       <c r="D290" s="7"/>
       <c r="E290" s="8" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="F290" s="7" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="G290" s="1"/>
     </row>
-    <row r="291" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A291" s="8" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="B291" s="8" t="s">
-        <v>1214</v>
+        <v>1203</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>769</v>
+        <v>758</v>
       </c>
       <c r="D291" s="7"/>
       <c r="E291" s="8" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="F291" s="7" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="G291" s="1"/>
     </row>
-    <row r="292" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A292" s="8" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="B292" s="8" t="s">
-        <v>1217</v>
+        <v>1207</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>1405</v>
+        <v>760</v>
       </c>
       <c r="D292" s="7"/>
       <c r="E292" s="8" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="F292" s="7" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="G292" s="1"/>
     </row>
     <row r="293" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A293" s="8" t="s">
-        <v>1215</v>
+        <v>1368</v>
       </c>
       <c r="B293" s="8" t="s">
-        <v>1218</v>
+        <v>1208</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>1404</v>
+        <v>761</v>
       </c>
       <c r="D293" s="7"/>
       <c r="E293" s="8" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="F293" s="7" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="G293" s="1"/>
     </row>
-    <row r="294" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A294" s="8" t="s">
-        <v>1219</v>
+        <v>1198</v>
       </c>
       <c r="B294" s="8" t="s">
-        <v>1220</v>
+        <v>1201</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>770</v>
+        <v>1376</v>
       </c>
       <c r="D294" s="7"/>
       <c r="E294" s="8" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="F294" s="7" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="G294" s="1"/>
     </row>
     <row r="295" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A295" s="8" t="s">
-        <v>1393</v>
+        <v>1199</v>
       </c>
       <c r="B295" s="8" t="s">
-        <v>1392</v>
+        <v>1200</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>771</v>
+        <v>1377</v>
       </c>
       <c r="D295" s="7"/>
       <c r="E295" s="8" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="F295" s="7" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="G295" s="1"/>
     </row>
-    <row r="296" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A296" s="8" t="s">
-        <v>1221</v>
+        <v>1209</v>
       </c>
       <c r="B296" s="8" t="s">
-        <v>1222</v>
+        <v>1210</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>1396</v>
+        <v>1441</v>
       </c>
       <c r="D296" s="7"/>
       <c r="E296" s="8" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="F296" s="7" t="s">
-        <v>575</v>
+        <v>1318</v>
       </c>
       <c r="G296" s="1"/>
     </row>
-    <row r="297" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A297" s="8" t="s">
-        <v>1223</v>
+        <v>1212</v>
       </c>
       <c r="B297" s="8" t="s">
-        <v>1224</v>
+        <v>1213</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>772</v>
+        <v>1369</v>
       </c>
       <c r="D297" s="7"/>
       <c r="E297" s="8" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="F297" s="7" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="G297" s="1"/>
     </row>
     <row r="298" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A298" s="8" t="s">
-        <v>1394</v>
+        <v>1211</v>
       </c>
       <c r="B298" s="8" t="s">
-        <v>1225</v>
+        <v>1296</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>773</v>
+        <v>1446</v>
       </c>
       <c r="D298" s="7"/>
       <c r="E298" s="8" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="F298" s="7" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="G298" s="1"/>
     </row>
-    <row r="299" spans="1:7" ht="75" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A299" s="8" t="s">
-        <v>1226</v>
+        <v>1214</v>
       </c>
       <c r="B299" s="8" t="s">
-        <v>1227</v>
+        <v>1215</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>1476</v>
+        <v>1447</v>
       </c>
       <c r="D299" s="7"/>
       <c r="E299" s="8" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F299" s="7" t="s">
-        <v>1338</v>
+        <v>586</v>
       </c>
       <c r="G299" s="1"/>
     </row>
-    <row r="300" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A300" s="8" t="s">
-        <v>1228</v>
+        <v>1196</v>
       </c>
       <c r="B300" s="8" t="s">
-        <v>1316</v>
+        <v>1197</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>1481</v>
+        <v>757</v>
       </c>
       <c r="D300" s="7"/>
       <c r="E300" s="8" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="F300" s="7" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="G300" s="1"/>
     </row>
-    <row r="301" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A301" s="8" t="s">
-        <v>1229</v>
+        <v>1387</v>
       </c>
       <c r="B301" s="8" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>1395</v>
+        <v>757</v>
       </c>
       <c r="D301" s="7"/>
       <c r="E301" s="8" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="F301" s="7" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="G301" s="1"/>
     </row>
-    <row r="302" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A302" s="8" t="s">
-        <v>1231</v>
+        <v>1220</v>
       </c>
       <c r="B302" s="8" t="s">
-        <v>1232</v>
+        <v>1217</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>1482</v>
+        <v>762</v>
       </c>
       <c r="D302" s="7"/>
       <c r="E302" s="8" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="F302" s="7" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="G302" s="1"/>
     </row>
-    <row r="303" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A303" s="8" t="s">
-        <v>1417</v>
+        <v>1218</v>
       </c>
       <c r="B303" s="8" t="s">
-        <v>1233</v>
+        <v>1219</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>1483</v>
+        <v>1444</v>
       </c>
       <c r="D303" s="7"/>
       <c r="E303" s="8" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="F303" s="7" t="s">
-        <v>588</v>
+        <v>1319</v>
       </c>
       <c r="G303" s="1"/>
     </row>
-    <row r="304" spans="1:7" ht="60" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      </c>
+    <row r="304" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A304" s="7"/>
+      <c r="B304" s="7"/>
+      <c r="C304" s="4"/>
       <c r="D304" s="7"/>
-      <c r="E304" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E304" s="7"/>
+      <c r="F304" s="4"/>
       <c r="G304" s="1"/>
     </row>
-    <row r="305" spans="1:7" ht="75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      </c>
+    <row r="305" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A305" s="7"/>
+      <c r="B305" s="7"/>
+      <c r="C305" s="4"/>
       <c r="D305" s="7"/>
-      <c r="E305" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E305" s="7"/>
+      <c r="F305" s="4"/>
       <c r="G305" s="1"/>
     </row>
     <row r="306" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A306" s="9"/>
       <c r="B306" s="9"/>
       <c r="D306" s="9"/>
       <c r="G306" s="1"/>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G307" s="1"/>
     </row>
     <row r="308" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G308" s="1"/>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F308">
+    <sortCondition ref="B1:B308"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3350965-B03E-498C-8CB0-CAD9F60FFF92}">
   <dimension ref="A1:G308"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A198" workbookViewId="0">
-      <selection activeCell="D204" sqref="D204"/>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" style="2" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="69.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="69.42578125" style="2" customWidth="1"/>
     <col min="7" max="7" width="28.85546875" style="3" customWidth="1"/>
     <col min="8" max="13" width="27.28515625" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="12" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="14" t="s">
-        <v>1542</v>
+        <v>1503</v>
       </c>
       <c r="B1" s="13" t="s">
-        <v>1543</v>
+        <v>1504</v>
       </c>
       <c r="C1" s="14" t="s">
-        <v>1544</v>
+        <v>1505</v>
       </c>
       <c r="D1" s="13" t="s">
-        <v>1485</v>
+        <v>1449</v>
       </c>
       <c r="E1" s="13" t="s">
-        <v>1545</v>
+        <v>1506</v>
       </c>
       <c r="F1" s="14" t="s">
-        <v>1546</v>
+        <v>1507</v>
       </c>
       <c r="G1" s="6"/>
     </row>
     <row r="2" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
-        <v>1288</v>
+        <v>1269</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>610</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>593</v>
       </c>
       <c r="D2" s="7"/>
       <c r="E2" s="8" t="s">
-        <v>1409</v>
+        <v>1381</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
-        <v>1242</v>
+        <v>1223</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>613</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>611</v>
       </c>
       <c r="D3" s="7"/>
       <c r="E3" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
-        <v>1243</v>
+        <v>1224</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>614</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>1553</v>
+        <v>1513</v>
       </c>
       <c r="D4" s="7"/>
       <c r="E4" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
-        <v>1244</v>
+        <v>1225</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>1433</v>
+        <v>1403</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>612</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
-        <v>1247</v>
+        <v>1228</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>618</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>597</v>
       </c>
       <c r="D6" s="7"/>
       <c r="E6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="105" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
-        <v>1273</v>
+        <v>1254</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>786</v>
+        <v>774</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>1342</v>
+        <v>1321</v>
       </c>
       <c r="D7" s="7"/>
       <c r="E7" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
-        <v>1241</v>
+        <v>1222</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>609</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>592</v>
       </c>
       <c r="D8" s="7"/>
       <c r="E8" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
-        <v>1489</v>
+        <v>1453</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>794</v>
+        <v>782</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>793</v>
+        <v>781</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1490</v>
+        <v>1454</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>59</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="105" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
-        <v>1248</v>
+        <v>1229</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>619</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>1399</v>
+        <v>1545</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
-        <v>1381</v>
+        <v>1356</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>603</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
-        <v>1272</v>
+        <v>1253</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>604</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="8" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
-        <v>898</v>
+        <v>886</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>899</v>
+        <v>887</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="8" t="s">
         <v>194</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>195</v>
       </c>
       <c r="G13" s="1"/>
     </row>
     <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
-        <v>1393</v>
+        <v>1367</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>1392</v>
+        <v>1366</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>771</v>
+        <v>759</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="8" t="s">
         <v>572</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>573</v>
       </c>
       <c r="G14" s="1"/>
     </row>
     <row r="15" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
-        <v>1237</v>
+        <v>1220</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>1234</v>
+        <v>1217</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="8" t="s">
         <v>589</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>590</v>
       </c>
       <c r="G15" s="1"/>
     </row>
     <row r="16" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
-        <v>1221</v>
+        <v>1204</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>1222</v>
+        <v>1205</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>1396</v>
+        <v>1546</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>575</v>
       </c>
       <c r="G16" s="1"/>
     </row>
     <row r="17" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
-        <v>1394</v>
+        <v>1368</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>1225</v>
+        <v>1208</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>773</v>
+        <v>761</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="8" t="s">
         <v>578</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>579</v>
       </c>
       <c r="G17" s="1"/>
     </row>
     <row r="18" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>1261</v>
+        <v>1242</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="1"/>
     </row>
     <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>1150</v>
+        <v>1136</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>1471</v>
+        <v>1439</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="8" t="s">
         <v>487</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>488</v>
       </c>
       <c r="G19" s="1"/>
     </row>
     <row r="20" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>834</v>
+        <v>822</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>835</v>
+        <v>823</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>1345</v>
+        <v>1547</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="8" t="s">
         <v>118</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>119</v>
       </c>
       <c r="G20" s="1"/>
     </row>
     <row r="21" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
-        <v>1229</v>
+        <v>1212</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>1230</v>
+        <v>1213</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>1395</v>
+        <v>1369</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="8" t="s">
         <v>583</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>584</v>
       </c>
       <c r="G21" s="1"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
-        <v>1267</v>
+        <v>1248</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>789</v>
+        <v>777</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>1343</v>
+        <v>1322</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="8" t="s">
         <v>51</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>52</v>
       </c>
       <c r="G22" s="1"/>
     </row>
     <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>1223</v>
+        <v>1206</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>1224</v>
+        <v>1207</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>772</v>
+        <v>760</v>
       </c>
       <c r="D23" s="7"/>
       <c r="E23" s="8" t="s">
         <v>576</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>577</v>
       </c>
       <c r="G23" s="1"/>
     </row>
     <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
-        <v>1228</v>
+        <v>1211</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>1316</v>
+        <v>1296</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>1481</v>
+        <v>1446</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="8" t="s">
         <v>581</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>582</v>
       </c>
       <c r="G24" s="1"/>
     </row>
     <row r="25" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
-        <v>1226</v>
+        <v>1209</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>1227</v>
+        <v>1210</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>1476</v>
+        <v>1441</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="8" t="s">
         <v>580</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>1338</v>
+        <v>1318</v>
       </c>
       <c r="G25" s="1"/>
     </row>
     <row r="26" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
-        <v>1235</v>
+        <v>1218</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>1236</v>
+        <v>1219</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>1479</v>
+        <v>1444</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="8" t="s">
         <v>591</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>1339</v>
+        <v>1319</v>
       </c>
       <c r="G26" s="1"/>
     </row>
     <row r="27" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>1219</v>
+        <v>1202</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>1220</v>
+        <v>1203</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>770</v>
+        <v>758</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="8" t="s">
         <v>570</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>571</v>
       </c>
       <c r="G27" s="1"/>
     </row>
     <row r="28" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
-        <v>1486</v>
+        <v>1450</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>598</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>1541</v>
+        <v>1502</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>26</v>
       </c>
       <c r="G28" s="1"/>
     </row>
     <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>1417</v>
+        <v>1387</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>1233</v>
+        <v>1216</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>1483</v>
+        <v>757</v>
       </c>
       <c r="D29" s="7"/>
       <c r="E29" s="8" t="s">
         <v>587</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>588</v>
       </c>
       <c r="G29" s="1"/>
     </row>
     <row r="30" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
-        <v>1231</v>
+        <v>1214</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>1232</v>
+        <v>1215</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>1482</v>
+        <v>1447</v>
       </c>
       <c r="D30" s="7"/>
       <c r="E30" s="8" t="s">
         <v>585</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>586</v>
       </c>
       <c r="G30" s="1"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
-        <v>969</v>
+        <v>957</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>970</v>
+        <v>958</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="D31" s="7"/>
       <c r="E31" s="8" t="s">
         <v>273</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>274</v>
       </c>
       <c r="G31" s="1"/>
     </row>
     <row r="32" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
-        <v>1484</v>
+        <v>1448</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>606</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>1398</v>
+        <v>1371</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>1583</v>
+        <v>1539</v>
       </c>
       <c r="E32" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G32" s="1"/>
     </row>
     <row r="33" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
-        <v>1266</v>
+        <v>1247</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>790</v>
+        <v>778</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D33" s="7"/>
       <c r="E33" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>54</v>
       </c>
       <c r="G33" s="1"/>
     </row>
     <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
-        <v>1328</v>
+        <v>1308</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>806</v>
+        <v>794</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>807</v>
+        <v>795</v>
       </c>
       <c r="D34" s="7"/>
       <c r="E34" s="8" t="s">
         <v>85</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>86</v>
       </c>
       <c r="G34" s="1"/>
     </row>
     <row r="35" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>808</v>
+        <v>796</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>809</v>
+        <v>797</v>
       </c>
       <c r="D35" s="7"/>
       <c r="E35" s="8" t="s">
         <v>87</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>88</v>
       </c>
       <c r="G35" s="1"/>
     </row>
     <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
-        <v>1126</v>
+        <v>1540</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>1127</v>
+        <v>1113</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>737</v>
+        <v>728</v>
       </c>
       <c r="D36" s="7"/>
       <c r="E36" s="8" t="s">
         <v>463</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>464</v>
       </c>
       <c r="G36" s="1"/>
     </row>
     <row r="37" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
-        <v>888</v>
+        <v>876</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>887</v>
+        <v>875</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="D37" s="7"/>
       <c r="E37" s="8" t="s">
         <v>178</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>179</v>
       </c>
       <c r="G37" s="1"/>
     </row>
     <row r="38" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
-        <v>1477</v>
+        <v>1442</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>725</v>
+        <v>716</v>
       </c>
       <c r="D38" s="7"/>
       <c r="E38" s="8" t="s">
         <v>422</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>423</v>
       </c>
       <c r="G38" s="1"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
-        <v>906</v>
+        <v>894</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>1346</v>
+        <v>1324</v>
       </c>
       <c r="D39" s="7"/>
       <c r="E39" s="8" t="s">
         <v>202</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>203</v>
       </c>
       <c r="G39" s="1"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
-        <v>879</v>
+        <v>867</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>880</v>
+        <v>868</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D40" s="7"/>
       <c r="E40" s="8" t="s">
         <v>168</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>169</v>
       </c>
       <c r="G40" s="1"/>
     </row>
     <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
-        <v>881</v>
+        <v>869</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>882</v>
+        <v>870</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>1360</v>
+        <v>1563</v>
       </c>
       <c r="D41" s="7"/>
       <c r="E41" s="8" t="s">
         <v>170</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>171</v>
       </c>
       <c r="G41" s="1"/>
     </row>
     <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
-        <v>1507</v>
+        <v>1470</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>1508</v>
+        <v>1471</v>
       </c>
       <c r="E42" s="8" t="s">
         <v>188</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>189</v>
       </c>
       <c r="G42" s="1"/>
     </row>
     <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>1088</v>
+        <v>1075</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>723</v>
+        <v>714</v>
       </c>
       <c r="D43" s="7"/>
       <c r="E43" s="8" t="s">
         <v>418</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>419</v>
       </c>
       <c r="G43" s="1"/>
     </row>
     <row r="44" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
-        <v>836</v>
+        <v>824</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>837</v>
+        <v>825</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>633</v>
+        <v>1548</v>
       </c>
       <c r="D44" s="7"/>
       <c r="E44" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>121</v>
       </c>
       <c r="G44" s="1"/>
     </row>
     <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
-        <v>902</v>
+        <v>890</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="D45" s="7"/>
       <c r="E45" s="8" t="s">
         <v>198</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>199</v>
       </c>
       <c r="G45" s="1"/>
     </row>
     <row r="46" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
-        <v>1429</v>
+        <v>1399</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>1177</v>
+        <v>1160</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>754</v>
+        <v>742</v>
       </c>
       <c r="D46" s="7"/>
       <c r="E46" s="8" t="s">
         <v>517</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>518</v>
       </c>
       <c r="G46" s="1"/>
     </row>
-    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
-        <v>905</v>
+        <v>893</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1565</v>
+      </c>
+      <c r="D47" s="7"/>
       <c r="E47" s="8" t="s">
         <v>200</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>201</v>
       </c>
       <c r="G47" s="1"/>
     </row>
     <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
-        <v>911</v>
+        <v>899</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>912</v>
+        <v>900</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="D48" s="7"/>
       <c r="E48" s="8" t="s">
         <v>208</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>209</v>
       </c>
       <c r="G48" s="1"/>
     </row>
     <row r="49" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
-        <v>1513</v>
+        <v>1476</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>972</v>
+        <v>960</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>1516</v>
+        <v>1479</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>277</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>278</v>
       </c>
       <c r="G49" s="1"/>
     </row>
     <row r="50" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
-        <v>1514</v>
+        <v>1477</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>1515</v>
+        <v>1478</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>279</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>280</v>
       </c>
       <c r="G50" s="1"/>
     </row>
     <row r="51" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="D51" s="7"/>
       <c r="E51" s="8" t="s">
         <v>346</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>347</v>
       </c>
       <c r="G51" s="1"/>
     </row>
     <row r="52" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>1152</v>
+        <v>1138</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="D52" s="7"/>
       <c r="E52" s="8" t="s">
         <v>492</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>493</v>
       </c>
       <c r="G52" s="1"/>
     </row>
     <row r="53" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
-        <v>1216</v>
+        <v>1199</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>1405</v>
+        <v>1377</v>
       </c>
       <c r="D53" s="7"/>
       <c r="E53" s="8" t="s">
         <v>566</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>567</v>
       </c>
       <c r="G53" s="1"/>
     </row>
     <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
-        <v>1215</v>
+        <v>1198</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>1404</v>
+        <v>1376</v>
       </c>
       <c r="D54" s="7"/>
       <c r="E54" s="8" t="s">
         <v>568</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>569</v>
       </c>
       <c r="G54" s="1"/>
     </row>
     <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>953</v>
+        <v>941</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>1347</v>
+        <v>1325</v>
       </c>
       <c r="D55" s="7"/>
       <c r="E55" s="8" t="s">
         <v>252</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>253</v>
       </c>
       <c r="G55" s="1"/>
     </row>
     <row r="56" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
-        <v>913</v>
+        <v>901</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>914</v>
+        <v>902</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>1400</v>
+        <v>1372</v>
       </c>
       <c r="D56" s="7"/>
       <c r="E56" s="8" t="s">
         <v>210</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>211</v>
       </c>
       <c r="G56" s="1"/>
     </row>
     <row r="57" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>1555</v>
+        <v>1515</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>917</v>
+        <v>905</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="D57" s="7"/>
       <c r="E57" s="8" t="s">
         <v>214</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>215</v>
       </c>
       <c r="G57" s="1"/>
     </row>
     <row r="58" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
-        <v>916</v>
+        <v>904</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>915</v>
+        <v>903</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>1570</v>
+        <v>1529</v>
       </c>
       <c r="D58" s="7"/>
       <c r="E58" s="8" t="s">
         <v>212</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>213</v>
       </c>
       <c r="G58" s="1"/>
     </row>
     <row r="59" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>1013</v>
+        <v>1001</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="D59" s="7"/>
       <c r="E59" s="8" t="s">
         <v>332</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>333</v>
       </c>
       <c r="G59" s="1"/>
     </row>
     <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
-        <v>933</v>
+        <v>921</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="D60" s="7"/>
       <c r="E60" s="8" t="s">
         <v>232</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>233</v>
       </c>
       <c r="G60" s="1"/>
     </row>
     <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="D61" s="7"/>
       <c r="E61" s="8" t="s">
         <v>250</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>251</v>
       </c>
       <c r="G61" s="1"/>
     </row>
     <row r="62" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>947</v>
+        <v>935</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>671</v>
+        <v>1550</v>
       </c>
       <c r="D62" s="7"/>
       <c r="E62" s="8" t="s">
         <v>246</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>247</v>
       </c>
       <c r="G62" s="1"/>
     </row>
     <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>940</v>
+        <v>928</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>1556</v>
+        <v>1516</v>
       </c>
       <c r="D63" s="7"/>
       <c r="E63" s="8" t="s">
         <v>240</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>241</v>
       </c>
       <c r="G63" s="1"/>
     </row>
     <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
-        <v>1301</v>
+        <v>1281</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="D64" s="7"/>
       <c r="E64" s="8" t="s">
         <v>244</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>245</v>
       </c>
       <c r="G64" s="1"/>
     </row>
     <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>1452</v>
+        <v>1551</v>
       </c>
       <c r="D65" s="7"/>
       <c r="E65" s="8" t="s">
         <v>238</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>239</v>
       </c>
       <c r="G65" s="1"/>
     </row>
     <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>1283</v>
+        <v>1264</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>1282</v>
+        <v>1263</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>713</v>
+        <v>704</v>
       </c>
       <c r="D66" s="7"/>
       <c r="E66" s="8" t="s">
         <v>390</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>391</v>
       </c>
       <c r="G66" s="1"/>
     </row>
     <row r="67" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
-        <v>921</v>
+        <v>909</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>922</v>
+        <v>910</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="D67" s="7"/>
       <c r="E67" s="8" t="s">
         <v>220</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>221</v>
       </c>
       <c r="G67" s="1"/>
     </row>
     <row r="68" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
-        <v>1538</v>
+        <v>1500</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>1183</v>
+        <v>1166</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>759</v>
+        <v>747</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>1539</v>
+        <v>1501</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>529</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>530</v>
       </c>
       <c r="G68" s="1"/>
     </row>
     <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
-        <v>1240</v>
+        <v>1221</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>608</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>607</v>
       </c>
       <c r="D69" s="7"/>
       <c r="E69" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G69" s="1"/>
     </row>
     <row r="70" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
-        <v>1268</v>
+        <v>1249</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>615</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>1340</v>
+        <v>1320</v>
       </c>
       <c r="D70" s="7"/>
       <c r="E70" s="8" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="1"/>
     </row>
     <row r="71" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
-        <v>1212</v>
+        <v>1195</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>1211</v>
+        <v>1194</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>1552</v>
+        <v>1543</v>
       </c>
       <c r="D71" s="7"/>
       <c r="E71" s="8" t="s">
         <v>562</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>563</v>
       </c>
       <c r="G71" s="1"/>
     </row>
     <row r="72" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
-        <v>1420</v>
+        <v>1390</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>1191</v>
+        <v>1174</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>1391</v>
+        <v>1562</v>
       </c>
       <c r="D72" s="7"/>
       <c r="E72" s="8" t="s">
         <v>539</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>540</v>
       </c>
       <c r="G72" s="1"/>
     </row>
     <row r="73" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
-        <v>1421</v>
+        <v>1391</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>1192</v>
+        <v>1175</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>763</v>
+        <v>751</v>
       </c>
       <c r="D73" s="7"/>
       <c r="E73" s="8" t="s">
         <v>541</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>542</v>
       </c>
       <c r="G73" s="1"/>
     </row>
     <row r="74" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
-        <v>1511</v>
+        <v>1474</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>959</v>
+        <v>947</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>1512</v>
+        <v>1475</v>
       </c>
       <c r="E74" s="8" t="s">
         <v>264</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>265</v>
       </c>
       <c r="G74" s="1"/>
     </row>
     <row r="75" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
-        <v>1383</v>
+        <v>1358</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>963</v>
+        <v>951</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="D75" s="7"/>
       <c r="E75" s="8" t="s">
         <v>266</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>267</v>
       </c>
       <c r="G75" s="1"/>
     </row>
     <row r="76" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
-        <v>1292</v>
+        <v>1273</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>1182</v>
+        <v>1165</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>758</v>
+        <v>746</v>
       </c>
       <c r="D76" s="7"/>
       <c r="E76" s="8" t="s">
         <v>527</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>528</v>
       </c>
       <c r="G76" s="1"/>
     </row>
     <row r="77" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
-        <v>1579</v>
+        <v>1535</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>1036</v>
+        <v>1024</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>703</v>
+        <v>1552</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>1524</v>
+        <v>1486</v>
       </c>
       <c r="E77" s="8" t="s">
         <v>352</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>353</v>
       </c>
       <c r="G77" s="1"/>
     </row>
     <row r="78" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>704</v>
+        <v>695</v>
       </c>
       <c r="D78" s="7"/>
       <c r="E78" s="8" t="s">
         <v>354</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>355</v>
       </c>
       <c r="G78" s="1"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>810</v>
+        <v>798</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>1354</v>
+        <v>1332</v>
       </c>
       <c r="D79" s="7"/>
       <c r="E79" s="8" t="s">
         <v>89</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>90</v>
       </c>
       <c r="G79" s="1"/>
     </row>
     <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
-        <v>1384</v>
+        <v>1359</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>1401</v>
+        <v>1373</v>
       </c>
       <c r="D80" s="7"/>
       <c r="E80" s="8" t="s">
         <v>268</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>269</v>
       </c>
       <c r="G80" s="1"/>
     </row>
     <row r="81" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>966</v>
+        <v>954</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>1571</v>
+        <v>1530</v>
       </c>
       <c r="D81" s="7"/>
       <c r="E81" s="8" t="s">
         <v>270</v>
       </c>
       <c r="F81" s="7" t="s">
-        <v>1332</v>
+        <v>1312</v>
       </c>
       <c r="G81" s="1"/>
     </row>
     <row r="82" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
-        <v>1313</v>
+        <v>1293</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>1178</v>
+        <v>1161</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="D82" s="7"/>
       <c r="E82" s="8" t="s">
         <v>519</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>520</v>
       </c>
       <c r="G82" s="1"/>
     </row>
     <row r="83" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
-        <v>1548</v>
+        <v>1509</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>971</v>
+        <v>959</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>679</v>
+        <v>1542</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>1547</v>
+        <v>1508</v>
       </c>
       <c r="E83" s="8" t="s">
         <v>275</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>276</v>
       </c>
       <c r="G83" s="1"/>
     </row>
     <row r="84" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
-        <v>961</v>
+        <v>949</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>962</v>
+        <v>950</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>1363</v>
+        <v>1339</v>
       </c>
       <c r="D84" s="7"/>
       <c r="E84" s="8" t="s">
         <v>256</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>257</v>
       </c>
       <c r="G84" s="1"/>
     </row>
     <row r="85" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A85" s="8" t="s">
-        <v>1138</v>
+        <v>1124</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>1135</v>
+        <v>1121</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="D85" s="7"/>
       <c r="E85" s="8" t="s">
         <v>475</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>476</v>
       </c>
       <c r="G85" s="1"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="8" t="s">
-        <v>1052</v>
+        <v>1039</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>1053</v>
+        <v>1040</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>707</v>
+        <v>698</v>
       </c>
       <c r="D86" s="7"/>
       <c r="E86" s="8" t="s">
         <v>370</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>371</v>
       </c>
       <c r="G86" s="1"/>
     </row>
     <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
-        <v>1258</v>
+        <v>1239</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>1436</v>
+        <v>1406</v>
       </c>
       <c r="D87" s="7"/>
       <c r="E87" s="8" t="s">
         <v>77</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>78</v>
       </c>
       <c r="G87" s="1"/>
     </row>
     <row r="88" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
-        <v>1493</v>
+        <v>1456</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>1563</v>
+        <v>1523</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>1494</v>
+        <v>1457</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>92</v>
       </c>
       <c r="G88" s="1"/>
     </row>
     <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
-        <v>1256</v>
+        <v>1237</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>805</v>
+        <v>793</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="D89" s="7"/>
       <c r="E89" s="8" t="s">
         <v>81</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>82</v>
       </c>
       <c r="G89" s="1"/>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
-        <v>1252</v>
+        <v>1233</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D90" s="7"/>
       <c r="E90" s="8" t="s">
         <v>93</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>94</v>
       </c>
       <c r="G90" s="1"/>
     </row>
     <row r="91" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A91" s="8" t="s">
-        <v>1260</v>
+        <v>1241</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="D91" s="7"/>
       <c r="E91" s="8" t="s">
         <v>71</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>72</v>
       </c>
       <c r="G91" s="1"/>
     </row>
     <row r="92" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A92" s="8" t="s">
-        <v>1263</v>
+        <v>1244</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>796</v>
+        <v>784</v>
       </c>
       <c r="C92" s="7" t="s">
         <v>622</v>
       </c>
       <c r="D92" s="7"/>
       <c r="E92" s="8" t="s">
         <v>63</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>64</v>
       </c>
       <c r="G92" s="1"/>
     </row>
     <row r="93" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>820</v>
+        <v>808</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>1554</v>
+        <v>1514</v>
       </c>
       <c r="D93" s="7"/>
       <c r="E93" s="8" t="s">
         <v>101</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>102</v>
       </c>
       <c r="G93" s="1"/>
     </row>
     <row r="94" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>818</v>
+        <v>806</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="D94" s="7"/>
       <c r="E94" s="8" t="s">
         <v>99</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>100</v>
       </c>
       <c r="G94" s="1"/>
     </row>
     <row r="95" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
-        <v>1495</v>
+        <v>1458</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>1274</v>
+        <v>1255</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>631</v>
+        <v>1569</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>1496</v>
+        <v>1459</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>104</v>
       </c>
       <c r="G95" s="1"/>
     </row>
     <row r="96" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
-        <v>1497</v>
+        <v>1460</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>821</v>
+        <v>809</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>1568</v>
+        <v>1527</v>
       </c>
       <c r="D96" s="7" t="s">
-        <v>1498</v>
+        <v>1461</v>
       </c>
       <c r="E96" s="8" t="s">
         <v>105</v>
       </c>
       <c r="F96" s="7" t="s">
-        <v>1329</v>
+        <v>1309</v>
       </c>
       <c r="G96" s="1"/>
     </row>
     <row r="97" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
-        <v>1525</v>
+        <v>1487</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>1084</v>
+        <v>1071</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="D97" s="7" t="s">
-        <v>1526</v>
+        <v>1488</v>
       </c>
       <c r="E97" s="8" t="s">
         <v>412</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>413</v>
       </c>
       <c r="G97" s="1"/>
     </row>
     <row r="98" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="D98" s="7"/>
       <c r="E98" s="8" t="s">
         <v>140</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>141</v>
       </c>
       <c r="G98" s="1"/>
     </row>
     <row r="99" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A99" s="8" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>1276</v>
+        <v>1257</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="D99" s="7"/>
       <c r="E99" s="8" t="s">
         <v>122</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>123</v>
       </c>
       <c r="G99" s="1"/>
     </row>
     <row r="100" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A100" s="8" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>1356</v>
+        <v>1333</v>
       </c>
       <c r="D100" s="7"/>
       <c r="E100" s="8" t="s">
         <v>124</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>125</v>
       </c>
       <c r="G100" s="1"/>
     </row>
     <row r="101" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A101" s="8" t="s">
-        <v>842</v>
+        <v>830</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>841</v>
+        <v>829</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D101" s="7"/>
       <c r="E101" s="8" t="s">
         <v>126</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>127</v>
       </c>
       <c r="G101" s="1"/>
     </row>
     <row r="102" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A102" s="8" t="s">
-        <v>1499</v>
+        <v>1462</v>
       </c>
       <c r="B102" s="8" t="s">
-        <v>862</v>
+        <v>850</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>1357</v>
+        <v>1334</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
       <c r="E102" s="8" t="s">
         <v>148</v>
       </c>
       <c r="F102" s="7" t="s">
-        <v>1330</v>
+        <v>1310</v>
       </c>
       <c r="G102" s="1"/>
     </row>
     <row r="103" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A103" s="8" t="s">
-        <v>1098</v>
+        <v>1085</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>1099</v>
+        <v>1086</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>1573</v>
+        <v>1531</v>
       </c>
       <c r="D103" s="7"/>
       <c r="E103" s="8" t="s">
         <v>430</v>
       </c>
       <c r="F103" s="7" t="s">
-        <v>1334</v>
+        <v>1314</v>
       </c>
       <c r="G103" s="1"/>
     </row>
     <row r="104" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A104" s="8" t="s">
-        <v>863</v>
+        <v>851</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="D104" s="7"/>
       <c r="E104" s="8" t="s">
         <v>149</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>150</v>
       </c>
       <c r="G104" s="1"/>
     </row>
     <row r="105" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A105" s="8" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="B105" s="8" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>1371</v>
+        <v>1347</v>
       </c>
       <c r="D105" s="7"/>
       <c r="E105" s="8" t="s">
         <v>338</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>339</v>
       </c>
       <c r="G105" s="1"/>
     </row>
     <row r="106" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A106" s="8" t="s">
-        <v>1503</v>
+        <v>1466</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>872</v>
+        <v>860</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>1446</v>
+        <v>1415</v>
       </c>
       <c r="D106" s="7" t="s">
-        <v>1504</v>
+        <v>1467</v>
       </c>
       <c r="E106" s="8" t="s">
         <v>160</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>161</v>
       </c>
       <c r="G106" s="1"/>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="8" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="B107" s="8" t="s">
-        <v>1279</v>
+        <v>1260</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="D107" s="7"/>
       <c r="E107" s="8" t="s">
         <v>289</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>290</v>
       </c>
       <c r="G107" s="1"/>
     </row>
     <row r="108" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A108" s="8" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
       <c r="B108" s="8" t="s">
-        <v>931</v>
+        <v>919</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="D108" s="7"/>
       <c r="E108" s="8" t="s">
         <v>228</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>229</v>
       </c>
       <c r="G108" s="1"/>
     </row>
     <row r="109" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A109" s="8" t="s">
-        <v>1416</v>
+        <v>1386</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>990</v>
+        <v>978</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="D109" s="7"/>
       <c r="E109" s="8" t="s">
         <v>298</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>299</v>
       </c>
       <c r="G109" s="1"/>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="8" t="s">
-        <v>998</v>
+        <v>986</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>1003</v>
+        <v>991</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>1368</v>
+        <v>1344</v>
       </c>
       <c r="D110" s="7"/>
       <c r="E110" s="8" t="s">
         <v>312</v>
       </c>
       <c r="F110" s="7" t="s">
         <v>313</v>
       </c>
       <c r="G110" s="1"/>
     </row>
     <row r="111" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A111" s="8" t="s">
-        <v>1271</v>
+        <v>1252</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>782</v>
+        <v>770</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>600</v>
       </c>
       <c r="D111" s="7"/>
       <c r="E111" s="8" t="s">
         <v>39</v>
       </c>
       <c r="F111" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G111" s="1"/>
     </row>
     <row r="112" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A112" s="8" t="s">
-        <v>1255</v>
+        <v>1236</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>1275</v>
+        <v>1256</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>1353</v>
+        <v>1331</v>
       </c>
       <c r="D112" s="7"/>
       <c r="E112" s="8" t="s">
         <v>83</v>
       </c>
       <c r="F112" s="7" t="s">
         <v>84</v>
       </c>
       <c r="G112" s="1"/>
     </row>
     <row r="113" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A113" s="8" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="D113" s="7"/>
       <c r="E113" s="8" t="s">
         <v>320</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>321</v>
       </c>
       <c r="G113" s="1"/>
     </row>
     <row r="114" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A114" s="8" t="s">
-        <v>1105</v>
+        <v>1092</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>1106</v>
+        <v>1093</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>1407</v>
+        <v>1379</v>
       </c>
       <c r="D114" s="7"/>
       <c r="E114" s="8" t="s">
         <v>439</v>
       </c>
       <c r="F114" s="7" t="s">
         <v>440</v>
       </c>
       <c r="G114" s="1"/>
     </row>
     <row r="115" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A115" s="8" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>1287</v>
+        <v>1268</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>1350</v>
+        <v>1328</v>
       </c>
       <c r="D115" s="7"/>
       <c r="E115" s="8" t="s">
         <v>380</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>381</v>
       </c>
       <c r="G115" s="1"/>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="8" t="s">
-        <v>1089</v>
+        <v>1076</v>
       </c>
       <c r="B116" s="8" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>724</v>
+        <v>715</v>
       </c>
       <c r="D116" s="7"/>
       <c r="E116" s="8" t="s">
         <v>420</v>
       </c>
       <c r="F116" s="7" t="s">
         <v>421</v>
       </c>
       <c r="G116" s="1"/>
     </row>
     <row r="117" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A117" s="8" t="s">
-        <v>1062</v>
+        <v>1049</v>
       </c>
       <c r="B117" s="8" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>1377</v>
+        <v>1352</v>
       </c>
       <c r="D117" s="7"/>
       <c r="E117" s="8" t="s">
         <v>382</v>
       </c>
       <c r="F117" s="7" t="s">
         <v>383</v>
       </c>
       <c r="G117" s="1"/>
     </row>
     <row r="118" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A118" s="8" t="s">
-        <v>1023</v>
+        <v>1011</v>
       </c>
       <c r="B118" s="8" t="s">
-        <v>1021</v>
+        <v>1009</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="D118" s="7"/>
       <c r="E118" s="8" t="s">
         <v>334</v>
       </c>
       <c r="F118" s="7" t="s">
         <v>335</v>
       </c>
       <c r="G118" s="1"/>
     </row>
     <row r="119" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A119" s="8" t="s">
-        <v>1386</v>
+        <v>1361</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>1069</v>
+        <v>1056</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
       <c r="D119" s="7"/>
       <c r="E119" s="8" t="s">
         <v>392</v>
       </c>
       <c r="F119" s="7" t="s">
         <v>393</v>
       </c>
       <c r="G119" s="1"/>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="8" t="s">
-        <v>900</v>
+        <v>888</v>
       </c>
       <c r="B120" s="8" t="s">
-        <v>901</v>
+        <v>889</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="D120" s="7"/>
       <c r="E120" s="8" t="s">
         <v>196</v>
       </c>
       <c r="F120" s="7" t="s">
         <v>197</v>
       </c>
       <c r="G120" s="1"/>
     </row>
     <row r="121" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A121" s="8" t="s">
-        <v>1093</v>
+        <v>1080</v>
       </c>
       <c r="B121" s="8" t="s">
-        <v>1094</v>
+        <v>1081</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>726</v>
+        <v>717</v>
       </c>
       <c r="D121" s="7"/>
       <c r="E121" s="8" t="s">
         <v>424</v>
       </c>
       <c r="F121" s="7" t="s">
         <v>425</v>
       </c>
       <c r="G121" s="1"/>
     </row>
     <row r="122" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A122" s="8" t="s">
-        <v>1509</v>
+        <v>1472</v>
       </c>
       <c r="B122" s="8" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="D122" s="7" t="s">
-        <v>1510</v>
+        <v>1473</v>
       </c>
       <c r="E122" s="8" t="s">
         <v>230</v>
       </c>
       <c r="F122" s="7" t="s">
         <v>231</v>
       </c>
       <c r="G122" s="1"/>
     </row>
     <row r="123" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A123" s="8" t="s">
-        <v>1206</v>
+        <v>1189</v>
       </c>
       <c r="B123" s="8" t="s">
-        <v>1207</v>
+        <v>1190</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="D123" s="7"/>
       <c r="E123" s="8" t="s">
         <v>556</v>
       </c>
       <c r="F123" s="7" t="s">
         <v>557</v>
       </c>
       <c r="G123" s="1"/>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="8" t="s">
-        <v>1101</v>
+        <v>1088</v>
       </c>
       <c r="B124" s="8" t="s">
-        <v>1102</v>
+        <v>1089</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="D124" s="7"/>
       <c r="E124" s="8" t="s">
         <v>433</v>
       </c>
       <c r="F124" s="7" t="s">
         <v>434</v>
       </c>
       <c r="G124" s="1"/>
     </row>
     <row r="125" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A125" s="8" t="s">
-        <v>1015</v>
+        <v>1003</v>
       </c>
       <c r="B125" s="8" t="s">
-        <v>1012</v>
+        <v>1000</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>1370</v>
+        <v>1346</v>
       </c>
       <c r="D125" s="7"/>
       <c r="E125" s="8" t="s">
         <v>326</v>
       </c>
       <c r="F125" s="7" t="s">
         <v>327</v>
       </c>
       <c r="G125" s="1"/>
     </row>
     <row r="126" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A126" s="8" t="s">
-        <v>1373</v>
+        <v>1349</v>
       </c>
       <c r="B126" s="8" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="D126" s="7"/>
       <c r="E126" s="8" t="s">
         <v>342</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>343</v>
       </c>
       <c r="G126" s="1"/>
     </row>
     <row r="127" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A127" s="8" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="B127" s="8" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>699</v>
+        <v>1570</v>
       </c>
       <c r="D127" s="7"/>
       <c r="E127" s="8" t="s">
         <v>344</v>
       </c>
       <c r="F127" s="7" t="s">
         <v>345</v>
       </c>
       <c r="G127" s="1"/>
     </row>
     <row r="128" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A128" s="8" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
       <c r="B128" s="8" t="s">
-        <v>1042</v>
+        <v>1029</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>705</v>
+        <v>696</v>
       </c>
       <c r="D128" s="7"/>
       <c r="E128" s="8" t="s">
         <v>358</v>
       </c>
       <c r="F128" s="7" t="s">
         <v>359</v>
       </c>
       <c r="G128" s="1"/>
     </row>
     <row r="129" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A129" s="8" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="B129" s="8" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="D129" s="7"/>
       <c r="E129" s="8" t="s">
         <v>330</v>
       </c>
       <c r="F129" s="7" t="s">
         <v>331</v>
       </c>
       <c r="G129" s="1"/>
     </row>
     <row r="130" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A130" s="8" t="s">
-        <v>1251</v>
+        <v>1232</v>
       </c>
       <c r="B130" s="8" t="s">
-        <v>784</v>
+        <v>772</v>
       </c>
       <c r="C130" s="4" t="s">
         <v>599</v>
       </c>
       <c r="D130" s="7"/>
       <c r="E130" s="8" t="s">
         <v>33</v>
       </c>
       <c r="F130" s="7" t="s">
         <v>34</v>
       </c>
       <c r="G130" s="1"/>
     </row>
-    <row r="131" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A131" s="8" t="s">
-        <v>1562</v>
+        <v>1522</v>
       </c>
       <c r="B131" s="8" t="s">
-        <v>1103</v>
+        <v>1090</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>1551</v>
-[...1 lines deleted...]
-      <c r="D131" s="7"/>
+        <v>1512</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>1576</v>
+      </c>
       <c r="E131" s="8" t="s">
         <v>435</v>
       </c>
       <c r="F131" s="7" t="s">
         <v>436</v>
       </c>
       <c r="G131" s="1"/>
     </row>
     <row r="132" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A132" s="8" t="s">
-        <v>908</v>
+        <v>896</v>
       </c>
       <c r="B132" s="8" t="s">
-        <v>909</v>
+        <v>897</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>1451</v>
+        <v>1420</v>
       </c>
       <c r="D132" s="7"/>
       <c r="E132" s="8" t="s">
         <v>204</v>
       </c>
       <c r="F132" s="7" t="s">
         <v>205</v>
       </c>
       <c r="G132" s="1"/>
     </row>
     <row r="133" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A133" s="8" t="s">
-        <v>865</v>
+        <v>853</v>
       </c>
       <c r="B133" s="8" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>1406</v>
+        <v>1378</v>
       </c>
       <c r="D133" s="7"/>
       <c r="E133" s="8" t="s">
         <v>151</v>
       </c>
       <c r="F133" s="7" t="s">
         <v>152</v>
       </c>
       <c r="G133" s="1"/>
     </row>
     <row r="134" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A134" s="8" t="s">
-        <v>1202</v>
+        <v>1185</v>
       </c>
       <c r="B134" s="8" t="s">
-        <v>1203</v>
+        <v>1186</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>1402</v>
+        <v>1374</v>
       </c>
       <c r="D134" s="7"/>
       <c r="E134" s="8" t="s">
         <v>552</v>
       </c>
       <c r="F134" s="7" t="s">
         <v>553</v>
       </c>
       <c r="G134" s="1"/>
     </row>
     <row r="135" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A135" s="8" t="s">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="B135" s="8" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>1375</v>
+        <v>1350</v>
       </c>
       <c r="D135" s="7"/>
       <c r="E135" s="8" t="s">
         <v>146</v>
       </c>
       <c r="F135" s="7" t="s">
         <v>147</v>
       </c>
       <c r="G135" s="1"/>
     </row>
     <row r="136" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A136" s="8" t="s">
-        <v>1277</v>
+        <v>1258</v>
       </c>
       <c r="B136" s="8" t="s">
-        <v>850</v>
+        <v>838</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>1443</v>
+        <v>1412</v>
       </c>
       <c r="D136" s="7"/>
       <c r="E136" s="8" t="s">
         <v>134</v>
       </c>
       <c r="F136" s="7" t="s">
         <v>135</v>
       </c>
       <c r="G136" s="1"/>
     </row>
     <row r="137" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A137" s="8" t="s">
-        <v>849</v>
+        <v>837</v>
       </c>
       <c r="B137" s="8" t="s">
-        <v>853</v>
+        <v>841</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>1445</v>
+        <v>1414</v>
       </c>
       <c r="D137" s="7"/>
       <c r="E137" s="8" t="s">
         <v>138</v>
       </c>
       <c r="F137" s="7" t="s">
         <v>139</v>
       </c>
       <c r="G137" s="1"/>
     </row>
     <row r="138" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A138" s="8" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B138" s="8" t="s">
-        <v>852</v>
+        <v>840</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>1444</v>
+        <v>1413</v>
       </c>
       <c r="D138" s="7"/>
       <c r="E138" s="8" t="s">
         <v>136</v>
       </c>
       <c r="F138" s="7" t="s">
         <v>137</v>
       </c>
       <c r="G138" s="1"/>
     </row>
     <row r="139" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A139" s="8" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="B139" s="8" t="s">
-        <v>884</v>
+        <v>872</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="D139" s="7"/>
       <c r="E139" s="8" t="s">
         <v>172</v>
       </c>
       <c r="F139" s="7" t="s">
         <v>173</v>
       </c>
       <c r="G139" s="1"/>
     </row>
     <row r="140" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A140" s="8" t="s">
-        <v>995</v>
+        <v>983</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>1000</v>
+        <v>988</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>1457</v>
+        <v>1425</v>
       </c>
       <c r="D140" s="7"/>
       <c r="E140" s="8" t="s">
         <v>306</v>
       </c>
       <c r="F140" s="7" t="s">
         <v>307</v>
       </c>
       <c r="G140" s="1"/>
     </row>
     <row r="141" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A141" s="8" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>1278</v>
+        <v>1259</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>1450</v>
+        <v>1419</v>
       </c>
       <c r="D141" s="7"/>
       <c r="E141" s="8" t="s">
         <v>176</v>
       </c>
       <c r="F141" s="7" t="s">
         <v>177</v>
       </c>
       <c r="G141" s="1"/>
     </row>
     <row r="142" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A142" s="8" t="s">
-        <v>1423</v>
+        <v>1393</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>885</v>
+        <v>873</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>1447</v>
+        <v>1416</v>
       </c>
       <c r="D142" s="7"/>
       <c r="E142" s="8" t="s">
         <v>174</v>
       </c>
       <c r="F142" s="7" t="s">
         <v>175</v>
       </c>
       <c r="G142" s="1"/>
     </row>
     <row r="143" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A143" s="8" t="s">
-        <v>997</v>
+        <v>985</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>1002</v>
+        <v>990</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>1459</v>
+        <v>1427</v>
       </c>
       <c r="D143" s="7"/>
       <c r="E143" s="8" t="s">
         <v>310</v>
       </c>
       <c r="F143" s="7" t="s">
         <v>311</v>
       </c>
       <c r="G143" s="1"/>
     </row>
     <row r="144" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A144" s="8" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
       <c r="B144" s="8" t="s">
-        <v>1001</v>
+        <v>989</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>1458</v>
+        <v>1426</v>
       </c>
       <c r="D144" s="7"/>
       <c r="E144" s="8" t="s">
         <v>308</v>
       </c>
       <c r="F144" s="7" t="s">
         <v>309</v>
       </c>
       <c r="G144" s="1"/>
     </row>
     <row r="145" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A145" s="8" t="s">
-        <v>1189</v>
+        <v>1172</v>
       </c>
       <c r="B145" s="8" t="s">
-        <v>1185</v>
+        <v>1168</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>760</v>
+        <v>748</v>
       </c>
       <c r="D145" s="7"/>
       <c r="E145" s="8" t="s">
         <v>533</v>
       </c>
       <c r="F145" s="7" t="s">
         <v>534</v>
       </c>
       <c r="G145" s="1"/>
     </row>
     <row r="146" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A146" s="8" t="s">
-        <v>1137</v>
+        <v>1123</v>
       </c>
       <c r="B146" s="8" t="s">
-        <v>1134</v>
+        <v>1120</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>739</v>
+        <v>730</v>
       </c>
       <c r="D146" s="7"/>
       <c r="E146" s="8" t="s">
         <v>473</v>
       </c>
       <c r="F146" s="7" t="s">
         <v>474</v>
       </c>
       <c r="G146" s="1"/>
     </row>
     <row r="147" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A147" s="8" t="s">
-        <v>843</v>
+        <v>831</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>844</v>
+        <v>832</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D147" s="7"/>
       <c r="E147" s="8" t="s">
         <v>128</v>
       </c>
       <c r="F147" s="7" t="s">
         <v>129</v>
       </c>
       <c r="G147" s="1"/>
     </row>
     <row r="148" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A148" s="8" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>848</v>
+        <v>836</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>1442</v>
+        <v>1411</v>
       </c>
       <c r="D148" s="7"/>
       <c r="E148" s="8" t="s">
         <v>132</v>
       </c>
       <c r="F148" s="7" t="s">
         <v>133</v>
       </c>
       <c r="G148" s="1"/>
     </row>
     <row r="149" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A149" s="8" t="s">
-        <v>845</v>
+        <v>833</v>
       </c>
       <c r="B149" s="8" t="s">
-        <v>846</v>
+        <v>834</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>1441</v>
+        <v>1410</v>
       </c>
       <c r="D149" s="7"/>
       <c r="E149" s="8" t="s">
         <v>130</v>
       </c>
       <c r="F149" s="7" t="s">
         <v>131</v>
       </c>
       <c r="G149" s="1"/>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A150" s="8" t="s">
-        <v>1246</v>
+        <v>1227</v>
       </c>
       <c r="B150" s="8" t="s">
         <v>617</v>
       </c>
       <c r="C150" s="4" t="s">
         <v>595</v>
       </c>
       <c r="D150" s="7"/>
       <c r="E150" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F150" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G150" s="1"/>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A151" s="8" t="s">
-        <v>1245</v>
+        <v>1226</v>
       </c>
       <c r="B151" s="8" t="s">
         <v>616</v>
       </c>
       <c r="C151" s="4" t="s">
         <v>594</v>
       </c>
       <c r="D151" s="7"/>
       <c r="E151" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="7" t="s">
         <v>16</v>
       </c>
       <c r="G151" s="1"/>
     </row>
     <row r="152" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A152" s="8" t="s">
-        <v>1531</v>
+        <v>1493</v>
       </c>
       <c r="B152" s="8" t="s">
-        <v>1132</v>
+        <v>1118</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>1470</v>
+        <v>1438</v>
       </c>
       <c r="D152" s="7" t="s">
-        <v>1532</v>
+        <v>1494</v>
       </c>
       <c r="E152" s="8" t="s">
         <v>469</v>
       </c>
       <c r="F152" s="7" t="s">
         <v>470</v>
       </c>
       <c r="G152" s="1"/>
     </row>
     <row r="153" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A153" s="8" t="s">
-        <v>1257</v>
+        <v>1238</v>
       </c>
       <c r="B153" s="8" t="s">
-        <v>804</v>
+        <v>792</v>
       </c>
       <c r="C153" s="7" t="s">
-        <v>1408</v>
+        <v>1380</v>
       </c>
       <c r="D153" s="7"/>
       <c r="E153" s="8" t="s">
         <v>79</v>
       </c>
       <c r="F153" s="7" t="s">
         <v>80</v>
       </c>
       <c r="G153" s="1"/>
     </row>
     <row r="154" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A154" s="8" t="s">
-        <v>1046</v>
+        <v>1033</v>
       </c>
       <c r="B154" s="8" t="s">
-        <v>1047</v>
+        <v>1034</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>1461</v>
+        <v>1429</v>
       </c>
       <c r="D154" s="7"/>
       <c r="E154" s="8" t="s">
         <v>364</v>
       </c>
       <c r="F154" s="7" t="s">
         <v>365</v>
       </c>
       <c r="G154" s="1"/>
     </row>
     <row r="155" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A155" s="8" t="s">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>1049</v>
+        <v>1036</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>706</v>
+        <v>697</v>
       </c>
       <c r="D155" s="7"/>
       <c r="E155" s="8" t="s">
         <v>366</v>
       </c>
       <c r="F155" s="7" t="s">
         <v>367</v>
       </c>
       <c r="G155" s="1"/>
     </row>
     <row r="156" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A156" s="8" t="s">
-        <v>919</v>
+        <v>907</v>
       </c>
       <c r="B156" s="8" t="s">
-        <v>920</v>
+        <v>908</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="D156" s="7"/>
       <c r="E156" s="8" t="s">
         <v>218</v>
       </c>
       <c r="F156" s="7" t="s">
         <v>219</v>
       </c>
       <c r="G156" s="1"/>
     </row>
     <row r="157" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A157" s="8" t="s">
-        <v>1519</v>
+        <v>1482</v>
       </c>
       <c r="B157" s="8" t="s">
-        <v>1281</v>
+        <v>1262</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="D157" s="7" t="s">
-        <v>1520</v>
+        <v>1483</v>
       </c>
       <c r="E157" s="8" t="s">
         <v>318</v>
       </c>
       <c r="F157" s="7" t="s">
         <v>319</v>
       </c>
       <c r="G157" s="1"/>
     </row>
     <row r="158" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A158" s="8" t="s">
-        <v>1379</v>
+        <v>1354</v>
       </c>
       <c r="B158" s="8" t="s">
-        <v>1056</v>
+        <v>1043</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="D158" s="7"/>
       <c r="E158" s="8" t="s">
         <v>374</v>
       </c>
       <c r="F158" s="7" t="s">
         <v>375</v>
       </c>
       <c r="G158" s="1"/>
     </row>
     <row r="159" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A159" s="8" t="s">
-        <v>1378</v>
+        <v>1353</v>
       </c>
       <c r="B159" s="8" t="s">
-        <v>1064</v>
+        <v>1051</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>711</v>
+        <v>702</v>
       </c>
       <c r="D159" s="7"/>
       <c r="E159" s="8" t="s">
         <v>384</v>
       </c>
       <c r="F159" s="7" t="s">
         <v>385</v>
       </c>
       <c r="G159" s="1"/>
     </row>
     <row r="160" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A160" s="8" t="s">
-        <v>967</v>
+        <v>955</v>
       </c>
       <c r="B160" s="8" t="s">
-        <v>968</v>
+        <v>956</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="D160" s="7"/>
       <c r="E160" s="8" t="s">
         <v>271</v>
       </c>
       <c r="F160" s="7" t="s">
         <v>272</v>
       </c>
       <c r="G160" s="1"/>
     </row>
-    <row r="161" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A161" s="8" t="s">
-        <v>1153</v>
+        <v>1139</v>
       </c>
       <c r="B161" s="8" t="s">
-        <v>1146</v>
+        <v>1132</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="D161" s="7"/>
       <c r="E161" s="8" t="s">
         <v>489</v>
       </c>
       <c r="F161" s="7" t="s">
-        <v>1335</v>
+        <v>1315</v>
       </c>
       <c r="G161" s="1"/>
     </row>
     <row r="162" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A162" s="8" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="B162" s="8" t="s">
-        <v>958</v>
+        <v>946</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>1365</v>
+        <v>1341</v>
       </c>
       <c r="D162" s="7"/>
       <c r="E162" s="8" t="s">
         <v>262</v>
       </c>
       <c r="F162" s="7" t="s">
         <v>263</v>
       </c>
       <c r="G162" s="1"/>
     </row>
     <row r="163" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A163" s="8" t="s">
-        <v>1114</v>
+        <v>1101</v>
       </c>
       <c r="B163" s="8" t="s">
-        <v>1388</v>
+        <v>1363</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>734</v>
+        <v>725</v>
       </c>
       <c r="D163" s="7"/>
       <c r="E163" s="8" t="s">
         <v>449</v>
       </c>
       <c r="F163" s="7" t="s">
         <v>450</v>
       </c>
       <c r="G163" s="1"/>
     </row>
     <row r="164" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A164" s="8" t="s">
-        <v>875</v>
+        <v>863</v>
       </c>
       <c r="B164" s="8" t="s">
-        <v>876</v>
+        <v>864</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>1359</v>
+        <v>1336</v>
       </c>
       <c r="D164" s="7"/>
       <c r="E164" s="8" t="s">
         <v>164</v>
       </c>
       <c r="F164" s="7" t="s">
         <v>165</v>
       </c>
       <c r="G164" s="1"/>
     </row>
     <row r="165" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A165" s="8" t="s">
-        <v>1387</v>
+        <v>1362</v>
       </c>
       <c r="B165" s="8" t="s">
-        <v>1100</v>
+        <v>1087</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>1465</v>
+        <v>1433</v>
       </c>
       <c r="D165" s="7"/>
       <c r="E165" s="8" t="s">
         <v>431</v>
       </c>
       <c r="F165" s="7" t="s">
         <v>432</v>
       </c>
       <c r="G165" s="1"/>
     </row>
     <row r="166" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A166" s="8" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
       <c r="B166" s="8" t="s">
-        <v>978</v>
+        <v>966</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>1366</v>
+        <v>1342</v>
       </c>
       <c r="D166" s="7"/>
       <c r="E166" s="8" t="s">
         <v>287</v>
       </c>
       <c r="F166" s="7" t="s">
         <v>288</v>
       </c>
       <c r="G166" s="1"/>
     </row>
     <row r="167" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A167" s="8" t="s">
-        <v>1412</v>
+        <v>1384</v>
       </c>
       <c r="B167" s="8" t="s">
-        <v>1077</v>
+        <v>1064</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>1559</v>
+        <v>1519</v>
       </c>
       <c r="D167" s="7"/>
       <c r="E167" s="8" t="s">
         <v>404</v>
       </c>
       <c r="F167" s="7" t="s">
         <v>405</v>
       </c>
       <c r="G167" s="1"/>
     </row>
     <row r="168" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A168" s="8" t="s">
-        <v>1158</v>
+        <v>1144</v>
       </c>
       <c r="B168" s="8" t="s">
-        <v>1157</v>
+        <v>1143</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>1351</v>
+        <v>1329</v>
       </c>
       <c r="D168" s="7"/>
       <c r="E168" s="8" t="s">
         <v>496</v>
       </c>
       <c r="F168" s="7" t="s">
         <v>497</v>
       </c>
       <c r="G168" s="1"/>
     </row>
     <row r="169" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A169" s="8" t="s">
-        <v>1380</v>
+        <v>1355</v>
       </c>
       <c r="B169" s="8" t="s">
-        <v>785</v>
+        <v>773</v>
       </c>
       <c r="C169" s="4" t="s">
         <v>602</v>
       </c>
       <c r="D169" s="7"/>
       <c r="E169" s="8" t="s">
         <v>43</v>
       </c>
       <c r="F169" s="7" t="s">
         <v>44</v>
       </c>
       <c r="G169" s="1"/>
     </row>
     <row r="170" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A170" s="8" t="s">
-        <v>1527</v>
+        <v>1489</v>
       </c>
       <c r="B170" s="8" t="s">
-        <v>1085</v>
+        <v>1072</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>721</v>
+        <v>712</v>
       </c>
       <c r="D170" s="7" t="s">
-        <v>1528</v>
+        <v>1490</v>
       </c>
       <c r="E170" s="8" t="s">
         <v>414</v>
       </c>
       <c r="F170" s="7" t="s">
         <v>415</v>
       </c>
       <c r="G170" s="1"/>
     </row>
     <row r="171" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A171" s="8" t="s">
-        <v>1086</v>
+        <v>1073</v>
       </c>
       <c r="B171" s="8" t="s">
-        <v>1087</v>
+        <v>1074</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>722</v>
+        <v>713</v>
       </c>
       <c r="D171" s="7"/>
       <c r="E171" s="8" t="s">
         <v>416</v>
       </c>
       <c r="F171" s="7" t="s">
         <v>417</v>
       </c>
       <c r="G171" s="1"/>
     </row>
     <row r="172" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A172" s="8" t="s">
-        <v>1284</v>
+        <v>1265</v>
       </c>
       <c r="B172" s="8" t="s">
-        <v>1095</v>
+        <v>1082</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>727</v>
+        <v>718</v>
       </c>
       <c r="D172" s="7"/>
       <c r="E172" s="8" t="s">
         <v>426</v>
       </c>
       <c r="F172" s="7" t="s">
         <v>427</v>
       </c>
       <c r="G172" s="1"/>
     </row>
     <row r="173" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A173" s="8" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="B173" s="8" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="D173" s="7"/>
       <c r="E173" s="8" t="s">
         <v>350</v>
       </c>
       <c r="F173" s="7" t="s">
         <v>351</v>
       </c>
       <c r="G173" s="1"/>
     </row>
     <row r="174" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A174" s="8" t="s">
-        <v>1120</v>
+        <v>1107</v>
       </c>
       <c r="B174" s="8" t="s">
-        <v>1121</v>
+        <v>1108</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
       <c r="D174" s="7"/>
       <c r="E174" s="8" t="s">
         <v>455</v>
       </c>
       <c r="F174" s="7" t="s">
         <v>456</v>
       </c>
       <c r="G174" s="1"/>
     </row>
     <row r="175" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A175" s="8" t="s">
-        <v>1533</v>
+        <v>1495</v>
       </c>
       <c r="B175" s="8" t="s">
-        <v>1133</v>
+        <v>1119</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>1469</v>
+        <v>1437</v>
       </c>
       <c r="D175" s="7" t="s">
-        <v>1532</v>
+        <v>1494</v>
       </c>
       <c r="E175" s="8" t="s">
         <v>471</v>
       </c>
       <c r="F175" s="7" t="s">
         <v>472</v>
       </c>
       <c r="G175" s="1"/>
     </row>
     <row r="176" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A176" s="8" t="s">
-        <v>1385</v>
+        <v>1360</v>
       </c>
       <c r="B176" s="8" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="D176" s="7"/>
       <c r="E176" s="8" t="s">
         <v>362</v>
       </c>
       <c r="F176" s="7" t="s">
         <v>363</v>
       </c>
       <c r="G176" s="1"/>
     </row>
     <row r="177" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A177" s="8" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="B177" s="8" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>1453</v>
+        <v>1421</v>
       </c>
       <c r="D177" s="7"/>
       <c r="E177" s="8" t="s">
         <v>248</v>
       </c>
       <c r="F177" s="7" t="s">
         <v>249</v>
       </c>
       <c r="G177" s="1"/>
     </row>
     <row r="178" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A178" s="8" t="s">
-        <v>1430</v>
+        <v>1400</v>
       </c>
       <c r="B178" s="8" t="s">
-        <v>1076</v>
+        <v>1063</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="D178" s="7"/>
       <c r="E178" s="8" t="s">
         <v>402</v>
       </c>
       <c r="F178" s="7" t="s">
         <v>403</v>
       </c>
       <c r="G178" s="1"/>
     </row>
     <row r="179" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A179" s="8" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="B179" s="8" t="s">
-        <v>1201</v>
+        <v>1184</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>766</v>
+        <v>754</v>
       </c>
       <c r="D179" s="7"/>
       <c r="E179" s="8" t="s">
         <v>550</v>
       </c>
       <c r="F179" s="7" t="s">
         <v>551</v>
       </c>
       <c r="G179" s="1"/>
     </row>
     <row r="180" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A180" s="8" t="s">
-        <v>1198</v>
+        <v>1181</v>
       </c>
       <c r="B180" s="8" t="s">
-        <v>1199</v>
+        <v>1182</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>1577</v>
+        <v>1558</v>
       </c>
       <c r="D180" s="7"/>
       <c r="E180" s="8" t="s">
         <v>549</v>
       </c>
       <c r="F180" s="7" t="s">
-        <v>1337</v>
+        <v>1317</v>
       </c>
       <c r="G180" s="1"/>
     </row>
     <row r="181" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A181" s="8" t="s">
-        <v>1521</v>
+        <v>1484</v>
       </c>
       <c r="B181" s="8" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="D181" s="7" t="s">
-        <v>1522</v>
+        <v>1485</v>
       </c>
       <c r="E181" s="8" t="s">
         <v>348</v>
       </c>
       <c r="F181" s="7" t="s">
         <v>349</v>
       </c>
       <c r="G181" s="1"/>
     </row>
     <row r="182" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A182" s="8" t="s">
-        <v>1269</v>
+        <v>1250</v>
       </c>
       <c r="B182" s="8" t="s">
-        <v>779</v>
+        <v>767</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>1434</v>
+        <v>1404</v>
       </c>
       <c r="D182" s="7"/>
       <c r="E182" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F182" s="7" t="s">
         <v>36</v>
       </c>
       <c r="G182" s="1"/>
     </row>
     <row r="183" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A183" s="8" t="s">
-        <v>1270</v>
+        <v>1251</v>
       </c>
       <c r="B183" s="8" t="s">
-        <v>781</v>
+        <v>769</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="D183" s="7"/>
       <c r="E183" s="8" t="s">
         <v>37</v>
       </c>
       <c r="F183" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G183" s="1"/>
     </row>
     <row r="184" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A184" s="8" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B184" s="8" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>1569</v>
+        <v>1528</v>
       </c>
       <c r="D184" s="7"/>
       <c r="E184" s="8" t="s">
         <v>142</v>
       </c>
       <c r="F184" s="7" t="s">
         <v>143</v>
       </c>
       <c r="G184" s="1"/>
     </row>
     <row r="185" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A185" s="8" t="s">
-        <v>988</v>
+        <v>976</v>
       </c>
       <c r="B185" s="8" t="s">
-        <v>989</v>
+        <v>977</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="D185" s="7"/>
       <c r="E185" s="8" t="s">
         <v>296</v>
       </c>
       <c r="F185" s="7" t="s">
         <v>297</v>
       </c>
       <c r="G185" s="1"/>
     </row>
     <row r="186" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A186" s="8" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="B186" s="8" t="s">
-        <v>1051</v>
+        <v>1038</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>1550</v>
+        <v>1511</v>
       </c>
       <c r="D186" s="7"/>
       <c r="E186" s="8" t="s">
         <v>368</v>
       </c>
       <c r="F186" s="7" t="s">
         <v>369</v>
       </c>
       <c r="G186" s="1"/>
     </row>
     <row r="187" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A187" s="8" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
       <c r="B187" s="8" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="D187" s="7"/>
       <c r="E187" s="8" t="s">
         <v>314</v>
       </c>
       <c r="F187" s="7" t="s">
         <v>315</v>
       </c>
       <c r="G187" s="1"/>
     </row>
     <row r="188" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A188" s="8" t="s">
-        <v>1145</v>
+        <v>1131</v>
       </c>
       <c r="B188" s="8" t="s">
-        <v>1141</v>
+        <v>1127</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>741</v>
+        <v>732</v>
       </c>
       <c r="D188" s="7"/>
       <c r="E188" s="8" t="s">
         <v>479</v>
       </c>
       <c r="F188" s="7" t="s">
         <v>480</v>
       </c>
       <c r="G188" s="1"/>
     </row>
     <row r="189" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A189" s="8" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="B189" s="8" t="s">
-        <v>1117</v>
+        <v>1104</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>1348</v>
+        <v>1326</v>
       </c>
       <c r="D189" s="7"/>
       <c r="E189" s="8" t="s">
         <v>451</v>
       </c>
       <c r="F189" s="7" t="s">
         <v>452</v>
       </c>
       <c r="G189" s="1"/>
     </row>
     <row r="190" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A190" s="8" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B190" s="8" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>1344</v>
+        <v>1323</v>
       </c>
       <c r="D190" s="7"/>
       <c r="E190" s="8" t="s">
         <v>95</v>
       </c>
       <c r="F190" s="7" t="s">
         <v>96</v>
       </c>
       <c r="G190" s="1"/>
     </row>
     <row r="191" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A191" s="8" t="s">
-        <v>1122</v>
+        <v>1109</v>
       </c>
       <c r="B191" s="8" t="s">
-        <v>1123</v>
+        <v>1110</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>1467</v>
+        <v>1435</v>
       </c>
       <c r="D191" s="7"/>
       <c r="E191" s="8" t="s">
         <v>457</v>
       </c>
       <c r="F191" s="7" t="s">
         <v>458</v>
       </c>
       <c r="G191" s="1"/>
     </row>
     <row r="192" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A192" s="8" t="s">
-        <v>1290</v>
+        <v>1271</v>
       </c>
       <c r="B192" s="8" t="s">
-        <v>1289</v>
+        <v>1270</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="D192" s="7"/>
       <c r="E192" s="8" t="s">
         <v>459</v>
       </c>
       <c r="F192" s="7" t="s">
         <v>460</v>
       </c>
       <c r="G192" s="1"/>
     </row>
     <row r="193" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A193" s="8" t="s">
-        <v>1140</v>
+        <v>1126</v>
       </c>
       <c r="B193" s="8" t="s">
-        <v>1136</v>
+        <v>1122</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>1139</v>
+        <v>1125</v>
       </c>
       <c r="D193" s="7"/>
       <c r="E193" s="8" t="s">
         <v>477</v>
       </c>
       <c r="F193" s="7" t="s">
         <v>478</v>
       </c>
       <c r="G193" s="1"/>
     </row>
     <row r="194" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A194" s="8" t="s">
-        <v>896</v>
+        <v>884</v>
       </c>
       <c r="B194" s="8" t="s">
-        <v>897</v>
+        <v>885</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="D194" s="7"/>
       <c r="E194" s="8" t="s">
         <v>192</v>
       </c>
       <c r="F194" s="7" t="s">
         <v>193</v>
       </c>
       <c r="G194" s="1"/>
     </row>
     <row r="195" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A195" s="8" t="s">
-        <v>1300</v>
+        <v>1280</v>
       </c>
       <c r="B195" s="8" t="s">
-        <v>910</v>
+        <v>898</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>1448</v>
+        <v>1417</v>
       </c>
       <c r="D195" s="7"/>
       <c r="E195" s="8" t="s">
         <v>206</v>
       </c>
       <c r="F195" s="7" t="s">
         <v>207</v>
       </c>
       <c r="G195" s="1"/>
     </row>
     <row r="196" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A196" s="8" t="s">
-        <v>1110</v>
+        <v>1097</v>
       </c>
       <c r="B196" s="8" t="s">
-        <v>1109</v>
+        <v>1096</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>731</v>
+        <v>722</v>
       </c>
       <c r="D196" s="7"/>
       <c r="E196" s="8" t="s">
         <v>443</v>
       </c>
       <c r="F196" s="7" t="s">
         <v>444</v>
       </c>
       <c r="G196" s="1"/>
     </row>
     <row r="197" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A197" s="8" t="s">
-        <v>1107</v>
+        <v>1094</v>
       </c>
       <c r="B197" s="8" t="s">
-        <v>1108</v>
+        <v>1095</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>730</v>
+        <v>721</v>
       </c>
       <c r="D197" s="7"/>
       <c r="E197" s="8" t="s">
         <v>441</v>
       </c>
       <c r="F197" s="7" t="s">
         <v>442</v>
       </c>
       <c r="G197" s="1"/>
     </row>
     <row r="198" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A198" s="8" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="B198" s="8" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="D198" s="7"/>
       <c r="E198" s="8" t="s">
         <v>481</v>
       </c>
       <c r="F198" s="7" t="s">
         <v>482</v>
       </c>
       <c r="G198" s="1"/>
     </row>
     <row r="199" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A199" s="8" t="s">
-        <v>927</v>
+        <v>915</v>
       </c>
       <c r="B199" s="8" t="s">
-        <v>928</v>
+        <v>916</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>929</v>
+        <v>917</v>
       </c>
       <c r="D199" s="7"/>
       <c r="E199" s="8" t="s">
         <v>226</v>
       </c>
       <c r="F199" s="7" t="s">
         <v>227</v>
       </c>
       <c r="G199" s="1"/>
     </row>
     <row r="200" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A200" s="8" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="B200" s="8" t="s">
-        <v>1280</v>
+        <v>1261</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="D200" s="7"/>
       <c r="E200" s="8" t="s">
         <v>291</v>
       </c>
       <c r="F200" s="7" t="s">
         <v>292</v>
       </c>
       <c r="G200" s="1"/>
     </row>
     <row r="201" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A201" s="8" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B201" s="8" t="s">
-        <v>1449</v>
+        <v>1418</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>1361</v>
+        <v>1337</v>
       </c>
       <c r="D201" s="7"/>
       <c r="E201" s="8" t="s">
         <v>216</v>
       </c>
       <c r="F201" s="7" t="s">
         <v>217</v>
       </c>
       <c r="G201" s="1"/>
     </row>
     <row r="202" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A202" s="8" t="s">
-        <v>832</v>
+        <v>820</v>
       </c>
       <c r="B202" s="8" t="s">
-        <v>833</v>
+        <v>821</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>1440</v>
+        <v>1409</v>
       </c>
       <c r="D202" s="7"/>
       <c r="E202" s="8" t="s">
         <v>116</v>
       </c>
       <c r="F202" s="7" t="s">
         <v>117</v>
       </c>
       <c r="G202" s="1"/>
     </row>
     <row r="203" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A203" s="8" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="B203" s="8" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="D203" s="7"/>
       <c r="E203" s="8" t="s">
         <v>97</v>
       </c>
       <c r="F203" s="7" t="s">
         <v>98</v>
       </c>
       <c r="G203" s="1"/>
     </row>
     <row r="204" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A204" s="8" t="s">
-        <v>1534</v>
+        <v>1496</v>
       </c>
       <c r="B204" s="8" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>1560</v>
+        <v>1520</v>
       </c>
       <c r="D204" s="7" t="s">
-        <v>1535</v>
+        <v>1497</v>
       </c>
       <c r="E204" s="8" t="s">
         <v>483</v>
       </c>
       <c r="F204" s="7" t="s">
         <v>484</v>
       </c>
       <c r="G204" s="1"/>
     </row>
     <row r="205" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A205" s="8" t="s">
-        <v>1478</v>
+        <v>1443</v>
       </c>
       <c r="B205" s="8" t="s">
-        <v>1196</v>
+        <v>1179</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>1475</v>
+        <v>1440</v>
       </c>
       <c r="D205" s="7"/>
       <c r="E205" s="8" t="s">
         <v>545</v>
       </c>
       <c r="F205" s="7" t="s">
         <v>546</v>
       </c>
       <c r="G205" s="1"/>
     </row>
     <row r="206" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A206" s="8" t="s">
-        <v>1159</v>
+        <v>1145</v>
       </c>
       <c r="B206" s="8" t="s">
-        <v>1160</v>
+        <v>1146</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
       <c r="D206" s="7"/>
       <c r="E206" s="8" t="s">
         <v>498</v>
       </c>
       <c r="F206" s="7" t="s">
         <v>499</v>
       </c>
       <c r="G206" s="1"/>
     </row>
     <row r="207" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A207" s="8" t="s">
-        <v>1156</v>
+        <v>1142</v>
       </c>
       <c r="B207" s="8" t="s">
-        <v>1149</v>
+        <v>1135</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="D207" s="7"/>
       <c r="E207" s="8" t="s">
         <v>494</v>
       </c>
       <c r="F207" s="7" t="s">
         <v>495</v>
       </c>
       <c r="G207" s="1"/>
     </row>
-    <row r="208" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A208" s="8" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
       <c r="B208" s="8" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>1437</v>
+        <v>1549</v>
       </c>
       <c r="D208" s="7"/>
       <c r="E208" s="8" t="s">
         <v>106</v>
       </c>
       <c r="F208" s="7" t="s">
         <v>107</v>
       </c>
       <c r="G208" s="1"/>
     </row>
     <row r="209" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A209" s="8" t="s">
-        <v>1067</v>
+        <v>1054</v>
       </c>
       <c r="B209" s="8" t="s">
-        <v>1068</v>
+        <v>1055</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>1403</v>
+        <v>1375</v>
       </c>
       <c r="D209" s="7"/>
       <c r="E209" s="8" t="s">
         <v>388</v>
       </c>
       <c r="F209" s="7" t="s">
         <v>389</v>
       </c>
       <c r="G209" s="1"/>
     </row>
     <row r="210" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A210" s="8" t="s">
-        <v>1163</v>
+        <v>1149</v>
       </c>
       <c r="B210" s="8" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>1575</v>
+        <v>1532</v>
       </c>
       <c r="D210" s="7"/>
       <c r="E210" s="8" t="s">
         <v>502</v>
       </c>
       <c r="F210" s="7" t="s">
-        <v>1336</v>
+        <v>1316</v>
       </c>
       <c r="G210" s="1"/>
     </row>
     <row r="211" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A211" s="8" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="B211" s="8" t="s">
-        <v>831</v>
+        <v>819</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>1355</v>
+        <v>1559</v>
       </c>
       <c r="D211" s="7"/>
       <c r="E211" s="8" t="s">
         <v>114</v>
       </c>
       <c r="F211" s="7" t="s">
         <v>115</v>
       </c>
       <c r="G211" s="1"/>
     </row>
     <row r="212" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A212" s="8" t="s">
-        <v>1154</v>
+        <v>1140</v>
       </c>
       <c r="B212" s="8" t="s">
-        <v>1151</v>
+        <v>1137</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="D212" s="7"/>
       <c r="E212" s="8" t="s">
         <v>490</v>
       </c>
       <c r="F212" s="7" t="s">
         <v>491</v>
       </c>
       <c r="G212" s="1"/>
     </row>
     <row r="213" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A213" s="8" t="s">
-        <v>1414</v>
+        <v>1385</v>
       </c>
       <c r="B213" s="8" t="s">
-        <v>867</v>
+        <v>855</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="D213" s="7"/>
       <c r="E213" s="8" t="s">
         <v>153</v>
       </c>
       <c r="F213" s="7" t="s">
         <v>154</v>
       </c>
       <c r="G213" s="1"/>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A214" s="8" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="B214" s="8" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="D214" s="7"/>
       <c r="E214" s="8" t="s">
         <v>285</v>
       </c>
       <c r="F214" s="7" t="s">
         <v>286</v>
       </c>
       <c r="G214" s="1"/>
     </row>
     <row r="215" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A215" s="8" t="s">
-        <v>1382</v>
+        <v>1357</v>
       </c>
       <c r="B215" s="8" t="s">
-        <v>868</v>
+        <v>856</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>1358</v>
+        <v>1335</v>
       </c>
       <c r="D215" s="7"/>
       <c r="E215" s="8" t="s">
         <v>155</v>
       </c>
       <c r="F215" s="7" t="s">
         <v>156</v>
       </c>
       <c r="G215" s="1"/>
     </row>
     <row r="216" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A216" s="8" t="s">
-        <v>1425</v>
+        <v>1395</v>
       </c>
       <c r="B216" s="8" t="s">
-        <v>956</v>
+        <v>944</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="D216" s="7"/>
       <c r="E216" s="8" t="s">
         <v>260</v>
       </c>
       <c r="F216" s="7" t="s">
         <v>261</v>
       </c>
       <c r="G216" s="1"/>
     </row>
     <row r="217" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A217" s="8" t="s">
-        <v>1173</v>
+        <v>1564</v>
       </c>
       <c r="B217" s="8" t="s">
-        <v>1171</v>
+        <v>1155</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>751</v>
+        <v>1560</v>
       </c>
       <c r="D217" s="7"/>
       <c r="E217" s="8" t="s">
         <v>511</v>
       </c>
       <c r="F217" s="7" t="s">
         <v>512</v>
       </c>
       <c r="G217" s="1"/>
     </row>
     <row r="218" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A218" s="8" t="s">
-        <v>1175</v>
+        <v>1158</v>
       </c>
       <c r="B218" s="8" t="s">
-        <v>1176</v>
+        <v>1159</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>753</v>
+        <v>741</v>
       </c>
       <c r="D218" s="7"/>
       <c r="E218" s="8" t="s">
         <v>515</v>
       </c>
       <c r="F218" s="7" t="s">
         <v>516</v>
       </c>
       <c r="G218" s="1"/>
     </row>
     <row r="219" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A219" s="8" t="s">
-        <v>877</v>
+        <v>865</v>
       </c>
       <c r="B219" s="8" t="s">
-        <v>878</v>
+        <v>866</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="D219" s="7"/>
       <c r="E219" s="8" t="s">
         <v>166</v>
       </c>
       <c r="F219" s="7" t="s">
         <v>167</v>
       </c>
       <c r="G219" s="1"/>
     </row>
     <row r="220" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A220" s="8" t="s">
-        <v>1295</v>
+        <v>1275</v>
       </c>
       <c r="B220" s="8" t="s">
-        <v>1180</v>
+        <v>1163</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="D220" s="7"/>
       <c r="E220" s="8" t="s">
         <v>523</v>
       </c>
       <c r="F220" s="7" t="s">
         <v>524</v>
       </c>
       <c r="G220" s="1"/>
     </row>
     <row r="221" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A221" s="8" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
       <c r="B221" s="8" t="s">
-        <v>941</v>
+        <v>929</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="D221" s="7"/>
       <c r="E221" s="8" t="s">
         <v>242</v>
       </c>
       <c r="F221" s="7" t="s">
         <v>243</v>
       </c>
       <c r="G221" s="1"/>
     </row>
     <row r="222" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A222" s="8" t="s">
-        <v>1213</v>
+        <v>1196</v>
       </c>
       <c r="B222" s="8" t="s">
-        <v>1214</v>
+        <v>1197</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="D222" s="7"/>
       <c r="E222" s="8" t="s">
         <v>564</v>
       </c>
       <c r="F222" s="7" t="s">
         <v>565</v>
       </c>
       <c r="G222" s="1"/>
     </row>
     <row r="223" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A223" s="8" t="s">
-        <v>1529</v>
+        <v>1491</v>
       </c>
       <c r="B223" s="8" t="s">
-        <v>1104</v>
+        <v>1091</v>
       </c>
       <c r="C223" s="4"/>
       <c r="D223" s="7" t="s">
-        <v>1530</v>
+        <v>1492</v>
       </c>
       <c r="E223" s="8" t="s">
         <v>437</v>
       </c>
       <c r="F223" s="7" t="s">
         <v>438</v>
       </c>
       <c r="G223" s="1"/>
     </row>
     <row r="224" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A224" s="8" t="s">
-        <v>873</v>
+        <v>861</v>
       </c>
       <c r="B224" s="8" t="s">
-        <v>874</v>
+        <v>862</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="D224" s="7"/>
       <c r="E224" s="8" t="s">
         <v>162</v>
       </c>
       <c r="F224" s="7" t="s">
         <v>163</v>
       </c>
       <c r="G224" s="1"/>
     </row>
     <row r="225" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A225" s="8" t="s">
-        <v>1505</v>
+        <v>1468</v>
       </c>
       <c r="B225" s="8" t="s">
-        <v>890</v>
+        <v>878</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="D225" s="7" t="s">
-        <v>1506</v>
+        <v>1469</v>
       </c>
       <c r="E225" s="8" t="s">
         <v>184</v>
       </c>
       <c r="F225" s="7" t="s">
         <v>185</v>
       </c>
       <c r="G225" s="1"/>
     </row>
     <row r="226" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A226" s="8" t="s">
-        <v>925</v>
+        <v>913</v>
       </c>
       <c r="B226" s="8" t="s">
-        <v>926</v>
+        <v>914</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="D226" s="7"/>
       <c r="E226" s="8" t="s">
         <v>224</v>
       </c>
       <c r="F226" s="7" t="s">
         <v>225</v>
       </c>
       <c r="G226" s="1"/>
     </row>
     <row r="227" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A227" s="8" t="s">
-        <v>1024</v>
+        <v>1012</v>
       </c>
       <c r="B227" s="8" t="s">
-        <v>1022</v>
+        <v>1010</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>1460</v>
+        <v>1428</v>
       </c>
       <c r="D227" s="7"/>
       <c r="E227" s="8" t="s">
         <v>336</v>
       </c>
       <c r="F227" s="7" t="s">
         <v>337</v>
       </c>
       <c r="G227" s="1"/>
     </row>
     <row r="228" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A228" s="8" t="s">
-        <v>1112</v>
+        <v>1099</v>
       </c>
       <c r="B228" s="8" t="s">
-        <v>1113</v>
+        <v>1100</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>733</v>
+        <v>724</v>
       </c>
       <c r="D228" s="7"/>
       <c r="E228" s="8" t="s">
         <v>447</v>
       </c>
       <c r="F228" s="7" t="s">
         <v>448</v>
       </c>
       <c r="G228" s="1"/>
     </row>
     <row r="229" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A229" s="8" t="s">
-        <v>1193</v>
+        <v>1176</v>
       </c>
       <c r="B229" s="8" t="s">
-        <v>1194</v>
+        <v>1177</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>764</v>
+        <v>752</v>
       </c>
       <c r="D229" s="7"/>
       <c r="E229" s="8" t="s">
         <v>543</v>
       </c>
       <c r="F229" s="7" t="s">
         <v>544</v>
       </c>
       <c r="G229" s="1"/>
     </row>
     <row r="230" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A230" s="8" t="s">
-        <v>1190</v>
+        <v>1173</v>
       </c>
       <c r="B230" s="8" t="s">
-        <v>1187</v>
+        <v>1170</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="D230" s="7"/>
       <c r="E230" s="8" t="s">
         <v>537</v>
       </c>
       <c r="F230" s="7" t="s">
         <v>538</v>
       </c>
       <c r="G230" s="1"/>
     </row>
     <row r="231" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A231" s="8" t="s">
-        <v>1010</v>
+        <v>998</v>
       </c>
       <c r="B231" s="8" t="s">
-        <v>1009</v>
+        <v>997</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="D231" s="7"/>
       <c r="E231" s="8" t="s">
         <v>322</v>
       </c>
       <c r="F231" s="7" t="s">
         <v>323</v>
       </c>
       <c r="G231" s="1"/>
     </row>
     <row r="232" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A232" s="8" t="s">
-        <v>1078</v>
+        <v>1065</v>
       </c>
       <c r="B232" s="8" t="s">
-        <v>1079</v>
+        <v>1066</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>1464</v>
+        <v>1432</v>
       </c>
       <c r="D232" s="7"/>
       <c r="E232" s="8" t="s">
         <v>406</v>
       </c>
       <c r="F232" s="7" t="s">
         <v>407</v>
       </c>
       <c r="G232" s="1"/>
     </row>
     <row r="233" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A233" s="8" t="s">
-        <v>1259</v>
+        <v>1240</v>
       </c>
       <c r="B233" s="8" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="C233" s="7" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D233" s="7"/>
       <c r="E233" s="8" t="s">
         <v>73</v>
       </c>
       <c r="F233" s="7" t="s">
         <v>74</v>
       </c>
       <c r="G233" s="1"/>
     </row>
     <row r="234" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A234" s="8" t="s">
-        <v>1082</v>
+        <v>1069</v>
       </c>
       <c r="B234" s="8" t="s">
-        <v>1083</v>
+        <v>1070</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>719</v>
+        <v>710</v>
       </c>
       <c r="D234" s="7"/>
       <c r="E234" s="8" t="s">
         <v>410</v>
       </c>
       <c r="F234" s="7" t="s">
         <v>411</v>
       </c>
       <c r="G234" s="1"/>
     </row>
     <row r="235" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A235" s="8" t="s">
-        <v>1080</v>
+        <v>1067</v>
       </c>
       <c r="B235" s="8" t="s">
-        <v>1081</v>
+        <v>1068</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>718</v>
+        <v>709</v>
       </c>
       <c r="D235" s="7"/>
       <c r="E235" s="8" t="s">
         <v>408</v>
       </c>
       <c r="F235" s="7" t="s">
         <v>409</v>
       </c>
       <c r="G235" s="1"/>
     </row>
     <row r="236" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A236" s="8" t="s">
-        <v>870</v>
+        <v>858</v>
       </c>
       <c r="B236" s="8" t="s">
-        <v>871</v>
+        <v>859</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="D236" s="7"/>
       <c r="E236" s="8" t="s">
         <v>158</v>
       </c>
       <c r="F236" s="7" t="s">
         <v>159</v>
       </c>
       <c r="G236" s="1"/>
     </row>
     <row r="237" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A237" s="8" t="s">
-        <v>1204</v>
+        <v>1187</v>
       </c>
       <c r="B237" s="8" t="s">
-        <v>1205</v>
+        <v>1188</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>1576</v>
+        <v>1533</v>
       </c>
       <c r="D237" s="7"/>
       <c r="E237" s="8" t="s">
         <v>554</v>
       </c>
       <c r="F237" s="7" t="s">
         <v>555</v>
       </c>
       <c r="G237" s="1"/>
     </row>
     <row r="238" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A238" s="8" t="s">
-        <v>1374</v>
+        <v>1541</v>
       </c>
       <c r="B238" s="8" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>1558</v>
+        <v>1518</v>
       </c>
       <c r="D238" s="7"/>
       <c r="E238" s="8" t="s">
         <v>360</v>
       </c>
       <c r="F238" s="7" t="s">
         <v>361</v>
       </c>
       <c r="G238" s="1"/>
     </row>
     <row r="239" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A239" s="8" t="s">
-        <v>1065</v>
+        <v>1052</v>
       </c>
       <c r="B239" s="8" t="s">
-        <v>1066</v>
+        <v>1053</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="D239" s="7"/>
       <c r="E239" s="8" t="s">
         <v>386</v>
       </c>
       <c r="F239" s="7" t="s">
         <v>387</v>
       </c>
       <c r="G239" s="1"/>
     </row>
     <row r="240" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A240" s="8" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="B240" s="8" t="s">
-        <v>1184</v>
+        <v>1167</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>1474</v>
+        <v>1572</v>
       </c>
       <c r="D240" s="7"/>
       <c r="E240" s="8" t="s">
         <v>531</v>
       </c>
       <c r="F240" s="7" t="s">
         <v>532</v>
       </c>
       <c r="G240" s="1"/>
     </row>
     <row r="241" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A241" s="8" t="s">
-        <v>1424</v>
+        <v>1394</v>
       </c>
       <c r="B241" s="8" t="s">
-        <v>889</v>
+        <v>877</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="D241" s="7"/>
+        <v>644</v>
+      </c>
+      <c r="D241" s="8" t="s">
+        <v>1575</v>
+      </c>
       <c r="E241" s="8" t="s">
         <v>180</v>
       </c>
       <c r="F241" s="7" t="s">
         <v>181</v>
       </c>
       <c r="G241" s="1"/>
     </row>
     <row r="242" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A242" s="5" t="s">
-        <v>1517</v>
+        <v>1480</v>
       </c>
       <c r="B242" s="8" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>1369</v>
+        <v>1345</v>
       </c>
       <c r="D242" s="7" t="s">
-        <v>1518</v>
+        <v>1481</v>
       </c>
       <c r="E242" s="8" t="s">
         <v>316</v>
       </c>
       <c r="F242" s="7" t="s">
         <v>317</v>
       </c>
       <c r="G242" s="1"/>
     </row>
     <row r="243" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A243" s="8" t="s">
-        <v>1250</v>
+        <v>1231</v>
       </c>
       <c r="B243" s="8" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>1567</v>
+        <v>1526</v>
       </c>
       <c r="D243" s="7"/>
       <c r="E243" s="8" t="s">
         <v>29</v>
       </c>
       <c r="F243" s="7" t="s">
         <v>30</v>
       </c>
       <c r="G243" s="1"/>
     </row>
     <row r="244" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A244" s="8" t="s">
-        <v>1427</v>
+        <v>1397</v>
       </c>
       <c r="B244" s="8" t="s">
-        <v>795</v>
+        <v>783</v>
       </c>
       <c r="C244" s="7" t="s">
         <v>621</v>
       </c>
       <c r="D244" s="7"/>
       <c r="E244" s="8" t="s">
         <v>61</v>
       </c>
       <c r="F244" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G244" s="1"/>
     </row>
     <row r="245" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A245" s="8" t="s">
-        <v>1249</v>
+        <v>1230</v>
       </c>
       <c r="B245" s="8" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>1480</v>
+        <v>1445</v>
       </c>
       <c r="D245" s="7"/>
       <c r="E245" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F245" s="7" t="s">
         <v>28</v>
       </c>
       <c r="G245" s="1"/>
     </row>
     <row r="246" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A246" s="8" t="s">
-        <v>1014</v>
+        <v>1002</v>
       </c>
       <c r="B246" s="8" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>1557</v>
+        <v>1517</v>
       </c>
       <c r="D246" s="7"/>
       <c r="E246" s="8" t="s">
         <v>324</v>
       </c>
       <c r="F246" s="7" t="s">
         <v>325</v>
       </c>
       <c r="G246" s="1"/>
     </row>
     <row r="247" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A247" s="8" t="s">
-        <v>1119</v>
+        <v>1106</v>
       </c>
       <c r="B247" s="8" t="s">
-        <v>1118</v>
+        <v>1105</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>1466</v>
+        <v>1434</v>
       </c>
       <c r="D247" s="7"/>
       <c r="E247" s="8" t="s">
         <v>453</v>
       </c>
       <c r="F247" s="7" t="s">
         <v>454</v>
       </c>
       <c r="G247" s="1"/>
     </row>
     <row r="248" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A248" s="8" t="s">
-        <v>1488</v>
+        <v>1452</v>
       </c>
       <c r="B248" s="8" t="s">
-        <v>778</v>
+        <v>766</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>1341</v>
+        <v>1561</v>
       </c>
       <c r="D248" s="7" t="s">
-        <v>1487</v>
+        <v>1451</v>
       </c>
       <c r="E248" s="8" t="s">
         <v>31</v>
       </c>
       <c r="F248" s="7" t="s">
         <v>32</v>
       </c>
       <c r="G248" s="1"/>
     </row>
     <row r="249" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A249" s="8" t="s">
-        <v>923</v>
+        <v>911</v>
       </c>
       <c r="B249" s="8" t="s">
-        <v>924</v>
+        <v>912</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="D249" s="7"/>
       <c r="E249" s="8" t="s">
         <v>222</v>
       </c>
       <c r="F249" s="7" t="s">
         <v>223</v>
       </c>
       <c r="G249" s="1"/>
     </row>
     <row r="250" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A250" s="8" t="s">
-        <v>1265</v>
+        <v>1246</v>
       </c>
       <c r="B250" s="8" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
       <c r="C250" s="4" t="s">
         <v>620</v>
       </c>
       <c r="D250" s="7"/>
       <c r="E250" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F250" s="7" t="s">
         <v>56</v>
       </c>
       <c r="G250" s="1"/>
     </row>
     <row r="251" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A251" s="8" t="s">
-        <v>1148</v>
+        <v>1134</v>
       </c>
       <c r="B251" s="8" t="s">
-        <v>1291</v>
+        <v>1272</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>1349</v>
+        <v>1327</v>
       </c>
       <c r="D251" s="7"/>
       <c r="E251" s="8" t="s">
         <v>485</v>
       </c>
       <c r="F251" s="7" t="s">
         <v>486</v>
       </c>
       <c r="G251" s="1"/>
     </row>
     <row r="252" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A252" s="8" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="B252" s="8" t="s">
-        <v>987</v>
+        <v>975</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>1454</v>
+        <v>1422</v>
       </c>
       <c r="D252" s="7"/>
       <c r="E252" s="8" t="s">
         <v>295</v>
       </c>
       <c r="F252" s="7" t="s">
-        <v>1333</v>
+        <v>1313</v>
       </c>
       <c r="G252" s="1"/>
     </row>
     <row r="253" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A253" s="8" t="s">
-        <v>1195</v>
+        <v>1178</v>
       </c>
       <c r="B253" s="8" t="s">
-        <v>1197</v>
+        <v>1180</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="D253" s="7"/>
       <c r="E253" s="8" t="s">
         <v>547</v>
       </c>
       <c r="F253" s="7" t="s">
         <v>548</v>
       </c>
       <c r="G253" s="1"/>
     </row>
     <row r="254" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A254" s="8" t="s">
-        <v>1549</v>
+        <v>1510</v>
       </c>
       <c r="B254" s="8" t="s">
-        <v>1561</v>
+        <v>1521</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="D254" s="7"/>
       <c r="E254" s="8" t="s">
         <v>182</v>
       </c>
       <c r="F254" s="7" t="s">
         <v>183</v>
       </c>
       <c r="G254" s="1"/>
     </row>
     <row r="255" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A255" s="8" t="s">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="B255" s="8" t="s">
-        <v>938</v>
+        <v>926</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="D255" s="7"/>
       <c r="E255" s="8" t="s">
         <v>236</v>
       </c>
       <c r="F255" s="7" t="s">
         <v>237</v>
       </c>
       <c r="G255" s="1"/>
     </row>
     <row r="256" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A256" s="8" t="s">
-        <v>1296</v>
+        <v>1276</v>
       </c>
       <c r="B256" s="8" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>749</v>
+      </c>
+      <c r="D256" s="7"/>
       <c r="E256" s="8" t="s">
         <v>535</v>
       </c>
       <c r="F256" s="7" t="s">
         <v>536</v>
       </c>
       <c r="G256" s="1"/>
     </row>
     <row r="257" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A257" s="8" t="s">
-        <v>1096</v>
+        <v>1083</v>
       </c>
       <c r="B257" s="8" t="s">
-        <v>1097</v>
+        <v>1084</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>728</v>
+        <v>719</v>
       </c>
       <c r="D257" s="7"/>
       <c r="E257" s="8" t="s">
         <v>428</v>
       </c>
       <c r="F257" s="7" t="s">
         <v>429</v>
       </c>
       <c r="G257" s="1"/>
     </row>
     <row r="258" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A258" s="8" t="s">
-        <v>1124</v>
+        <v>1111</v>
       </c>
       <c r="B258" s="8" t="s">
-        <v>1125</v>
+        <v>1112</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>1397</v>
+        <v>1370</v>
       </c>
       <c r="D258" s="7"/>
       <c r="E258" s="8" t="s">
         <v>461</v>
       </c>
       <c r="F258" s="7" t="s">
         <v>462</v>
       </c>
       <c r="G258" s="1"/>
     </row>
     <row r="259" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A259" s="8" t="s">
-        <v>1209</v>
+        <v>1192</v>
       </c>
       <c r="B259" s="8" t="s">
-        <v>1208</v>
+        <v>1191</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>1578</v>
+        <v>1534</v>
       </c>
       <c r="D259" s="7"/>
       <c r="E259" s="8" t="s">
         <v>558</v>
       </c>
       <c r="F259" s="7" t="s">
         <v>559</v>
       </c>
       <c r="G259" s="1"/>
     </row>
     <row r="260" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A260" s="8" t="s">
-        <v>1422</v>
+        <v>1392</v>
       </c>
       <c r="B260" s="8" t="s">
-        <v>1210</v>
+        <v>1193</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="D260" s="7"/>
       <c r="E260" s="8" t="s">
         <v>560</v>
       </c>
       <c r="F260" s="7" t="s">
         <v>561</v>
       </c>
       <c r="G260" s="1"/>
     </row>
     <row r="261" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A261" s="8" t="s">
-        <v>1054</v>
+        <v>1041</v>
       </c>
       <c r="B261" s="8" t="s">
-        <v>1055</v>
+        <v>1042</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>1376</v>
+        <v>1351</v>
       </c>
       <c r="D261" s="7"/>
       <c r="E261" s="8" t="s">
         <v>372</v>
       </c>
       <c r="F261" s="7" t="s">
         <v>373</v>
       </c>
       <c r="G261" s="1"/>
     </row>
     <row r="262" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A262" s="8" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="B262" s="8" t="s">
-        <v>976</v>
+        <v>964</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>1565</v>
+        <v>1524</v>
       </c>
       <c r="D262" s="7"/>
       <c r="E262" s="8" t="s">
         <v>283</v>
       </c>
       <c r="F262" s="7" t="s">
         <v>284</v>
       </c>
       <c r="G262" s="1"/>
     </row>
     <row r="263" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A263" s="8" t="s">
-        <v>974</v>
+        <v>962</v>
       </c>
       <c r="B263" s="8" t="s">
-        <v>975</v>
+        <v>963</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="D263" s="7"/>
       <c r="E263" s="8" t="s">
         <v>281</v>
       </c>
       <c r="F263" s="7" t="s">
         <v>282</v>
       </c>
       <c r="G263" s="1"/>
     </row>
     <row r="264" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A264" s="8" t="s">
-        <v>1536</v>
+        <v>1498</v>
       </c>
       <c r="B264" s="8" t="s">
-        <v>1181</v>
+        <v>1164</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>1473</v>
+        <v>1544</v>
       </c>
       <c r="D264" s="7" t="s">
-        <v>1537</v>
+        <v>1499</v>
       </c>
       <c r="E264" s="8" t="s">
         <v>525</v>
       </c>
       <c r="F264" s="7" t="s">
         <v>526</v>
       </c>
       <c r="G264" s="1"/>
     </row>
     <row r="265" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A265" s="8" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="B265" s="8" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>1041</v>
+        <v>1573</v>
       </c>
       <c r="D265" s="7"/>
       <c r="E265" s="8" t="s">
         <v>356</v>
       </c>
       <c r="F265" s="7" t="s">
         <v>357</v>
       </c>
       <c r="G265" s="1"/>
     </row>
     <row r="266" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A266" s="8" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
       <c r="B266" s="8" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="D266" s="7"/>
       <c r="E266" s="8" t="s">
         <v>328</v>
       </c>
       <c r="F266" s="7" t="s">
         <v>329</v>
       </c>
       <c r="G266" s="1"/>
     </row>
     <row r="267" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A267" s="8" t="s">
-        <v>1262</v>
+        <v>1243</v>
       </c>
       <c r="B267" s="8" t="s">
-        <v>797</v>
+        <v>785</v>
       </c>
       <c r="C267" s="7" t="s">
-        <v>1352</v>
+        <v>1330</v>
       </c>
       <c r="D267" s="7"/>
       <c r="E267" s="8" t="s">
         <v>65</v>
       </c>
       <c r="F267" s="7" t="s">
         <v>66</v>
       </c>
       <c r="G267" s="1"/>
     </row>
     <row r="268" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A268" s="8" t="s">
-        <v>1057</v>
+        <v>1044</v>
       </c>
       <c r="B268" s="8" t="s">
-        <v>1058</v>
+        <v>1045</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>709</v>
+        <v>700</v>
       </c>
       <c r="D268" s="7"/>
       <c r="E268" s="8" t="s">
         <v>376</v>
       </c>
       <c r="F268" s="7" t="s">
         <v>377</v>
       </c>
       <c r="G268" s="1"/>
     </row>
     <row r="269" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A269" s="8" t="s">
-        <v>1074</v>
+        <v>1061</v>
       </c>
       <c r="B269" s="8" t="s">
-        <v>1075</v>
+        <v>1062</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
       <c r="D269" s="7"/>
       <c r="E269" s="8" t="s">
         <v>400</v>
       </c>
       <c r="F269" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G269" s="1"/>
     </row>
     <row r="270" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A270" s="8" t="s">
-        <v>1326</v>
+        <v>1306</v>
       </c>
       <c r="B270" s="8" t="s">
-        <v>1327</v>
+        <v>1307</v>
       </c>
       <c r="C270" s="7" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="D270" s="7"/>
       <c r="E270" s="8" t="s">
         <v>75</v>
       </c>
       <c r="F270" s="7" t="s">
         <v>76</v>
       </c>
       <c r="G270" s="1"/>
     </row>
-    <row r="271" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A271" s="8" t="s">
-        <v>894</v>
+        <v>882</v>
       </c>
       <c r="B271" s="8" t="s">
-        <v>895</v>
+        <v>883</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>1566</v>
+      </c>
+      <c r="D271" s="7"/>
       <c r="E271" s="8" t="s">
         <v>190</v>
       </c>
       <c r="F271" s="7" t="s">
         <v>191</v>
       </c>
       <c r="G271" s="1"/>
     </row>
     <row r="272" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A272" s="8" t="s">
-        <v>1501</v>
+        <v>1464</v>
       </c>
       <c r="B272" s="8" t="s">
-        <v>869</v>
+        <v>857</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>1566</v>
+        <v>1525</v>
       </c>
       <c r="D272" s="7" t="s">
-        <v>1502</v>
+        <v>1465</v>
       </c>
       <c r="E272" s="8" t="s">
         <v>157</v>
       </c>
       <c r="F272" s="7" t="s">
-        <v>1331</v>
+        <v>1311</v>
       </c>
       <c r="G272" s="1"/>
     </row>
-    <row r="273" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A273" s="8" t="s">
-        <v>1491</v>
+        <v>1455</v>
       </c>
       <c r="B273" s="8" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="C273" s="7" t="s">
-        <v>623</v>
+        <v>1568</v>
       </c>
       <c r="D273" s="7" t="s">
-        <v>1492</v>
+        <v>1567</v>
       </c>
       <c r="E273" s="8" t="s">
         <v>67</v>
       </c>
       <c r="F273" s="7" t="s">
         <v>68</v>
       </c>
       <c r="G273" s="1"/>
     </row>
     <row r="274" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A274" s="8" t="s">
-        <v>1264</v>
+        <v>1245</v>
       </c>
       <c r="B274" s="8" t="s">
-        <v>792</v>
+        <v>780</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>1435</v>
+        <v>1405</v>
       </c>
       <c r="D274" s="7"/>
       <c r="E274" s="8" t="s">
         <v>57</v>
       </c>
       <c r="F274" s="7" t="s">
         <v>58</v>
       </c>
       <c r="G274" s="1"/>
     </row>
     <row r="275" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A275" s="8" t="s">
-        <v>960</v>
+        <v>948</v>
       </c>
       <c r="B275" s="8" t="s">
-        <v>955</v>
+        <v>943</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="D275" s="7"/>
       <c r="E275" s="8" t="s">
         <v>258</v>
       </c>
       <c r="F275" s="7" t="s">
         <v>259</v>
       </c>
       <c r="G275" s="1"/>
     </row>
     <row r="276" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A276" s="8" t="s">
-        <v>1389</v>
+        <v>1364</v>
       </c>
       <c r="B276" s="8" t="s">
-        <v>1167</v>
+        <v>1152</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>749</v>
+        <v>739</v>
       </c>
       <c r="D276" s="7"/>
       <c r="E276" s="8" t="s">
         <v>505</v>
       </c>
       <c r="F276" s="7" t="s">
         <v>506</v>
       </c>
       <c r="G276" s="1"/>
     </row>
     <row r="277" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A277" s="8" t="s">
-        <v>1294</v>
+        <v>1274</v>
       </c>
       <c r="B277" s="8" t="s">
-        <v>1179</v>
+        <v>1162</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>756</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="D277" s="7"/>
       <c r="E277" s="8" t="s">
         <v>521</v>
       </c>
       <c r="F277" s="7" t="s">
         <v>522</v>
       </c>
       <c r="G277" s="1"/>
     </row>
     <row r="278" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A278" s="8" t="s">
-        <v>1128</v>
+        <v>1114</v>
       </c>
       <c r="B278" s="8" t="s">
-        <v>1129</v>
+        <v>1115</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="D278" s="7"/>
       <c r="E278" s="8" t="s">
         <v>465</v>
       </c>
       <c r="F278" s="7" t="s">
         <v>466</v>
       </c>
       <c r="G278" s="1"/>
     </row>
     <row r="279" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A279" s="8" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
       <c r="B279" s="8" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="D279" s="7"/>
       <c r="E279" s="8" t="s">
         <v>293</v>
       </c>
       <c r="F279" s="7" t="s">
         <v>294</v>
       </c>
       <c r="G279" s="1"/>
     </row>
     <row r="280" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A280" s="8" t="s">
-        <v>1362</v>
+        <v>1338</v>
       </c>
       <c r="B280" s="8" t="s">
-        <v>954</v>
+        <v>942</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>1364</v>
+        <v>1340</v>
       </c>
       <c r="D280" s="7"/>
       <c r="E280" s="8" t="s">
         <v>254</v>
       </c>
       <c r="F280" s="7" t="s">
         <v>255</v>
       </c>
       <c r="G280" s="1"/>
     </row>
     <row r="281" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A281" s="8" t="s">
-        <v>1372</v>
+        <v>1348</v>
       </c>
       <c r="B281" s="8" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="D281" s="7"/>
       <c r="E281" s="8" t="s">
         <v>340</v>
       </c>
       <c r="F281" s="7" t="s">
         <v>341</v>
       </c>
       <c r="G281" s="1"/>
     </row>
     <row r="282" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A282" s="8" t="s">
-        <v>1162</v>
+        <v>1148</v>
       </c>
       <c r="B282" s="8" t="s">
-        <v>1161</v>
+        <v>1147</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="D282" s="7"/>
       <c r="E282" s="8" t="s">
         <v>500</v>
       </c>
       <c r="F282" s="7" t="s">
         <v>501</v>
       </c>
       <c r="G282" s="1"/>
     </row>
     <row r="283" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A283" s="8" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
       <c r="B283" s="8" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="D283" s="7"/>
       <c r="E283" s="8" t="s">
         <v>234</v>
       </c>
       <c r="F283" s="7" t="s">
         <v>235</v>
       </c>
       <c r="G283" s="1"/>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A284" s="8" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="B284" s="8" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D284" s="7"/>
       <c r="E284" s="8" t="s">
         <v>186</v>
       </c>
       <c r="F284" s="7" t="s">
         <v>187</v>
       </c>
       <c r="G284" s="1"/>
     </row>
     <row r="285" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A285" s="8" t="s">
-        <v>1165</v>
+        <v>1577</v>
       </c>
       <c r="B285" s="8" t="s">
-        <v>1166</v>
+        <v>1151</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>748</v>
+        <v>1574</v>
       </c>
       <c r="D285" s="7" t="s">
-        <v>1315</v>
+        <v>1578</v>
       </c>
       <c r="E285" s="8" t="s">
         <v>503</v>
       </c>
       <c r="F285" s="7" t="s">
         <v>504</v>
       </c>
       <c r="G285" s="1"/>
     </row>
     <row r="286" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A286" s="8" t="s">
-        <v>1115</v>
+        <v>1102</v>
       </c>
       <c r="B286" s="8" t="s">
-        <v>1111</v>
+        <v>1098</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="D286" s="7"/>
       <c r="E286" s="8" t="s">
         <v>445</v>
       </c>
       <c r="F286" s="7" t="s">
         <v>446</v>
       </c>
       <c r="G286" s="1"/>
     </row>
     <row r="287" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A287" s="8" t="s">
-        <v>1130</v>
+        <v>1116</v>
       </c>
       <c r="B287" s="8" t="s">
-        <v>1131</v>
+        <v>1117</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>1468</v>
+        <v>1436</v>
       </c>
       <c r="D287" s="7"/>
       <c r="E287" s="8" t="s">
         <v>467</v>
       </c>
       <c r="F287" s="7" t="s">
         <v>468</v>
       </c>
       <c r="G287" s="1"/>
     </row>
     <row r="288" spans="1:7" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="8" t="s">
-        <v>1174</v>
+        <v>1157</v>
       </c>
       <c r="B288" s="8" t="s">
-        <v>1172</v>
+        <v>1156</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>752</v>
+        <v>1556</v>
       </c>
       <c r="D288" s="7"/>
       <c r="E288" s="8" t="s">
         <v>513</v>
       </c>
       <c r="F288" s="7" t="s">
         <v>514</v>
       </c>
       <c r="G288" s="1"/>
     </row>
     <row r="289" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A289" s="8" t="s">
-        <v>1168</v>
+        <v>1553</v>
       </c>
       <c r="B289" s="8" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="D289" s="7"/>
+        <v>740</v>
+      </c>
+      <c r="D289" s="7" t="s">
+        <v>1554</v>
+      </c>
       <c r="E289" s="8" t="s">
         <v>507</v>
       </c>
       <c r="F289" s="7" t="s">
         <v>508</v>
       </c>
       <c r="G289" s="1"/>
     </row>
     <row r="290" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A290" s="8" t="s">
-        <v>1299</v>
+        <v>1279</v>
       </c>
       <c r="B290" s="8" t="s">
-        <v>783</v>
+        <v>771</v>
       </c>
       <c r="C290" s="4" t="s">
         <v>601</v>
       </c>
       <c r="D290" s="7"/>
       <c r="E290" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F290" s="7" t="s">
         <v>42</v>
       </c>
       <c r="G290" s="1"/>
     </row>
     <row r="291" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A291" s="8" t="s">
-        <v>1390</v>
+        <v>1365</v>
       </c>
       <c r="B291" s="8" t="s">
-        <v>1170</v>
+        <v>1154</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>1472</v>
+        <v>1555</v>
       </c>
       <c r="D291" s="7"/>
       <c r="E291" s="8" t="s">
         <v>509</v>
       </c>
       <c r="F291" s="7" t="s">
         <v>510</v>
       </c>
       <c r="G291" s="1"/>
     </row>
     <row r="292" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A292" s="8" t="s">
-        <v>858</v>
+        <v>846</v>
       </c>
       <c r="B292" s="8" t="s">
-        <v>859</v>
+        <v>847</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D292" s="7"/>
       <c r="E292" s="8" t="s">
         <v>144</v>
       </c>
       <c r="F292" s="7" t="s">
         <v>145</v>
       </c>
       <c r="G292" s="1"/>
     </row>
     <row r="293" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A293" s="8" t="s">
-        <v>1059</v>
+        <v>1046</v>
       </c>
       <c r="B293" s="8" t="s">
-        <v>1060</v>
+        <v>1047</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>710</v>
+        <v>701</v>
       </c>
       <c r="D293" s="7"/>
       <c r="E293" s="8" t="s">
         <v>378</v>
       </c>
       <c r="F293" s="7" t="s">
         <v>379</v>
       </c>
       <c r="G293" s="1"/>
     </row>
     <row r="294" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A294" s="8" t="s">
-        <v>1297</v>
+        <v>1277</v>
       </c>
       <c r="B294" s="8" t="s">
-        <v>1298</v>
+        <v>1278</v>
       </c>
       <c r="C294" s="4" t="s">
         <v>596</v>
       </c>
       <c r="D294" s="7"/>
       <c r="E294" s="8" t="s">
         <v>19</v>
       </c>
       <c r="F294" s="7" t="s">
         <v>20</v>
       </c>
       <c r="G294" s="1"/>
     </row>
     <row r="295" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A295" s="8" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B295" s="8" t="s">
-        <v>825</v>
+        <v>813</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="D295" s="7"/>
       <c r="E295" s="8" t="s">
         <v>108</v>
       </c>
       <c r="F295" s="7" t="s">
         <v>109</v>
       </c>
       <c r="G295" s="1"/>
     </row>
     <row r="296" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A296" s="8" t="s">
-        <v>991</v>
+        <v>979</v>
       </c>
       <c r="B296" s="8" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>1367</v>
+        <v>1343</v>
       </c>
       <c r="D296" s="7"/>
       <c r="E296" s="8" t="s">
         <v>300</v>
       </c>
       <c r="F296" s="7" t="s">
         <v>301</v>
       </c>
       <c r="G296" s="1"/>
     </row>
     <row r="297" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A297" s="8" t="s">
-        <v>1070</v>
+        <v>1057</v>
       </c>
       <c r="B297" s="8" t="s">
-        <v>1286</v>
+        <v>1267</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="D297" s="7"/>
       <c r="E297" s="8" t="s">
         <v>394</v>
       </c>
       <c r="F297" s="7" t="s">
         <v>395</v>
       </c>
       <c r="G297" s="1"/>
     </row>
     <row r="298" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A298" s="8" t="s">
-        <v>1285</v>
+        <v>1266</v>
       </c>
       <c r="B298" s="8" t="s">
-        <v>1073</v>
+        <v>1060</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>1462</v>
+        <v>1430</v>
       </c>
       <c r="D298" s="7"/>
       <c r="E298" s="8" t="s">
         <v>398</v>
       </c>
       <c r="F298" s="7" t="s">
         <v>399</v>
       </c>
       <c r="G298" s="1"/>
     </row>
     <row r="299" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A299" s="8" t="s">
-        <v>1071</v>
+        <v>1058</v>
       </c>
       <c r="B299" s="8" t="s">
-        <v>1072</v>
+        <v>1059</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>1463</v>
+        <v>1431</v>
       </c>
       <c r="D299" s="7"/>
       <c r="E299" s="8" t="s">
         <v>396</v>
       </c>
       <c r="F299" s="7" t="s">
         <v>397</v>
       </c>
       <c r="G299" s="1"/>
     </row>
     <row r="300" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A300" s="8" t="s">
-        <v>828</v>
+        <v>816</v>
       </c>
       <c r="B300" s="8" t="s">
-        <v>829</v>
+        <v>817</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>1439</v>
+        <v>1408</v>
       </c>
       <c r="D300" s="7"/>
       <c r="E300" s="8" t="s">
         <v>112</v>
       </c>
       <c r="F300" s="7" t="s">
         <v>113</v>
       </c>
       <c r="G300" s="1"/>
     </row>
     <row r="301" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A301" s="8" t="s">
-        <v>826</v>
+        <v>814</v>
       </c>
       <c r="B301" s="8" t="s">
-        <v>827</v>
+        <v>815</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>1438</v>
+        <v>1407</v>
       </c>
       <c r="D301" s="7"/>
       <c r="E301" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F301" s="7" t="s">
         <v>111</v>
       </c>
       <c r="G301" s="1"/>
     </row>
     <row r="302" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A302" s="8" t="s">
-        <v>1426</v>
+        <v>1396</v>
       </c>
       <c r="B302" s="8" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>1455</v>
+        <v>1423</v>
       </c>
       <c r="D302" s="7"/>
       <c r="E302" s="8" t="s">
         <v>304</v>
       </c>
       <c r="F302" s="7" t="s">
         <v>305</v>
       </c>
       <c r="G302" s="1"/>
     </row>
     <row r="303" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A303" s="8" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="B303" s="8" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>1456</v>
+        <v>1424</v>
       </c>
       <c r="D303" s="7"/>
       <c r="E303" s="8" t="s">
         <v>302</v>
       </c>
       <c r="F303" s="7" t="s">
         <v>303</v>
       </c>
       <c r="G303" s="1"/>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A304" s="7"/>
       <c r="B304" s="7"/>
       <c r="C304" s="4"/>
       <c r="D304" s="7"/>
-      <c r="E304" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E304" s="7"/>
       <c r="F304" s="4"/>
       <c r="G304" s="1"/>
     </row>
     <row r="305" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A305" s="7"/>
       <c r="B305" s="7"/>
       <c r="C305" s="4"/>
       <c r="D305" s="7"/>
-      <c r="E305" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E305" s="7"/>
       <c r="F305" s="4"/>
       <c r="G305" s="1"/>
     </row>
     <row r="306" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A306" s="9"/>
       <c r="B306" s="9"/>
       <c r="D306" s="9"/>
       <c r="G306" s="1"/>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G307" s="1"/>
     </row>
     <row r="308" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G308" s="1"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F308">
     <sortCondition ref="A1:A308"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95998AC0-8E31-404A-90D2-F42D01A37C61}">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G7" sqref="G7"/>
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="23" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="29" style="11" customWidth="1"/>
     <col min="6" max="6" width="22" customWidth="1"/>
     <col min="7" max="7" width="126.7109375" style="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
-        <v>1325</v>
+        <v>1305</v>
       </c>
       <c r="B1" s="6" t="s">
-        <v>1410</v>
+        <v>1382</v>
       </c>
       <c r="C1" s="6" t="s">
-        <v>1411</v>
+        <v>1383</v>
       </c>
       <c r="D1" s="6" t="s">
-        <v>1410</v>
+        <v>1382</v>
       </c>
       <c r="E1" s="10" t="s">
-        <v>1428</v>
+        <v>1398</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>1418</v>
+        <v>1388</v>
       </c>
       <c r="G1" s="10" t="s">
-        <v>1431</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
-        <v>1308</v>
+        <v>1288</v>
       </c>
       <c r="B2" t="s">
-        <v>1309</v>
+        <v>1289</v>
       </c>
       <c r="C2" s="6" t="s">
-        <v>1225</v>
+        <v>1208</v>
       </c>
       <c r="D2" t="s">
-        <v>1310</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
     </row>
     <row r="4" spans="1:7" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
-        <v>1302</v>
+        <v>1282</v>
       </c>
       <c r="B4" t="s">
-        <v>1303</v>
+        <v>1283</v>
       </c>
       <c r="C4" t="s">
-        <v>1232</v>
+        <v>1215</v>
       </c>
       <c r="D4" t="s">
-        <v>1320</v>
+        <v>1300</v>
       </c>
       <c r="E4" s="11" t="s">
-        <v>1432</v>
+        <v>1402</v>
       </c>
       <c r="F4" t="s">
-        <v>1304</v>
+        <v>1284</v>
       </c>
       <c r="G4" s="11" t="s">
-        <v>1319</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
       <c r="C5" t="s">
-        <v>1233</v>
+        <v>1216</v>
       </c>
       <c r="D5" t="s">
-        <v>1321</v>
+        <v>1301</v>
       </c>
       <c r="F5" t="s">
-        <v>1305</v>
+        <v>1285</v>
       </c>
       <c r="G5" s="11" t="s">
-        <v>1318</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="6"/>
       <c r="C6" s="6" t="s">
-        <v>1316</v>
+        <v>1296</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>1419</v>
+        <v>1389</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>1311</v>
+        <v>1291</v>
       </c>
       <c r="G6" s="11" t="s">
-        <v>1317</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
-        <v>1306</v>
+        <v>1286</v>
       </c>
       <c r="B7" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="D7" t="s">
-        <v>1323</v>
+        <v>1303</v>
       </c>
       <c r="E7" s="11" t="s">
-        <v>1324</v>
+        <v>1304</v>
       </c>
       <c r="F7" t="s">
-        <v>1322</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6"/>
       <c r="C8" s="6"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
-        <v>1312</v>
+        <v>1292</v>
       </c>
       <c r="B9" t="s">
-        <v>1313</v>
+        <v>1293</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>1178</v>
+        <v>1161</v>
       </c>
       <c r="D9" t="s">
-        <v>1313</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
-        <v>1314</v>
+        <v>1294</v>
       </c>
       <c r="B10" t="s">
-        <v>1315</v>
+        <v>1295</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>1166</v>
+        <v>1151</v>
       </c>
       <c r="D10" t="s">
-        <v>1165</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="B11" t="s">
-        <v>1580</v>
+        <v>1536</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="D11" t="s">
-        <v>1581</v>
+        <v>1537</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>1582</v>
+        <v>1538</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">