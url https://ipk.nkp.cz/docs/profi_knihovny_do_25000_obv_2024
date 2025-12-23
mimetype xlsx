--- v0 (2025-10-26)
+++ v1 (2025-12-23)
@@ -1,4363 +1,6870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MACHACKOVAL\OneDrive\Dokumenty\MUJ_KPROSTOR\Statistika\seznamy knihoven pro IROP 2021-2027\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\RICHTER\Dropbox\Statistika\2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{32E3657F-AFE5-4133-9E5D-215F4993640F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{81E56F6E-E2A7-4BC0-BB46-A8CEDDE13FF6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="29040" windowHeight="18240" xr2:uid="{FF7388BE-390F-49B0-B335-3E7854BB1845}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E27B2ED3-A61C-4603-99F2-411CFF47A58A}"/>
   </bookViews>
   <sheets>
-    <sheet name="profi_knihovny_do 25 000 obv." sheetId="1" r:id="rId1"/>
+    <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'profi_knihovny_do 25 000 obv.'!$A$2:$F$688</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!$A$2:$F$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2093" uniqueCount="1385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2983" uniqueCount="2218">
+  <si>
+    <t>Poř. č.</t>
+  </si>
+  <si>
+    <t>Ev. č.</t>
+  </si>
+  <si>
+    <t>Název knihovny</t>
+  </si>
+  <si>
+    <t>Obec</t>
+  </si>
+  <si>
+    <t>Kraj</t>
+  </si>
+  <si>
+    <t>Počet obv.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kraj </t>
+  </si>
+  <si>
+    <t>Kód</t>
+  </si>
+  <si>
+    <t>Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>CZ010</t>
+  </si>
+  <si>
+    <t>Středočeský kraj</t>
+  </si>
+  <si>
+    <t>CZ020</t>
+  </si>
+  <si>
+    <t>Jihočeský kraj</t>
+  </si>
+  <si>
+    <t>CZ031</t>
+  </si>
+  <si>
+    <t>Karlovarský kraj</t>
+  </si>
+  <si>
+    <t>CZ041</t>
+  </si>
+  <si>
+    <t>Ústecký kraj</t>
+  </si>
+  <si>
+    <t>CZ042</t>
+  </si>
+  <si>
+    <t>Liberecký kraj</t>
+  </si>
+  <si>
+    <t>CZ051</t>
+  </si>
+  <si>
+    <t>Královehradecký kraj</t>
+  </si>
+  <si>
+    <t>CZ052</t>
+  </si>
+  <si>
+    <t>Pardubický kraj</t>
+  </si>
+  <si>
+    <t>CZ053</t>
+  </si>
+  <si>
+    <t>Kraj Vysočina</t>
+  </si>
+  <si>
+    <t>CZ063</t>
+  </si>
+  <si>
+    <t>Jihomoravský kraj</t>
+  </si>
+  <si>
+    <t>CZ064</t>
+  </si>
+  <si>
+    <t>Olomoucký kraj</t>
+  </si>
+  <si>
+    <t>CZ071</t>
+  </si>
+  <si>
+    <t>Zlínský kraj</t>
+  </si>
+  <si>
+    <t>CZ072</t>
+  </si>
+  <si>
+    <t>Moravskoslezský kraj</t>
+  </si>
+  <si>
+    <t>CZ080</t>
+  </si>
+  <si>
+    <t>4150</t>
+  </si>
+  <si>
+    <t>Městské kulturní středisko Adamov - městská knihovna</t>
+  </si>
+  <si>
+    <t>Adamov</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Albrechtice</t>
+  </si>
+  <si>
+    <t>Albrechtice</t>
+  </si>
+  <si>
+    <t>2191</t>
+  </si>
+  <si>
+    <t>Knihovna a Muzeum Aš, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Aš</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>Místní knihovna Babice</t>
+  </si>
+  <si>
+    <t>Babice</t>
+  </si>
+  <si>
+    <t>2347</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bakov nad Jizerou</t>
+  </si>
+  <si>
+    <t>5183</t>
+  </si>
+  <si>
+    <t>Knihovna Baška</t>
+  </si>
+  <si>
+    <t>Bakov nad Jizerou</t>
+  </si>
+  <si>
+    <t>Baška</t>
+  </si>
+  <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Bavorově</t>
+  </si>
+  <si>
+    <t>3354</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bechyně</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bělá nad Radbuzou</t>
+  </si>
+  <si>
+    <t>Bavorov</t>
+  </si>
+  <si>
+    <t>Bechyně</t>
+  </si>
+  <si>
+    <t>Bělá nad Radbuzou</t>
+  </si>
+  <si>
+    <t>CZ032</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Městská knihovna Vladimíra Holana</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Bělé pod Pradědem</t>
+  </si>
+  <si>
+    <t>2989</t>
+  </si>
+  <si>
+    <t>Místní lidová knihovna Bělčice</t>
+  </si>
+  <si>
+    <t>Bělá pod Bezdězem</t>
+  </si>
+  <si>
+    <t>Bělá pod Pradědem</t>
+  </si>
+  <si>
+    <t>Bělčice</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>Městská knihovna Benátky nad Jizerou</t>
+  </si>
+  <si>
+    <t>3497</t>
+  </si>
+  <si>
+    <t>Městská knihovna Benešov</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Benešov nad Černou</t>
+  </si>
+  <si>
+    <t>2232</t>
+  </si>
+  <si>
+    <t>Městská knihovna Benešov nad Ploučnicí</t>
+  </si>
+  <si>
+    <t>3088</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Bernarticích</t>
+  </si>
+  <si>
+    <t>3696</t>
+  </si>
+  <si>
+    <t>Městská knihovna Beroun</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bílina</t>
+  </si>
+  <si>
+    <t>2763</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bílovec</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>Místní knihovna Bílovice</t>
+  </si>
+  <si>
+    <t>2509</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Bílovice nad Svitavou</t>
+  </si>
+  <si>
+    <t>Benátky nad Jizerou</t>
+  </si>
+  <si>
+    <t>Benešov</t>
+  </si>
+  <si>
+    <t>Benešov nad Černou</t>
+  </si>
+  <si>
+    <t>Benešov nad Ploučnicí</t>
+  </si>
+  <si>
+    <t>Bernartice</t>
+  </si>
+  <si>
+    <t>Beroun</t>
+  </si>
+  <si>
+    <t>Bílina</t>
+  </si>
+  <si>
+    <t>Bílovec</t>
+  </si>
+  <si>
+    <t>Bílovice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bílovice nad Svitavou </t>
+  </si>
+  <si>
+    <t>2847</t>
+  </si>
+  <si>
+    <t>Městská knihovna Blansko</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>Kulturní Plantáž Blatná - Městská knihovna Blatná</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Blatnici pod svatým Antonínkem</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>Městská knihovna Blovice</t>
+  </si>
+  <si>
+    <t>Blansko</t>
+  </si>
+  <si>
+    <t>Blatná</t>
+  </si>
+  <si>
+    <t>Blatnice</t>
+  </si>
+  <si>
+    <t>Blovice</t>
+  </si>
+  <si>
+    <t>4041</t>
+  </si>
+  <si>
+    <t>Místní knihovna Bludov</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>Místní knihovna Bohdíkov</t>
+  </si>
+  <si>
+    <t>3544</t>
+  </si>
+  <si>
+    <t>K3  Bohumín - středisko knihovna</t>
+  </si>
+  <si>
+    <t>5614</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Bohuňovice</t>
+  </si>
+  <si>
+    <t>Bludov</t>
+  </si>
+  <si>
+    <t>Bohdíkov</t>
+  </si>
+  <si>
+    <t>Bohumín</t>
+  </si>
+  <si>
+    <t>Bohuňovice</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>Městská knihovna a infocentrum Bochov</t>
+  </si>
+  <si>
+    <t>Bochov</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Bojkovicích</t>
+  </si>
+  <si>
+    <t>4045</t>
+  </si>
+  <si>
+    <t>Místní knihovna Bolatice</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bor</t>
+  </si>
+  <si>
+    <t>3892</t>
+  </si>
+  <si>
+    <t>Knihovna Augustina Dubenského</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>Místní knihovna Boršice</t>
+  </si>
+  <si>
+    <t>5398</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Boršov nad Vltavou</t>
+  </si>
+  <si>
+    <t>4086</t>
+  </si>
+  <si>
+    <t>Kulturní zařízení města Boskovice - knihovna  (Městská knihovna Boskovice)</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Božicích</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>Knihovna Eduarda Petišky</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>Městská knihovna Brandýs nad Orlicí</t>
+  </si>
+  <si>
+    <t>3447</t>
+  </si>
+  <si>
+    <t>Místní knihovna Brandýsek</t>
+  </si>
+  <si>
+    <t>Bojkovice</t>
+  </si>
+  <si>
+    <t>Bolatice</t>
+  </si>
+  <si>
+    <t>Bor</t>
+  </si>
+  <si>
+    <t>Borovany</t>
+  </si>
+  <si>
+    <t>Boršice</t>
+  </si>
+  <si>
+    <t>Boršov nad Vltavou</t>
+  </si>
+  <si>
+    <t>Boskovice</t>
+  </si>
+  <si>
+    <t>Božice</t>
+  </si>
+  <si>
+    <t>Brandýs nad Labem</t>
+  </si>
+  <si>
+    <t>Brandýs nad Orlicí</t>
+  </si>
+  <si>
+    <t>Brandýsek</t>
+  </si>
+  <si>
+    <t>4407</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Brankovice</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Brloh</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Brodek u Prostějova</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>Masarykova knihovna Brodek u Přerova</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>Městská knihovna Broumov</t>
+  </si>
+  <si>
+    <t>2612</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Brtnici</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Brumově-Bylnici</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bruntál</t>
+  </si>
+  <si>
+    <t>2207</t>
+  </si>
+  <si>
+    <t>Město Brušperk- městská knihovna</t>
+  </si>
+  <si>
+    <t>5132</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Bruzovicích</t>
+  </si>
+  <si>
+    <t>2468</t>
+  </si>
+  <si>
+    <t>Městská knihovna Břeclav, příspěvková organizace Rožmitál pod Třemšínem</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>Městská knihovna Březnice</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>Městská knihovna Březová</t>
+  </si>
+  <si>
+    <t>5435</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Březové nad Svitavou</t>
+  </si>
+  <si>
+    <t>3417</t>
+  </si>
+  <si>
+    <t>Městská knihovna Břidličná</t>
+  </si>
+  <si>
+    <t>4309</t>
+  </si>
+  <si>
+    <t>Knihovna Anny Šperkové</t>
+  </si>
+  <si>
+    <t>2611</t>
+  </si>
+  <si>
+    <t>Městská knihovna Budišov nad Budišovkou</t>
+  </si>
+  <si>
+    <t>4272</t>
+  </si>
+  <si>
+    <t>Městská knihovna Budyně nad Ohří</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>Místní knihovna Buchlovice</t>
+  </si>
+  <si>
+    <t>4333</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Buštěhradě</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Bystrém</t>
+  </si>
+  <si>
+    <t>Brankovice</t>
+  </si>
+  <si>
+    <t>Brloh</t>
+  </si>
+  <si>
+    <t>Brodek u Prostějova</t>
+  </si>
+  <si>
+    <t>Brodek u Přerova</t>
+  </si>
+  <si>
+    <t>Broumov</t>
+  </si>
+  <si>
+    <t>Brtnice</t>
+  </si>
+  <si>
+    <t>Brumov-Bylnice</t>
+  </si>
+  <si>
+    <t>Bruntál</t>
+  </si>
+  <si>
+    <t>Brušperk</t>
+  </si>
+  <si>
+    <t>Bruzovice</t>
+  </si>
+  <si>
+    <t>Břeclav</t>
+  </si>
+  <si>
+    <t>Březnice</t>
+  </si>
+  <si>
+    <t>Březová</t>
+  </si>
+  <si>
+    <t>Březová nad Svitavou</t>
+  </si>
+  <si>
+    <t>Břidličná</t>
+  </si>
+  <si>
+    <t>Bučovice</t>
+  </si>
+  <si>
+    <t>Budišov nad Budišovkou</t>
+  </si>
+  <si>
+    <t>Budyně nad Ohří</t>
+  </si>
+  <si>
+    <t>Buchlovice</t>
+  </si>
+  <si>
+    <t>Buštěhrad</t>
+  </si>
+  <si>
+    <t>Bystré</t>
+  </si>
+  <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bystřice</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>Místní knihovna Bystřice</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bystřice nad Pernštejnem</t>
+  </si>
+  <si>
+    <t>Bystřice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bystřice </t>
+  </si>
+  <si>
+    <t>Bystřice nad Pernštejnem</t>
+  </si>
+  <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bystřice pod Hostýnem</t>
+  </si>
+  <si>
+    <t>3623</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Býšť</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>Městská knihovna Bzenec</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>Městská knihovna Cvikov</t>
+  </si>
+  <si>
+    <t>3038</t>
+  </si>
+  <si>
+    <t>Městské muzeum a knihovna Čáslav</t>
+  </si>
+  <si>
+    <t>3269</t>
+  </si>
+  <si>
+    <t>Místní knihovna Častolovice</t>
+  </si>
+  <si>
+    <t>3258</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Čechtice</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>Knihovna a informační centrum</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>Městská knihovna Čelákovice</t>
+  </si>
+  <si>
+    <t>2132</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Čerčany</t>
+  </si>
+  <si>
+    <t>5998</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Černá Hora</t>
+  </si>
+  <si>
+    <t>1630</t>
+  </si>
+  <si>
+    <t>Místní knihovna Černilov</t>
+  </si>
+  <si>
+    <t>4374</t>
+  </si>
+  <si>
+    <t>Městská knihovna Františky Plamínkové v Černošicích</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>Městská knihovna Černovice</t>
+  </si>
+  <si>
+    <t>6190</t>
+  </si>
+  <si>
+    <t>Místní knihovna Červené Pečky</t>
+  </si>
+  <si>
+    <t>2848</t>
+  </si>
+  <si>
+    <t>Knihovna Břetislava Kafky Červený Kostelec</t>
+  </si>
+  <si>
+    <t>2309</t>
+  </si>
+  <si>
+    <t>Místní knihovna Česká Bělá</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>Městská knihovna Česká Kamenice</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>Knihovna Barunky Panklové Česká Skalice</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>Městská knihovna</t>
+  </si>
+  <si>
+    <t>5464</t>
+  </si>
+  <si>
+    <t>Městská knihovna České Velenice</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>Bystřice pod Hostýnem</t>
+  </si>
+  <si>
+    <t>Býšť</t>
+  </si>
+  <si>
+    <t>Bzenec</t>
+  </si>
+  <si>
+    <t>Cvikov</t>
+  </si>
+  <si>
+    <t>Čáslav</t>
+  </si>
+  <si>
+    <t>Častolovice</t>
+  </si>
+  <si>
+    <t>Čechtice</t>
+  </si>
+  <si>
+    <t>Čeladná</t>
+  </si>
+  <si>
+    <t>Čelákovice</t>
+  </si>
+  <si>
+    <t>Čerčany</t>
+  </si>
+  <si>
+    <t>Černá Hora</t>
+  </si>
+  <si>
+    <t>Černilov</t>
+  </si>
+  <si>
+    <t>Černošice</t>
+  </si>
+  <si>
+    <t>Černovice</t>
+  </si>
+  <si>
+    <t>Červené Pečky</t>
+  </si>
+  <si>
+    <t>Červený Kostelec</t>
+  </si>
+  <si>
+    <t>Česká Bělá</t>
+  </si>
+  <si>
+    <t>Česká Kamenice</t>
+  </si>
+  <si>
+    <t>Česká Skalice</t>
+  </si>
+  <si>
+    <t>Česká Třebová</t>
+  </si>
+  <si>
+    <t>České Velenice</t>
+  </si>
+  <si>
+    <t>Český Brod</t>
+  </si>
+  <si>
+    <t>3657</t>
+  </si>
+  <si>
+    <t>Podještědské muzeum a knihovna Český Dub, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Českém Krumlově</t>
+  </si>
+  <si>
+    <t>Český Dub</t>
+  </si>
+  <si>
+    <t>Český Krumlov</t>
+  </si>
+  <si>
+    <t>1352</t>
+  </si>
+  <si>
+    <t>Městská knihovna Český Těšín</t>
+  </si>
+  <si>
+    <t>5323</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Čížová</t>
+  </si>
+  <si>
+    <t>2817</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Čkyni</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>Knihovna Matěje Mikšíčka</t>
+  </si>
+  <si>
+    <t>Český Těšín</t>
+  </si>
+  <si>
+    <t>Čížová</t>
+  </si>
+  <si>
+    <t>Čkyně</t>
+  </si>
+  <si>
+    <t>Dačice</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dalovice</t>
+  </si>
+  <si>
+    <t>4156</t>
+  </si>
+  <si>
+    <t>2062</t>
+  </si>
+  <si>
+    <t>Místní knihovna Davle</t>
+  </si>
+  <si>
+    <t>Dalovice</t>
+  </si>
+  <si>
+    <t>Dašice</t>
+  </si>
+  <si>
+    <t>Davle</t>
+  </si>
+  <si>
+    <t>4087</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Desné</t>
+  </si>
+  <si>
+    <t>2199</t>
+  </si>
+  <si>
+    <t>Místní knihovna Dětmarovice</t>
+  </si>
+  <si>
+    <t>2306</t>
+  </si>
+  <si>
+    <t>Středisková knihovna Divišov</t>
+  </si>
+  <si>
+    <t>Desná</t>
+  </si>
+  <si>
+    <t>Dětmarovice</t>
+  </si>
+  <si>
+    <t>Divišov</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>Místní knihovna Dobrá,okres FM, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Dobrá</t>
+  </si>
+  <si>
+    <t>4923</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Dobré Vodě u Českých Budějovic</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dobrovice</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dobruška</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dobřany</t>
+  </si>
+  <si>
+    <t>Dobrá Voda u Č. Budějovic</t>
+  </si>
+  <si>
+    <t>Dobrovice</t>
+  </si>
+  <si>
+    <t>Dobruška</t>
+  </si>
+  <si>
+    <t>Dobřany</t>
+  </si>
+  <si>
+    <t>4578</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dobřichovice</t>
+  </si>
+  <si>
+    <t>2033</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dobříš</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>Městská knihovna Doksy</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dolní Benešov</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dolní Bojanovice</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>Městská knihovna a infocentrum Dolní Bousov</t>
+  </si>
+  <si>
+    <t>3134</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dolní Bukovsko</t>
+  </si>
+  <si>
+    <t>Dobřichovice</t>
+  </si>
+  <si>
+    <t>Dobříš</t>
+  </si>
+  <si>
+    <t>Doksy</t>
+  </si>
+  <si>
+    <t>Dolní Benešov</t>
+  </si>
+  <si>
+    <t>Dolní Bojanovice</t>
+  </si>
+  <si>
+    <t>Dolní Bousov</t>
+  </si>
+  <si>
+    <t>Dolní Bukovsko</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dolní Dvořiště</t>
+  </si>
+  <si>
+    <t>2510</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dolní Kounice</t>
+  </si>
+  <si>
+    <t>Dolní Dvořiště</t>
+  </si>
+  <si>
+    <t>Dolní Kounice</t>
+  </si>
+  <si>
+    <t>4987</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dolní Kralovice</t>
+  </si>
+  <si>
+    <t>Dolní Kralovice</t>
+  </si>
+  <si>
+    <t>2471</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Dolní Lutyni</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>Místní knihovna Dolní Němčí</t>
+  </si>
+  <si>
+    <t>5236</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Dolním Podluží</t>
+  </si>
+  <si>
+    <t>Dolní Lutyně</t>
+  </si>
+  <si>
+    <t>Dolní Němčí</t>
+  </si>
+  <si>
+    <t>Dolní Podluží</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>Knihovna Dolní Újezd</t>
+  </si>
+  <si>
+    <t>Dolní Újezd</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>Městská knihovna Boženy Němcové Domažlice</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>Místní knihovna Doudleby nad Orlicí</t>
+  </si>
+  <si>
+    <t>Domažlice</t>
+  </si>
+  <si>
+    <t>Doudleby nad Orlicí</t>
+  </si>
+  <si>
+    <t>4565</t>
+  </si>
+  <si>
+    <t>Obecní knihovna</t>
+  </si>
+  <si>
+    <t>Drnovice</t>
+  </si>
+  <si>
+    <t>2958</t>
+  </si>
+  <si>
+    <t>Městské kulturní zařízení Dubí</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>Městská knihovna Dubňany</t>
+  </si>
+  <si>
+    <t>Dubí</t>
+  </si>
+  <si>
+    <t>Dubňany</t>
+  </si>
+  <si>
+    <t>4775</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Dubné</t>
+  </si>
+  <si>
+    <t>Dubné</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>Městská knihovna Duchcov</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Městská knihovna Slavoj ve Dvoře Králové nad Labem</t>
+  </si>
+  <si>
+    <t>Duchcov</t>
+  </si>
+  <si>
+    <t>Dvůr Králové nad Labem</t>
+  </si>
+  <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>Městská knihovna Františkovy Lázně</t>
+  </si>
+  <si>
+    <t>Františkovy Lázně</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Frenštátě pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>Frenštát pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Fryčovice</t>
+  </si>
+  <si>
+    <t>Fryčovice</t>
+  </si>
+  <si>
+    <t>3725</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Frýdlantě</t>
+  </si>
+  <si>
+    <t>Frýdlant</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>Kulturní centrum Frýdlant nad Ostravicí, p.o.</t>
+  </si>
+  <si>
+    <t>Frýdlant nad Ostravicí</t>
+  </si>
+  <si>
+    <t>1804</t>
+  </si>
+  <si>
+    <t>Městská knihovna Fryšták</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Komenského knihovna Fulnek</t>
+  </si>
+  <si>
+    <t>Fryšták</t>
+  </si>
+  <si>
+    <t>Fulnek</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Golčově Jeníkově</t>
+  </si>
+  <si>
+    <t>Golčův Jeníkov</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>Městské kulturní středisko</t>
+  </si>
+  <si>
+    <t>Habartov</t>
+  </si>
+  <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>Místní knihovna a infocentrum Háj ve Slezsku</t>
+  </si>
+  <si>
+    <t>Háj ve Slezsku</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>Knihovna Halenkov</t>
+  </si>
+  <si>
+    <t>Halenkov</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>Místní knihovna obce Halenkovice</t>
+  </si>
+  <si>
+    <t>Halenkovice</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hanušovice</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>Hanušovice</t>
+  </si>
+  <si>
+    <t>Harrachov</t>
+  </si>
+  <si>
+    <t>3724</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hartmanice</t>
+  </si>
+  <si>
+    <t>Hartmanice</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Hazlov</t>
+  </si>
+  <si>
+    <t>2431</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hejnicích</t>
+  </si>
+  <si>
+    <t>Hazlov</t>
+  </si>
+  <si>
+    <t>Hejnice</t>
+  </si>
+  <si>
+    <t>4857</t>
+  </si>
+  <si>
+    <t>Obecní knihovna  Heřmanova Huť</t>
+  </si>
+  <si>
+    <t>Heřmanova Huť</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Městská knihovna Heřmanův Městec</t>
+  </si>
+  <si>
+    <t>6542</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Hladké Životice</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hlinsko</t>
+  </si>
+  <si>
+    <t>4744</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hluboká nad Vltavou</t>
+  </si>
+  <si>
+    <t>Heřmanův Městec</t>
+  </si>
+  <si>
+    <t>Hladké Životice</t>
+  </si>
+  <si>
+    <t>Hlinsko</t>
+  </si>
+  <si>
+    <t>Hluboká nad Vltavou</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hlučíně</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hluku</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>Knihovna Hnojník</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hodkovicích nad Mohelkou</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hodonín</t>
+  </si>
+  <si>
+    <t>Hlučín</t>
+  </si>
+  <si>
+    <t>Hluk</t>
+  </si>
+  <si>
+    <t>Hnojník</t>
+  </si>
+  <si>
+    <t>Hodkovice n. Moh.</t>
+  </si>
+  <si>
+    <t>Hodonín</t>
+  </si>
+  <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>Místní knihovna Pavla Křížkovského Holasovice</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>Městské kulturní středisko -Městská knihovna Holešov</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>Holasovice</t>
+  </si>
+  <si>
+    <t>Holešov</t>
+  </si>
+  <si>
+    <t>Holice</t>
+  </si>
+  <si>
+    <t>1622</t>
+  </si>
+  <si>
+    <t>Místní knihovna Holoubkov</t>
+  </si>
+  <si>
+    <t>2342</t>
+  </si>
+  <si>
+    <t>Městská knihovna Holýšov</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>Městská knihovna Horažďovice</t>
+  </si>
+  <si>
+    <t>Holoubkov</t>
+  </si>
+  <si>
+    <t>Holýšov</t>
+  </si>
+  <si>
+    <t>Horažďovice</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>Místní knihovna Horní Bečva</t>
+  </si>
+  <si>
+    <t>2073</t>
+  </si>
+  <si>
+    <t>Městské informační centrum a knihovna</t>
+  </si>
+  <si>
+    <t>2435</t>
+  </si>
+  <si>
+    <t>Městská knihovna Horní Bříza</t>
+  </si>
+  <si>
+    <t>Horní Bečva</t>
+  </si>
+  <si>
+    <t>Horní Benešov</t>
+  </si>
+  <si>
+    <t>Horní Bříza</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>Městská knihovna Horní Cerekev</t>
+  </si>
+  <si>
+    <t>2114</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Horní Lideč</t>
+  </si>
+  <si>
+    <t>Horní Cerekev</t>
+  </si>
+  <si>
+    <t>Horní Jelení</t>
+  </si>
+  <si>
+    <t>Horní Lideč</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>Městská knihovna Horní Planá</t>
+  </si>
+  <si>
+    <t>Horní Planá</t>
+  </si>
+  <si>
+    <t>2043</t>
+  </si>
+  <si>
+    <t>Městské kulturní středisko Horní Slavkov</t>
+  </si>
+  <si>
+    <t>4293</t>
+  </si>
+  <si>
+    <t>Místní knihovna Horní Stropnice</t>
+  </si>
+  <si>
+    <t>2490</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Horní Suché</t>
+  </si>
+  <si>
+    <t>3873</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Horoměřice</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>Městská knihovna Horšovský Týn</t>
+  </si>
+  <si>
+    <t>Horní Slavkov</t>
+  </si>
+  <si>
+    <t>Horní Stropnice</t>
+  </si>
+  <si>
+    <t>Horní Suchá</t>
+  </si>
+  <si>
+    <t>Horoměřice</t>
+  </si>
+  <si>
+    <t>Horšovský Týn</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hořice</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>Knihovna Ivana Slavíka Hořovice</t>
+  </si>
+  <si>
+    <t>3513</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hostinné</t>
+  </si>
+  <si>
+    <t>5055</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hostivice</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hostomicích pod Brdy</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>Veřejná knihovna v Hovězí</t>
+  </si>
+  <si>
+    <t>Hořice v Podkrkonoší</t>
+  </si>
+  <si>
+    <t>Hořovice</t>
+  </si>
+  <si>
+    <t>Hostinné</t>
+  </si>
+  <si>
+    <t>Hostivice</t>
+  </si>
+  <si>
+    <t>Hostomice</t>
+  </si>
+  <si>
+    <t>Hovězí</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>Městská knihovna a informační centrum Hradec nad Moravicí,</t>
+  </si>
+  <si>
+    <t>Hradec nad Moravicí</t>
+  </si>
+  <si>
+    <t>4040</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hrádek</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>Brána Trojzemí, příspěvková organizace - městská knihovna</t>
+  </si>
+  <si>
+    <t>Hrádek</t>
+  </si>
+  <si>
+    <t>Hrádek nad Nisou</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hranice</t>
+  </si>
+  <si>
+    <t>Hranice</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>3774</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hrochův Týnec</t>
+  </si>
+  <si>
+    <t>Hrochův Týnec</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>Městská knihovna Egona Hostovského</t>
+  </si>
+  <si>
+    <t>Hronov</t>
+  </si>
+  <si>
+    <t>2377</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hrotovice</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>Městská knihovna Hroznětín</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hrušovanech nad Jevišovkou</t>
+  </si>
+  <si>
+    <t>Hrotovice</t>
+  </si>
+  <si>
+    <t>Hroznětín</t>
+  </si>
+  <si>
+    <t>Hrušovany nad Jevišovkou</t>
+  </si>
+  <si>
+    <t>2511</t>
+  </si>
+  <si>
+    <t>Místní knihovna Hrušovany u Brna</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>Obecní knihovna při ZŠ L. Janáčka Hukvaldy</t>
+  </si>
+  <si>
+    <t>Hrušovany u Brna</t>
+  </si>
+  <si>
+    <t>Hukvaldy</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Hulíně</t>
+  </si>
+  <si>
+    <t>Hulín</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>Knihovna Jiřiny Zábranové</t>
+  </si>
+  <si>
+    <t>Humpolec</t>
+  </si>
+  <si>
+    <t>4248</t>
+  </si>
+  <si>
+    <t>Místní knihovna Husinec</t>
+  </si>
+  <si>
+    <t>2882</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>Místní knihovna Hustopeče nad Bečvou</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>Knihovna Městyse Chlum u Třeboně</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chlumec, základní knihovna</t>
+  </si>
+  <si>
+    <t>2045</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chlumec nad Cidlinou</t>
+  </si>
+  <si>
+    <t>Husinec</t>
+  </si>
+  <si>
+    <t>Hustopeče</t>
+  </si>
+  <si>
+    <t>Hustopeče nad Bečvou</t>
+  </si>
+  <si>
+    <t>Chlum u Třeboně</t>
+  </si>
+  <si>
+    <t>Chlumec</t>
+  </si>
+  <si>
+    <t>Chlumec nad Cidlinou</t>
+  </si>
+  <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>Městská knihovna Choceň</t>
+  </si>
+  <si>
+    <t>Choceň</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chodov</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Choltice</t>
+  </si>
+  <si>
+    <t>Chodov</t>
+  </si>
+  <si>
+    <t>Choltice</t>
+  </si>
+  <si>
+    <t>2945</t>
+  </si>
+  <si>
+    <t>Knihovna Ignáta Herrmanna a Informační centrum Chotěboř</t>
+  </si>
+  <si>
+    <t>Chotěboř</t>
+  </si>
+  <si>
+    <t>4464</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Chotoviny</t>
+  </si>
+  <si>
+    <t>Chotoviny</t>
+  </si>
+  <si>
+    <t>3289</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chrast</t>
+  </si>
+  <si>
+    <t>5215</t>
+  </si>
+  <si>
+    <t>Místní knihovna Chrást</t>
+  </si>
+  <si>
+    <t>Chrast</t>
+  </si>
+  <si>
+    <t>Chrást</t>
+  </si>
+  <si>
+    <t>4281</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chrastava</t>
+  </si>
+  <si>
+    <t>4276</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Chropyni</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chrudim</t>
+  </si>
+  <si>
+    <t>3768</t>
+  </si>
+  <si>
+    <t>Knihovna  městyse Chudenice</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>Chrastava</t>
+  </si>
+  <si>
+    <t>Chropyně</t>
+  </si>
+  <si>
+    <t>Chrudim</t>
+  </si>
+  <si>
+    <t>Chudenice</t>
+  </si>
+  <si>
+    <t>Chvaletice</t>
+  </si>
+  <si>
+    <t>2146</t>
+  </si>
+  <si>
+    <t>Knihovna Chýně</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>Městská knihovna Chýnov</t>
+  </si>
+  <si>
+    <t>Chýně</t>
+  </si>
+  <si>
+    <t>Chýnov</t>
+  </si>
+  <si>
+    <t>2454</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Chyškách</t>
+  </si>
+  <si>
+    <t>2512</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ivančice</t>
+  </si>
+  <si>
+    <t>3664</t>
+  </si>
+  <si>
+    <t>3579</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jablonec nad Jizerou</t>
+  </si>
+  <si>
+    <t>2764</t>
+  </si>
+  <si>
+    <t>Chyšky</t>
+  </si>
+  <si>
+    <t>Ivančice</t>
+  </si>
+  <si>
+    <t>Ivanovice na Hané</t>
+  </si>
+  <si>
+    <t>Jablonec nad Jizerou</t>
+  </si>
+  <si>
+    <t>Jablonné nad Orlicí</t>
+  </si>
+  <si>
+    <t>2766</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jablonné v Podještědí</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>Základní knihovna Jablůnka</t>
+  </si>
+  <si>
+    <t>3655</t>
+  </si>
   <si>
     <t>Jablunkovské centrum kultury a informací</t>
   </si>
   <si>
+    <t>Jablonné v Podještědí</t>
+  </si>
+  <si>
+    <t>Jablůnka</t>
+  </si>
+  <si>
     <t>Jablunkov</t>
   </si>
   <si>
-    <t>CZ080</t>
+    <t>652</t>
+  </si>
+  <si>
+    <t>Městská knihovna, kulturní a informační centrum Jáchymov</t>
+  </si>
+  <si>
+    <t>Jáchymov</t>
+  </si>
+  <si>
+    <t>4799</t>
+  </si>
+  <si>
+    <t>Městská knihovna Janovice nad Úhlavou</t>
+  </si>
+  <si>
+    <t>Janovice nad Úhlavou</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jaroměř</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jaroměřice nad Rokytnou</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rudolfa Zubera Javorník</t>
+  </si>
+  <si>
+    <t>4406</t>
+  </si>
+  <si>
+    <t>Místní knihovna Jedovnice</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jemnice</t>
+  </si>
+  <si>
+    <t>2031</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Jesenice</t>
+  </si>
+  <si>
+    <t>6476</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jesenice</t>
+  </si>
+  <si>
+    <t>Jaroměř</t>
+  </si>
+  <si>
+    <t>Jaroměřice nad Rokytnou</t>
+  </si>
+  <si>
+    <t>Javorník</t>
+  </si>
+  <si>
+    <t>Jedovnice</t>
+  </si>
+  <si>
+    <t>Jemnice</t>
+  </si>
+  <si>
+    <t>Jesenice</t>
+  </si>
+  <si>
+    <t>Jesenice u Rakovníka</t>
+  </si>
+  <si>
+    <t>2762</t>
+  </si>
+  <si>
+    <t>Knihovna Vincence Priessnitze v Jeseníku</t>
+  </si>
+  <si>
+    <t>2533</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Jevíčku</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jevišovice</t>
+  </si>
+  <si>
+    <t>Jeseník</t>
+  </si>
+  <si>
+    <t>Jevíčko</t>
+  </si>
+  <si>
+    <t>Jevišovice</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>Knihovna Václava Čtvrtka v Jičíně</t>
+  </si>
+  <si>
+    <t>Jičín</t>
+  </si>
+  <si>
+    <t>2203</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jaroslava Havlíčka</t>
+  </si>
+  <si>
+    <t>Jilemnice</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jílové</t>
+  </si>
+  <si>
+    <t>Jílové</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jílové u Prahy</t>
+  </si>
+  <si>
+    <t>Jílové u Prahy</t>
+  </si>
+  <si>
+    <t>3631</t>
+  </si>
+  <si>
+    <t>Místní lidová knihovna Jince</t>
+  </si>
+  <si>
+    <t>Jince</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>Městská knihovna Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>5683</t>
+  </si>
+  <si>
+    <t>Knihovna Jinočany</t>
+  </si>
+  <si>
+    <t>Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>Jinočany</t>
+  </si>
+  <si>
+    <t>2610</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Jirkově</t>
+  </si>
+  <si>
+    <t>Jirkov</t>
+  </si>
+  <si>
+    <t>2961</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Jiříkově</t>
+  </si>
+  <si>
+    <t>Jiříkov</t>
+  </si>
+  <si>
+    <t>4036</t>
+  </si>
+  <si>
+    <t>Veřejná knihovna Jistebnice</t>
+  </si>
+  <si>
+    <t>Jistebnice</t>
+  </si>
+  <si>
+    <t>4187</t>
+  </si>
+  <si>
+    <t>Místní knihovna Kačice</t>
+  </si>
+  <si>
+    <t>3037</t>
+  </si>
+  <si>
+    <t>Kulturní zařízení Kadaň - Městská knihovna</t>
+  </si>
+  <si>
+    <t>Kačice</t>
+  </si>
+  <si>
+    <t>Kadaň</t>
+  </si>
+  <si>
+    <t>2085</t>
+  </si>
+  <si>
+    <t>Kulturní centrum Kamenice - knihovna</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>Knihovna správy kulturních zařízení Města Kamenice nad Lipou</t>
+  </si>
+  <si>
+    <t>Kamenice</t>
+  </si>
+  <si>
+    <t>Kamenice nad Lipou</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kamenický Šenov</t>
+  </si>
+  <si>
+    <t>5164</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Kamenném Újezdě</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>Městká knihovna Kaplice</t>
+  </si>
+  <si>
+    <t>5121</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kardašova Řečice</t>
+  </si>
+  <si>
+    <t>Kamenický Šenov</t>
+  </si>
+  <si>
+    <t>Kamenný Újezd</t>
+  </si>
+  <si>
+    <t>Kaplice</t>
+  </si>
+  <si>
+    <t>Kardašova Řečice</t>
+  </si>
+  <si>
+    <t>2929</t>
+  </si>
+  <si>
+    <t>Městská knihovna Karolinka</t>
+  </si>
+  <si>
+    <t>Karolinka</t>
+  </si>
+  <si>
+    <t>2837</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kašperské Hory</t>
+  </si>
+  <si>
+    <t>Kašperské Hory</t>
+  </si>
+  <si>
+    <t>3308</t>
+  </si>
+  <si>
+    <t>Kolářova knihovna Katovice</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kaznějov</t>
+  </si>
+  <si>
+    <t>Katovice</t>
+  </si>
+  <si>
+    <t>Kaznějov</t>
+  </si>
+  <si>
+    <t>3287</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kdyně</t>
+  </si>
+  <si>
+    <t>Kdyně</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kelč</t>
+  </si>
+  <si>
+    <t>Kelč</t>
+  </si>
+  <si>
+    <t>3034</t>
+  </si>
+  <si>
+    <t>Zámek Klášterec nad Ohří přísp. org. - městská knihovna</t>
+  </si>
+  <si>
+    <t>Klášterec nad Ohří</t>
+  </si>
+  <si>
+    <t>3039</t>
+  </si>
+  <si>
+    <t>Městská knihovna Klatovy</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>Městská knihovna Klecany</t>
+  </si>
+  <si>
+    <t>Klatovy</t>
+  </si>
+  <si>
+    <t>Klecany</t>
+  </si>
+  <si>
+    <t>4911</t>
+  </si>
+  <si>
+    <t>Místní knihovna Klenčí pod Čerchovem</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>Městská knihovna Klimkovice</t>
+  </si>
+  <si>
+    <t>Klenčí pod Čerchovem</t>
+  </si>
+  <si>
+    <t>Klimkovice</t>
+  </si>
+  <si>
+    <t>2889</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Kněžmost</t>
+  </si>
+  <si>
+    <t>3198</t>
+  </si>
+  <si>
+    <t>Místní knihovna Kobeřice</t>
+  </si>
+  <si>
+    <t>Klobouky u Brna</t>
+  </si>
+  <si>
+    <t>Kněžmost</t>
+  </si>
+  <si>
+    <t>Kobeřice</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>Místní knihovna Kobylí</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kojetín</t>
+  </si>
+  <si>
+    <t>2669</t>
+  </si>
+  <si>
+    <t>Knihovna v Kolinci</t>
+  </si>
+  <si>
+    <t>3957</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Komárov</t>
+  </si>
+  <si>
+    <t>5310</t>
+  </si>
+  <si>
+    <t>Obecní knihovna a informační centrum Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>2070</t>
+  </si>
+  <si>
+    <t>Městská knihovna Konice</t>
+  </si>
+  <si>
+    <t>Kobylí</t>
+  </si>
+  <si>
+    <t>Kojetín</t>
+  </si>
+  <si>
+    <t>Kolinec</t>
+  </si>
+  <si>
+    <t>Komárov</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Konice</t>
+  </si>
+  <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>Kulturní a vzdělávací centrum a knihovna Kopidlno</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>Kulturní dům Kopřivnice</t>
+  </si>
+  <si>
+    <t>Kopidlno</t>
+  </si>
+  <si>
+    <t>Kopřivnice</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>Městská knihovna Koryčany</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kosmonosy</t>
+  </si>
+  <si>
+    <t>Koryčany</t>
+  </si>
+  <si>
+    <t>Kosmonosy</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kostelec na Hané</t>
+  </si>
+  <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>Městská knihovna a informační centrum</t>
+  </si>
+  <si>
+    <t>Kostelec na Hané</t>
+  </si>
+  <si>
+    <t>Kostelec nad Černými lesy</t>
+  </si>
+  <si>
+    <t>1388</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kostelec nad Orlicí</t>
+  </si>
+  <si>
+    <t>Kostelec nad Orlicí</t>
+  </si>
+  <si>
+    <t>3730</t>
+  </si>
+  <si>
+    <t>Místní knihovna Kostice</t>
+  </si>
+  <si>
+    <t>4840</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kouřim</t>
+  </si>
+  <si>
+    <t>2896</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Kovářov</t>
+  </si>
+  <si>
+    <t>5268</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Kozlovice</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Kožlanech</t>
+  </si>
+  <si>
+    <t>4013</t>
+  </si>
+  <si>
+    <t>Městská knihovna Králíky</t>
+  </si>
+  <si>
+    <t>Kostice</t>
+  </si>
+  <si>
+    <t>Kouřim</t>
+  </si>
+  <si>
+    <t>Kovářov</t>
+  </si>
+  <si>
+    <t>Kozlovice</t>
+  </si>
+  <si>
+    <t>Kožlany</t>
+  </si>
+  <si>
+    <t>Králíky</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Kralovicích</t>
+  </si>
+  <si>
+    <t>2424</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Královské Poříčí</t>
+  </si>
+  <si>
+    <t>Kralovice</t>
+  </si>
+  <si>
+    <t>Královské Poříčí</t>
+  </si>
+  <si>
+    <t>2072</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kralupy nad Vltavou</t>
+  </si>
+  <si>
+    <t>3369</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Králův Dvůr</t>
+  </si>
+  <si>
+    <t>Kralupy nad Vltavou</t>
+  </si>
+  <si>
+    <t>Králův dvůr</t>
+  </si>
+  <si>
+    <t>3852</t>
+  </si>
+  <si>
+    <t>Městské kulturní centrum Kraslice, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>2205</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Krásné Lípě</t>
+  </si>
+  <si>
+    <t>Kraslice</t>
+  </si>
+  <si>
+    <t>Krásná Lípa</t>
+  </si>
+  <si>
+    <t>4016</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kravaře</t>
+  </si>
+  <si>
+    <t>Kravaře</t>
+  </si>
+  <si>
+    <t>4608</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Krmelín</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>Městská knihovna Krnov</t>
+  </si>
+  <si>
+    <t>Krmelín</t>
+  </si>
+  <si>
+    <t>Krnov</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>Městská knihovna Krupka</t>
+  </si>
+  <si>
+    <t>2371</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Kryrech</t>
+  </si>
+  <si>
+    <t>Krupka</t>
+  </si>
+  <si>
+    <t>Kryry</t>
+  </si>
+  <si>
+    <t>4292</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Křemže</t>
+  </si>
+  <si>
+    <t>4868</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Kuníně</t>
+  </si>
+  <si>
+    <t>Křemže</t>
+  </si>
+  <si>
+    <t>Kunín</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>Knihovna Fanka Jilíka Kunovice</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kunštát</t>
+  </si>
+  <si>
+    <t>2517</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kuřim</t>
+  </si>
+  <si>
+    <t>Kunovice</t>
+  </si>
+  <si>
+    <t>Kunštát</t>
+  </si>
+  <si>
+    <t>Kuřim</t>
+  </si>
+  <si>
+    <t>2374</t>
+  </si>
+  <si>
+    <t>Knihovna Kutná Hora</t>
+  </si>
+  <si>
+    <t>Kutná Hora</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>Místní knihovna obce Kvasice</t>
+  </si>
+  <si>
+    <t>Kvasice</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>Městská knihovna Kyjov</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>4914</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lázně Bělohrad</t>
+  </si>
+  <si>
+    <t>Kyjov</t>
+  </si>
+  <si>
+    <t>Kynšperk nad Ohří</t>
+  </si>
+  <si>
+    <t>Lanškroun</t>
+  </si>
+  <si>
+    <t>Lanžhot</t>
+  </si>
+  <si>
+    <t>Lázně Bělohrad</t>
+  </si>
+  <si>
+    <t>3584</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lázně Bohdaneč</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lázně Kynžvart</t>
+  </si>
+  <si>
+    <t>Lázně Bohdaneč</t>
+  </si>
+  <si>
+    <t>Lázně Kynžvart</t>
+  </si>
+  <si>
+    <t>2767</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>5371</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Ledenicích</t>
+  </si>
+  <si>
+    <t>3989</t>
+  </si>
+  <si>
+    <t>Místní knihovna</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>3677</t>
+  </si>
+  <si>
+    <t>Městská knihovna Letovice</t>
+  </si>
+  <si>
+    <t>Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>Ledenice</t>
+  </si>
+  <si>
+    <t>Lednice</t>
+  </si>
+  <si>
+    <t>Letohrad</t>
+  </si>
+  <si>
+    <t>Letovice</t>
+  </si>
+  <si>
+    <t>3386</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Lhenice</t>
+  </si>
+  <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>Městská knihovna Libáň</t>
+  </si>
+  <si>
+    <t>Lhenice</t>
+  </si>
+  <si>
+    <t>Libáň</t>
+  </si>
+  <si>
+    <t>2404</t>
+  </si>
+  <si>
+    <t>Městská knihovna Libčice nad Vltavou</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Líbeznice</t>
+  </si>
+  <si>
+    <t>Libčice nad Vltavou</t>
+  </si>
+  <si>
+    <t>Líbeznice</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>Místní knihovna Libina</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>Městská knihovna Libochovice</t>
+  </si>
+  <si>
+    <t>Libina</t>
+  </si>
+  <si>
+    <t>Libochovice</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Libušíně</t>
+  </si>
+  <si>
+    <t>Libušín</t>
+  </si>
+  <si>
+    <t>3168</t>
+  </si>
+  <si>
+    <t>Místní knihovna Líně</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lipník nad Bečvou, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Líně</t>
+  </si>
+  <si>
+    <t>Lipník nad Bečvou</t>
+  </si>
+  <si>
+    <t>5405</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Lipová Lázně</t>
+  </si>
+  <si>
+    <t>Lipová Lázně</t>
+  </si>
+  <si>
+    <t>5691</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lišov</t>
+  </si>
+  <si>
+    <t>Lišov</t>
+  </si>
+  <si>
+    <t>3173</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Litni</t>
+  </si>
+  <si>
+    <t>2190</t>
+  </si>
+  <si>
+    <t>Příspěvková organizace Knihovna Karla Hynka Máchy v Litoměřicích</t>
+  </si>
+  <si>
+    <t>Liteň</t>
+  </si>
+  <si>
+    <t>Litoměřice</t>
+  </si>
+  <si>
+    <t>3499</t>
+  </si>
+  <si>
+    <t>Městská knihovna Litomyšl</t>
+  </si>
+  <si>
+    <t>Litomyšl</t>
+  </si>
+  <si>
+    <t>5004</t>
+  </si>
+  <si>
+    <t>Městská knihovna Litovel</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>Městská knihovna Litvínov</t>
+  </si>
+  <si>
+    <t>5305</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Šindlových Dvorech s 1 pobočkou -  v  Mokrém</t>
+  </si>
+  <si>
+    <t>Litovel</t>
+  </si>
+  <si>
+    <t>Litvínov</t>
+  </si>
+  <si>
+    <t>Litvínovice</t>
+  </si>
+  <si>
+    <t>4249</t>
+  </si>
+  <si>
+    <t>Místní knihovna Lnáře</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Městská knihovna Loket</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lom</t>
+  </si>
+  <si>
+    <t>3063</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Lomnice</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lomnice nad Lužnicí</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Lomnici nad Popelkou</t>
+  </si>
+  <si>
+    <t>Lnáře</t>
+  </si>
+  <si>
+    <t>Loket</t>
+  </si>
+  <si>
+    <t>Lom</t>
+  </si>
+  <si>
+    <t>Lomnice</t>
+  </si>
+  <si>
+    <t>Lomnice nad Lužnicí</t>
+  </si>
+  <si>
+    <t>Lomnice nad Popelkou</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>Městská knihovna Loštice</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Loučovice</t>
+  </si>
+  <si>
+    <t>Loštice</t>
+  </si>
+  <si>
+    <t>Loučovice</t>
+  </si>
+  <si>
+    <t>2292</t>
+  </si>
+  <si>
+    <t>Městská knihovna Louny</t>
+  </si>
+  <si>
+    <t>2531</t>
+  </si>
+  <si>
+    <t>Městská knihovna Lovosice</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>Městská knihovna Luby</t>
+  </si>
+  <si>
+    <t>3408</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Lučany nad Nisou</t>
+  </si>
+  <si>
+    <t>Louny</t>
+  </si>
+  <si>
+    <t>Lovosice</t>
+  </si>
+  <si>
+    <t>Luby</t>
+  </si>
+  <si>
+    <t>Lučany nad Nisou</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Ludgeřovicích</t>
+  </si>
+  <si>
+    <t>Ludgeřovice</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>Městská knihovna Luhačovice</t>
+  </si>
+  <si>
+    <t>Luhačovice</t>
+  </si>
+  <si>
+    <t>2625</t>
+  </si>
+  <si>
+    <t>Místní knihovna Luka nad Jihlavou</t>
+  </si>
+  <si>
+    <t>4042</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Lutín</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Městská knihovna Luže</t>
+  </si>
+  <si>
+    <t>2233</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Lysice</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Malé Březno</t>
+  </si>
+  <si>
+    <t>Luka nad Jihlavou</t>
+  </si>
+  <si>
+    <t>Lutín</t>
+  </si>
+  <si>
+    <t>Luže</t>
+  </si>
+  <si>
+    <t>Lysá nad Labem</t>
+  </si>
+  <si>
+    <t>Lysice</t>
+  </si>
+  <si>
+    <t>Malé Březno</t>
+  </si>
+  <si>
+    <t>4537</t>
+  </si>
+  <si>
+    <t>Místní lidová knihovna Maleč</t>
+  </si>
+  <si>
+    <t>Maleč</t>
+  </si>
+  <si>
+    <t>4382</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Malšice</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>Městská knihovna Manětín</t>
+  </si>
+  <si>
+    <t>2849</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mariánské Lázně</t>
+  </si>
+  <si>
+    <t>3726</t>
+  </si>
+  <si>
+    <t>Městská knihovna Měčín</t>
+  </si>
+  <si>
+    <t>Malšice</t>
+  </si>
+  <si>
+    <t>Manětín</t>
+  </si>
+  <si>
+    <t>Mariánské Lázně</t>
+  </si>
+  <si>
+    <t>Měčín</t>
+  </si>
+  <si>
+    <t>3224</t>
+  </si>
+  <si>
+    <t>Mělnické kulturní centrum, z.ú. - městská knihovna</t>
+  </si>
+  <si>
+    <t>4842</t>
+  </si>
+  <si>
+    <t>Městská knihovna Městec Králové</t>
+  </si>
+  <si>
+    <t>Mělník</t>
+  </si>
+  <si>
+    <t>Městec Králové</t>
+  </si>
+  <si>
+    <t>3180</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Městečku Trnávce</t>
+  </si>
+  <si>
+    <t>4157</t>
+  </si>
+  <si>
+    <t>Městská knihovna Město Albrechtice</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>Městská knihovna Meziboří</t>
+  </si>
+  <si>
+    <t>Městečko Trnávka</t>
+  </si>
+  <si>
+    <t>Město Albrechtice</t>
+  </si>
+  <si>
+    <t>Meziboří</t>
+  </si>
+  <si>
+    <t>2302</t>
+  </si>
+  <si>
+    <t>Městská knihovna Meziměstí</t>
+  </si>
+  <si>
+    <t>3355</t>
+  </si>
+  <si>
+    <t>3628</t>
+  </si>
+  <si>
+    <t>Místní knihovna a informační středisko Mikulovice</t>
+  </si>
+  <si>
+    <t>3100</t>
+  </si>
+  <si>
+    <t>Knihovna Karla Jaromíra Erbena Miletín</t>
+  </si>
+  <si>
+    <t>Meziměstí</t>
+  </si>
+  <si>
+    <t>Mikulov</t>
+  </si>
+  <si>
+    <t>Mikulovice</t>
+  </si>
+  <si>
+    <t>Miletín</t>
+  </si>
+  <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Milevsku</t>
+  </si>
+  <si>
+    <t>Milevsko</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>Knihovna Dr. E. Bořického</t>
+  </si>
+  <si>
+    <t>2887</t>
+  </si>
+  <si>
+    <t>Městská knihovna Milovice</t>
+  </si>
+  <si>
+    <t>Milín</t>
+  </si>
+  <si>
+    <t>Milovice nad Labem</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mimoň</t>
+  </si>
+  <si>
+    <t>Mimoň</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Miroslavi</t>
+  </si>
+  <si>
+    <t>2231</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mirošov</t>
+  </si>
+  <si>
+    <t>Miroslav</t>
+  </si>
+  <si>
+    <t>Mirošov</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mirotice</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mirovice</t>
+  </si>
+  <si>
+    <t>Mirotice</t>
+  </si>
+  <si>
+    <t>Mirovice</t>
+  </si>
+  <si>
+    <t>3288</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mladá Vožice</t>
+  </si>
+  <si>
+    <t>Mladá Vožice</t>
+  </si>
+  <si>
+    <t>9999079</t>
+  </si>
+  <si>
+    <t>Jiráskova knihovna</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mnichovo Hradiště</t>
+  </si>
+  <si>
+    <t>Mnichovice</t>
+  </si>
+  <si>
+    <t>Mnichovo Hradiště</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mníšek pod Brdy</t>
+  </si>
+  <si>
+    <t>Mníšek pod Brdy</t>
+  </si>
+  <si>
+    <t>2518</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Modřicích</t>
+  </si>
+  <si>
+    <t>3418</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mohelnice</t>
+  </si>
+  <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Mohelno</t>
+  </si>
+  <si>
+    <t>Modřice</t>
+  </si>
+  <si>
+    <t>Mohelnice</t>
+  </si>
+  <si>
+    <t>Mohelno</t>
+  </si>
+  <si>
+    <t>5262</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Mokrá</t>
+  </si>
+  <si>
+    <t>Mokrá-Horákov</t>
+  </si>
+  <si>
+    <t>2131</t>
+  </si>
+  <si>
+    <t>Moravany</t>
+  </si>
+  <si>
+    <t>2319</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Morávce</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ladislava z Boskovic v Moravské Třebové</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>Městská knihovna Moravské Budějovice</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>Městská knihovna a informační centrum Moravský Beroun</t>
+  </si>
+  <si>
+    <t>2715</t>
+  </si>
+  <si>
+    <t>Městská knihovna Moravský Krumlov</t>
+  </si>
+  <si>
+    <t>Morávka</t>
+  </si>
+  <si>
+    <t>Moravská Třebová</t>
+  </si>
+  <si>
+    <t>Moravské Budějovice</t>
+  </si>
+  <si>
+    <t>Moravský Beroun</t>
+  </si>
+  <si>
+    <t>Moravský Krumlov</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Moravském Písku</t>
+  </si>
+  <si>
+    <t>Moravský Písek</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Morkovicích</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>GOTIC, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Morkovice-Slížany</t>
+  </si>
+  <si>
+    <t>Mosty u Jablunkova</t>
+  </si>
+  <si>
+    <t>2682</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Mošnově</t>
+  </si>
+  <si>
+    <t>Mošnov</t>
+  </si>
+  <si>
+    <t>4800</t>
+  </si>
+  <si>
+    <t>Městská knihovna Mšeno</t>
+  </si>
+  <si>
+    <t>Mšeno</t>
+  </si>
+  <si>
+    <t>3590</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Mukařově</t>
+  </si>
+  <si>
+    <t>Mukařov</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>Místní knihovna Mutěnice</t>
+  </si>
+  <si>
+    <t>Mutěnice</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>Místní knihovna Myslibořice</t>
+  </si>
+  <si>
+    <t>2380</t>
+  </si>
+  <si>
+    <t>Středisková knihovna v Načeradci</t>
+  </si>
+  <si>
+    <t>3800</t>
+  </si>
+  <si>
+    <t>Místní lidová knihovna Nadějkov</t>
+  </si>
+  <si>
+    <t>Myslibořice</t>
+  </si>
+  <si>
+    <t>Načeradec</t>
+  </si>
+  <si>
+    <t>Nadějkov</t>
+  </si>
+  <si>
+    <t>2924</t>
+  </si>
+  <si>
+    <t>Městská knihovna Náchod, o.p.s.</t>
+  </si>
+  <si>
+    <t>4816</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Náklo</t>
+  </si>
+  <si>
+    <t>2997</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Nalžovské Hory</t>
+  </si>
+  <si>
+    <t>Náchod</t>
+  </si>
+  <si>
+    <t>Náklo</t>
+  </si>
+  <si>
+    <t>Nalžovské Hory</t>
+  </si>
+  <si>
+    <t>4262</t>
+  </si>
+  <si>
+    <t>Knihovna Náměšť na Hané</t>
+  </si>
+  <si>
+    <t>Náměšť na Hané</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>Městská knihovna Náměšť nad Oslavou</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>Knihovna Boženy Benešové Napajedla</t>
+  </si>
+  <si>
+    <t>Náměšť nad Oslavou</t>
+  </si>
+  <si>
+    <t>Napajedla</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>Knihovna Návsí</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>Štolbova městská knihovna Nechanice</t>
+  </si>
+  <si>
+    <t>Návsí</t>
+  </si>
+  <si>
+    <t>Nechanice</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nejdek</t>
+  </si>
+  <si>
+    <t>Nejdek</t>
+  </si>
+  <si>
+    <t>3542</t>
+  </si>
+  <si>
+    <t>Městská knihovna Němčice nad Hanou</t>
+  </si>
+  <si>
+    <t>Němčice nad Hanou</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nepomuk</t>
+  </si>
+  <si>
+    <t>2542</t>
   </si>
   <si>
     <t>Městská knihovna Neratovice</t>
   </si>
   <si>
+    <t>2086</t>
+  </si>
+  <si>
+    <t>Městská knihovna Netolice</t>
+  </si>
+  <si>
+    <t>4097</t>
+  </si>
+  <si>
+    <t>Městská knihovna Neveklov</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Nivnice</t>
+  </si>
+  <si>
+    <t>5248</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nová Bystřice</t>
+  </si>
+  <si>
+    <t>Nepomuk</t>
+  </si>
+  <si>
     <t>Neratovice</t>
   </si>
   <si>
-    <t>CZ020</t>
-[...35 lines deleted...]
-    <t>CZ064</t>
+    <t>Netolice</t>
+  </si>
+  <si>
+    <t>Neveklov</t>
+  </si>
+  <si>
+    <t>Nivnice</t>
+  </si>
+  <si>
+    <t>Nová Bystřice</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nová Paka</t>
+  </si>
+  <si>
+    <t>Nová Paka</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nová Role</t>
+  </si>
+  <si>
+    <t>Nová Role</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nová Včelnice</t>
+  </si>
+  <si>
+    <t>4899</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nové Hrady</t>
+  </si>
+  <si>
+    <t>4553</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nové Město na Moravě</t>
+  </si>
+  <si>
+    <t>Nová Včelnice</t>
+  </si>
+  <si>
+    <t>Nové Hrady</t>
+  </si>
+  <si>
+    <t>Nové Město na Moravě</t>
+  </si>
+  <si>
+    <t>2759</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nové Město nad Metují</t>
+  </si>
+  <si>
+    <t>Nové Město nad Metují</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Novém Městě pod Smrkem</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nové Sedlo</t>
+  </si>
+  <si>
+    <t>Nové Město p. Sm.</t>
+  </si>
+  <si>
+    <t>Nové Sedlo</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nové Strašecí</t>
+  </si>
+  <si>
+    <t>3512</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nový Bor</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Novém Bydžově</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Nový Hrozenkov</t>
+  </si>
+  <si>
+    <t>2071</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nový Jičín</t>
+  </si>
+  <si>
+    <t>Nové Strašecí</t>
+  </si>
+  <si>
+    <t>Nový Bor</t>
+  </si>
+  <si>
+    <t>Nový Bydžov</t>
+  </si>
+  <si>
+    <t>Nový Hrozenkov</t>
+  </si>
+  <si>
+    <t>Nový Jičín</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nový Knín</t>
+  </si>
+  <si>
+    <t>Nový Knín</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>Místní knihovna Nový Malín</t>
+  </si>
+  <si>
+    <t>1683</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nymburk</t>
+  </si>
+  <si>
+    <t>3243</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nýrsko</t>
+  </si>
+  <si>
+    <t>Nový Malín</t>
+  </si>
+  <si>
+    <t>Nymburk</t>
+  </si>
+  <si>
+    <t>Nýrsko</t>
+  </si>
+  <si>
+    <t>3581</t>
+  </si>
+  <si>
+    <t>Městská knihovna Nýřany</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>Městská knihovna Odolena Voda</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Odrách</t>
+  </si>
+  <si>
+    <t>Nýřany</t>
+  </si>
+  <si>
+    <t>Odolena Voda</t>
+  </si>
+  <si>
+    <t>Odry</t>
+  </si>
+  <si>
+    <t>2745</t>
+  </si>
+  <si>
+    <t>Místní knihovna Okrouhlice</t>
+  </si>
+  <si>
+    <t>Okrouhlice</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>Knihovna Okříšky</t>
+  </si>
+  <si>
+    <t>Okříšky</t>
+  </si>
+  <si>
+    <t>6414</t>
+  </si>
+  <si>
+    <t>Městská knihovna Olešnice</t>
+  </si>
+  <si>
+    <t>Olešnice</t>
+  </si>
+  <si>
+    <t>4567</t>
+  </si>
+  <si>
+    <t>Středisková knihovna Opařany</t>
+  </si>
+  <si>
+    <t>Opařany</t>
+  </si>
+  <si>
+    <t>2407</t>
+  </si>
+  <si>
+    <t>Městská knihovna Opočno</t>
+  </si>
+  <si>
+    <t>Opočno</t>
+  </si>
+  <si>
+    <t>2519</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Ořechově</t>
+  </si>
+  <si>
+    <t>Ořechov u Brna</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>Městská knihovna Osek</t>
+  </si>
+  <si>
+    <t>3556</t>
+  </si>
+  <si>
+    <t>Místní knihovna Oskava</t>
+  </si>
+  <si>
+    <t>Osek</t>
+  </si>
+  <si>
+    <t>Oskava</t>
+  </si>
+  <si>
+    <t>2520</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Oslavanech</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>Oslavany</t>
+  </si>
+  <si>
+    <t>Ostravice</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Místní knihovna Eduarda Štorcha Ostroměř</t>
+  </si>
+  <si>
+    <t>Ostroměř</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ostrov</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>Místní knihovna Ostrožská Nová Ves</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>Městská knihovna Otrokovice</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>Městská knihovna Pacov</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>Místní knihovna Pačejov</t>
+  </si>
+  <si>
+    <t>Ostrov</t>
+  </si>
+  <si>
+    <t>Ostrožská Nová Ves</t>
+  </si>
+  <si>
+    <t>Otrokovice</t>
+  </si>
+  <si>
+    <t>Pacov</t>
+  </si>
+  <si>
+    <t>Pačejov</t>
+  </si>
+  <si>
+    <t>2977</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Palkovice</t>
+  </si>
+  <si>
+    <t>Palkovice</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>Místní knihovna PASKOV</t>
+  </si>
+  <si>
+    <t>Paskov</t>
+  </si>
+  <si>
+    <t>4535</t>
+  </si>
+  <si>
+    <t>Knihovna obce Patokryje</t>
+  </si>
+  <si>
+    <t>Patokryje</t>
+  </si>
+  <si>
+    <t>2457</t>
+  </si>
+  <si>
+    <t>Knihovna Kryštofa Haranta, Pecka</t>
+  </si>
+  <si>
+    <t>Pecka</t>
+  </si>
+  <si>
+    <t>2888</t>
+  </si>
+  <si>
+    <t>Městská knihovna Svatopluka Čecha</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>Městská knihovna Pelhřimov</t>
+  </si>
+  <si>
+    <t>Pečky</t>
+  </si>
+  <si>
+    <t>Pelhřimov</t>
+  </si>
+  <si>
+    <t>2285</t>
+  </si>
+  <si>
+    <t>Místní lidová knihovna Peruc</t>
+  </si>
+  <si>
+    <t>2732</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Petrovicích</t>
+  </si>
+  <si>
+    <t>2425</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Petrovice u Karviné</t>
+  </si>
+  <si>
+    <t>Peruc</t>
+  </si>
+  <si>
+    <t>Petrovice</t>
+  </si>
+  <si>
+    <t>Petrovice u Karviné</t>
+  </si>
+  <si>
+    <t>4414</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Petřvaldě</t>
+  </si>
+  <si>
+    <t>3035</t>
+  </si>
+  <si>
+    <t>Město Petřvald - Knihovna</t>
+  </si>
+  <si>
+    <t>Petřvald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Petřvald </t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>Město Planá - odbor kultury - knihovna Planá</t>
+  </si>
+  <si>
+    <t>Planá</t>
+  </si>
+  <si>
+    <t>2532</t>
+  </si>
+  <si>
+    <t>Městská knihovna Planá nad Lužnicí</t>
+  </si>
+  <si>
+    <t>4334</t>
+  </si>
+  <si>
+    <t>Městská knihovna Plánice</t>
+  </si>
+  <si>
+    <t>Planá nad Lužnicí</t>
+  </si>
+  <si>
+    <t>Plánice</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>Městská knihovna Plasy</t>
+  </si>
+  <si>
+    <t>Plasy</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>Městská knihovna Plesná</t>
+  </si>
+  <si>
+    <t>Plesná</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>Městská knihovna Poběžovice</t>
+  </si>
+  <si>
+    <t>4652</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Počátkách</t>
+  </si>
+  <si>
+    <t>Poběžovice</t>
+  </si>
+  <si>
+    <t>Počátky</t>
+  </si>
+  <si>
+    <t>2850</t>
+  </si>
+  <si>
+    <t>Městská knihovna Podbořany</t>
+  </si>
+  <si>
+    <t>Podbořany</t>
+  </si>
+  <si>
+    <t>2340</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Poděbradech</t>
+  </si>
+  <si>
+    <t>3582</t>
+  </si>
+  <si>
+    <t>Městská knihovna Podivín</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>Poděbrady</t>
+  </si>
+  <si>
+    <t>Podivín</t>
+  </si>
+  <si>
+    <t>Pohořelice</t>
+  </si>
+  <si>
+    <t>2469</t>
+  </si>
+  <si>
+    <t>Knihovna města Police nad Metují</t>
+  </si>
+  <si>
+    <t>Police nad Metují</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>Městská knihovna Polička</t>
+  </si>
+  <si>
+    <t>5506</t>
+  </si>
+  <si>
+    <t>Husova knihovna Polná</t>
+  </si>
+  <si>
+    <t>Polička</t>
+  </si>
+  <si>
+    <t>Polná</t>
+  </si>
+  <si>
+    <t>3119</t>
+  </si>
+  <si>
+    <t>Kulturní zařízení města Postoloprty</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>Místní knihovna Postřelmov</t>
+  </si>
+  <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>Městská knihovna Prachatice</t>
+  </si>
+  <si>
+    <t>Postoloprty</t>
+  </si>
+  <si>
+    <t>Postřelmov</t>
+  </si>
+  <si>
+    <t>Prachatice</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>Městská knihovna Proseč u Skutče</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Protivanov</t>
+  </si>
+  <si>
+    <t>2605</t>
+  </si>
+  <si>
+    <t>Městská knihovna Protivín</t>
+  </si>
+  <si>
+    <t>Proseč u Skutče</t>
+  </si>
+  <si>
+    <t>Protivanov</t>
+  </si>
+  <si>
+    <t>Protivín</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>Místní knihovna Prušánky</t>
+  </si>
+  <si>
+    <t>Prušánky</t>
+  </si>
+  <si>
+    <t>3656</t>
+  </si>
+  <si>
+    <t>Městská knihovna Přelouč</t>
+  </si>
+  <si>
+    <t>2052</t>
+  </si>
+  <si>
+    <t>Městská knihovna Přeštice</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>Městská knihovna Příbor</t>
+  </si>
+  <si>
+    <t>Přelouč</t>
+  </si>
+  <si>
+    <t>Přeštice</t>
+  </si>
+  <si>
+    <t>Příbor</t>
+  </si>
+  <si>
+    <t>4083</t>
+  </si>
+  <si>
+    <t>Městská knihovna Přibyslav</t>
+  </si>
+  <si>
+    <t>5544</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Pustějově</t>
+  </si>
+  <si>
+    <t>Přibyslav</t>
+  </si>
+  <si>
+    <t>Pustějov</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>Knihovna A. J. Puchmajera v Radnicích</t>
+  </si>
+  <si>
+    <t>3307</t>
   </si>
   <si>
     <t>Místní lidová knihovna Radomyšl</t>
   </si>
   <si>
-    <t>Městská knihovna Chýnov</t>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rájec-Jestřebí</t>
+  </si>
+  <si>
+    <t>5791</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Ráječko</t>
+  </si>
+  <si>
+    <t>Radnice</t>
+  </si>
+  <si>
+    <t>Radomyšl</t>
+  </si>
+  <si>
+    <t>Rájec-Jestřebí</t>
+  </si>
+  <si>
+    <t>Ráječko</t>
+  </si>
+  <si>
+    <t>2522</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rajhrad</t>
+  </si>
+  <si>
+    <t>Rajhrad</t>
+  </si>
+  <si>
+    <t>2053</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rakovník</t>
+  </si>
+  <si>
+    <t>Rakovník</t>
+  </si>
+  <si>
+    <t>2979</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Rapotín</t>
+  </si>
+  <si>
+    <t>Rapotín</t>
+  </si>
+  <si>
+    <t>2480</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Raspenavě</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>Místní knihovna v Raškovicích</t>
+  </si>
+  <si>
+    <t>Raspenava</t>
+  </si>
+  <si>
+    <t>Raškovice</t>
+  </si>
+  <si>
+    <t>5263</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Ratíškovice</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Rohatec</t>
+  </si>
+  <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rokycany</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>Ratíškovice</t>
+  </si>
+  <si>
+    <t>Rohatec</t>
+  </si>
+  <si>
+    <t>Rokycany</t>
+  </si>
+  <si>
+    <t>Rokytnice nad Jizerou</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Městské informační a kulturní středisko (knihovna)</t>
+  </si>
+  <si>
+    <t>Rokytnice v Orl. horách</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ronov nad Doubravou</t>
+  </si>
+  <si>
+    <t>Ronov nad Doubravou</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Městská knihovna v Rosicích u Brna </t>
+  </si>
+  <si>
+    <t>Rosice</t>
+  </si>
+  <si>
+    <t>5141</t>
+  </si>
+  <si>
+    <t>Městská knihovna a Kurturní a informační centrum Města Rotavy</t>
+  </si>
+  <si>
+    <t>3427</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ervína Špindlera</t>
+  </si>
+  <si>
+    <t>5545</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Rouchovany</t>
+  </si>
+  <si>
+    <t>Rotava</t>
+  </si>
+  <si>
+    <t>Roudnice nad Labem</t>
+  </si>
+  <si>
+    <t>Rouchovany</t>
+  </si>
+  <si>
+    <t>4373</t>
+  </si>
+  <si>
+    <t>4279</t>
+  </si>
+  <si>
+    <t>Rousínov</t>
+  </si>
+  <si>
+    <t>Rovensko pod Troskami</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>Městská knihovna Roztoky</t>
+  </si>
+  <si>
+    <t>Roztoky u Prahy</t>
+  </si>
+  <si>
+    <t>3191</t>
+  </si>
+  <si>
+    <t>Knihovna obce Rožďalovice</t>
+  </si>
+  <si>
+    <t>Rožďalovice</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>Centrum celoživotního vzdělávání s knihovnou manželů Tomanových</t>
+  </si>
+  <si>
+    <t>Rožmitál pod Třemšínem</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Městská knihovna Rožnov pod Radhoštěm, příspěvková organizace </t>
+  </si>
+  <si>
+    <t>Rožnov pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rtyně v Podkrkonoší</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>Místní knihovna Ruda nad Moravou</t>
+  </si>
+  <si>
+    <t>2768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Městská knihovna Rudná </t>
+  </si>
+  <si>
+    <t>3965</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Rudolfově</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rumburk</t>
+  </si>
+  <si>
+    <t>2206</t>
+  </si>
+  <si>
+    <t>Městská knihovna Karla Poláčka</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Rychnově u Jablonce nad Nisou</t>
+  </si>
+  <si>
+    <t>Rtyně v Podkrkonoší</t>
+  </si>
+  <si>
+    <t>Ruda nad Moravou</t>
+  </si>
+  <si>
+    <t>Rudná</t>
+  </si>
+  <si>
+    <t>Rudolfov</t>
+  </si>
+  <si>
+    <t>Rumburk</t>
+  </si>
+  <si>
+    <t>Rychnov nad Kněžnou</t>
+  </si>
+  <si>
+    <t>Rychnov u Jablonce nad Nisou</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rychvald</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>Městská knihovna Rýmařov</t>
+  </si>
+  <si>
+    <t>Rychvald</t>
+  </si>
+  <si>
+    <t>Rýmařov</t>
+  </si>
+  <si>
+    <t>3552</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Řečany nad Labem</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>Místní knihovna ŘEPIŠTĚ</t>
+  </si>
+  <si>
+    <t>Řečany nad Labem</t>
+  </si>
+  <si>
+    <t>Řepiště</t>
+  </si>
+  <si>
+    <t>5557</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ignáta Herrmanna</t>
+  </si>
+  <si>
+    <t>97</t>
   </si>
   <si>
     <t>Husova knihovna v Říčanech</t>
   </si>
   <si>
+    <t>Řevnice</t>
+  </si>
+  <si>
+    <t>Říčany</t>
+  </si>
+  <si>
+    <t>5860</t>
+  </si>
+  <si>
+    <t>Místní knihovna Říčany</t>
+  </si>
+  <si>
+    <t>9999030</t>
+  </si>
+  <si>
+    <t>Městská knihovna K. Viky</t>
+  </si>
+  <si>
+    <t>Říčany u Brna</t>
+  </si>
+  <si>
+    <t>Sadská</t>
+  </si>
+  <si>
+    <t>3242</t>
+  </si>
+  <si>
+    <t>Městská knihovna Sázava</t>
+  </si>
+  <si>
+    <t>Sázava</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
     <t>Městská knihovna Sedlčany, příspěvková organizace</t>
   </si>
   <si>
+    <t>Sedlčany</t>
+  </si>
+  <si>
+    <t>2345</t>
+  </si>
+  <si>
+    <t>Městská knihovna Sedlec-Prčice</t>
+  </si>
+  <si>
+    <t>Sedlec-Prčice 1</t>
+  </si>
+  <si>
+    <t>5028</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Sedlištích</t>
+  </si>
+  <si>
+    <t>Sedliště</t>
+  </si>
+  <si>
+    <t>2390</t>
+  </si>
+  <si>
+    <t>Knihovna Josefa von Eichendorffa Sedlnice</t>
+  </si>
+  <si>
+    <t>2760</t>
+  </si>
+  <si>
+    <t>Městská knihovna Semily</t>
+  </si>
+  <si>
+    <t>5843</t>
+  </si>
+  <si>
+    <t>Místní knihovna Senice na Hané</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Sepekov</t>
+  </si>
+  <si>
+    <t>Sedlnice</t>
+  </si>
+  <si>
+    <t>Semily</t>
+  </si>
+  <si>
+    <t>Senice na Hané</t>
+  </si>
+  <si>
+    <t>Sepekov</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>Sezemice</t>
+  </si>
+  <si>
+    <t>4781</t>
+  </si>
+  <si>
+    <t>Městská knihovna Sezimovo Ústí</t>
+  </si>
+  <si>
+    <t>4633</t>
+  </si>
+  <si>
+    <t>Městská knihovna Skalná</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Městská knihovna Skuteč</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sezimovo Ústí </t>
+  </si>
+  <si>
+    <t>Skalná</t>
+  </si>
+  <si>
+    <t>Skuteč</t>
+  </si>
+  <si>
+    <t>2939</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Slabcích</t>
+  </si>
+  <si>
+    <t>Slabce</t>
+  </si>
+  <si>
+    <t>2346</t>
+  </si>
+  <si>
+    <t>Knihovna Václava Štecha a Infocentrum pod Velvarskou branou</t>
+  </si>
+  <si>
+    <t>Slaný</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>Městská knihovna Slatiňany</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>Městská knihovna Slavičín</t>
+  </si>
+  <si>
+    <t>2476</t>
+  </si>
+  <si>
+    <t>Městská knihovna Slavkov u Brna</t>
+  </si>
+  <si>
+    <t>Slatiňany</t>
+  </si>
+  <si>
+    <t>Slavičín</t>
+  </si>
+  <si>
+    <t>Slavkov u Brna</t>
+  </si>
+  <si>
+    <t>3285</t>
+  </si>
+  <si>
+    <t>Městská knihovna Slavonice</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Slušovicích</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>Městská knihovna Smečno</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>Středisková knihovna ve Smidarech</t>
+  </si>
+  <si>
+    <t>Slavonice</t>
+  </si>
+  <si>
+    <t>Slušovice</t>
+  </si>
+  <si>
+    <t>Smečno</t>
+  </si>
+  <si>
+    <t>Smidary</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>Místní knihovna ve Smilovicích</t>
+  </si>
+  <si>
+    <t>Smilovice</t>
+  </si>
+  <si>
+    <t>4743</t>
+  </si>
+  <si>
+    <t>Městská knihovna Smiřice</t>
+  </si>
+  <si>
+    <t>Smiřice</t>
+  </si>
+  <si>
+    <t>3529</t>
+  </si>
+  <si>
+    <t>Městská knihovna a infocentrum Smržovka</t>
+  </si>
+  <si>
+    <t>Smržovka</t>
+  </si>
+  <si>
+    <t>4056</t>
+  </si>
+  <si>
+    <t>Kulturní dům města Soběslavi - Městská knihovna</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>Městská knihovna Fráni Šrámka Sobotka</t>
+  </si>
+  <si>
+    <t>4164</t>
+  </si>
+  <si>
+    <t>Místní knihovna Sokolnice</t>
+  </si>
+  <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>Městská knihovna Sokolov</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>Městská knihovna Spálené Poříčí</t>
+  </si>
+  <si>
+    <t>Soběslav</t>
+  </si>
+  <si>
+    <t>Sobotka</t>
+  </si>
+  <si>
+    <t>Sokolnice</t>
+  </si>
+  <si>
+    <t>Sokolov</t>
+  </si>
+  <si>
+    <t>Spálené Poříčí</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Stachách</t>
+  </si>
+  <si>
+    <t>Stachy</t>
+  </si>
+  <si>
+    <t>3792</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Staňkově</t>
+  </si>
+  <si>
+    <t>Staňkov</t>
+  </si>
+  <si>
+    <t>4359</t>
+  </si>
+  <si>
+    <t>Místní knihovna Stará Paka</t>
+  </si>
+  <si>
+    <t>Stará Paka</t>
+  </si>
+  <si>
+    <t>5272</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Stará Ves nad Ondřejnicí</t>
+  </si>
+  <si>
+    <t>Stará Ves nad Ondřejnicí</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>Městská knihovna Staré Město</t>
+  </si>
+  <si>
+    <t>Staré Město</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Starém Hrozenkově</t>
+  </si>
+  <si>
+    <t>Starý Hrozenkov</t>
+  </si>
+  <si>
+    <t>3352</t>
+  </si>
+  <si>
+    <t>K-Centrum, městská knihovna</t>
+  </si>
+  <si>
+    <t>Starý Plzenec</t>
+  </si>
+  <si>
+    <t>4597</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Staříč</t>
+  </si>
+  <si>
+    <t>2357</t>
+  </si>
+  <si>
     <t>Obecní knihovna J.M.Hovorky ve Statenicích</t>
   </si>
   <si>
-    <t>Městská knihovna Králíky</t>
-[...17 lines deleted...]
-    <t>Sedlčany</t>
+    <t>Staříč</t>
   </si>
   <si>
     <t>Statenice</t>
   </si>
   <si>
-    <t>Králíky</t>
-[...50 lines deleted...]
-    <t>Obecní knihovna Dalovice</t>
+    <t>432</t>
+  </si>
+  <si>
+    <t>Městská knihovna Stod</t>
+  </si>
+  <si>
+    <t>3127</t>
+  </si>
+  <si>
+    <t>Městská knihovna Stochov</t>
+  </si>
+  <si>
+    <t>Stod</t>
+  </si>
+  <si>
+    <t>Stochov</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>Místní knihovna Stonava</t>
+  </si>
+  <si>
+    <t>Stonava</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>Šmidingerova knihovna Strakonice</t>
+  </si>
+  <si>
+    <t>Strakonice</t>
+  </si>
+  <si>
+    <t>1663</t>
+  </si>
+  <si>
+    <t>Místní knihovna Strančice</t>
+  </si>
+  <si>
+    <t>Strančice</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>Místní knihovna ve Strání</t>
+  </si>
+  <si>
+    <t>Strání</t>
+  </si>
+  <si>
+    <t>2358</t>
+  </si>
+  <si>
+    <t>Místní knihovna Strašice</t>
+  </si>
+  <si>
+    <t>Strašice</t>
+  </si>
+  <si>
+    <t>2202</t>
+  </si>
+  <si>
+    <t>Městská knihovna Stráž pod Ralskem</t>
+  </si>
+  <si>
+    <t>Stráž pod Ralskem</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>Městská knihovna při KD Strážničan ve Strážnici</t>
+  </si>
+  <si>
+    <t>Strážnice</t>
+  </si>
+  <si>
+    <t>4611</t>
+  </si>
+  <si>
+    <t>Místní knihovna Strážov</t>
+  </si>
+  <si>
+    <t>Strážov</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>Knihovna Viléma Martínka ve Strmilově</t>
+  </si>
+  <si>
+    <t>Strmilov</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Střelice</t>
+  </si>
+  <si>
+    <t>Střelice u Brna</t>
+  </si>
+  <si>
+    <t>3111</t>
+  </si>
+  <si>
+    <t>Místní lidová knihovna Střelské Hoštice</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>MKS - Městská knihovna Stříbro</t>
+  </si>
+  <si>
+    <t>Střelské Hoštice</t>
+  </si>
+  <si>
+    <t>Stříbro</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Stříteži</t>
+  </si>
+  <si>
+    <t>Střítež</t>
+  </si>
+  <si>
+    <t>2209</t>
+  </si>
+  <si>
+    <t>Knihovna Vlasty Javořické Studená</t>
+  </si>
+  <si>
+    <t>Studená</t>
+  </si>
+  <si>
+    <t>5101</t>
+  </si>
+  <si>
+    <t>Městská knihovna Studénka</t>
+  </si>
+  <si>
+    <t>Studénka</t>
+  </si>
+  <si>
+    <t>2284</t>
+  </si>
+  <si>
+    <t>Středisková knihovna Stupno</t>
+  </si>
+  <si>
+    <t>Stupno</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>Městská knihovna Suchdol nad Lužnicí</t>
+  </si>
+  <si>
+    <t>2373</t>
+  </si>
+  <si>
+    <t>Městská knihovna Sušice</t>
+  </si>
+  <si>
+    <t>Suchdol nad Lužnicí</t>
+  </si>
+  <si>
+    <t>Sušice</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>Místní knihovna Svatobořice-Mistřín</t>
+  </si>
+  <si>
+    <t>Svatobořice-Mistřín</t>
+  </si>
+  <si>
+    <t>2724</t>
+  </si>
+  <si>
+    <t>Městská knihovna Světlá nad Sázavou</t>
+  </si>
+  <si>
+    <t>Světlá nad Sázavou</t>
+  </si>
+  <si>
+    <t>3018</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Sviadnov</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Svitavách</t>
+  </si>
+  <si>
+    <t>Sviadnov</t>
+  </si>
+  <si>
+    <t>Svitavy</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>Městská knihovna Svoboda nad Úpou</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>Knihovna &amp; Šenovské muzeum Šenov</t>
+  </si>
+  <si>
+    <t>Svoboda nad Úpou</t>
+  </si>
+  <si>
+    <t>Šenov</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>Místní knihovna Ševětín</t>
+  </si>
+  <si>
+    <t>Ševětín</t>
+  </si>
+  <si>
+    <t>2523</t>
+  </si>
+  <si>
+    <t>Městská knihovna Šlapanice</t>
+  </si>
+  <si>
+    <t>Šlapanice</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>Městská knihovna Šluknov</t>
+  </si>
+  <si>
+    <t>Šluknov</t>
+  </si>
+  <si>
+    <t>4280</t>
+  </si>
+  <si>
+    <t>Městská knihovna Špindlerův Mlýn</t>
+  </si>
+  <si>
+    <t>Špindlerův Mlýn</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>Místní knihovna Štěnovice</t>
+  </si>
+  <si>
+    <t>Štěnovice</t>
+  </si>
+  <si>
+    <t>4858</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Štěpánkovicích</t>
+  </si>
+  <si>
+    <t>Štěpánkovice</t>
+  </si>
+  <si>
+    <t>5275</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Štěpánov</t>
+  </si>
+  <si>
+    <t>4811</t>
+  </si>
+  <si>
+    <t>Městská knihovna Šternberk</t>
+  </si>
+  <si>
+    <t>3060</t>
+  </si>
+  <si>
+    <t>KIZ - Městská knihovna</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>Knihovna Štítná nad Vláří</t>
+  </si>
+  <si>
+    <t>Štěpánov</t>
+  </si>
+  <si>
+    <t>Šternberk</t>
+  </si>
+  <si>
+    <t>Štětí</t>
+  </si>
+  <si>
+    <t>Štítná nad Vláří</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>Městká knihovna Štíty</t>
+  </si>
+  <si>
+    <t>Štíty</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>Místní knihovna ve Štokách</t>
+  </si>
+  <si>
+    <t>3722</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Štramberku</t>
+  </si>
+  <si>
+    <t>2962</t>
+  </si>
+  <si>
+    <t>Městská knihovna Švihov</t>
+  </si>
+  <si>
+    <t>Štoky</t>
+  </si>
+  <si>
+    <t>Štramberk</t>
+  </si>
+  <si>
+    <t>Švihov</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>MKS Tachov- odbor KNIHOVNA</t>
+  </si>
+  <si>
+    <t>5056</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Tanvaldě</t>
+  </si>
+  <si>
+    <t>Tachov</t>
+  </si>
+  <si>
+    <t>Tanvald</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Místní knihovna Tasovice</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>Městská knihovna Telč</t>
+  </si>
+  <si>
+    <t>Tasovice</t>
+  </si>
+  <si>
+    <t>Telč</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>Knihovna Teplá</t>
+  </si>
+  <si>
+    <t>Teplá</t>
+  </si>
+  <si>
+    <t>2805</t>
+  </si>
+  <si>
+    <t>Městská knihovna Teplice nad Metují</t>
+  </si>
+  <si>
+    <t>Teplice nad Metují</t>
+  </si>
+  <si>
+    <t>2339</t>
+  </si>
+  <si>
+    <t>Městská knihovna Terezín</t>
+  </si>
+  <si>
+    <t>Terezín</t>
+  </si>
+  <si>
+    <t>4095</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Těrlicko</t>
+  </si>
+  <si>
+    <t>Těrlicko</t>
+  </si>
+  <si>
+    <t>2525</t>
+  </si>
+  <si>
+    <t>Městská knihovna Tišnov</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>Místní knihovna Tlučná</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>Základní knihovna v Toužimi</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>Městská knihovna Tovačov</t>
+  </si>
+  <si>
+    <t>3711</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Trhových Svinech</t>
+  </si>
+  <si>
+    <t>5116</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Trhovém Štěpánově</t>
+  </si>
+  <si>
+    <t>Tišnov</t>
+  </si>
+  <si>
+    <t>Tlučná</t>
+  </si>
+  <si>
+    <t>Toužim</t>
+  </si>
+  <si>
+    <t>Tovačov</t>
+  </si>
+  <si>
+    <t>Trhové Sviny</t>
+  </si>
+  <si>
+    <t>Trhový Štěpánov</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Trmicích, záladní knihovna</t>
+  </si>
+  <si>
+    <t>Trmice</t>
+  </si>
+  <si>
+    <t>2691</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Trojanovicích</t>
+  </si>
+  <si>
+    <t>Trojanovice</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>Místní knihovna Třanovice</t>
+  </si>
+  <si>
+    <t>Třanovice</t>
+  </si>
+  <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>Heldova městská knihovna Třebechovice pod Orebem</t>
+  </si>
+  <si>
+    <t>Třebechovice p.O.</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>Městská knihovna Třeboň</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>Městská knihovna Třemošná</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>Městská knihovna Třemošnice</t>
+  </si>
+  <si>
+    <t>3670</t>
+  </si>
+  <si>
+    <t>Městská knihovna Třešť</t>
+  </si>
+  <si>
+    <t>Třeboň</t>
+  </si>
+  <si>
+    <t>Třemošná</t>
+  </si>
+  <si>
+    <t>Třemošnice</t>
+  </si>
+  <si>
+    <t>Třešť</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>Místní knihovna Tučapy</t>
+  </si>
+  <si>
+    <t>Tučapy</t>
+  </si>
+  <si>
+    <t>5457</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Tuchlovice</t>
+  </si>
+  <si>
+    <t>Tuchlovice</t>
+  </si>
+  <si>
+    <t>2761</t>
+  </si>
+  <si>
+    <t>Městská knihovna Antonína Marka</t>
+  </si>
+  <si>
+    <t>Turnov</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>Tvrdonice</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>Městská knihovna Týn nad Vltavou</t>
+  </si>
+  <si>
+    <t>Týn nad Vltavou</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Městská knihovna K. Hampla Týnec nad Labem</t>
+  </si>
+  <si>
+    <t>Týnec nad Labem</t>
+  </si>
+  <si>
+    <t>2718</t>
+  </si>
+  <si>
+    <t>Městská knihovna Týnec nad Sázavou</t>
+  </si>
+  <si>
+    <t>Týnec nad Sázavou</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>Městská knihovna Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>Městská knihovna Uherský Brod</t>
+  </si>
+  <si>
+    <t>Uherský Brod</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Uherském Ostrohu</t>
+  </si>
+  <si>
+    <t>2204</t>
+  </si>
+  <si>
+    <t>Uherský Ostroh</t>
+  </si>
+  <si>
+    <t>Uhlířské Janovice</t>
+  </si>
+  <si>
+    <t>2527</t>
+  </si>
+  <si>
+    <t>Městská Jiráskova knihovna v Újezdě u Brna</t>
+  </si>
+  <si>
+    <t>Újezd u Brna</t>
+  </si>
+  <si>
+    <t>3848</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Unhošti</t>
+  </si>
+  <si>
+    <t>Unhošť</t>
+  </si>
+  <si>
+    <t>3284</t>
+  </si>
+  <si>
+    <t>MKZ-Knihovna Uničov</t>
+  </si>
+  <si>
+    <t>Uničov</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>Městská knihovna Úpice</t>
+  </si>
+  <si>
+    <t>Úpice</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Určice</t>
+  </si>
+  <si>
+    <t>Určice</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>Městská knihovna Úsov</t>
+  </si>
+  <si>
+    <t>Úsov</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>Městská knihovna Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>2343</t>
+  </si>
+  <si>
+    <t>Městská knihovna Úštěk</t>
+  </si>
+  <si>
+    <t>Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>Úštěk</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>Městská knihovna Úvaly</t>
+  </si>
+  <si>
+    <t>Úvaly</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Vacově</t>
+  </si>
+  <si>
+    <t>Vacov</t>
+  </si>
+  <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Valašská Bystřice</t>
+  </si>
+  <si>
+    <t>Valašská Bystřice</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>Městská knihovna Valašské Klobouky</t>
+  </si>
+  <si>
+    <t>Valašské Klobouky</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Městská knihovna Valašské Meziříčí, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Valašské Meziříčí</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>Valtice</t>
+  </si>
+  <si>
+    <t>2047</t>
+  </si>
+  <si>
+    <t>Městská knihovna Vamberk</t>
+  </si>
+  <si>
+    <t>Vamberk</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>Městská knihovna Varnsdorf</t>
+  </si>
+  <si>
+    <t>Varnsdorf</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Vejprnice</t>
+  </si>
+  <si>
+    <t>Vejprnice</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velešín</t>
+  </si>
+  <si>
+    <t>Velešín</t>
+  </si>
+  <si>
+    <t>3745</t>
+  </si>
+  <si>
+    <t>Místní knihovna Velhartice</t>
+  </si>
+  <si>
+    <t>Velhartice</t>
+  </si>
+  <si>
+    <t>2258</t>
+  </si>
+  <si>
+    <t>Místní knihovna Velim</t>
+  </si>
+  <si>
+    <t>Velim</t>
+  </si>
+  <si>
+    <t>4053</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velká Bíteš</t>
+  </si>
+  <si>
+    <t>Velká Bíteš</t>
+  </si>
+  <si>
+    <t>4188</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Velká nad Veličkou</t>
+  </si>
+  <si>
+    <t>Velká nad Veličkou</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>Místní knihovna Velká Polom</t>
+  </si>
+  <si>
+    <t>Velká Polom</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velké Bílovice</t>
+  </si>
+  <si>
+    <t>Velké Bílovice</t>
+  </si>
+  <si>
+    <t>3850</t>
+  </si>
+  <si>
+    <t>Městská knihovna Aloise Jiráska ve Velkých Hamrech</t>
+  </si>
+  <si>
+    <t>Velké Hamry</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Místní knihovna ve Velkých Karlovicích</t>
+  </si>
+  <si>
+    <t>Velké Karlovice</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>Místní knihovna Velké Losiny</t>
+  </si>
+  <si>
+    <t>Velké Losiny</t>
+  </si>
+  <si>
+    <t>3206</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velké Meziříčí</t>
+  </si>
+  <si>
+    <t>Velké Meziříčí</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velké Opatovice</t>
+  </si>
+  <si>
+    <t>Velké Opatovice</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velké Pavlovice</t>
+  </si>
+  <si>
+    <t>Velké Pavlovice</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>Vzorná lidová knihovna Velké Popovice</t>
+  </si>
+  <si>
+    <t>Velké Popovice</t>
+  </si>
+  <si>
+    <t>3278</t>
+  </si>
+  <si>
+    <t>Knihovna městyse Velké Poříčí</t>
+  </si>
+  <si>
+    <t>Velké Poříčí</t>
+  </si>
+  <si>
+    <t>2504</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Velký Osek</t>
+  </si>
+  <si>
+    <t>Velký Osek</t>
+  </si>
+  <si>
+    <t>3723</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Velkém Šenově</t>
+  </si>
+  <si>
+    <t>Velký Šenov</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>Knihovna  městyse Velký Újezd</t>
+  </si>
+  <si>
+    <t>Velký Újezd</t>
+  </si>
+  <si>
+    <t>2235</t>
+  </si>
+  <si>
+    <t>Městská knihovna Velvary</t>
+  </si>
+  <si>
+    <t>Velvary</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Vendryně</t>
+  </si>
+  <si>
+    <t>Vendryně</t>
+  </si>
+  <si>
+    <t>2479</t>
+  </si>
+  <si>
+    <t>Městská knihovna Veselí nad Lužnicí</t>
+  </si>
+  <si>
+    <t>Veselí nad Lužnicí</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Veselí nad Moravou</t>
+  </si>
+  <si>
+    <t>Veselí nad Moravou</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>Městská knihovna Větřní</t>
+  </si>
+  <si>
+    <t>Větřní</t>
+  </si>
+  <si>
+    <t>2528</t>
+  </si>
+  <si>
+    <t>Městská knihovna Veverská Bítýška</t>
+  </si>
+  <si>
+    <t>Veverská Bítýška</t>
+  </si>
+  <si>
+    <t>2765</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Vimperku</t>
+  </si>
+  <si>
+    <t>Vimperk</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Višňovém</t>
+  </si>
+  <si>
+    <t>Višňové</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Vítkově</t>
+  </si>
+  <si>
+    <t>Vítkov</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>Městská knihovna Josefa Čižmáře Vizovice</t>
+  </si>
+  <si>
+    <t>Vizovice</t>
+  </si>
+  <si>
+    <t>4126</t>
+  </si>
+  <si>
+    <t>Městská knihovna J.V.Plánka Vlachovo Březí</t>
+  </si>
+  <si>
+    <t>Vlachovo Březí</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>Městská knihovna Vlašim, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Vlašim</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>Knihovna Jana Janči Vlčnov</t>
+  </si>
+  <si>
+    <t>Vlčnov</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>Místní knihovna Vnorovy</t>
+  </si>
+  <si>
+    <t>Vnorovy</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>Knihovna Gelasta Vodňanského</t>
+  </si>
+  <si>
+    <t>Vodňany</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>Městská knihovna Volary</t>
+  </si>
+  <si>
+    <t>Volary</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>Volyňská kultura, příspěvková organizace - městská knihovna</t>
+  </si>
+  <si>
+    <t>Volyně</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>Městská knihovna Votice</t>
+  </si>
+  <si>
+    <t>3245</t>
+  </si>
+  <si>
+    <t>Městská knihovna Vracov</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>Místní knihovna ve Vranově nad Dyjí</t>
+  </si>
+  <si>
+    <t>Votice</t>
+  </si>
+  <si>
+    <t>Vracov</t>
+  </si>
+  <si>
+    <t>Vranov nad Dyjí</t>
+  </si>
+  <si>
+    <t>3220</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Vranovice</t>
+  </si>
+  <si>
+    <t>Vranovice</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>Městská knihovna VRATIMOV</t>
+  </si>
+  <si>
+    <t>Vratimov</t>
+  </si>
+  <si>
+    <t>3348</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Vrbně pod Pradědem</t>
+  </si>
+  <si>
+    <t>3882</t>
+  </si>
+  <si>
+    <t>Knihovna F. V. Lorence</t>
+  </si>
+  <si>
+    <t>Vrbno pod Pradědem</t>
+  </si>
+  <si>
+    <t>Vrdy</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>Městská knihovna Vrchlabí</t>
+  </si>
+  <si>
+    <t>5802</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Vřesina</t>
+  </si>
+  <si>
+    <t>Vrchlabí</t>
+  </si>
+  <si>
+    <t>Vřesina</t>
+  </si>
+  <si>
+    <t>2793</t>
+  </si>
+  <si>
+    <t>Místní knihovna Všechovice</t>
+  </si>
+  <si>
+    <t>Všechovice</t>
+  </si>
+  <si>
+    <t>4560</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Vysokém Mýtě</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>Vysoké Mýto</t>
+  </si>
+  <si>
+    <t>Vysoké nad Jizerou</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>Místní knihovna Vysoké Veselí</t>
+  </si>
+  <si>
+    <t>Vysoké Veselí</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>Knihovna Karla |Dvořáčka Vyškov</t>
+  </si>
+  <si>
+    <t>Vyškov</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>Městská knihovna Vyšší Brod</t>
+  </si>
+  <si>
+    <t>Vyšší Brod</t>
+  </si>
+  <si>
+    <t>1544</t>
   </si>
   <si>
     <t>Městská knihovna Zábřeh</t>
   </si>
   <si>
-    <t>Nové Strašecí</t>
-[...4 lines deleted...]
-  <si>
     <t>Zábřeh</t>
   </si>
   <si>
-    <t>CZ071</t>
-[...80 lines deleted...]
-    <t>Obecní knihovna Velký Osek</t>
+    <t>9999033</t>
+  </si>
+  <si>
+    <t>Městská knihovna Zásmuky</t>
+  </si>
+  <si>
+    <t>Zásmuky</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>Obecní knihovna v Zastávce</t>
+  </si>
+  <si>
+    <t>Zastávka u Brna</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>Městská knihovna dr.Josefa Palivce</t>
+  </si>
+  <si>
+    <t>Zbiroh</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>Středisková knihovna Zbraslavice</t>
+  </si>
+  <si>
+    <t>Zbraslavice</t>
+  </si>
+  <si>
+    <t>6297</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Zbýšově</t>
+  </si>
+  <si>
+    <t>Zbýšov u Brna</t>
+  </si>
+  <si>
+    <t>3809</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Zdicích</t>
+  </si>
+  <si>
+    <t>Zdice</t>
+  </si>
+  <si>
+    <t>2251</t>
+  </si>
+  <si>
+    <t>Obecní knihovna ve Zdíkově</t>
+  </si>
+  <si>
+    <t>Zdíkov</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>Místní knihovna Zdounky</t>
+  </si>
+  <si>
+    <t>Zdounky</t>
+  </si>
+  <si>
+    <t>2960</t>
+  </si>
+  <si>
+    <t>Městská knihovna Zlaté Hory</t>
+  </si>
+  <si>
+    <t>Zlaté Hory</t>
+  </si>
+  <si>
+    <t>4057</t>
+  </si>
+  <si>
+    <t>Městská knihovna Zliv</t>
+  </si>
+  <si>
+    <t>Zliv</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>Knihovna Zlonice</t>
+  </si>
+  <si>
+    <t>Zlonice</t>
+  </si>
+  <si>
+    <t>3353</t>
+  </si>
+  <si>
+    <t>Městská knihovna Zruč nad Sázavou</t>
+  </si>
+  <si>
+    <t>Zruč nad Sázavou</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>Místní knihovna Zruč-Senec</t>
+  </si>
+  <si>
+    <t>Zruč-Senec</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>Knihovna města Zubří</t>
+  </si>
+  <si>
+    <t>Zubří</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Místní knihovna ŽABEŇ</t>
+  </si>
+  <si>
+    <t>Žabeň</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>Městská knihovna Žacléř</t>
+  </si>
+  <si>
+    <t>Žacléř</t>
+  </si>
+  <si>
+    <t>2597</t>
   </si>
   <si>
     <t>Městská knihovna Žamberk</t>
   </si>
   <si>
-    <t>Knihovna Ivana Slavíka Hořovice</t>
-[...22 lines deleted...]
-  <si>
     <t>Žamberk</t>
   </si>
   <si>
-    <t>Hořovice</t>
-[...26 lines deleted...]
-    <t>Mělnické kulturní centrum, z.ú. - městská knihovna</t>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>Městská knihovna Žatec</t>
+  </si>
+  <si>
+    <t>Žatec</t>
+  </si>
+  <si>
+    <t>2123</t>
   </si>
   <si>
     <t>Městská knihovna Ždánice</t>
   </si>
   <si>
-    <t>Kolářova knihovna Katovice</t>
-[...19 lines deleted...]
-  <si>
     <t>Ždánice</t>
   </si>
   <si>
-    <t>Katovice</t>
-[...491 lines deleted...]
-    <t>Obecní knihovna Řečany nad Labem</t>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>Knihovna Matěje Josefa Sychry</t>
+  </si>
+  <si>
+    <t>Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>Městská knihovna ve Ždírci nad Doubravou</t>
+  </si>
+  <si>
+    <t>2534</t>
+  </si>
+  <si>
+    <t>Městská knihovna v Žebráku</t>
+  </si>
+  <si>
+    <t>Ždírec nad Doubravou</t>
+  </si>
+  <si>
+    <t>Žebrák</t>
+  </si>
+  <si>
+    <t>3975</t>
+  </si>
+  <si>
+    <t>Městská knihovna Železná Ruda</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>Místní knihovna Železnice</t>
+  </si>
+  <si>
+    <t>Železná Ruda</t>
+  </si>
+  <si>
+    <t>Železnice</t>
+  </si>
+  <si>
+    <t>1253</t>
   </si>
   <si>
     <t>Městská knihovna v Železném Brodě</t>
   </si>
   <si>
-    <t>Místní knihovna Oskava</t>
-[...10 lines deleted...]
-  <si>
     <t>Železný Brod</t>
   </si>
   <si>
-    <t>Oskava</t>
-[...77 lines deleted...]
-    <t>Místní lidová knihovna Jince</t>
+    <t>4158</t>
+  </si>
+  <si>
+    <t>Městská knihovna Židlochovice</t>
+  </si>
+  <si>
+    <t>Židlochovice</t>
+  </si>
+  <si>
+    <t>4205</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Žihle</t>
+  </si>
+  <si>
+    <t>Žihle</t>
+  </si>
+  <si>
+    <t>3860</t>
+  </si>
+  <si>
+    <t>Obecní knihovna Žichovice</t>
+  </si>
+  <si>
+    <t>Žichovice</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>Městská knihovna Žirovnice</t>
+  </si>
+  <si>
+    <t>Žirovnice</t>
+  </si>
+  <si>
+    <t>6361</t>
+  </si>
+  <si>
+    <t>Středisková knihovna Žiželice</t>
+  </si>
+  <si>
+    <t>Žiželice</t>
+  </si>
+  <si>
+    <t>1873</t>
   </si>
   <si>
     <t>Místní knihovna Žleby</t>
   </si>
   <si>
-    <t>Křemže</t>
-[...4 lines deleted...]
-  <si>
     <t>Žleby</t>
   </si>
   <si>
-    <t>Knihovna A. J. Puchmajera v Radnicích</t>
-[...1853 lines deleted...]
-    <t>Plesná</t>
+    <t>525</t>
+  </si>
+  <si>
+    <t>Knihovna Žlutice</t>
+  </si>
+  <si>
+    <t>Žlutice</t>
+  </si>
+  <si>
+    <t>2489</t>
   </si>
   <si>
     <t>Městská knihovna Žulová</t>
   </si>
   <si>
     <t>Žulová</t>
   </si>
   <si>
-    <t>Knihovna Návsí</t>
-[...1352 lines deleted...]
-    <t>Profesionální knihovny zřízené obcí do 25 000 obyvatel, bez knihoven se sídlem na území Hlavní město Praha (zdroj NIPOS r. 2024). Zpracováno 7.8.2025</t>
+    <t>Profesionální knihovny zřízené obcí do 25 000 obyvatel, bez knihoven se sídlem na území Hlavní město Praha (zdroj NIPOS r. 2024). Zpracováno 11. 12. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -4651,13921 +7158,14934 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B456EBC-A47D-4DAF-8C16-760249601557}">
-[...3 lines deleted...]
-  <dimension ref="A1:L688"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF1837BA-49CA-44F4-93E5-F6EBFF1D7498}">
+  <dimension ref="A1:J739"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14"/>
   <cols>
-    <col min="1" max="1" width="7.140625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="11" width="25.5703125" customWidth="1"/>
+    <col min="1" max="1" width="6.58203125" customWidth="1"/>
+    <col min="3" max="3" width="53.4140625" customWidth="1"/>
+    <col min="4" max="4" width="22.75" customWidth="1"/>
+    <col min="6" max="6" width="10.75" customWidth="1"/>
+    <col min="9" max="9" width="20" customWidth="1"/>
+    <col min="11" max="11" width="12.58203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="9" t="s">
+    <row r="1" spans="1:10" ht="15.5">
+      <c r="A1" s="1" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="16" thickBot="1">
+      <c r="A2" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" s="6">
+        <v>1</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="6">
+        <v>4726</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" s="6">
+        <v>2</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="6">
+        <v>3905</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" s="6">
+        <v>3</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="6">
+        <v>13580</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" s="6">
+        <v>4</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="6">
+        <v>1896</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" s="6">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="6">
+        <v>4727</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="6">
+        <v>6</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="6">
+        <v>4140</v>
+      </c>
+      <c r="I8" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="6">
+        <v>7</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="6">
+        <v>1586</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" s="6">
+        <v>8</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="6">
+        <v>4890</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="6">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1754</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" s="6">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="6">
+        <v>4561</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" s="6">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1732</v>
+      </c>
+      <c r="I13" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" s="6">
+        <v>12</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1043</v>
+      </c>
+      <c r="I14" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="J14" s="4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" s="6">
+        <v>13</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="6">
+        <v>7033</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" s="6">
+        <v>14</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="6">
+        <v>16448</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="6">
+        <v>15</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="6">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="6">
+        <v>16</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="6">
+        <v>3654</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="6">
+        <v>17</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="6">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="6">
+        <v>18</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="6">
+        <v>21272</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="6">
+        <v>19</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="6">
+        <v>15988</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="6">
+        <v>20</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" s="6">
+        <v>7567</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="6">
+        <v>21</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F23" s="6">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="6">
+        <v>22</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F24" s="6">
+        <v>3812</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="6">
+        <v>23</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F25" s="6">
+        <v>20603</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="6">
+        <v>24</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="6">
+        <v>6818</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="6">
+        <v>25</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F27" s="6">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="6">
+        <v>26</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" s="6">
+        <v>3972</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="6">
+        <v>27</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F29" s="6">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="6">
+        <v>28</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" s="6">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="6">
+        <v>29</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" s="6">
+        <v>21119</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="6">
+        <v>30</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F32" s="6">
+        <v>2554</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="6">
+        <v>31</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="6">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="6">
+        <v>32</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F34" s="6">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="6">
+        <v>33</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" s="6">
+        <v>4643</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="6">
+        <v>34</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F36" s="6">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="6">
+        <v>35</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="6">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="6">
+        <v>36</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F38" s="6">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="6">
+        <v>37</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="6">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="6">
+        <v>38</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F40" s="6">
+        <v>12779</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="6">
+        <v>39</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F41" s="6">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="6">
+        <v>40</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="6">
+        <v>20670</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="6">
+        <v>41</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" s="6">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="6">
+        <v>42</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="6">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="6">
+        <v>43</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F45" s="6">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="6">
+        <v>44</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="6">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="6">
+        <v>45</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F47" s="6">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="6">
+        <v>46</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F48" s="6">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="6">
+        <v>47</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F49" s="6">
+        <v>7290</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="6">
+        <v>48</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F50" s="6">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="6">
+        <v>49</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F51" s="6">
+        <v>5436</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="6">
+        <v>50</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" s="6">
+        <v>15637</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" s="6">
+        <v>51</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" s="6">
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="6">
+        <v>52</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" s="6">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="6">
+        <v>53</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" s="6">
+        <v>23560</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="6">
+        <v>54</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="6">
+        <v>3613</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="6">
+        <v>55</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="6">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="6">
+        <v>56</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F58" s="6">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="6">
+        <v>57</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" s="6">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="6">
+        <v>58</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F60" s="6">
+        <v>7029</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" s="6">
+        <v>59</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" s="6">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" s="6">
+        <v>60</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="6">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="6">
+        <v>61</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F63" s="6">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" s="6">
+        <v>62</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="6">
+        <v>4235</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" s="6">
+        <v>63</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F65" s="6">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" s="6">
+        <v>64</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="6">
+        <v>4633</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" s="6">
+        <v>65</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F67" s="6">
+        <v>5416</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="6">
+        <v>66</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F68" s="6">
+        <v>7795</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="6">
+        <v>67</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F69" s="6">
+        <v>8208</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="6">
+        <v>68</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F70" s="6">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="6">
+        <v>69</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F71" s="6">
+        <v>4695</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="6">
+        <v>70</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F72" s="6">
+        <v>4509</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" s="6">
+        <v>71</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="6">
+        <v>10128</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" s="6">
+        <v>72</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F74" s="6">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" s="6">
+        <v>73</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="6">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" s="6">
+        <v>74</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" s="6">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" s="6">
+        <v>75</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="6">
+        <v>12818</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" s="6">
+        <v>76</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="6">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" s="6">
+        <v>77</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F79" s="6">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" s="6">
+        <v>78</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F80" s="6">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" s="6">
+        <v>79</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="6">
+        <v>7675</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="6">
+        <v>80</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F82" s="6">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" s="6">
+        <v>81</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="6">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" s="6">
+        <v>82</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" s="6">
+        <v>8461</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" s="6">
+        <v>83</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F85" s="6">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" s="6">
+        <v>84</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" s="6">
+        <v>5172</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" s="6">
+        <v>85</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F87" s="6">
+        <v>5117</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" s="6">
+        <v>86</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F88" s="6">
+        <v>15285</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" s="6">
+        <v>87</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F89" s="6">
+        <v>3819</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" s="6">
+        <v>88</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" s="6">
+        <v>6964</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" s="6">
+        <v>89</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F91" s="6">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" s="6">
+        <v>90</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F92" s="6">
+        <v>13277</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" s="6">
+        <v>91</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F93" s="6">
+        <v>24021</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" s="6">
+        <v>92</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F94" s="6">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" s="6">
+        <v>93</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F95" s="6">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" s="6">
+        <v>94</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F96" s="6">
+        <v>7090</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" s="6">
+        <v>95</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="6">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" s="6">
+        <v>96</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F98" s="6">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" s="6">
+        <v>97</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="6">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" s="6">
+        <v>98</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100" s="6">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" s="6">
+        <v>99</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" s="6">
+        <v>4623</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" s="6">
+        <v>100</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" s="6">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" s="6">
+        <v>101</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F103" s="6">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" s="6">
+        <v>102</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F104" s="6">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" s="6">
+        <v>103</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>338</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="6">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" s="6">
+        <v>104</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F106" s="6">
+        <v>6557</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" s="6">
+        <v>105</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F107" s="6">
+        <v>5583</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" s="6">
+        <v>106</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="6">
+        <v>3881</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" s="6">
+        <v>107</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="6">
+        <v>9089</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" s="6">
+        <v>108</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F110" s="6">
+        <v>4994</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" s="6">
+        <v>109</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" s="6">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" s="6">
+        <v>110</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F112" s="6">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" s="6">
+        <v>111</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>358</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="6">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" s="6">
+        <v>112</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F114" s="6">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" s="6">
+        <v>113</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F115" s="6">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" s="6">
+        <v>114</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>371</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F116" s="6">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" s="6">
+        <v>115</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>375</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="6">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" s="6">
+        <v>116</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F118" s="6">
+        <v>5430</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" s="6">
+        <v>117</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F119" s="6">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" s="6">
+        <v>118</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>382</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F120" s="6">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" s="6">
+        <v>119</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F121" s="6">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" s="6">
+        <v>120</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>390</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F122" s="6">
+        <v>11515</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" s="6">
+        <v>121</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F123" s="6">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" s="6">
+        <v>122</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>396</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F124" s="6">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="6">
+        <v>123</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>399</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F125" s="6">
+        <v>8556</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" s="6">
+        <v>124</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F126" s="6">
+        <v>6309</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" s="6">
+        <v>125</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F127" s="6">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" s="6">
+        <v>126</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>408</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F128" s="6">
+        <v>9027</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" s="6">
+        <v>127</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>410</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F129" s="6">
+        <v>15809</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130" s="6">
+        <v>128</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>414</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="6">
+        <v>6073</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131" s="6">
+        <v>129</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F131" s="6">
+        <v>10797</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" s="6">
+        <v>130</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F132" s="6">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" s="6">
+        <v>131</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>423</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F133" s="6">
+        <v>7563</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" s="6">
+        <v>132</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>426</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F134" s="6">
+        <v>10097</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" s="6">
+        <v>133</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>429</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F135" s="6">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" s="6">
+        <v>134</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>431</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F136" s="6">
+        <v>5574</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" s="6">
+        <v>135</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F137" s="6">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" s="6">
+        <v>136</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>438</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F138" s="6">
+        <v>4925</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" s="6">
+        <v>137</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>441</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F139" s="6">
+        <v>3307</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" s="6">
+        <v>138</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>444</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F140" s="6">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" s="6">
+        <v>139</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>447</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F141" s="6">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" s="6">
+        <v>140</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>450</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F142" s="6">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" s="6">
+        <v>141</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>452</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F143" s="6">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" s="6">
+        <v>142</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>455</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F144" s="6">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" s="6">
+        <v>143</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>458</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="6">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" s="6">
+        <v>144</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F146" s="6">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" s="6">
+        <v>145</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>464</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F147" s="6">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" s="6">
+        <v>146</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>467</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F148" s="6">
+        <v>4722</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" s="6">
+        <v>147</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>469</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F149" s="6">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" s="6">
+        <v>148</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>471</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F150" s="6">
+        <v>9705</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" s="6">
+        <v>149</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>473</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F151" s="6">
+        <v>5810</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" s="6">
+        <v>150</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F152" s="6">
+        <v>13680</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" s="6">
+        <v>151</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>481</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F153" s="6">
+        <v>4380</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" s="6">
+        <v>152</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>483</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" s="6">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" s="6">
+        <v>153</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>485</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F155" s="6">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" s="6">
+        <v>154</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>487</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F156" s="6">
+        <v>24386</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" s="6">
+        <v>155</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F157" s="6">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" s="6">
+        <v>156</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>496</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F158" s="6">
+        <v>11790</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" s="6">
+        <v>157</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>498</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F159" s="6">
+        <v>6492</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" s="6">
+        <v>158</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>502</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F160" s="6">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" s="6">
+        <v>159</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>504</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F161" s="6">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" s="6">
+        <v>160</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F162" s="6">
+        <v>4433</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" s="6">
+        <v>161</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F163" s="6">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" s="6">
+        <v>162</v>
+      </c>
+      <c r="B164" s="7" t="s">
+        <v>513</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F164" s="6">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" s="6">
+        <v>163</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>515</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F165" s="6">
+        <v>3951</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" s="6">
+        <v>164</v>
+      </c>
+      <c r="B166" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F166" s="6">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" s="6">
+        <v>165</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F167" s="6">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" s="6">
+        <v>166</v>
+      </c>
+      <c r="B168" s="7" t="s">
+        <v>523</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F168" s="6">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" s="6">
+        <v>167</v>
+      </c>
+      <c r="B169" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F169" s="6">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" s="6">
+        <v>168</v>
+      </c>
+      <c r="B170" s="7" t="s">
+        <v>531</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="6">
+        <v>5541</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" s="6">
+        <v>169</v>
+      </c>
+      <c r="B171" s="7" t="s">
+        <v>533</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F171" s="6">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" s="6">
+        <v>170</v>
+      </c>
+      <c r="B172" s="7" t="s">
+        <v>535</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F172" s="6">
+        <v>4457</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" s="6">
+        <v>171</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="C173" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="6">
+        <v>5405</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" s="6">
+        <v>172</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>539</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F174" s="6">
+        <v>5227</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" s="6">
+        <v>173</v>
+      </c>
+      <c r="B175" s="7" t="s">
+        <v>546</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F175" s="6">
+        <v>8651</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" s="6">
+        <v>174</v>
+      </c>
+      <c r="B176" s="7" t="s">
+        <v>548</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="6">
+        <v>8268</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" s="6">
+        <v>175</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>550</v>
+      </c>
+      <c r="C177" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F177" s="6">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" s="6">
+        <v>176</v>
+      </c>
+      <c r="B178" s="7" t="s">
+        <v>552</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" s="6">
+        <v>9155</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" s="6">
+        <v>177</v>
+      </c>
+      <c r="B179" s="7" t="s">
+        <v>554</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="6">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" s="6">
+        <v>178</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F180" s="6">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" s="6">
+        <v>179</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>564</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F181" s="6">
+        <v>5542</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" s="6">
+        <v>180</v>
+      </c>
+      <c r="B182" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F182" s="6">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" s="6">
+        <v>181</v>
+      </c>
+      <c r="B183" s="7" t="s">
+        <v>569</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F183" s="6">
+        <v>8252</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" s="6">
+        <v>182</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>573</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F184" s="6">
+        <v>17109</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" s="6">
+        <v>183</v>
+      </c>
+      <c r="B185" s="7" t="s">
+        <v>576</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="6">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" s="6">
+        <v>184</v>
+      </c>
+      <c r="B186" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F186" s="6">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" s="6">
+        <v>185</v>
+      </c>
+      <c r="B187" s="7" t="s">
+        <v>580</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F187" s="6">
+        <v>6239</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" s="6">
+        <v>186</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F188" s="6">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" s="6">
+        <v>187</v>
+      </c>
+      <c r="B189" s="7" t="s">
+        <v>585</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F189" s="6">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" s="6">
+        <v>188</v>
+      </c>
+      <c r="B190" s="7" t="s">
+        <v>587</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="E190" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F190" s="6">
+        <v>3396</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" s="6">
+        <v>189</v>
+      </c>
+      <c r="B191" s="7" t="s">
+        <v>592</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F191" s="6">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" s="6">
+        <v>190</v>
+      </c>
+      <c r="B192" s="7" t="s">
+        <v>594</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F192" s="6">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" s="6">
+        <v>191</v>
+      </c>
+      <c r="B193" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F193" s="6">
+        <v>6599</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" s="6">
+        <v>192</v>
+      </c>
+      <c r="B194" s="7" t="s">
+        <v>601</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F194" s="6">
+        <v>11821</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" s="6">
+        <v>193</v>
+      </c>
+      <c r="B195" s="7" t="s">
+        <v>604</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F195" s="6">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" s="6">
+        <v>194</v>
+      </c>
+      <c r="B196" s="7" t="s">
+        <v>606</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F196" s="6">
+        <v>5971</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" s="6">
+        <v>195</v>
+      </c>
+      <c r="B197" s="7" t="s">
+        <v>607</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F197" s="6">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" s="6">
+        <v>196</v>
+      </c>
+      <c r="B198" s="7" t="s">
+        <v>609</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="E198" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F198" s="6">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" s="6">
+        <v>197</v>
+      </c>
+      <c r="B199" s="7" t="s">
+        <v>611</v>
+      </c>
+      <c r="C199" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="D199" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F199" s="6">
+        <v>4358</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" s="6">
+        <v>198</v>
+      </c>
+      <c r="B200" s="7" t="s">
+        <v>613</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F200" s="6">
+        <v>5387</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" s="6">
+        <v>199</v>
+      </c>
+      <c r="B201" s="7" t="s">
+        <v>621</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F201" s="6">
+        <v>8794</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202" s="6">
+        <v>200</v>
+      </c>
+      <c r="B202" s="7" t="s">
+        <v>624</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="6">
+        <v>12536</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203" s="6">
+        <v>201</v>
+      </c>
+      <c r="B203" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F203" s="6">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204" s="6">
+        <v>202</v>
+      </c>
+      <c r="B204" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F204" s="6">
+        <v>9229</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205" s="6">
+        <v>203</v>
+      </c>
+      <c r="B205" s="7" t="s">
+        <v>633</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F205" s="6">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206" s="6">
+        <v>204</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="E206" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F206" s="6">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" s="6">
+        <v>205</v>
+      </c>
+      <c r="B207" s="7" t="s">
+        <v>638</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F207" s="6">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" s="6">
+        <v>206</v>
+      </c>
+      <c r="B208" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="E208" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F208" s="6">
+        <v>6424</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" s="6">
+        <v>207</v>
+      </c>
+      <c r="B209" s="7" t="s">
+        <v>644</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F209" s="6">
+        <v>4772</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210" s="6">
+        <v>208</v>
+      </c>
+      <c r="B210" s="7" t="s">
+        <v>646</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F210" s="6">
+        <v>24054</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211" s="6">
+        <v>209</v>
+      </c>
+      <c r="B211" s="7" t="s">
+        <v>648</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="E211" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F211" s="6">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212" s="6">
+        <v>210</v>
+      </c>
+      <c r="B212" s="7" t="s">
+        <v>650</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F212" s="6">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" s="6">
+        <v>211</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>656</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="E213" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F213" s="6">
+        <v>5068</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214" s="6">
+        <v>212</v>
+      </c>
+      <c r="B214" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="E214" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F214" s="6">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" s="6">
+        <v>213</v>
+      </c>
+      <c r="B215" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="E215" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F215" s="6">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" s="6">
+        <v>214</v>
+      </c>
+      <c r="B216" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="E216" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F216" s="6">
+        <v>10107</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" s="6">
+        <v>215</v>
+      </c>
+      <c r="B217" s="7" t="s">
+        <v>666</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="E217" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F217" s="6">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218" s="6">
+        <v>216</v>
+      </c>
+      <c r="B218" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="E218" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F218" s="6">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219" s="6">
+        <v>217</v>
+      </c>
+      <c r="B219" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F219" s="6">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220" s="6">
+        <v>218</v>
+      </c>
+      <c r="B220" s="7" t="s">
+        <v>675</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="E220" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F220" s="6">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" s="6">
+        <v>219</v>
+      </c>
+      <c r="B221" s="7" t="s">
+        <v>677</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="E221" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F221" s="6">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222" s="6">
+        <v>220</v>
+      </c>
+      <c r="B222" s="7" t="s">
+        <v>679</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="E222" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F222" s="6">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223" s="6">
+        <v>221</v>
+      </c>
+      <c r="B223" s="7" t="s">
+        <v>684</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="E223" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F223" s="6">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224" s="6">
+        <v>222</v>
+      </c>
+      <c r="B224" s="7" t="s">
+        <v>687</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="E224" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F224" s="6">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225" s="6">
+        <v>223</v>
+      </c>
+      <c r="B225" s="7" t="s">
+        <v>690</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="E225" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F225" s="6">
+        <v>12793</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226" s="6">
+        <v>224</v>
+      </c>
+      <c r="B226" s="7" t="s">
+        <v>692</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="E226" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F226" s="6">
+        <v>4086</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" s="6">
+        <v>225</v>
+      </c>
+      <c r="B227" s="7" t="s">
+        <v>694</v>
+      </c>
+      <c r="C227" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="D227" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="E227" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F227" s="6">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" s="6">
+        <v>226</v>
+      </c>
+      <c r="B228" s="7" t="s">
+        <v>696</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="D228" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="E228" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F228" s="6">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229" s="6">
+        <v>227</v>
+      </c>
+      <c r="B229" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="C229" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="E229" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F229" s="6">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230" s="6">
+        <v>228</v>
+      </c>
+      <c r="B230" s="7" t="s">
+        <v>700</v>
+      </c>
+      <c r="C230" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="E230" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" s="6">
+        <v>10483</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" s="6">
+        <v>229</v>
+      </c>
+      <c r="B231" s="7" t="s">
+        <v>702</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="D231" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="E231" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" s="6">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232" s="6">
+        <v>230</v>
+      </c>
+      <c r="B232" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="C232" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="D232" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="E232" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F232" s="6">
+        <v>10478</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233" s="6">
+        <v>231</v>
+      </c>
+      <c r="B233" s="7" t="s">
+        <v>713</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="E233" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F233" s="6">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234" s="6">
+        <v>232</v>
+      </c>
+      <c r="B234" s="7" t="s">
+        <v>715</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="E234" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F234" s="6">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" s="6">
+        <v>233</v>
+      </c>
+      <c r="B235" s="7" t="s">
+        <v>720</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="D235" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="E235" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F235" s="6">
+        <v>16491</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236" s="6">
+        <v>234</v>
+      </c>
+      <c r="B236" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="E236" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F236" s="6">
+        <v>5504</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237" s="6">
+        <v>235</v>
+      </c>
+      <c r="B237" s="7" t="s">
+        <v>726</v>
+      </c>
+      <c r="C237" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="D237" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="E237" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F237" s="6">
+        <v>5036</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" s="6">
+        <v>236</v>
+      </c>
+      <c r="B238" s="7" t="s">
+        <v>729</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="D238" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="E238" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="6">
+        <v>5372</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" s="6">
+        <v>237</v>
+      </c>
+      <c r="B239" s="7" t="s">
+        <v>732</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="E239" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="6">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" s="6">
+        <v>238</v>
+      </c>
+      <c r="B240" s="7" t="s">
+        <v>735</v>
+      </c>
+      <c r="C240" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="E240" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F240" s="6">
+        <v>21077</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241" s="6">
+        <v>239</v>
+      </c>
+      <c r="B241" s="7" t="s">
+        <v>737</v>
+      </c>
+      <c r="C241" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="E241" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="6">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242" s="6">
+        <v>240</v>
+      </c>
+      <c r="B242" s="7" t="s">
+        <v>741</v>
+      </c>
+      <c r="C242" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="D242" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="E242" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F242" s="6">
+        <v>20095</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243" s="6">
+        <v>241</v>
+      </c>
+      <c r="B243" s="7" t="s">
+        <v>744</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="D243" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="E243" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F243" s="6">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" s="6">
+        <v>242</v>
+      </c>
+      <c r="B244" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="D244" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="E244" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F244" s="6">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245" s="6">
+        <v>243</v>
+      </c>
+      <c r="B245" s="7" t="s">
+        <v>750</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="E245" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="6">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246" s="6">
+        <v>244</v>
+      </c>
+      <c r="B246" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="C246" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="D246" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="E246" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F246" s="6">
+        <v>18856</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247" s="6">
+        <v>245</v>
+      </c>
+      <c r="B247" s="7" t="s">
+        <v>756</v>
+      </c>
+      <c r="C247" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>760</v>
+      </c>
+      <c r="E247" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="6">
+        <v>5292</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" s="6">
+        <v>246</v>
+      </c>
+      <c r="B248" s="7" t="s">
+        <v>758</v>
+      </c>
+      <c r="C248" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="D248" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="E248" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F248" s="6">
+        <v>3727</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" s="6">
+        <v>247</v>
+      </c>
+      <c r="B249" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="C249" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="D249" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="E249" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F249" s="6">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250" s="6">
+        <v>248</v>
+      </c>
+      <c r="B250" s="7" t="s">
+        <v>764</v>
+      </c>
+      <c r="C250" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="E250" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F250" s="6">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251" s="6">
+        <v>249</v>
+      </c>
+      <c r="B251" s="7" t="s">
+        <v>766</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="E251" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F251" s="6">
+        <v>7868</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252" s="6">
+        <v>250</v>
+      </c>
+      <c r="B252" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="C252" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="D252" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F252" s="6">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253" s="6">
+        <v>251</v>
+      </c>
+      <c r="B253" s="7" t="s">
+        <v>774</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="D253" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="E253" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F253" s="6">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" s="6">
+        <v>252</v>
+      </c>
+      <c r="B254" s="7" t="s">
+        <v>777</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="E254" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F254" s="6">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255" s="6">
+        <v>253</v>
+      </c>
+      <c r="B255" s="7" t="s">
+        <v>780</v>
+      </c>
+      <c r="C255" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="D255" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="E255" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F255" s="6">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256" s="6">
+        <v>254</v>
+      </c>
+      <c r="B256" s="7" t="s">
+        <v>782</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="E256" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F256" s="6">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257" s="6">
+        <v>255</v>
+      </c>
+      <c r="B257" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="E257" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F257" s="6">
+        <v>4627</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258" s="6">
+        <v>256</v>
+      </c>
+      <c r="B258" s="7" t="s">
+        <v>789</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="E258" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F258" s="6">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259" s="6">
+        <v>257</v>
+      </c>
+      <c r="B259" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="C259" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="D259" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="E259" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F259" s="6">
+        <v>14552</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6">
+      <c r="A260" s="6">
+        <v>258</v>
+      </c>
+      <c r="B260" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="C260" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="D260" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="E260" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F260" s="6">
+        <v>20469</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6">
+      <c r="A261" s="6">
+        <v>259</v>
+      </c>
+      <c r="B261" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="C261" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="D261" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="E261" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="6">
+        <v>3960</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262" s="6">
+        <v>260</v>
+      </c>
+      <c r="B262" s="7" t="s">
+        <v>801</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="E262" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F262" s="6">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263" s="6">
+        <v>261</v>
+      </c>
+      <c r="B263" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="D263" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="E263" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F263" s="6">
+        <v>4540</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264" s="6">
+        <v>262</v>
+      </c>
+      <c r="B264" s="7" t="s">
+        <v>807</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D264" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="E264" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F264" s="6">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265" s="6">
+        <v>263</v>
+      </c>
+      <c r="B265" s="7" t="s">
+        <v>808</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="D265" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="E265" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F265" s="6">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6">
+      <c r="A266" s="6">
+        <v>264</v>
+      </c>
+      <c r="B266" s="7" t="s">
+        <v>810</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="E266" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F266" s="6">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6">
+      <c r="A267" s="6">
+        <v>265</v>
+      </c>
+      <c r="B267" s="7" t="s">
+        <v>815</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>816</v>
+      </c>
+      <c r="D267" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="E267" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F267" s="6">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6">
+      <c r="A268" s="6">
+        <v>266</v>
+      </c>
+      <c r="B268" s="7" t="s">
+        <v>817</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="D268" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="E268" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F268" s="6">
+        <v>5510</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6">
+      <c r="A269" s="6">
+        <v>267</v>
+      </c>
+      <c r="B269" s="7" t="s">
+        <v>819</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="E269" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F269" s="6">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6">
+      <c r="A270" s="6">
+        <v>268</v>
+      </c>
+      <c r="B270" s="7" t="s">
+        <v>821</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="D270" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="E270" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F270" s="6">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271" s="6">
+        <v>269</v>
+      </c>
+      <c r="B271" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="D271" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="E271" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F271" s="6">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6">
+      <c r="A272" s="6">
+        <v>270</v>
+      </c>
+      <c r="B272" s="7" t="s">
+        <v>825</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="D272" s="6" t="s">
+        <v>832</v>
+      </c>
+      <c r="E272" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F272" s="6">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6">
+      <c r="A273" s="6">
+        <v>271</v>
+      </c>
+      <c r="B273" s="7" t="s">
+        <v>833</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="D273" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="E273" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F273" s="6">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6">
+      <c r="A274" s="6">
+        <v>272</v>
+      </c>
+      <c r="B274" s="7" t="s">
+        <v>835</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="D274" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="E274" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F274" s="6">
+        <v>22093</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275" s="6">
+        <v>273</v>
+      </c>
+      <c r="B275" s="7" t="s">
+        <v>839</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="D275" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="E275" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F275" s="6">
+        <v>2768</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6">
+      <c r="A276" s="6">
+        <v>274</v>
+      </c>
+      <c r="B276" s="7" t="s">
+        <v>841</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="D276" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="E276" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F276" s="6">
+        <v>4664</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6">
+      <c r="A277" s="6">
+        <v>275</v>
+      </c>
+      <c r="B277" s="7" t="s">
+        <v>845</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="D277" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="E277" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F277" s="6">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278" s="6">
+        <v>276</v>
+      </c>
+      <c r="B278" s="7" t="s">
+        <v>847</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="D278" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="E278" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" s="6">
+        <v>3656</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279" s="6">
+        <v>277</v>
+      </c>
+      <c r="B279" s="7" t="s">
+        <v>851</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="D279" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="E279" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F279" s="6">
+        <v>5962</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6">
+      <c r="A280" s="6">
+        <v>278</v>
+      </c>
+      <c r="B280" s="7" t="s">
+        <v>854</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="D280" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="E280" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F280" s="6">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6">
+      <c r="A281" s="6">
+        <v>279</v>
+      </c>
+      <c r="B281" s="7" t="s">
+        <v>856</v>
+      </c>
+      <c r="C281" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="D281" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="E281" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F281" s="6">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6">
+      <c r="A282" s="6">
+        <v>280</v>
+      </c>
+      <c r="B282" s="7" t="s">
+        <v>858</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="D282" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="E282" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F282" s="6">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6">
+      <c r="A283" s="6">
+        <v>281</v>
+      </c>
+      <c r="B283" s="7" t="s">
+        <v>860</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="D283" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="E283" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F283" s="6">
+        <v>3157</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6">
+      <c r="A284" s="6">
+        <v>282</v>
+      </c>
+      <c r="B284" s="7" t="s">
+        <v>862</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>863</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="E284" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F284" s="6">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285" s="6">
+        <v>283</v>
+      </c>
+      <c r="B285" s="7" t="s">
+        <v>864</v>
+      </c>
+      <c r="C285" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="D285" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="E285" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F285" s="6">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286" s="6">
+        <v>284</v>
+      </c>
+      <c r="B286" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="C286" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F286" s="6">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287" s="6">
+        <v>285</v>
+      </c>
+      <c r="B287" s="7" t="s">
+        <v>874</v>
+      </c>
+      <c r="C287" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="D287" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="E287" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F287" s="6">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288" s="6">
+        <v>286</v>
+      </c>
+      <c r="B288" s="7" t="s">
+        <v>878</v>
+      </c>
+      <c r="C288" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="D288" s="6" t="s">
+        <v>882</v>
+      </c>
+      <c r="E288" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="6">
+        <v>18782</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6">
+      <c r="A289" s="6">
+        <v>287</v>
+      </c>
+      <c r="B289" s="7" t="s">
+        <v>880</v>
+      </c>
+      <c r="C289" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="D289" s="6" t="s">
+        <v>883</v>
+      </c>
+      <c r="E289" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F289" s="6">
+        <v>10847</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290" s="6">
+        <v>288</v>
+      </c>
+      <c r="B290" s="7" t="s">
+        <v>884</v>
+      </c>
+      <c r="C290" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="D290" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="E290" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="6">
+        <v>6765</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6">
+      <c r="A291" s="6">
+        <v>289</v>
+      </c>
+      <c r="B291" s="7" t="s">
+        <v>886</v>
+      </c>
+      <c r="C291" s="6" t="s">
+        <v>887</v>
+      </c>
+      <c r="D291" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="E291" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F291" s="6">
+        <v>3463</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6">
+      <c r="A292" s="6">
+        <v>290</v>
+      </c>
+      <c r="B292" s="7" t="s">
+        <v>890</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>891</v>
+      </c>
+      <c r="D292" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="E292" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F292" s="6">
+        <v>6849</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6">
+      <c r="A293" s="6">
+        <v>291</v>
+      </c>
+      <c r="B293" s="7" t="s">
+        <v>893</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>894</v>
+      </c>
+      <c r="D293" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="E293" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F293" s="6">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294" s="6">
+        <v>292</v>
+      </c>
+      <c r="B294" s="7" t="s">
+        <v>895</v>
+      </c>
+      <c r="C294" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="D294" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="E294" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F294" s="6">
+        <v>23121</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6">
+      <c r="A295" s="6">
+        <v>293</v>
+      </c>
+      <c r="B295" s="7" t="s">
+        <v>899</v>
+      </c>
+      <c r="C295" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="D295" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="E295" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F295" s="6">
+        <v>13720</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6">
+      <c r="A296" s="6">
+        <v>294</v>
+      </c>
+      <c r="B296" s="7" t="s">
+        <v>901</v>
+      </c>
+      <c r="C296" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>904</v>
+      </c>
+      <c r="E296" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F296" s="6">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6">
+      <c r="A297" s="6">
+        <v>295</v>
+      </c>
+      <c r="B297" s="7" t="s">
+        <v>905</v>
+      </c>
+      <c r="C297" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="D297" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="E297" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F297" s="6">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6">
+      <c r="A298" s="6">
+        <v>296</v>
+      </c>
+      <c r="B298" s="7" t="s">
+        <v>907</v>
+      </c>
+      <c r="C298" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="E298" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F298" s="6">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6">
+      <c r="A299" s="6">
+        <v>297</v>
+      </c>
+      <c r="B299" s="7" t="s">
+        <v>911</v>
+      </c>
+      <c r="C299" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="D299" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="E299" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F299" s="6">
+        <v>5723</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6">
+      <c r="A300" s="6">
+        <v>298</v>
+      </c>
+      <c r="B300" s="7" t="s">
+        <v>913</v>
+      </c>
+      <c r="C300" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="D300" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="E300" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F300" s="6">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6">
+      <c r="A301" s="6">
+        <v>299</v>
+      </c>
+      <c r="B301" s="7" t="s">
+        <v>915</v>
+      </c>
+      <c r="C301" s="6" t="s">
+        <v>916</v>
+      </c>
+      <c r="D301" s="6" t="s">
+        <v>919</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F301" s="6">
+        <v>12037</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6">
+      <c r="A302" s="6">
+        <v>300</v>
+      </c>
+      <c r="B302" s="7" t="s">
+        <v>920</v>
+      </c>
+      <c r="C302" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>922</v>
+      </c>
+      <c r="E302" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F302" s="6">
+        <v>22274</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6">
+      <c r="A303" s="6">
+        <v>301</v>
+      </c>
+      <c r="B303" s="7" t="s">
+        <v>923</v>
+      </c>
+      <c r="C303" s="6" t="s">
+        <v>924</v>
+      </c>
+      <c r="D303" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="E303" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F303" s="6">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6">
+      <c r="A304" s="6">
+        <v>302</v>
+      </c>
+      <c r="B304" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="C304" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="D304" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="E304" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F304" s="6">
+        <v>10890</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6">
+      <c r="A305" s="6">
+        <v>303</v>
+      </c>
+      <c r="B305" s="7" t="s">
+        <v>928</v>
+      </c>
+      <c r="C305" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D305" s="6" t="s">
+        <v>934</v>
+      </c>
+      <c r="E305" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" s="6">
+        <v>4696</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6">
+      <c r="A306" s="6">
+        <v>304</v>
+      </c>
+      <c r="B306" s="7" t="s">
+        <v>929</v>
+      </c>
+      <c r="C306" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D306" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="E306" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F306" s="6">
+        <v>9964</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307" s="6">
+        <v>305</v>
+      </c>
+      <c r="B307" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="C307" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D307" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="E307" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F307" s="6">
+        <v>3632</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6">
+      <c r="A308" s="6">
+        <v>306</v>
+      </c>
+      <c r="B308" s="7" t="s">
+        <v>931</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="E308" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F308" s="6">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="A309" s="6">
+        <v>307</v>
+      </c>
+      <c r="B309" s="7" t="s">
+        <v>938</v>
+      </c>
+      <c r="C309" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="D309" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="E309" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F309" s="6">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6">
+      <c r="A310" s="6">
+        <v>308</v>
+      </c>
+      <c r="B310" s="7" t="s">
+        <v>940</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="D310" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="E310" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F310" s="6">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6">
+      <c r="A311" s="6">
+        <v>309</v>
+      </c>
+      <c r="B311" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="C311" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="D311" s="6" t="s">
+        <v>953</v>
+      </c>
+      <c r="E311" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F311" s="6">
+        <v>4541</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312" s="6">
+        <v>310</v>
+      </c>
+      <c r="B312" s="7" t="s">
+        <v>946</v>
+      </c>
+      <c r="C312" s="6" t="s">
+        <v>947</v>
+      </c>
+      <c r="D312" s="6" t="s">
+        <v>954</v>
+      </c>
+      <c r="E312" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F312" s="6">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313" s="6">
+        <v>311</v>
+      </c>
+      <c r="B313" s="7" t="s">
+        <v>948</v>
+      </c>
+      <c r="C313" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="D313" s="6" t="s">
+        <v>955</v>
+      </c>
+      <c r="E313" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F313" s="6">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314" s="6">
+        <v>312</v>
+      </c>
+      <c r="B314" s="7" t="s">
+        <v>950</v>
+      </c>
+      <c r="C314" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D314" s="6" t="s">
+        <v>956</v>
+      </c>
+      <c r="E314" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F314" s="6">
+        <v>6549</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315" s="6">
+        <v>313</v>
+      </c>
+      <c r="B315" s="7" t="s">
+        <v>951</v>
+      </c>
+      <c r="C315" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="D315" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="E315" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F315" s="6">
+        <v>7326</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316" s="6">
+        <v>314</v>
+      </c>
+      <c r="B316" s="7" t="s">
+        <v>958</v>
+      </c>
+      <c r="C316" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="D316" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="E316" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F316" s="6">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6">
+      <c r="A317" s="6">
+        <v>315</v>
+      </c>
+      <c r="B317" s="7" t="s">
+        <v>960</v>
+      </c>
+      <c r="C317" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="E317" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F317" s="6">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6">
+      <c r="A318" s="6">
+        <v>316</v>
+      </c>
+      <c r="B318" s="7" t="s">
+        <v>964</v>
+      </c>
+      <c r="C318" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="D318" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="E318" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F318" s="6">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6">
+      <c r="A319" s="6">
+        <v>318</v>
+      </c>
+      <c r="B319" s="7" t="s">
+        <v>966</v>
+      </c>
+      <c r="C319" s="6" t="s">
+        <v>967</v>
+      </c>
+      <c r="D319" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="E319" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F319" s="6">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6">
+      <c r="A320" s="6">
+        <v>319</v>
+      </c>
+      <c r="B320" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="C320" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="D320" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="E320" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F320" s="6">
+        <v>3309</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6">
+      <c r="A321" s="6">
+        <v>320</v>
+      </c>
+      <c r="B321" s="7" t="s">
+        <v>972</v>
+      </c>
+      <c r="C321" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="D321" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="E321" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F321" s="6">
+        <v>3458</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6">
+      <c r="A322" s="6">
+        <v>321</v>
+      </c>
+      <c r="B322" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="C322" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F322" s="6">
+        <v>3588</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6">
+      <c r="A323" s="6">
+        <v>322</v>
+      </c>
+      <c r="B323" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="C323" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="D323" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="E323" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F323" s="6">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6">
+      <c r="A324" s="6">
+        <v>323</v>
+      </c>
+      <c r="B324" s="7" t="s">
+        <v>981</v>
+      </c>
+      <c r="C324" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="D324" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="E324" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F324" s="6">
+        <v>6702</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6">
+      <c r="A325" s="6">
+        <v>324</v>
+      </c>
+      <c r="B325" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="C325" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="E325" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F325" s="6">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6">
+      <c r="A326" s="6">
+        <v>325</v>
+      </c>
+      <c r="B326" s="7" t="s">
+        <v>988</v>
+      </c>
+      <c r="C326" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="D326" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="E326" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F326" s="6">
+        <v>4747</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6">
+      <c r="A327" s="6">
+        <v>326</v>
+      </c>
+      <c r="B327" s="7" t="s">
+        <v>991</v>
+      </c>
+      <c r="C327" s="6" t="s">
+        <v>992</v>
+      </c>
+      <c r="D327" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="E327" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" s="6">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6">
+      <c r="A328" s="6">
+        <v>327</v>
+      </c>
+      <c r="B328" s="7" t="s">
+        <v>993</v>
+      </c>
+      <c r="C328" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="D328" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="E328" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F328" s="6">
+        <v>23533</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6">
+      <c r="A329" s="6">
+        <v>328</v>
+      </c>
+      <c r="B329" s="7" t="s">
+        <v>997</v>
+      </c>
+      <c r="C329" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="D329" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="E329" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F329" s="6">
+        <v>10755</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6">
+      <c r="A330" s="6">
+        <v>329</v>
+      </c>
+      <c r="B330" s="7" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D330" s="6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E330" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F330" s="6">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331" s="6">
+        <v>330</v>
+      </c>
+      <c r="B331" s="7" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C331" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D331" s="6" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E331" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F331" s="6">
+        <v>23895</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6">
+      <c r="A332" s="6">
+        <v>331</v>
+      </c>
+      <c r="B332" s="7" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C332" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D332" s="6" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E332" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F332" s="6">
+        <v>2849</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6">
+      <c r="A333" s="6">
+        <v>332</v>
+      </c>
+      <c r="B333" s="7" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C333" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D333" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E333" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F333" s="6">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6">
+      <c r="A334" s="6">
+        <v>333</v>
+      </c>
+      <c r="B334" s="7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C334" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D334" s="6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E334" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F334" s="6">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6">
+      <c r="A335" s="6">
+        <v>334</v>
+      </c>
+      <c r="B335" s="7" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C335" s="6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D335" s="6" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E335" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F335" s="6">
+        <v>3889</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6">
+      <c r="A336" s="6">
+        <v>335</v>
+      </c>
+      <c r="B336" s="7" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C336" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D336" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E336" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F336" s="6">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6">
+      <c r="A337" s="6">
+        <v>336</v>
+      </c>
+      <c r="B337" s="7" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E337" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F337" s="6">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6">
+      <c r="A338" s="6">
+        <v>337</v>
+      </c>
+      <c r="B338" s="7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C338" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D338" s="6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E338" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F338" s="6">
+        <v>5366</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339" s="6">
+        <v>338</v>
+      </c>
+      <c r="B339" s="7" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C339" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D339" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E339" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F339" s="6">
+        <v>3101</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340" s="6">
+        <v>339</v>
+      </c>
+      <c r="B340" s="7" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C340" s="6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D340" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E340" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F340" s="6">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341" s="6">
+        <v>340</v>
+      </c>
+      <c r="B341" s="7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C341" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D341" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E341" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F341" s="6">
+        <v>18635</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342" s="6">
+        <v>341</v>
+      </c>
+      <c r="B342" s="7" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D342" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E342" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F342" s="6">
+        <v>8926</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343" s="6">
+        <v>342</v>
+      </c>
+      <c r="B343" s="7" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C343" s="6" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D343" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E343" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F343" s="6">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344" s="6">
+        <v>343</v>
+      </c>
+      <c r="B344" s="7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C344" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D344" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E344" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F344" s="6">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345" s="6">
+        <v>344</v>
+      </c>
+      <c r="B345" s="7" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C345" s="6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D345" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E345" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F345" s="6">
+        <v>5078</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346" s="6">
+        <v>345</v>
+      </c>
+      <c r="B346" s="7" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C346" s="6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D346" s="6" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E346" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F346" s="6">
+        <v>4872</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347" s="6">
+        <v>346</v>
+      </c>
+      <c r="B347" s="7" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C347" s="6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D347" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E347" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F347" s="6">
+        <v>3101</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348" s="6">
+        <v>347</v>
+      </c>
+      <c r="B348" s="7" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C348" s="6" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D348" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E348" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F348" s="6">
+        <v>3128</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349" s="6">
+        <v>348</v>
+      </c>
+      <c r="B349" s="7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C349" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D349" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E349" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F349" s="6">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350" s="6">
+        <v>349</v>
+      </c>
+      <c r="B350" s="7" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C350" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D350" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E350" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F350" s="6">
+        <v>10251</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="A351" s="6">
+        <v>350</v>
+      </c>
+      <c r="B351" s="7" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C351" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D351" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E351" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F351" s="6">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6">
+      <c r="A352" s="6">
+        <v>351</v>
+      </c>
+      <c r="B352" s="7" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C352" s="6" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D352" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E352" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F352" s="6">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6">
+      <c r="A353" s="6">
+        <v>352</v>
+      </c>
+      <c r="B353" s="7" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C353" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D353" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E353" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F353" s="6">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6">
+      <c r="A354" s="6">
+        <v>353</v>
+      </c>
+      <c r="B354" s="7" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C354" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D354" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E354" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F354" s="6">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355" s="6">
+        <v>354</v>
+      </c>
+      <c r="B355" s="7" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C355" s="6" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D355" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E355" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F355" s="6">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6">
+      <c r="A356" s="6">
+        <v>355</v>
+      </c>
+      <c r="B356" s="7" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C356" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D356" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E356" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F356" s="6">
+        <v>14974</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6">
+      <c r="A357" s="6">
+        <v>356</v>
+      </c>
+      <c r="B357" s="7" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C357" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D357" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E357" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F357" s="6">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6">
+      <c r="A358" s="6">
+        <v>357</v>
+      </c>
+      <c r="B358" s="7" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C358" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D358" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E358" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F358" s="6">
+        <v>18611</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6">
+      <c r="A359" s="6">
+        <v>358</v>
+      </c>
+      <c r="B359" s="7" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C359" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D359" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E359" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F359" s="6">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360" s="6">
+        <v>359</v>
+      </c>
+      <c r="B360" s="7" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C360" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D360" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E360" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F360" s="6">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361" s="6">
+        <v>360</v>
+      </c>
+      <c r="B361" s="7" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C361" s="6" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E361" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F361" s="6">
+        <v>3436</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362" s="6">
+        <v>361</v>
+      </c>
+      <c r="B362" s="7" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C362" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E362" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F362" s="6">
+        <v>4726</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363" s="6">
+        <v>362</v>
+      </c>
+      <c r="B363" s="7" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C363" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D363" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E363" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F363" s="6">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364" s="6">
+        <v>363</v>
+      </c>
+      <c r="B364" s="7" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C364" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D364" s="6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E364" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F364" s="6">
+        <v>7175</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365" s="6">
+        <v>364</v>
+      </c>
+      <c r="B365" s="7" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C365" s="6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D365" s="6" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E365" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F365" s="6">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366" s="6">
+        <v>365</v>
+      </c>
+      <c r="B366" s="7" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C366" s="6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D366" s="6" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E366" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F366" s="6">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367" s="6">
+        <v>366</v>
+      </c>
+      <c r="B367" s="7" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C367" s="6" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E367" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F367" s="6">
+        <v>8040</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368" s="6">
+        <v>367</v>
+      </c>
+      <c r="B368" s="7" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C368" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E368" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F368" s="6">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369" s="6">
+        <v>368</v>
+      </c>
+      <c r="B369" s="7" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E369" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="6">
+        <v>14530</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370" s="6">
+        <v>369</v>
+      </c>
+      <c r="B370" s="7" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E370" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F370" s="6">
+        <v>6290</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371" s="6">
+        <v>370</v>
+      </c>
+      <c r="B371" s="7" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C371" s="6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E371" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F371" s="6">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372" s="6">
+        <v>371</v>
+      </c>
+      <c r="B372" s="7" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C372" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E372" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F372" s="6">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373" s="6">
+        <v>372</v>
+      </c>
+      <c r="B373" s="7" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C373" s="6" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E373" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F373" s="6">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374" s="6">
+        <v>373</v>
+      </c>
+      <c r="B374" s="7" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C374" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D374" s="6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E374" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F374" s="6">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375" s="6">
+        <v>374</v>
+      </c>
+      <c r="B375" s="7" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E375" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F375" s="6">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376" s="6">
+        <v>375</v>
+      </c>
+      <c r="B376" s="7" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E376" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="6">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377" s="6">
+        <v>376</v>
+      </c>
+      <c r="B377" s="7" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C377" s="6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E377" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F377" s="6">
+        <v>9199</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6">
+      <c r="A378" s="6">
+        <v>377</v>
+      </c>
+      <c r="B378" s="7" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C378" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E378" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" s="6">
+        <v>6576</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6">
+      <c r="A379" s="6">
+        <v>378</v>
+      </c>
+      <c r="B379" s="7" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E379" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F379" s="6">
+        <v>5869</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6">
+      <c r="A380" s="6">
+        <v>379</v>
+      </c>
+      <c r="B380" s="7" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E380" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F380" s="6">
+        <v>10009</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6">
+      <c r="A381" s="6">
+        <v>380</v>
+      </c>
+      <c r="B381" s="7" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C381" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D381" s="6" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E381" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F381" s="6">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6">
+      <c r="A382" s="6">
+        <v>381</v>
+      </c>
+      <c r="B382" s="7" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E382" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F382" s="6">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6">
+      <c r="A383" s="6">
+        <v>382</v>
+      </c>
+      <c r="B383" s="7" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E383" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F383" s="6">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6">
+      <c r="A384" s="6">
+        <v>383</v>
+      </c>
+      <c r="B384" s="7" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C384" s="6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E384" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F384" s="6">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6">
+      <c r="A385" s="6">
+        <v>384</v>
+      </c>
+      <c r="B385" s="7" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C385" s="6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D385" s="6" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E385" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F385" s="6">
+        <v>9767</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6">
+      <c r="A386" s="6">
+        <v>385</v>
+      </c>
+      <c r="B386" s="7" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C386" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D386" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E386" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F386" s="6">
+        <v>7135</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6">
+      <c r="A387" s="6">
+        <v>386</v>
+      </c>
+      <c r="B387" s="7" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C387" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D387" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E387" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F387" s="6">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6">
+      <c r="A388" s="6">
+        <v>387</v>
+      </c>
+      <c r="B388" s="7" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C388" s="6" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D388" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E388" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F388" s="6">
+        <v>5738</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389" s="6">
+        <v>388</v>
+      </c>
+      <c r="B389" s="7" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C389" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D389" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E389" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F389" s="6">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6">
+      <c r="A390" s="6">
+        <v>389</v>
+      </c>
+      <c r="B390" s="7" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C390" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D390" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E390" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F390" s="6">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6">
+      <c r="A391" s="6">
+        <v>390</v>
+      </c>
+      <c r="B391" s="7" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C391" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D391" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E391" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F391" s="6">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="A392" s="6">
+        <v>391</v>
+      </c>
+      <c r="B392" s="7" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C392" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D392" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E392" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F392" s="6">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="A393" s="6">
+        <v>392</v>
+      </c>
+      <c r="B393" s="7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C393" s="6" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D393" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E393" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="6">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="A394" s="6">
+        <v>393</v>
+      </c>
+      <c r="B394" s="7" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C394" s="6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D394" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E394" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="6">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6">
+      <c r="A395" s="6">
+        <v>394</v>
+      </c>
+      <c r="B395" s="7" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C395" s="6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D395" s="6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E395" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F395" s="6">
+        <v>3784</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6">
+      <c r="A396" s="6">
+        <v>395</v>
+      </c>
+      <c r="B396" s="7" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C396" s="6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D396" s="6" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E396" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F396" s="6">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6">
+      <c r="A397" s="6">
+        <v>396</v>
+      </c>
+      <c r="B397" s="7" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C397" s="6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D397" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E397" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F397" s="6">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="A398" s="6">
+        <v>397</v>
+      </c>
+      <c r="B398" s="7" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C398" s="6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D398" s="6" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E398" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F398" s="6">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399" s="6">
+        <v>398</v>
+      </c>
+      <c r="B399" s="7" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C399" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D399" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E399" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F399" s="6">
+        <v>20477</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6">
+      <c r="A400" s="6">
+        <v>399</v>
+      </c>
+      <c r="B400" s="7" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C400" s="6" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D400" s="6" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E400" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F400" s="6">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6">
+      <c r="A401" s="6">
+        <v>400</v>
+      </c>
+      <c r="B401" s="7" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C401" s="6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D401" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E401" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F401" s="6">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="A402" s="6">
+        <v>401</v>
+      </c>
+      <c r="B402" s="7" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C402" s="6" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D402" s="6" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E402" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F402" s="6">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403" s="6">
+        <v>402</v>
+      </c>
+      <c r="B403" s="7" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C403" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D403" s="6" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E403" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F403" s="6">
+        <v>4754</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="A404" s="6">
+        <v>403</v>
+      </c>
+      <c r="B404" s="7" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C404" s="6" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D404" s="6" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E404" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F404" s="6">
+        <v>7259</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405" s="6">
+        <v>404</v>
+      </c>
+      <c r="B405" s="7" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C405" s="6" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D405" s="6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E405" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F405" s="6">
+        <v>3964</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406" s="6">
+        <v>405</v>
+      </c>
+      <c r="B406" s="7" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C406" s="6" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D406" s="6" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E406" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F406" s="6">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" s="6">
+        <v>406</v>
+      </c>
+      <c r="B407" s="7" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C407" s="6" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D407" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E407" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F407" s="6">
+        <v>8018</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408" s="6">
+        <v>407</v>
+      </c>
+      <c r="B408" s="7" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C408" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D408" s="6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E408" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F408" s="6">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409" s="6">
+        <v>408</v>
+      </c>
+      <c r="B409" s="7" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C409" s="6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D409" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E409" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F409" s="6">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410" s="6">
+        <v>409</v>
+      </c>
+      <c r="B410" s="7" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C410" s="6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D410" s="6" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E410" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F410" s="6">
+        <v>16732</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411" s="6">
+        <v>410</v>
+      </c>
+      <c r="B411" s="7" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C411" s="6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D411" s="6" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E411" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F411" s="6">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412" s="6">
+        <v>411</v>
+      </c>
+      <c r="B412" s="7" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C412" s="6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D412" s="6" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E412" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F412" s="6">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413" s="6">
+        <v>412</v>
+      </c>
+      <c r="B413" s="7" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C413" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D413" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E413" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F413" s="6">
+        <v>3349</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414" s="6">
+        <v>413</v>
+      </c>
+      <c r="B414" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C414" s="6" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D414" s="6" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E414" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F414" s="6">
+        <v>3277</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" s="6">
+        <v>414</v>
+      </c>
+      <c r="B415" s="7" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C415" s="6" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D415" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E415" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F415" s="6">
+        <v>9169</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416" s="6">
+        <v>415</v>
+      </c>
+      <c r="B416" s="7" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C416" s="6" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D416" s="6" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E416" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F416" s="6">
+        <v>4446</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417" s="6">
+        <v>416</v>
+      </c>
+      <c r="B417" s="7" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C417" s="6" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D417" s="6" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E417" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F417" s="6">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418" s="6">
+        <v>417</v>
+      </c>
+      <c r="B418" s="7" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C418" s="6" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D418" s="6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E418" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F418" s="6">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419" s="6">
+        <v>418</v>
+      </c>
+      <c r="B419" s="7" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C419" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D419" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E419" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F419" s="6">
+        <v>9740</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420" s="6">
+        <v>419</v>
+      </c>
+      <c r="B420" s="7" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C420" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D420" s="6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E420" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F420" s="6">
+        <v>9428</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421" s="6">
+        <v>420</v>
+      </c>
+      <c r="B421" s="7" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C421" s="6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D421" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E421" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F421" s="6">
+        <v>3857</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422" s="6">
+        <v>421</v>
+      </c>
+      <c r="B422" s="7" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C422" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D422" s="6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E422" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F422" s="6">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423" s="6">
+        <v>422</v>
+      </c>
+      <c r="B423" s="7" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C423" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D423" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E423" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F423" s="6">
+        <v>5503</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="A424" s="6">
+        <v>423</v>
+      </c>
+      <c r="B424" s="7" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C424" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D424" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E424" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F424" s="6">
+        <v>11664</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425" s="6">
+        <v>424</v>
+      </c>
+      <c r="B425" s="7" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C425" s="6" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D425" s="6" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E425" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F425" s="6">
+        <v>7212</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426" s="6">
+        <v>425</v>
+      </c>
+      <c r="B426" s="7" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C426" s="6" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D426" s="6" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E426" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F426" s="6">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427" s="6">
+        <v>426</v>
+      </c>
+      <c r="B427" s="7" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C427" s="6" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D427" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E427" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F427" s="6">
+        <v>23958</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428" s="6">
+        <v>427</v>
+      </c>
+      <c r="B428" s="7" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C428" s="6" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D428" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E428" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F428" s="6">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="A429" s="6">
+        <v>428</v>
+      </c>
+      <c r="B429" s="7" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C429" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D429" s="6" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E429" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F429" s="6">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="A430" s="6">
+        <v>429</v>
+      </c>
+      <c r="B430" s="7" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C430" s="6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D430" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E430" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F430" s="6">
+        <v>14505</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="A431" s="6">
+        <v>430</v>
+      </c>
+      <c r="B431" s="7" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C431" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D431" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E431" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F431" s="6">
+        <v>4633</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432" s="6">
+        <v>431</v>
+      </c>
+      <c r="B432" s="7" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C432" s="6" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D432" s="6" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E432" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F432" s="6">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="A433" s="6">
+        <v>432</v>
+      </c>
+      <c r="B433" s="7" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C433" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D433" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E433" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F433" s="6">
+        <v>6733</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="A434" s="6">
+        <v>433</v>
+      </c>
+      <c r="B434" s="7" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C434" s="6" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D434" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E434" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F434" s="6">
+        <v>7480</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="A435" s="6">
+        <v>434</v>
+      </c>
+      <c r="B435" s="7" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C435" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D435" s="6" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E435" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F435" s="6">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="A436" s="6">
+        <v>435</v>
+      </c>
+      <c r="B436" s="7" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C436" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D436" s="6" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E436" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F436" s="6">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="A437" s="6">
+        <v>436</v>
+      </c>
+      <c r="B437" s="7" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C437" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D437" s="6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E437" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F437" s="6">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="A438" s="6">
+        <v>437</v>
+      </c>
+      <c r="B438" s="7" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C438" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D438" s="6" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E438" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F438" s="6">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="A439" s="6">
+        <v>438</v>
+      </c>
+      <c r="B439" s="7" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C439" s="6" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D439" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E439" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F439" s="6">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="A440" s="6">
+        <v>439</v>
+      </c>
+      <c r="B440" s="7" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C440" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D440" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E440" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F440" s="6">
+        <v>2952</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441" s="6">
+        <v>440</v>
+      </c>
+      <c r="B441" s="7" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C441" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D441" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E441" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F441" s="6">
+        <v>4731</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442" s="6">
+        <v>441</v>
+      </c>
+      <c r="B442" s="7" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C442" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D442" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E442" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F442" s="6">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="A443" s="6">
+        <v>442</v>
+      </c>
+      <c r="B443" s="7" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C443" s="6" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D443" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E443" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F443" s="6">
+        <v>4903</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="A444" s="6">
+        <v>443</v>
+      </c>
+      <c r="B444" s="7" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C444" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="D444" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E444" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F444" s="6">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="A445" s="6">
+        <v>444</v>
+      </c>
+      <c r="B445" s="7" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C445" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D445" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E445" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F445" s="6">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446" s="6">
+        <v>445</v>
+      </c>
+      <c r="B446" s="7" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C446" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D446" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E446" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F446" s="6">
+        <v>16522</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="A447" s="6">
+        <v>446</v>
+      </c>
+      <c r="B447" s="7" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C447" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D447" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E447" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F447" s="6">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="A448" s="6">
+        <v>447</v>
+      </c>
+      <c r="B448" s="7" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C448" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D448" s="6" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E448" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F448" s="6">
+        <v>17921</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="A449" s="6">
+        <v>448</v>
+      </c>
+      <c r="B449" s="7" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C449" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D449" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E449" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F449" s="6">
+        <v>4811</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="A450" s="6">
+        <v>449</v>
+      </c>
+      <c r="B450" s="7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C450" s="6" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D450" s="6" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E450" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F450" s="6">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="A451" s="6">
+        <v>450</v>
+      </c>
+      <c r="B451" s="7" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C451" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D451" s="6" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E451" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F451" s="6">
+        <v>3584</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="A452" s="6">
+        <v>454</v>
+      </c>
+      <c r="B452" s="7" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C452" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D452" s="6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E452" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F452" s="6">
+        <v>4012</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="A453" s="6">
+        <v>455</v>
+      </c>
+      <c r="B453" s="7" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C453" s="6" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D453" s="6" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E453" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F453" s="6">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454" s="6">
+        <v>456</v>
+      </c>
+      <c r="B454" s="7" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C454" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D454" s="6" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E454" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F454" s="6">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="A455" s="6">
+        <v>457</v>
+      </c>
+      <c r="B455" s="7" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C455" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D455" s="6" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E455" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F455" s="6">
+        <v>4565</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="A456" s="6">
+        <v>458</v>
+      </c>
+      <c r="B456" s="7" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C456" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D456" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E456" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F456" s="6">
+        <v>16502</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="A457" s="6">
+        <v>459</v>
+      </c>
+      <c r="B457" s="7" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C457" s="6" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D457" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E457" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F457" s="6">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458" s="6">
+        <v>460</v>
+      </c>
+      <c r="B458" s="6" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C458" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D458" s="6" t="s">
         <v>1384</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="A3" s="4">
+      <c r="E458" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F458" s="6">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="A459" s="6">
+        <v>461</v>
+      </c>
+      <c r="B459" s="6" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C459" s="6" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D459" s="6" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E459" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F459" s="6">
+        <v>5137</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="A460" s="6">
+        <v>462</v>
+      </c>
+      <c r="B460" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C460" s="6" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D460" s="6" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E460" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F460" s="6">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="A461" s="6">
+        <v>463</v>
+      </c>
+      <c r="B461" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C461" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D461" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E461" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F461" s="6">
+        <v>7574</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="A462" s="6">
+        <v>464</v>
+      </c>
+      <c r="B462" s="6" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C462" s="6" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D462" s="6" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E462" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F462" s="6">
+        <v>5065</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="A463" s="6">
+        <v>465</v>
+      </c>
+      <c r="B463" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C463" s="6" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D463" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E463" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F463" s="6">
+        <v>4879</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="A464" s="6">
+        <v>466</v>
+      </c>
+      <c r="B464" s="6" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C464" s="6" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D464" s="6" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E464" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F464" s="6">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="A465" s="6">
+        <v>467</v>
+      </c>
+      <c r="B465" s="6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C465" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D465" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E465" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F465" s="6">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="A466" s="6">
+        <v>468</v>
+      </c>
+      <c r="B466" s="6" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C466" s="6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D466" s="6" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E466" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F466" s="6">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467" s="6">
+        <v>469</v>
+      </c>
+      <c r="B467" s="6" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C467" s="6" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D467" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E467" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F467" s="6">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="A468" s="6">
+        <v>470</v>
+      </c>
+      <c r="B468" s="6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C468" s="6" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D468" s="6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E468" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F468" s="6">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="A469" s="6">
+        <v>471</v>
+      </c>
+      <c r="B469" s="6" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C469" s="6" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D469" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E469" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F469" s="6">
+        <v>6430</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="A470" s="6">
+        <v>472</v>
+      </c>
+      <c r="B470" s="6" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C470" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D470" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E470" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F470" s="6">
+        <v>15156</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471" s="6">
+        <v>473</v>
+      </c>
+      <c r="B471" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C471" s="6" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D471" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E471" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F471" s="6">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472" s="6">
+        <v>474</v>
+      </c>
+      <c r="B472" s="6" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C472" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D472" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E472" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F472" s="6">
+        <v>5526</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473" s="6">
+        <v>475</v>
+      </c>
+      <c r="B473" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C473" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D473" s="6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E473" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F473" s="6">
+        <v>4233</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474" s="6">
+        <v>476</v>
+      </c>
+      <c r="B474" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C474" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D474" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E474" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F474" s="6">
+        <v>9207</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475" s="6">
+        <v>477</v>
+      </c>
+      <c r="B475" s="6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C475" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D475" s="6" t="s">
+        <v>1432</v>
+      </c>
+      <c r="E475" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F475" s="6">
+        <v>4540</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476" s="6">
+        <v>478</v>
+      </c>
+      <c r="B476" s="6" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C476" s="6" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D476" s="6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E476" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F476" s="6">
+        <v>4814</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477" s="6">
+        <v>479</v>
+      </c>
+      <c r="B477" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C477" s="6" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D477" s="6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E477" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F477" s="6">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478" s="6">
+        <v>480</v>
+      </c>
+      <c r="B478" s="6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C478" s="6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D478" s="6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E478" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F478" s="6">
+        <v>10390</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="A479" s="6">
+        <v>481</v>
+      </c>
+      <c r="B479" s="6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C479" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D479" s="6" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E479" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F479" s="6">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="A480" s="6">
+        <v>482</v>
+      </c>
+      <c r="B480" s="6" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C480" s="6" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D480" s="6" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E480" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F480" s="6">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="A481" s="6">
+        <v>483</v>
+      </c>
+      <c r="B481" s="6" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C481" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D481" s="6" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E481" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F481" s="6">
+        <v>4554</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482" s="6">
+        <v>484</v>
+      </c>
+      <c r="B482" s="6" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C482" s="6" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D482" s="6" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E482" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F482" s="6">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="A483" s="6">
+        <v>485</v>
+      </c>
+      <c r="B483" s="6" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C483" s="6" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D483" s="6" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E483" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F483" s="6">
+        <v>10623</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="A484" s="6">
+        <v>486</v>
+      </c>
+      <c r="B484" s="6" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C484" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D484" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E484" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F484" s="6">
+        <v>6412</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="A485" s="6">
+        <v>487</v>
+      </c>
+      <c r="B485" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C485" s="6" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D485" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E485" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F485" s="6">
+        <v>8550</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="A486" s="6">
+        <v>488</v>
+      </c>
+      <c r="B486" s="6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C486" s="6" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D486" s="6" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E486" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F486" s="6">
+        <v>3902</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6">
+      <c r="A487" s="6">
+        <v>489</v>
+      </c>
+      <c r="B487" s="6" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C487" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D487" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E487" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F487" s="6">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6">
+      <c r="A488" s="6">
+        <v>490</v>
+      </c>
+      <c r="B488" s="6" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C488" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D488" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="E488" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F488" s="6">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6">
+      <c r="A489" s="6">
+        <v>491</v>
+      </c>
+      <c r="B489" s="6" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C489" s="6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D489" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E489" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F489" s="6">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6">
+      <c r="A490" s="6">
+        <v>492</v>
+      </c>
+      <c r="B490" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C490" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D490" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E490" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F490" s="6">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6">
+      <c r="A491" s="6">
+        <v>493</v>
+      </c>
+      <c r="B491" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C491" s="6" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D491" s="6" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E491" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F491" s="6">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6">
+      <c r="A492" s="6">
+        <v>494</v>
+      </c>
+      <c r="B492" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C492" s="6" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D492" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E492" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F492" s="6">
+        <v>4224</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6">
+      <c r="A493" s="6">
+        <v>495</v>
+      </c>
+      <c r="B493" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C493" s="6" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D493" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E493" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F493" s="6">
+        <v>15991</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6">
+      <c r="A494" s="6">
+        <v>496</v>
+      </c>
+      <c r="B494" s="6" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C494" s="6" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D494" s="6" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E494" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F494" s="6">
+        <v>3382</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6">
+      <c r="A495" s="6">
+        <v>497</v>
+      </c>
+      <c r="B495" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C495" s="6" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D495" s="6" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E495" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F495" s="6">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6">
+      <c r="A496" s="6">
+        <v>498</v>
+      </c>
+      <c r="B496" s="6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C496" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D496" s="6" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E496" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F496" s="6">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6">
+      <c r="A497" s="6">
+        <v>499</v>
+      </c>
+      <c r="B497" s="6" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C497" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D497" s="6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E497" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F497" s="6">
+        <v>4050</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6">
+      <c r="A498" s="6">
+        <v>500</v>
+      </c>
+      <c r="B498" s="6" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C498" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D498" s="6" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E498" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F498" s="6">
+        <v>3561</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6">
+      <c r="A499" s="6">
+        <v>501</v>
+      </c>
+      <c r="B499" s="6" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C499" s="6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D499" s="6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E499" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F499" s="6">
+        <v>13323</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6">
+      <c r="A500" s="6">
+        <v>502</v>
+      </c>
+      <c r="B500" s="6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C500" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D500" s="6" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E500" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F500" s="6">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6">
+      <c r="A501" s="6">
+        <v>503</v>
+      </c>
+      <c r="B501" s="6" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C501" s="6" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D501" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E501" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F501" s="6">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6">
+      <c r="A502" s="6">
+        <v>504</v>
+      </c>
+      <c r="B502" s="6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C502" s="6" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D502" s="6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E502" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F502" s="6">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6">
+      <c r="A503" s="6">
+        <v>505</v>
+      </c>
+      <c r="B503" s="6" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C503" s="6" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D503" s="6" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E503" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F503" s="6">
+        <v>6889</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6">
+      <c r="A504" s="6">
+        <v>506</v>
+      </c>
+      <c r="B504" s="6" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C504" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D504" s="6" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E504" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F504" s="6">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6">
+      <c r="A505" s="6">
+        <v>507</v>
+      </c>
+      <c r="B505" s="6" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C505" s="6" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D505" s="6" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E505" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F505" s="6">
+        <v>12974</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6">
+      <c r="A506" s="6">
+        <v>508</v>
+      </c>
+      <c r="B506" s="6" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C506" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D506" s="6" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E506" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F506" s="6">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6">
+      <c r="A507" s="6">
+        <v>509</v>
+      </c>
+      <c r="B507" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C507" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D507" s="6" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E507" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F507" s="6">
+        <v>6110</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6">
+      <c r="A508" s="6">
+        <v>510</v>
+      </c>
+      <c r="B508" s="6" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C508" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D508" s="6" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E508" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F508" s="6">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6">
+      <c r="A509" s="6">
+        <v>511</v>
+      </c>
+      <c r="B509" s="6" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C509" s="6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D509" s="6" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E509" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F509" s="6">
+        <v>8239</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6">
+      <c r="A510" s="6">
+        <v>512</v>
+      </c>
+      <c r="B510" s="6" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C510" s="6" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D510" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E510" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F510" s="6">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6">
+      <c r="A511" s="6">
+        <v>513</v>
+      </c>
+      <c r="B511" s="6" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C511" s="6" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D511" s="6" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E511" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F511" s="6">
+        <v>4354</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6">
+      <c r="A512" s="6">
+        <v>514</v>
+      </c>
+      <c r="B512" s="6" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C512" s="6" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D512" s="6" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E512" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F512" s="6">
+        <v>16641</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6">
+      <c r="A513" s="6">
+        <v>515</v>
+      </c>
+      <c r="B513" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C513" s="6" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D513" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E513" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F513" s="6">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6">
+      <c r="A514" s="6">
+        <v>516</v>
+      </c>
+      <c r="B514" s="6" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C514" s="6" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D514" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="E514" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F514" s="6">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6">
+      <c r="A515" s="6">
+        <v>517</v>
+      </c>
+      <c r="B515" s="6" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C515" s="6" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D515" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E515" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F515" s="6">
+        <v>5338</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6">
+      <c r="A516" s="6">
+        <v>518</v>
+      </c>
+      <c r="B516" s="6" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C516" s="6" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D516" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E516" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F516" s="6">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6">
+      <c r="A517" s="6">
+        <v>519</v>
+      </c>
+      <c r="B517" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C517" s="6" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D517" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E517" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F517" s="6">
+        <v>11254</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6">
+      <c r="A518" s="6">
+        <v>520</v>
+      </c>
+      <c r="B518" s="6" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C518" s="6" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D518" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E518" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F518" s="6">
+        <v>11442</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6">
+      <c r="A519" s="6">
+        <v>521</v>
+      </c>
+      <c r="B519" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C519" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D519" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E519" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F519" s="6">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6">
+      <c r="A520" s="6">
+        <v>522</v>
+      </c>
+      <c r="B520" s="6" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C520" s="6" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D520" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E520" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F520" s="6">
+        <v>7905</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6">
+      <c r="A521" s="6">
+        <v>523</v>
+      </c>
+      <c r="B521" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C521" s="6" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D521" s="6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E521" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F521" s="6">
+        <v>8001</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6">
+      <c r="A522" s="6">
+        <v>524</v>
+      </c>
+      <c r="B522" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C522" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D522" s="6" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E522" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F522" s="6">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6">
+      <c r="A523" s="6">
+        <v>525</v>
+      </c>
+      <c r="B523" s="6" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C523" s="6" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D523" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="E523" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F523" s="6">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6">
+      <c r="A524" s="6">
+        <v>526</v>
+      </c>
+      <c r="B524" s="6" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C524" s="6" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D524" s="6" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E524" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F524" s="6">
+        <v>3887</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6">
+      <c r="A525" s="6">
+        <v>527</v>
+      </c>
+      <c r="B525" s="6" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C525" s="6" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D525" s="6" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E525" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F525" s="6">
+        <v>15734</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6">
+      <c r="A526" s="6">
+        <v>528</v>
+      </c>
+      <c r="B526" s="6" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C526" s="6" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D526" s="6" t="s">
+        <v>1584</v>
+      </c>
+      <c r="E526" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F526" s="6">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6">
+      <c r="A527" s="6">
+        <v>529</v>
+      </c>
+      <c r="B527" s="6" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C527" s="6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D527" s="6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E527" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F527" s="6">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6">
+      <c r="A528" s="6">
+        <v>530</v>
+      </c>
+      <c r="B528" s="6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C528" s="6" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D528" s="6" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E528" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F528" s="6">
+        <v>3703</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6">
+      <c r="A529" s="6">
+        <v>531</v>
+      </c>
+      <c r="B529" s="6" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C529" s="6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D529" s="6" t="s">
+        <v>1591</v>
+      </c>
+      <c r="E529" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F529" s="6">
+        <v>6910</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6">
+      <c r="A530" s="6">
+        <v>532</v>
+      </c>
+      <c r="B530" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C530" s="6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D530" s="6" t="s">
+        <v>1594</v>
+      </c>
+      <c r="E530" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F530" s="6">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6">
+      <c r="A531" s="6">
+        <v>533</v>
+      </c>
+      <c r="B531" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C531" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D531" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E531" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F531" s="6">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6">
+      <c r="A532" s="6">
+        <v>534</v>
+      </c>
+      <c r="B532" s="6" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C532" s="6" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D532" s="6" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E532" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F532" s="6">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6">
+      <c r="A533" s="6">
+        <v>535</v>
+      </c>
+      <c r="B533" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C533" s="6" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D533" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E533" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F533" s="6">
+        <v>8296</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6">
+      <c r="A534" s="6">
+        <v>536</v>
+      </c>
+      <c r="B534" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C534" s="6" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D534" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="E534" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F534" s="6">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535" s="6">
+        <v>537</v>
+      </c>
+      <c r="B535" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C535" s="6" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D535" s="6" t="s">
+        <v>1609</v>
+      </c>
+      <c r="E535" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F535" s="6">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536" s="6">
+        <v>538</v>
+      </c>
+      <c r="B536" s="6" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C536" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D536" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E536" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F536" s="6">
+        <v>4404</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537" s="6">
+        <v>539</v>
+      </c>
+      <c r="B537" s="6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C537" s="6" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D537" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E537" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F537" s="6">
+        <v>6809</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538" s="6">
+        <v>540</v>
+      </c>
+      <c r="B538" s="6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C538" s="6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D538" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E538" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F538" s="6">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539" s="6">
+        <v>541</v>
+      </c>
+      <c r="B539" s="6" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C539" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D539" s="6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E539" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F539" s="6">
+        <v>5093</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540" s="6">
+        <v>542</v>
+      </c>
+      <c r="B540" s="6" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C540" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D540" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E540" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F540" s="6">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6">
+      <c r="A541" s="6">
+        <v>543</v>
+      </c>
+      <c r="B541" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C541" s="6" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D541" s="6" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E541" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F541" s="6">
+        <v>17328</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6">
+      <c r="A542" s="6">
+        <v>544</v>
+      </c>
+      <c r="B542" s="6" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C542" s="6" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D542" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E542" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F542" s="6">
+        <v>4221</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6">
+      <c r="A543" s="6">
+        <v>545</v>
+      </c>
+      <c r="B543" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C543" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D543" s="6" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E543" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F543" s="6">
+        <v>6349</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6">
+      <c r="A544" s="6">
+        <v>546</v>
+      </c>
+      <c r="B544" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C544" s="6" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D544" s="6" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E544" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F544" s="6">
+        <v>7400</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6">
+      <c r="A545" s="6">
+        <v>547</v>
+      </c>
+      <c r="B545" s="6" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C545" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D545" s="6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E545" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F545" s="6">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6">
+      <c r="A546" s="6">
+        <v>548</v>
+      </c>
+      <c r="B546" s="6" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C546" s="6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D546" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E546" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F546" s="6">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547" s="6">
+        <v>549</v>
+      </c>
+      <c r="B547" s="6" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C547" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D547" s="6" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E547" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F547" s="6">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548" s="6">
+        <v>550</v>
+      </c>
+      <c r="B548" s="6" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C548" s="6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D548" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E548" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F548" s="6">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6">
+      <c r="A549" s="6">
+        <v>551</v>
+      </c>
+      <c r="B549" s="6" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C549" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D549" s="6" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E549" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F549" s="6">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6">
+      <c r="A550" s="6">
+        <v>552</v>
+      </c>
+      <c r="B550" s="6" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C550" s="6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D550" s="6" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E550" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F550" s="6">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6">
+      <c r="A551" s="6">
+        <v>553</v>
+      </c>
+      <c r="B551" s="6" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C551" s="6" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D551" s="6" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E551" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F551" s="6">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6">
+      <c r="A552" s="6">
+        <v>554</v>
+      </c>
+      <c r="B552" s="6" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C552" s="6" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D552" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E552" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F552" s="6">
+        <v>6625</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6">
+      <c r="A553" s="6">
+        <v>555</v>
+      </c>
+      <c r="B553" s="6" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C553" s="6" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D553" s="6" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E553" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F553" s="6">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6">
+      <c r="A554" s="6">
+        <v>556</v>
+      </c>
+      <c r="B554" s="6" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C554" s="6" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D554" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E554" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F554" s="6">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6">
+      <c r="A555" s="6">
+        <v>557</v>
+      </c>
+      <c r="B555" s="6" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C555" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D555" s="6" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E555" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F555" s="6">
+        <v>23324</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6">
+      <c r="A556" s="6">
+        <v>558</v>
+      </c>
+      <c r="B556" s="6" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C556" s="6" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D556" s="6" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E556" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F556" s="6">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6">
+      <c r="A557" s="6">
+        <v>559</v>
+      </c>
+      <c r="B557" s="6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C557" s="6" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D557" s="6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E557" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F557" s="6">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6">
+      <c r="A558" s="6">
+        <v>560</v>
+      </c>
+      <c r="B558" s="6" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C558" s="6" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D558" s="6" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E558" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F558" s="6">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6">
+      <c r="A559" s="6">
+        <v>561</v>
+      </c>
+      <c r="B559" s="6" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C559" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D559" s="6" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E559" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F559" s="6">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6">
+      <c r="A560" s="6">
+        <v>562</v>
+      </c>
+      <c r="B560" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C560" s="6" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D560" s="6" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E560" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F560" s="6">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="A561" s="6">
+        <v>563</v>
+      </c>
+      <c r="B561" s="6" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C561" s="6" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D561" s="6" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E561" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F561" s="6">
+        <v>6625</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6">
+      <c r="A562" s="6">
+        <v>564</v>
+      </c>
+      <c r="B562" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C562" s="6" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D562" s="6" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E562" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F562" s="6">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6">
+      <c r="A563" s="6">
+        <v>565</v>
+      </c>
+      <c r="B563" s="6" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C563" s="6" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D563" s="6" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E563" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F563" s="6">
+        <v>5481</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6">
+      <c r="A564" s="6">
+        <v>566</v>
+      </c>
+      <c r="B564" s="6" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C564" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D564" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E564" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F564" s="6">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6">
+      <c r="A565" s="6">
+        <v>567</v>
+      </c>
+      <c r="B565" s="6" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C565" s="6" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D565" s="6" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E565" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F565" s="6">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6">
+      <c r="A566" s="6">
+        <v>568</v>
+      </c>
+      <c r="B566" s="6" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C566" s="6" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D566" s="6" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E566" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F566" s="6">
+        <v>3465</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6">
+      <c r="A567" s="6">
+        <v>569</v>
+      </c>
+      <c r="B567" s="6" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C567" s="6" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D567" s="6" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E567" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F567" s="6">
+        <v>5362</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6">
+      <c r="A568" s="6">
+        <v>570</v>
+      </c>
+      <c r="B568" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C568" s="6" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D568" s="6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E568" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F568" s="6">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6">
+      <c r="A569" s="6">
+        <v>571</v>
+      </c>
+      <c r="B569" s="6" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C569" s="6" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D569" s="6" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E569" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F569" s="6">
+        <v>22811</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570" s="6">
+        <v>572</v>
+      </c>
+      <c r="B570" s="6" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C570" s="6" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D570" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E570" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F570" s="6">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6">
+      <c r="A571" s="6">
+        <v>573</v>
+      </c>
+      <c r="B571" s="6" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C571" s="6" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D571" s="6" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E571" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F571" s="6">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6">
+      <c r="A572" s="6">
+        <v>574</v>
+      </c>
+      <c r="B572" s="6" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C572" s="6" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D572" s="6" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E572" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F572" s="6">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6">
+      <c r="A573" s="6">
+        <v>575</v>
+      </c>
+      <c r="B573" s="6" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C573" s="6" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D573" s="6" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E573" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F573" s="6">
+        <v>3762</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6">
+      <c r="A574" s="6">
+        <v>576</v>
+      </c>
+      <c r="B574" s="6" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C574" s="6" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D574" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E574" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F574" s="6">
+        <v>5411</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6">
+      <c r="A575" s="6">
+        <v>577</v>
+      </c>
+      <c r="B575" s="6" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C575" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D575" s="6" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E575" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F575" s="6">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6">
+      <c r="A576" s="6">
+        <v>578</v>
+      </c>
+      <c r="B576" s="6" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C576" s="6" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D576" s="6" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E576" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F576" s="6">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6">
+      <c r="A577" s="6">
+        <v>579</v>
+      </c>
+      <c r="B577" s="6" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C577" s="6" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D577" s="6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E577" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F577" s="6">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6">
+      <c r="A578" s="6">
+        <v>580</v>
+      </c>
+      <c r="B578" s="6" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C578" s="6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D578" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="E578" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F578" s="6">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6">
+      <c r="A579" s="6">
+        <v>581</v>
+      </c>
+      <c r="B579" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C579" s="6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D579" s="6" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E579" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F579" s="6">
+        <v>8145</v>
+      </c>
+    </row>
+    <row r="580" spans="1:6">
+      <c r="A580" s="6">
+        <v>582</v>
+      </c>
+      <c r="B580" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C580" s="6" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D580" s="6" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E580" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F580" s="6">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6">
+      <c r="A581" s="6">
+        <v>583</v>
+      </c>
+      <c r="B581" s="6" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C581" s="6" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D581" s="6" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E581" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F581" s="6">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6">
+      <c r="A582" s="6">
+        <v>584</v>
+      </c>
+      <c r="B582" s="6" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C582" s="6" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D582" s="6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E582" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F582" s="6">
+        <v>9552</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6">
+      <c r="A583" s="6">
+        <v>585</v>
+      </c>
+      <c r="B583" s="6" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C583" s="6" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D583" s="6" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E583" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F583" s="6">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6">
+      <c r="A584" s="6">
+        <v>586</v>
+      </c>
+      <c r="B584" s="6" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C584" s="6" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D584" s="6" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E584" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F584" s="6">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6">
+      <c r="A585" s="6">
+        <v>587</v>
+      </c>
+      <c r="B585" s="6" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C585" s="6" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D585" s="6" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E585" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F585" s="6">
+        <v>10469</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6">
+      <c r="A586" s="6">
+        <v>588</v>
+      </c>
+      <c r="B586" s="6" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C586" s="6" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D586" s="6" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E586" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F586" s="6">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6">
+      <c r="A587" s="6">
+        <v>589</v>
+      </c>
+      <c r="B587" s="6" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C587" s="6" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D587" s="6" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E587" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F587" s="6">
+        <v>6152</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6">
+      <c r="A588" s="6">
+        <v>590</v>
+      </c>
+      <c r="B588" s="6" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C588" s="6" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D588" s="6" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E588" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F588" s="6">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6">
+      <c r="A589" s="6">
+        <v>591</v>
+      </c>
+      <c r="B589" s="6" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C589" s="6" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D589" s="6" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E589" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F589" s="6">
+        <v>16529</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6">
+      <c r="A590" s="6">
+        <v>592</v>
+      </c>
+      <c r="B590" s="6" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C590" s="6" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D590" s="6" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E590" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F590" s="6">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6">
+      <c r="A591" s="6">
+        <v>593</v>
+      </c>
+      <c r="B591" s="6" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C591" s="6" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D591" s="6" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E591" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F591" s="6">
+        <v>6705</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6">
+      <c r="A592" s="6">
+        <v>594</v>
+      </c>
+      <c r="B592" s="6" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C592" s="6" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D592" s="6" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E592" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F592" s="6">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6">
+      <c r="A593" s="6">
+        <v>595</v>
+      </c>
+      <c r="B593" s="6" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C593" s="6" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D593" s="6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E593" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F593" s="6">
+        <v>8069</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6">
+      <c r="A594" s="6">
+        <v>596</v>
+      </c>
+      <c r="B594" s="6" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C594" s="6" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D594" s="6" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E594" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F594" s="6">
+        <v>5839</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6">
+      <c r="A595" s="6">
+        <v>597</v>
+      </c>
+      <c r="B595" s="6" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C595" s="6" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D595" s="6" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E595" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F595" s="6">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6">
+      <c r="A596" s="6">
+        <v>598</v>
+      </c>
+      <c r="B596" s="6" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C596" s="6" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D596" s="6" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E596" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F596" s="6">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6">
+      <c r="A597" s="6">
+        <v>599</v>
+      </c>
+      <c r="B597" s="6" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C597" s="6" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D597" s="6" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E597" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F597" s="6">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6">
+      <c r="A598" s="6">
+        <v>600</v>
+      </c>
+      <c r="B598" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C598" s="6" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D598" s="6" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E598" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F598" s="6">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6">
+      <c r="A599" s="6">
+        <v>601</v>
+      </c>
+      <c r="B599" s="6" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C599" s="6" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D599" s="6" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E599" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F599" s="6">
+        <v>13540</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6">
+      <c r="A600" s="6">
+        <v>602</v>
+      </c>
+      <c r="B600" s="6" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C600" s="6" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D600" s="6" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E600" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F600" s="6">
+        <v>8755</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6">
+      <c r="A601" s="6">
+        <v>603</v>
+      </c>
+      <c r="B601" s="6" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C601" s="6" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D601" s="6" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E601" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F601" s="6">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6">
+      <c r="A602" s="6">
+        <v>604</v>
+      </c>
+      <c r="B602" s="6" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C602" s="6" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D602" s="6" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E602" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F602" s="6">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6">
+      <c r="A603" s="6">
+        <v>605</v>
+      </c>
+      <c r="B603" s="6" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C603" s="6" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D603" s="6" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E603" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F603" s="6">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6">
+      <c r="A604" s="6">
+        <v>606</v>
+      </c>
+      <c r="B604" s="6" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C604" s="6" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D604" s="6" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E604" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F604" s="6">
+        <v>3543</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6">
+      <c r="A605" s="6">
+        <v>607</v>
+      </c>
+      <c r="B605" s="6" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C605" s="6" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D605" s="6" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E605" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F605" s="6">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6">
+      <c r="A606" s="6">
+        <v>608</v>
+      </c>
+      <c r="B606" s="6" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C606" s="6" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D606" s="6" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E606" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F606" s="6">
+        <v>14468</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6">
+      <c r="A607" s="6">
+        <v>609</v>
+      </c>
+      <c r="B607" s="6" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C607" s="6" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D607" s="6" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E607" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F607" s="6">
+        <v>6177</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6">
+      <c r="A608" s="6">
+        <v>610</v>
+      </c>
+      <c r="B608" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C608" s="6" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D608" s="6" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E608" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F608" s="6">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6">
+      <c r="A609" s="6">
+        <v>611</v>
+      </c>
+      <c r="B609" s="6" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C609" s="6" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D609" s="6" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E609" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F609" s="6">
+        <v>5138</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6">
+      <c r="A610" s="6">
+        <v>612</v>
+      </c>
+      <c r="B610" s="6" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C610" s="6" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D610" s="6" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E610" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F610" s="6">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6">
+      <c r="A611" s="6">
+        <v>613</v>
+      </c>
+      <c r="B611" s="6" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C611" s="6" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D611" s="6" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E611" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F611" s="6">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6">
+      <c r="A612" s="6">
+        <v>614</v>
+      </c>
+      <c r="B612" s="6" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C612" s="6" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D612" s="6" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E612" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F612" s="6">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6">
+      <c r="A613" s="6">
+        <v>615</v>
+      </c>
+      <c r="B613" s="6" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C613" s="6" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D613" s="6" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E613" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F613" s="6">
+        <v>4976</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6">
+      <c r="A614" s="6">
+        <v>616</v>
+      </c>
+      <c r="B614" s="6" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C614" s="6" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D614" s="6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E614" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F614" s="6">
+        <v>9405</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6">
+      <c r="A615" s="6">
+        <v>617</v>
+      </c>
+      <c r="B615" s="6" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C615" s="6" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D615" s="6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E615" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F615" s="6">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6">
+      <c r="A616" s="6">
+        <v>618</v>
+      </c>
+      <c r="B616" s="6" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C616" s="6" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D616" s="6" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E616" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F616" s="6">
+        <v>3555</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6">
+      <c r="A617" s="6">
+        <v>619</v>
+      </c>
+      <c r="B617" s="6" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C617" s="6" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D617" s="6" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E617" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F617" s="6">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6">
+      <c r="A618" s="6">
+        <v>620</v>
+      </c>
+      <c r="B618" s="6" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C618" s="6" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D618" s="6" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E618" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F618" s="6">
+        <v>5089</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6">
+      <c r="A619" s="6">
+        <v>621</v>
+      </c>
+      <c r="B619" s="6" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C619" s="6" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D619" s="6" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E619" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F619" s="6">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6">
+      <c r="A620" s="6">
+        <v>622</v>
+      </c>
+      <c r="B620" s="6" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C620" s="6" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D620" s="6" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E620" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F620" s="6">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6">
+      <c r="A621" s="6">
+        <v>623</v>
+      </c>
+      <c r="B621" s="6" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C621" s="6" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D621" s="6" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E621" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F621" s="6">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6">
+      <c r="A622" s="6">
+        <v>624</v>
+      </c>
+      <c r="B622" s="6" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C622" s="6" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D622" s="6" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E622" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F622" s="6">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6">
+      <c r="A623" s="6">
+        <v>625</v>
+      </c>
+      <c r="B623" s="6" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C623" s="6" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D623" s="6" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E623" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F623" s="6">
+        <v>5620</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6">
+      <c r="A624" s="6">
+        <v>626</v>
+      </c>
+      <c r="B624" s="6" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C624" s="6" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D624" s="6" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E624" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F624" s="6">
+        <v>7990</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6">
+      <c r="A625" s="6">
+        <v>627</v>
+      </c>
+      <c r="B625" s="6" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C625" s="6" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D625" s="6" t="s">
+        <v>1882</v>
+      </c>
+      <c r="E625" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F625" s="6">
+        <v>5054</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6">
+      <c r="A626" s="6">
+        <v>628</v>
+      </c>
+      <c r="B626" s="6" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C626" s="6" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D626" s="6" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E626" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F626" s="6">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6">
+      <c r="A627" s="6">
+        <v>629</v>
+      </c>
+      <c r="B627" s="6" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C627" s="6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D627" s="6" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E627" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F627" s="6">
+        <v>5016</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6">
+      <c r="A628" s="6">
+        <v>630</v>
+      </c>
+      <c r="B628" s="6" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C628" s="6" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D628" s="6" t="s">
+        <v>1887</v>
+      </c>
+      <c r="E628" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F628" s="6">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6">
+      <c r="A629" s="6">
+        <v>631</v>
+      </c>
+      <c r="B629" s="6" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C629" s="6" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D629" s="6" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E629" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F629" s="6">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6">
+      <c r="A630" s="6">
+        <v>632</v>
+      </c>
+      <c r="B630" s="6" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C630" s="6" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D630" s="6" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E630" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F630" s="6">
+        <v>15028</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6">
+      <c r="A631" s="6">
+        <v>633</v>
+      </c>
+      <c r="B631" s="6" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C631" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="D631" s="6" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E631" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F631" s="6">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6">
+      <c r="A632" s="6">
+        <v>634</v>
+      </c>
+      <c r="B632" s="6" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C632" s="6" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D632" s="6" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E632" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F632" s="6">
+        <v>7881</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6">
+      <c r="A633" s="6">
+        <v>635</v>
+      </c>
+      <c r="B633" s="6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C633" s="6" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D633" s="6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E633" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F633" s="6">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6">
+      <c r="A634" s="6">
+        <v>636</v>
+      </c>
+      <c r="B634" s="6" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C634" s="6" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D634" s="6" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E634" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F634" s="6">
+        <v>5667</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6">
+      <c r="A635" s="6">
+        <v>637</v>
+      </c>
+      <c r="B635" s="6" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C635" s="6" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D635" s="6" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E635" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F635" s="6">
+        <v>6025</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6">
+      <c r="A636" s="6">
         <v>638</v>
       </c>
-      <c r="B3" s="12">
-[...8 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="B636" s="6" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C636" s="6" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D636" s="6" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E636" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F636" s="6">
+        <v>16444</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6">
+      <c r="A637" s="6">
+        <v>639</v>
+      </c>
+      <c r="B637" s="6" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C637" s="6" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D637" s="6" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E637" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F637" s="6">
+        <v>4350</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6">
+      <c r="A638" s="6">
+        <v>640</v>
+      </c>
+      <c r="B638" s="6" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C638" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D638" s="6" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E638" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F638" s="6">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6">
+      <c r="A639" s="6">
+        <v>641</v>
+      </c>
+      <c r="B639" s="6" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C639" s="6" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D639" s="6" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E639" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F639" s="6">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6">
+      <c r="A640" s="6">
+        <v>642</v>
+      </c>
+      <c r="B640" s="6" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C640" s="6" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D640" s="6" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E640" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F640" s="6">
+        <v>5041</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6">
+      <c r="A641" s="6">
+        <v>643</v>
+      </c>
+      <c r="B641" s="6" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C641" s="6" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D641" s="6" t="s">
+        <v>1924</v>
+      </c>
+      <c r="E641" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F641" s="6">
+        <v>11151</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6">
+      <c r="A642" s="6">
+        <v>644</v>
+      </c>
+      <c r="B642" s="6" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C642" s="6" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D642" s="6" t="s">
+        <v>1927</v>
+      </c>
+      <c r="E642" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F642" s="6">
+        <v>5498</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="A643" s="6">
+        <v>645</v>
+      </c>
+      <c r="B643" s="6" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C643" s="6" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D643" s="6" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E643" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F643" s="6">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6">
+      <c r="A644" s="6">
+        <v>646</v>
+      </c>
+      <c r="B644" s="6" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C644" s="6" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D644" s="6" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E644" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F644" s="6">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="A645" s="6">
+        <v>647</v>
+      </c>
+      <c r="B645" s="6" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C645" s="6" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D645" s="6" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E645" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F645" s="6">
+        <v>14310</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="A646" s="6">
+        <v>648</v>
+      </c>
+      <c r="B646" s="6" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C646" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D646" s="6" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E646" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="10">
-[...39 lines deleted...]
-      <c r="B5" s="13">
+      <c r="F646" s="6">
+        <v>2972</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="A647" s="6">
+        <v>649</v>
+      </c>
+      <c r="B647" s="6" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C647" s="6" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D647" s="6" t="s">
+        <v>1942</v>
+      </c>
+      <c r="E647" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F647" s="6">
+        <v>7036</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="A648" s="6">
+        <v>650</v>
+      </c>
+      <c r="B648" s="6" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C648" s="6" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D648" s="6" t="s">
+        <v>1945</v>
+      </c>
+      <c r="E648" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F648" s="6">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="A649" s="6">
+        <v>651</v>
+      </c>
+      <c r="B649" s="6" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C649" s="6" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D649" s="6" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E649" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F649" s="6">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="A650" s="6">
+        <v>652</v>
+      </c>
+      <c r="B650" s="6" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C650" s="6" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D650" s="6" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E650" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F650" s="6">
+        <v>4999</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="A651" s="6">
+        <v>653</v>
+      </c>
+      <c r="B651" s="6" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C651" s="6" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D651" s="6" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E651" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F651" s="6">
+        <v>23206</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="A652" s="6">
+        <v>654</v>
+      </c>
+      <c r="B652" s="6" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C652" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D652" s="6" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E652" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F652" s="6">
+        <v>3460</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="A653" s="6">
+        <v>655</v>
+      </c>
+      <c r="B653" s="6" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C653" s="6" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D653" s="6" t="s">
+        <v>1959</v>
+      </c>
+      <c r="E653" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F653" s="6">
+        <v>4676</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="A654" s="6">
+        <v>656</v>
+      </c>
+      <c r="B654" s="6" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C654" s="6" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D654" s="6" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E654" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F654" s="6">
+        <v>15293</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="A655" s="6">
+        <v>657</v>
+      </c>
+      <c r="B655" s="6" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C655" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D655" s="6" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E655" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F655" s="6">
+        <v>4450</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="A656" s="6">
+        <v>658</v>
+      </c>
+      <c r="B656" s="6" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C656" s="6" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D656" s="6" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E656" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F656" s="6">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="A657" s="6">
+        <v>659</v>
+      </c>
+      <c r="B657" s="6" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C657" s="6" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D657" s="6" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E657" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F657" s="6">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="A658" s="6">
+        <v>660</v>
+      </c>
+      <c r="B658" s="6" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C658" s="6" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D658" s="6" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E658" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F658" s="6">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="A659" s="6">
+        <v>661</v>
+      </c>
+      <c r="B659" s="6" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C659" s="6" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D659" s="6" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E659" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F659" s="6">
+        <v>5117</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="A660" s="6">
+        <v>662</v>
+      </c>
+      <c r="B660" s="6" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C660" s="6" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D660" s="6" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E660" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F660" s="6">
+        <v>2851</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="A661" s="6">
+        <v>663</v>
+      </c>
+      <c r="B661" s="6" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C661" s="6" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D661" s="6" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E661" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F661" s="6">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="A662" s="6">
+        <v>664</v>
+      </c>
+      <c r="B662" s="6" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C662" s="6" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D662" s="6" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E662" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F662" s="6">
+        <v>3923</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="A663" s="6">
+        <v>665</v>
+      </c>
+      <c r="B663" s="6" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C663" s="6" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D663" s="6" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E663" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F663" s="6">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="A664" s="6">
+        <v>666</v>
+      </c>
+      <c r="B664" s="6" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C664" s="6" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D664" s="6" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E664" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F664" s="6">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="A665" s="6">
+        <v>667</v>
+      </c>
+      <c r="B665" s="6" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C665" s="6" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D665" s="6" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E665" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F665" s="6">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666" s="6">
+        <v>668</v>
+      </c>
+      <c r="B666" s="6" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C666" s="6" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D666" s="6" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E666" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F666" s="6">
+        <v>11034</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6">
+      <c r="A667" s="6">
+        <v>669</v>
+      </c>
+      <c r="B667" s="6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C667" s="6" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D667" s="6" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E667" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F667" s="6">
+        <v>3507</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6">
+      <c r="A668" s="6">
+        <v>670</v>
+      </c>
+      <c r="B668" s="6" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C668" s="6" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D668" s="6" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E668" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F668" s="6">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6">
+      <c r="A669" s="6">
+        <v>671</v>
+      </c>
+      <c r="B669" s="6" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C669" s="6" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D669" s="6" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E669" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F669" s="6">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6">
+      <c r="A670" s="6">
+        <v>672</v>
+      </c>
+      <c r="B670" s="6" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C670" s="6" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D670" s="6" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E670" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F670" s="6">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6">
+      <c r="A671" s="6">
+        <v>673</v>
+      </c>
+      <c r="B671" s="6" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C671" s="6" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D671" s="6" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E671" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F671" s="6">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6">
+      <c r="A672" s="6">
+        <v>674</v>
+      </c>
+      <c r="B672" s="6" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C672" s="6" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D672" s="6" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E672" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F672" s="6">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6">
+      <c r="A673" s="6">
+        <v>675</v>
+      </c>
+      <c r="B673" s="6" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C673" s="6" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D673" s="6" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E673" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F673" s="6">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6">
+      <c r="A674" s="6">
+        <v>676</v>
+      </c>
+      <c r="B674" s="6" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C674" s="6" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D674" s="6" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E674" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F674" s="6">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="A675" s="6">
+        <v>677</v>
+      </c>
+      <c r="B675" s="6" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C675" s="6" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D675" s="6" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E675" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F675" s="6">
+        <v>4607</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="A676" s="6">
+        <v>678</v>
+      </c>
+      <c r="B676" s="6" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C676" s="6" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D676" s="6" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E676" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F676" s="6">
+        <v>6580</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="A677" s="6">
+        <v>679</v>
+      </c>
+      <c r="B677" s="6" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C677" s="6" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D677" s="6" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E677" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F677" s="6">
+        <v>10956</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="A678" s="6">
+        <v>680</v>
+      </c>
+      <c r="B678" s="6" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C678" s="6" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D678" s="6" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E678" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F678" s="6">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="A679" s="6">
+        <v>681</v>
+      </c>
+      <c r="B679" s="6" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C679" s="6" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D679" s="6" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E679" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F679" s="6">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="A680" s="6">
+        <v>682</v>
+      </c>
+      <c r="B680" s="6" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C680" s="6" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D680" s="6" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E680" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F680" s="6">
+        <v>7464</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="A681" s="6">
+        <v>683</v>
+      </c>
+      <c r="B681" s="6" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C681" s="6" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D681" s="6" t="s">
+        <v>2043</v>
+      </c>
+      <c r="E681" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F681" s="6">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="A682" s="6">
+        <v>684</v>
+      </c>
+      <c r="B682" s="6" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C682" s="6" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D682" s="6" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E682" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F682" s="6">
+        <v>5634</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="A683" s="6">
+        <v>685</v>
+      </c>
+      <c r="B683" s="6" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C683" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D683" s="6" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E683" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F683" s="6">
+        <v>4989</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="A684" s="6">
+        <v>686</v>
+      </c>
+      <c r="B684" s="6" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C684" s="6" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D684" s="6" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E684" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F684" s="6">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="A685" s="6">
+        <v>687</v>
+      </c>
+      <c r="B685" s="6" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C685" s="6" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D685" s="6" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E685" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F685" s="6">
+        <v>10913</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686" s="6">
+        <v>688</v>
+      </c>
+      <c r="B686" s="6" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C686" s="6" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D686" s="6" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E686" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F686" s="6">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687" s="6">
+        <v>689</v>
+      </c>
+      <c r="B687" s="6" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C687" s="6" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D687" s="6" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E687" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F687" s="6">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688" s="6">
+        <v>690</v>
+      </c>
+      <c r="B688" s="6" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C688" s="6" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D688" s="6" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E688" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F688" s="6">
+        <v>7491</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689" s="6">
+        <v>691</v>
+      </c>
+      <c r="B689" s="6" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C689" s="6" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D689" s="6" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E689" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F689" s="6">
+        <v>3796</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690" s="6">
+        <v>692</v>
+      </c>
+      <c r="B690" s="6" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C690" s="6" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D690" s="6" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E690" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F690" s="6">
+        <v>3111</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691" s="6">
+        <v>693</v>
+      </c>
+      <c r="B691" s="6" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C691" s="6" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D691" s="6" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E691" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F691" s="6">
+        <v>4444</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692" s="6">
+        <v>694</v>
+      </c>
+      <c r="B692" s="6" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C692" s="6" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D692" s="6" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E692" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F692" s="6">
+        <v>4602</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693" s="6">
+        <v>695</v>
+      </c>
+      <c r="B693" s="6" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C693" s="6" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D693" s="6" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E693" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F693" s="6">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694" s="6">
+        <v>696</v>
+      </c>
+      <c r="B694" s="6" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C694" s="6" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D694" s="6" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E694" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F694" s="6">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695" s="6">
+        <v>697</v>
+      </c>
+      <c r="B695" s="6" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C695" s="6" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D695" s="6" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E695" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F695" s="6">
+        <v>7560</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696" s="6">
+        <v>698</v>
+      </c>
+      <c r="B696" s="6" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C696" s="6" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D696" s="6" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E696" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F696" s="6">
+        <v>4891</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697" s="6">
+        <v>699</v>
+      </c>
+      <c r="B697" s="6" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C697" s="6" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D697" s="6" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E697" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F697" s="6">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698" s="6">
+        <v>700</v>
+      </c>
+      <c r="B698" s="6" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C698" s="6" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D698" s="6" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E698" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F698" s="6">
+        <v>11616</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699" s="6">
+        <v>701</v>
+      </c>
+      <c r="B699" s="6" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C699" s="6" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D699" s="6" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E699" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F699" s="6">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="A700" s="6">
+        <v>702</v>
+      </c>
+      <c r="B700" s="6" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C700" s="6" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D700" s="6" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E700" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F700" s="6">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701" s="6">
+        <v>703</v>
+      </c>
+      <c r="B701" s="6" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C701" s="6" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D701" s="6" t="s">
+        <v>2104</v>
+      </c>
+      <c r="E701" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F701" s="6">
+        <v>12802</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702" s="6">
+        <v>704</v>
+      </c>
+      <c r="B702" s="6" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C702" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D702" s="6" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E702" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F702" s="6">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703" s="6">
+        <v>705</v>
+      </c>
+      <c r="B703" s="6" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C703" s="6" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D703" s="6" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E703" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F703" s="6">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704" s="6">
+        <v>706</v>
+      </c>
+      <c r="B704" s="6" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C704" s="6" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D704" s="6" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E704" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F704" s="6">
+        <v>21181</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705" s="6">
+        <v>707</v>
+      </c>
+      <c r="B705" s="6" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C705" s="6" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D705" s="6" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E705" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F705" s="6">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706" s="6">
+        <v>708</v>
+      </c>
+      <c r="B706" s="6" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C706" s="6" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D706" s="6" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E706" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F706" s="6">
+        <v>13542</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707" s="6">
+        <v>709</v>
+      </c>
+      <c r="B707" s="6" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C707" s="6" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D707" s="6" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E707" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F707" s="6">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708" s="6">
+        <v>710</v>
+      </c>
+      <c r="B708" s="6" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C708" s="6" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D708" s="6" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E708" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F708" s="6">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709" s="6">
+        <v>711</v>
+      </c>
+      <c r="B709" s="6" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C709" s="6" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D709" s="6" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E709" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F709" s="6">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710" s="6">
+        <v>712</v>
+      </c>
+      <c r="B710" s="6" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C710" s="6" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D710" s="6" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E710" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F710" s="6">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711" s="6">
+        <v>713</v>
+      </c>
+      <c r="B711" s="6" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C711" s="6" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D711" s="6" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E711" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F711" s="6">
+        <v>3722</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712" s="6">
+        <v>714</v>
+      </c>
+      <c r="B712" s="6" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C712" s="6" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D712" s="6" t="s">
+        <v>2135</v>
+      </c>
+      <c r="E712" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F712" s="6">
+        <v>3908</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713" s="6">
+        <v>715</v>
+      </c>
+      <c r="B713" s="6" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C713" s="6" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D713" s="6" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E713" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F713" s="6">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714" s="6">
+        <v>716</v>
+      </c>
+      <c r="B714" s="6" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C714" s="6" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D714" s="6" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E714" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F714" s="6">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715" s="6">
+        <v>717</v>
+      </c>
+      <c r="B715" s="6" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C715" s="6" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D715" s="6" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E715" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F715" s="6">
+        <v>3611</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" s="6">
+        <v>718</v>
+      </c>
+      <c r="B716" s="6" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C716" s="6" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D716" s="6" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E716" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F716" s="6">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" s="6">
+        <v>719</v>
+      </c>
+      <c r="B717" s="6" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C717" s="6" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D717" s="6" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E717" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F717" s="6">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" s="6">
+        <v>720</v>
+      </c>
+      <c r="B718" s="6" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C718" s="6" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D718" s="6" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E718" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F718" s="6">
+        <v>4502</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" s="6">
+        <v>721</v>
+      </c>
+      <c r="B719" s="6" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C719" s="6" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D719" s="6" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E719" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F719" s="6">
+        <v>3435</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720" s="6">
+        <v>722</v>
+      </c>
+      <c r="B720" s="6" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C720" s="6" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D720" s="6" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E720" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F720" s="6">
+        <v>5549</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721" s="6">
+        <v>723</v>
+      </c>
+      <c r="B721" s="6" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C721" s="6" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D721" s="6" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E721" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F721" s="6">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722" s="6">
+        <v>724</v>
+      </c>
+      <c r="B722" s="6" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C722" s="6" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D722" s="6" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E722" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F722" s="6">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723" s="6">
+        <v>725</v>
+      </c>
+      <c r="B723" s="6" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C723" s="6" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D723" s="6" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E723" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F723" s="6">
+        <v>5947</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724" s="6">
+        <v>726</v>
+      </c>
+      <c r="B724" s="6" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C724" s="6" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D724" s="6" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E724" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F724" s="6">
+        <v>19678</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725" s="6">
+        <v>727</v>
+      </c>
+      <c r="B725" s="6" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C725" s="6" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D725" s="6" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E725" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F725" s="6">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726" s="6">
+        <v>728</v>
+      </c>
+      <c r="B726" s="6" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C726" s="6" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D726" s="6" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E726" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F726" s="6">
+        <v>19596</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" s="6">
+        <v>729</v>
+      </c>
+      <c r="B727" s="6" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C727" s="6" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D727" s="6" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E727" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F727" s="6">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" s="6">
+        <v>730</v>
+      </c>
+      <c r="B728" s="6" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C728" s="6" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D728" s="6" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E728" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F728" s="6">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" s="6">
+        <v>731</v>
+      </c>
+      <c r="B729" s="6" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C729" s="6" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D729" s="6" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E729" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F729" s="6">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730" s="6">
+        <v>732</v>
+      </c>
+      <c r="B730" s="6" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C730" s="6" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D730" s="6" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E730" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F730" s="6">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731" s="6">
+        <v>733</v>
+      </c>
+      <c r="B731" s="6" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C731" s="6" t="s">
         <v>2191</v>
       </c>
-      <c r="C5" s="3" t="s">
-[...459 lines deleted...]
-      <c r="A25" s="2">
+      <c r="D731" s="6" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E731" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F731" s="6">
+        <v>6265</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732" s="6">
+        <v>734</v>
+      </c>
+      <c r="B732" s="6" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C732" s="6" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D732" s="6" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E732" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="B25" s="13">
-[...231 lines deleted...]
-      <c r="F36" s="11">
+      <c r="F732" s="6">
+        <v>3787</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733" s="6">
+        <v>735</v>
+      </c>
+      <c r="B733" s="6" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C733" s="6" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D733" s="6" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E733" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F733" s="6">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734" s="6">
+        <v>736</v>
+      </c>
+      <c r="B734" s="6" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C734" s="6" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D734" s="6" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E734" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F734" s="6">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735" s="6">
+        <v>737</v>
+      </c>
+      <c r="B735" s="6" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C735" s="6" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D735" s="6" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E735" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F735" s="6">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736" s="6">
+        <v>738</v>
+      </c>
+      <c r="B736" s="6" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C736" s="6" t="s">
         <v>2206</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="D39" s="3" t="s">
+      <c r="D736" s="6" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E736" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F736" s="6">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737" s="6">
+        <v>739</v>
+      </c>
+      <c r="B737" s="6" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C737" s="6" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D737" s="6" t="s">
+        <v>2210</v>
+      </c>
+      <c r="E737" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F737" s="6">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="A738" s="6">
+        <v>740</v>
+      </c>
+      <c r="B738" s="6" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C738" s="6" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D738" s="6" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E738" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E39" s="3" t="s">
-[...5476 lines deleted...]
-      <c r="D313" s="3" t="s">
+      <c r="F738" s="6">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="A739" s="6">
+        <v>741</v>
+      </c>
+      <c r="B739" s="6" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C739" s="6" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D739" s="6" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E739" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F739" s="6">
         <v>1161</v>
       </c>
-      <c r="E313" s="3" t="s">
-[...7504 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:F688" xr:uid="{3B456EBC-A47D-4DAF-8C16-760249601557}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A2:F2" xr:uid="{EF1837BA-49CA-44F4-93E5-F6EBFF1D7498}"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="B3:B318 B458:B739 B319:B451 B452:B457" numberStoredAsText="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>profi_knihovny_do 25 000 obv.</vt:lpstr>
+      <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Macháčková Lucie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>