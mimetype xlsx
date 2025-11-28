--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -15,92 +15,92 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <workbookProtection workbookPassword="D024" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Vkladani_dat" sheetId="5" r:id="rId1"/>
     <sheet name="Tisk_Kult" sheetId="12" r:id="rId2"/>
     <sheet name="Kopirovani" sheetId="14" r:id="rId3"/>
-    <sheet name="Definice" sheetId="15" r:id="rId4"/>
-    <sheet name="Pokyny" sheetId="16" r:id="rId5"/>
+    <sheet name="Definice" sheetId="17" r:id="rId4"/>
+    <sheet name="Pokyny" sheetId="18" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Vkladani_dat!$A$50</definedName>
     <definedName name="_ftn2" localSheetId="0">Vkladani_dat!$A$51</definedName>
     <definedName name="_ftn3" localSheetId="0">Vkladani_dat!$A$52</definedName>
     <definedName name="_ftnref1" localSheetId="0">Vkladani_dat!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Vkladani_dat!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Vkladani_dat!#REF!</definedName>
     <definedName name="_Toc184593579" localSheetId="3">Definice!#REF!</definedName>
     <definedName name="_Toc326153052" localSheetId="0">Vkladani_dat!$A$15</definedName>
     <definedName name="_Toc326153053" localSheetId="0">Vkladani_dat!$A$36</definedName>
     <definedName name="_Toc326153054" localSheetId="0">Vkladani_dat!$A$49</definedName>
     <definedName name="Def_01" localSheetId="3">Definice!$A$5</definedName>
     <definedName name="Def_02" localSheetId="3">Definice!$A$6</definedName>
     <definedName name="Def_03" localSheetId="3">Definice!$A$9</definedName>
     <definedName name="Def_04" localSheetId="3">Definice!$A$10</definedName>
     <definedName name="Def_05" localSheetId="3">Definice!$A$11</definedName>
     <definedName name="Def_06" localSheetId="3">Definice!$A$12</definedName>
     <definedName name="Def_07" localSheetId="3">Definice!$A$13</definedName>
     <definedName name="Def_08" localSheetId="3">Definice!$A$14</definedName>
     <definedName name="Def_09" localSheetId="3">Definice!$A$15</definedName>
     <definedName name="Def_10" localSheetId="3">Definice!$A$16</definedName>
-    <definedName name="Def_100" localSheetId="3">Definice!$A$162</definedName>
-[...8 lines deleted...]
-    <definedName name="Def_109" localSheetId="3">Definice!$A$177</definedName>
+    <definedName name="Def_100" localSheetId="3">Definice!$A$161</definedName>
+    <definedName name="Def_101" localSheetId="3">Definice!$A$168</definedName>
+    <definedName name="Def_102" localSheetId="3">Definice!$A$169</definedName>
+    <definedName name="Def_103" localSheetId="3">Definice!$A$170</definedName>
+    <definedName name="Def_104" localSheetId="3">Definice!$A$171</definedName>
+    <definedName name="Def_105" localSheetId="3">Definice!$A$172</definedName>
+    <definedName name="Def_106" localSheetId="3">Definice!$A$173</definedName>
+    <definedName name="Def_107" localSheetId="3">Definice!$A$174</definedName>
+    <definedName name="Def_108" localSheetId="3">Definice!$A$175</definedName>
+    <definedName name="Def_109" localSheetId="3">Definice!$A$176</definedName>
     <definedName name="Def_11" localSheetId="3">Definice!$A$17</definedName>
-    <definedName name="Def_110" localSheetId="3">Definice!$A$178</definedName>
-[...5 lines deleted...]
-    <definedName name="Def_116" localSheetId="3">Definice!$A$186</definedName>
+    <definedName name="Def_110" localSheetId="3">Definice!$A$177</definedName>
+    <definedName name="Def_111" localSheetId="3">Definice!$A$178</definedName>
+    <definedName name="Def_112" localSheetId="3">Definice!$A$181</definedName>
+    <definedName name="Def_113" localSheetId="3">Definice!$A$182</definedName>
+    <definedName name="Def_114" localSheetId="3">Definice!$A$183</definedName>
+    <definedName name="Def_115" localSheetId="3">Definice!$A$184</definedName>
+    <definedName name="Def_116" localSheetId="3">Definice!$A$185</definedName>
     <definedName name="Def_12" localSheetId="3">Definice!$A$18</definedName>
     <definedName name="Def_13" localSheetId="3">Definice!$A$19</definedName>
     <definedName name="Def_14" localSheetId="3">Definice!$A$20</definedName>
     <definedName name="Def_15" localSheetId="3">Definice!$A$21</definedName>
     <definedName name="Def_16" localSheetId="3">Definice!$A$22</definedName>
     <definedName name="Def_17" localSheetId="3">Definice!$A$24</definedName>
     <definedName name="Def_18" localSheetId="3">Definice!$A$25</definedName>
     <definedName name="Def_19" localSheetId="3">Definice!$A$26</definedName>
     <definedName name="Def_20" localSheetId="3">Definice!$A$27</definedName>
     <definedName name="Def_21" localSheetId="3">Definice!$A$29</definedName>
     <definedName name="Def_22" localSheetId="3">Definice!$A$31</definedName>
     <definedName name="Def_23" localSheetId="3">Definice!$A$32</definedName>
     <definedName name="Def_24" localSheetId="3">Definice!$A$34</definedName>
     <definedName name="Def_25" localSheetId="3">Definice!$A$35</definedName>
     <definedName name="Def_26" localSheetId="3">Definice!$A$36</definedName>
     <definedName name="Def_27" localSheetId="3">Definice!$A$44</definedName>
     <definedName name="Def_28" localSheetId="3">Definice!$A$45</definedName>
     <definedName name="Def_29" localSheetId="3">Definice!$A$47</definedName>
     <definedName name="Def_30" localSheetId="3">Definice!$A$49</definedName>
     <definedName name="Def_31" localSheetId="3">Definice!$A$51</definedName>
     <definedName name="Def_32" localSheetId="3">Definice!$A$53</definedName>
     <definedName name="Def_33" localSheetId="3">Definice!$A$58</definedName>
     <definedName name="Def_34" localSheetId="3">Definice!$A$59</definedName>
     <definedName name="Def_35" localSheetId="3">Definice!$A$61</definedName>
     <definedName name="Def_36" localSheetId="3">Definice!$A$63</definedName>
@@ -125,98 +125,87 @@
     <definedName name="Def_55" localSheetId="3">Definice!$A$93</definedName>
     <definedName name="Def_56" localSheetId="3">Definice!$A$94</definedName>
     <definedName name="Def_57" localSheetId="3">Definice!$A$95</definedName>
     <definedName name="Def_58" localSheetId="3">Definice!$A$98</definedName>
     <definedName name="Def_59" localSheetId="3">Definice!$A$100</definedName>
     <definedName name="Def_60" localSheetId="3">Definice!$A$102</definedName>
     <definedName name="Def_61" localSheetId="3">Definice!$A$105</definedName>
     <definedName name="Def_62" localSheetId="3">Definice!$A$106</definedName>
     <definedName name="Def_63" localSheetId="3">Definice!$A$107</definedName>
     <definedName name="Def_64" localSheetId="3">Definice!$A$108</definedName>
     <definedName name="Def_65" localSheetId="3">Definice!$A$109</definedName>
     <definedName name="Def_66" localSheetId="3">Definice!$A$110</definedName>
     <definedName name="Def_67" localSheetId="3">Definice!$A$112</definedName>
     <definedName name="Def_68" localSheetId="3">Definice!$A$114</definedName>
     <definedName name="Def_69" localSheetId="3">Definice!$A$115</definedName>
     <definedName name="Def_70" localSheetId="3">Definice!$A$116</definedName>
     <definedName name="Def_71" localSheetId="3">Definice!$A$126</definedName>
     <definedName name="Def_72" localSheetId="3">Definice!$A$129</definedName>
     <definedName name="Def_73" localSheetId="3">Definice!$A$130</definedName>
     <definedName name="Def_74" localSheetId="3">Definice!$A$131</definedName>
     <definedName name="Def_75" localSheetId="3">Definice!$A$132</definedName>
     <definedName name="Def_76" localSheetId="3">Definice!$A$133</definedName>
     <definedName name="Def_77" localSheetId="3">Definice!$A$134</definedName>
     <definedName name="Def_78" localSheetId="3">Definice!$A$135</definedName>
     <definedName name="Def_79" localSheetId="3">Definice!$A$136</definedName>
-    <definedName name="Def_80" localSheetId="3">Definice!$A$140</definedName>
-[...15 lines deleted...]
-    <definedName name="Def_96" localSheetId="3">Definice!$A$157</definedName>
+    <definedName name="Def_80" localSheetId="3">Definice!$A$139</definedName>
+    <definedName name="Def_81" localSheetId="3">Definice!$A$140</definedName>
+    <definedName name="Def_82" localSheetId="3">Definice!$A$141</definedName>
+    <definedName name="Def_83" localSheetId="3">Definice!$A$142</definedName>
+    <definedName name="Def_84" localSheetId="3">Definice!$A$143</definedName>
+    <definedName name="Def_85" localSheetId="3">Definice!$A$144</definedName>
+    <definedName name="Def_86" localSheetId="3">Definice!$A$145</definedName>
+    <definedName name="Def_87" localSheetId="3">Definice!$A$146</definedName>
+    <definedName name="Def_88" localSheetId="3">Definice!$A$147</definedName>
+    <definedName name="Def_89" localSheetId="3">Definice!$A$148</definedName>
+    <definedName name="Def_90" localSheetId="3">Definice!$A$149</definedName>
+    <definedName name="Def_91" localSheetId="3">Definice!$A$151</definedName>
+    <definedName name="Def_92" localSheetId="3">Definice!$A$152</definedName>
+    <definedName name="Def_93" localSheetId="3">Definice!$A$153</definedName>
+    <definedName name="Def_94" localSheetId="3">Definice!$A$154</definedName>
+    <definedName name="Def_95" localSheetId="3">Definice!$A$155</definedName>
+    <definedName name="Def_96" localSheetId="3">Definice!$A$156</definedName>
     <definedName name="Def_97" localSheetId="3">Definice!#REF!</definedName>
-    <definedName name="Def_98" localSheetId="3">Definice!$A$160</definedName>
-    <definedName name="Def_99" localSheetId="3">Definice!$A$161</definedName>
+    <definedName name="Def_98" localSheetId="3">Definice!$A$159</definedName>
+    <definedName name="Def_99" localSheetId="3">Definice!$A$160</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">Kopirovani!$2:$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Tisk_Kult!$A$1:$AH$248</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Vkladani_dat!$A$1:$I$176</definedName>
     <definedName name="OLE_LINK1" localSheetId="1">Tisk_Kult!$Q$188</definedName>
-    <definedName name="Ř0414" localSheetId="4">Pokyny!$A$83</definedName>
+    <definedName name="Ř0414" localSheetId="4">Pokyny!$A$84</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
-  <extLst>
-[...9 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="Y228" i="12" l="1"/>
   <c r="Y227" i="12"/>
   <c r="I79" i="5"/>
   <c r="I78" i="5"/>
-  <c r="I131" i="5" l="1"/>
+  <c r="I131" i="5"/>
   <c r="I129" i="5"/>
   <c r="I127" i="5"/>
   <c r="L218" i="12"/>
   <c r="L213" i="12"/>
   <c r="L211" i="12"/>
   <c r="L209" i="12"/>
   <c r="L207" i="12"/>
   <c r="L204" i="12"/>
   <c r="L202" i="12"/>
   <c r="L199" i="12"/>
   <c r="L197" i="12"/>
   <c r="L194" i="12"/>
   <c r="L191" i="12"/>
   <c r="L189" i="12"/>
   <c r="L185" i="12"/>
   <c r="L177" i="12"/>
   <c r="L173" i="12"/>
   <c r="L170" i="12"/>
   <c r="L167" i="12"/>
   <c r="L164" i="12"/>
   <c r="L162" i="12"/>
   <c r="L159" i="12"/>
   <c r="L157" i="12"/>
   <c r="L155" i="12"/>
   <c r="L151" i="12"/>
@@ -365,91 +354,89 @@
   <c r="D26" i="14"/>
   <c r="D25" i="14"/>
   <c r="D24" i="14"/>
   <c r="D23" i="14"/>
   <c r="D22" i="14"/>
   <c r="D21" i="14"/>
   <c r="D20" i="14"/>
   <c r="D19" i="14"/>
   <c r="D18" i="14"/>
   <c r="D17" i="14"/>
   <c r="D16" i="14"/>
   <c r="D15" i="14"/>
   <c r="D14" i="14"/>
   <c r="D13" i="14"/>
   <c r="D12" i="14"/>
   <c r="D11" i="14"/>
   <c r="D10" i="14"/>
   <c r="D8" i="14"/>
   <c r="D7" i="14"/>
   <c r="D6" i="14"/>
   <c r="D5" i="14"/>
   <c r="D4" i="14"/>
   <c r="D3" i="14"/>
   <c r="D2" i="14"/>
   <c r="D1" i="14"/>
-  <c r="AG16" i="12" l="1"/>
+  <c r="AG16" i="12"/>
   <c r="AG17" i="12"/>
   <c r="AG18" i="12"/>
   <c r="AG19" i="12"/>
   <c r="AG20" i="12"/>
-  <c r="AD174" i="12" l="1"/>
+  <c r="AD174" i="12"/>
   <c r="I128" i="5"/>
   <c r="I126" i="5"/>
   <c r="I101" i="5"/>
   <c r="I88" i="5"/>
   <c r="I86" i="5"/>
   <c r="I84" i="5"/>
-  <c r="I83" i="5"/>
-[...1 lines deleted...]
-  <c r="N147" i="12" l="1"/>
+  <c r="N147" i="12"/>
   <c r="N145" i="12"/>
   <c r="N134" i="12"/>
   <c r="L134" i="12"/>
-  <c r="L89" i="12" l="1"/>
+  <c r="L89" i="12"/>
   <c r="L84" i="12"/>
   <c r="L82" i="12"/>
   <c r="G160" i="5"/>
-  <c r="D122" i="14" s="1"/>
+  <c r="D122" i="14"/>
   <c r="G153" i="5"/>
-  <c r="D119" i="14" s="1"/>
+  <c r="AD160" i="12" s="1"/>
+  <c r="D119" i="14"/>
   <c r="G146" i="5"/>
-  <c r="D112" i="14" s="1"/>
+  <c r="AD142" i="12" s="1"/>
+  <c r="D112" i="14"/>
   <c r="G47" i="5"/>
-  <c r="L96" i="12" l="1"/>
-  <c r="D33" i="14"/>
+  <c r="L96" i="12" s="1"/>
   <c r="L95" i="12"/>
   <c r="L91" i="12"/>
   <c r="L80" i="12"/>
-  <c r="G53" i="5" l="1"/>
-  <c r="D35" i="14" l="1"/>
+  <c r="G53" i="5"/>
+  <c r="D35" i="14"/>
   <c r="AE30" i="12"/>
   <c r="I53" i="5"/>
   <c r="G52" i="5"/>
+  <c r="D34" i="14" s="1"/>
   <c r="I68" i="5"/>
-  <c r="D34" i="14" l="1"/>
-  <c r="AE28" i="12"/>
   <c r="AG14" i="12"/>
   <c r="AG13" i="12"/>
   <c r="AG12" i="12"/>
   <c r="AG11" i="12"/>
   <c r="I82" i="5"/>
   <c r="I80" i="5"/>
   <c r="I130" i="5"/>
   <c r="I100" i="5"/>
   <c r="I46" i="5"/>
   <c r="I45" i="5"/>
   <c r="AD217" i="12"/>
   <c r="AD214" i="12"/>
   <c r="AD209" i="12"/>
   <c r="AD205" i="12"/>
   <c r="AD203" i="12"/>
   <c r="AD201" i="12"/>
   <c r="AD198" i="12"/>
   <c r="AD195" i="12"/>
   <c r="AD193" i="12"/>
   <c r="AD188" i="12"/>
   <c r="AD186" i="12"/>
   <c r="AD184" i="12"/>
   <c r="AD182" i="12"/>
   <c r="AD180" i="12"/>
   <c r="AD171" i="12"/>
@@ -478,155 +465,154 @@
   <c r="L63" i="12"/>
   <c r="L61" i="12"/>
   <c r="L59" i="12"/>
   <c r="L57" i="12"/>
   <c r="L55" i="12"/>
   <c r="L53" i="12"/>
   <c r="L51" i="12"/>
   <c r="L49" i="12"/>
   <c r="L47" i="12"/>
   <c r="L45" i="12"/>
   <c r="L39" i="12"/>
   <c r="N28" i="12"/>
   <c r="J28" i="12"/>
   <c r="I27" i="12"/>
   <c r="F26" i="12"/>
   <c r="D24" i="12"/>
   <c r="D22" i="12"/>
   <c r="D20" i="12"/>
   <c r="D19" i="12"/>
   <c r="A17" i="12"/>
   <c r="M14" i="12"/>
   <c r="C14" i="12"/>
   <c r="A12" i="12"/>
   <c r="G118" i="5"/>
   <c r="G174" i="5"/>
-  <c r="D136" i="14" s="1"/>
-  <c r="AD160" i="12"/>
+  <c r="D136" i="14"/>
   <c r="G43" i="5"/>
+  <c r="D29" i="14" s="1"/>
   <c r="G19" i="5"/>
-  <c r="L88" i="12" l="1"/>
-[...2 lines deleted...]
-  <c r="D9" i="14"/>
+  <c r="I19" i="5" s="1"/>
+  <c r="L88" i="12"/>
   <c r="L187" i="12"/>
   <c r="D88" i="14"/>
-  <c r="G42" i="5"/>
   <c r="G172" i="5"/>
+  <c r="J172" i="5" s="1"/>
   <c r="AD177" i="12"/>
   <c r="L42" i="12"/>
   <c r="I18" i="5"/>
-  <c r="I19" i="5"/>
   <c r="AG226" i="12"/>
   <c r="AG228" i="12"/>
   <c r="AG227" i="12"/>
   <c r="I174" i="5"/>
   <c r="I170" i="5"/>
-  <c r="AD142" i="12"/>
   <c r="AD211" i="12"/>
+  <c r="I173" i="5" l="1"/>
+  <c r="D134" i="14"/>
+  <c r="D9" i="14"/>
+  <c r="AD207" i="12"/>
+  <c r="AE28" i="12"/>
   <c r="J174" i="5"/>
-  <c r="AD207" i="12" l="1"/>
-  <c r="D134" i="14"/>
+  <c r="I32" i="5"/>
+  <c r="D33" i="14"/>
+  <c r="G42" i="5"/>
+  <c r="D28" i="14" l="1"/>
   <c r="L86" i="12"/>
-  <c r="D28" i="14"/>
-[...1 lines deleted...]
-  <c r="J172" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Doma</author>
   </authors>
   <commentList>
     <comment ref="H90" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Pouze u knihovny uvedené dočasně mimo provoz nebo u knihovny zrušené je možné vykázat nulu.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="H95" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
-          <t xml:space="preserve">Pouze u knihovny uvedené dočasně mimo provoz nebo u knihovny zrušené je možné vykázat nulu.
-</t>
+          <t>Pouze u knihovny uvedené dočasně mimo provoz nebo u knihovny zrušené je možné vykázat nulu.
+Otevírací hodiny je možné vykázat s 1 desetinným místem.</t>
         </r>
       </text>
     </comment>
     <comment ref="H117" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Počet zaměstnanců (fyzické osoby) v hlavním pracovním poměru k 31.12. Tzn. zaměstnanci s pracovní smlouvou, jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="H128" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
-          <t xml:space="preserve">Vztahuje se na osoby pracující na základě smlouvy (licenční smlouvy, autorské dohody, smlouvy o spolupráci, smlouvy o dílo aj.), osoby samostatně výdělečně činné pracující ve vlastním podniku a pomáhající rodinné příslušníky. Nezahrnuje jednorázové služby. Pokud se alespoň jedna smlouva či dohoda vztahovala k odborné činnosti, uvede se pouze jednou jako odborný pracovník.
-</t>
+          <t>Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1341" uniqueCount="1171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1377" uniqueCount="1209">
   <si>
     <t>Studijní místa</t>
   </si>
   <si>
     <t>WiFi pro uživatele</t>
   </si>
   <si>
     <t>II. Uživatelé</t>
   </si>
   <si>
     <t>Osobní náklady</t>
   </si>
   <si>
     <t>0101</t>
   </si>
   <si>
     <t>0102</t>
   </si>
   <si>
     <t>0103</t>
   </si>
   <si>
     <t>0104</t>
   </si>
   <si>
@@ -2035,55 +2021,54 @@
       <t>(virtuální návštěvy z ř. 0504 + 0507 + 0512 + 0513)</t>
     </r>
   </si>
   <si>
     <t>registrovaní uživatelé do 15 let</t>
   </si>
   <si>
     <t>Kontrola: Ř. 0203 musí být menší nebo se rovná ř. 0201</t>
   </si>
   <si>
     <t>Automatický součet ř. 0205 + 0209</t>
   </si>
   <si>
     <t>Roční výkaz o knihovně za rok 2025</t>
   </si>
   <si>
     <t xml:space="preserve"> Výpůjčky celkem (fyzické + online, ř. 0302 + 0510 + 0511)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Primární absenční a presenční výpůjčky fyzických dokumentů </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>celkem (součet ř. 0303 až 0316) bez prolongací</t>
     </r>
   </si>
   <si>
     <t>kladně vyřízených požadavků z jiných knihoven</t>
   </si>
   <si>
     <t>kladně vyřízených požadavků zaslaných jiným knihovnám</t>
   </si>
   <si>
     <t>Meziknihovní výpůjční služba            v rámci státu</t>
   </si>
   <si>
@@ -2138,200 +2123,194 @@
     <t xml:space="preserve"> vstupů do elektronických informačních zdrojů a databází 
  celkem</t>
   </si>
   <si>
     <t xml:space="preserve"> zobrazených nebo stažených digitálních dokumentů</t>
   </si>
   <si>
     <t xml:space="preserve"> online výpůjček e-knih</t>
   </si>
   <si>
     <t xml:space="preserve"> online výpůjček e-audioknih</t>
   </si>
   <si>
     <t xml:space="preserve"> vzdělávacích akcí</t>
   </si>
   <si>
     <t>Počet</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> vstupů do elektronického katalogu a elektronického </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">výpůjčního </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>protokolu</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> návštěvníků </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>online (virtuálních)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Zaměstnanci v pracovním poměru (přepočtený stav)</t>
   </si>
   <si>
     <t xml:space="preserve"> Zaměstnanci v pracovním poměru (fyzické osoby) k 31. 12.</t>
   </si>
   <si>
     <t xml:space="preserve"> Dobrovolných pracovníků</t>
   </si>
   <si>
     <t xml:space="preserve"> Počet hodin odpracovaných dobrovolnými pracovníky ročně</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Osoby pracující na základě některé z dohod o pracích                      </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>konaných mimo pracovní poměr (DPP, DPČ)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Počet hodin odpracovaných osobami na základě DPP, DPČ</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Osoby v jiném než pracovněprávním vztahu                                           </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>(OSVČ, smlouvy o dílo aj.)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Počet hodin odpracovaných osobami v jiném než </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>pracovněprávním vztahu</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">   z toho (z ř. 0508) stažených k dlouhodobému užití</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">v tom 
 </t>
     </r>
     <r>
       <rPr>
@@ -2359,1012 +2338,947 @@
     <t>Kontrola: upozornění na vyplnění akcí v ř. 0408</t>
   </si>
   <si>
     <t>Kontrola: upozornění na vyplnění akcí v ř. 0410</t>
   </si>
   <si>
     <t xml:space="preserve"> Vyplněný výkaz doručte do 16. 2. 2026</t>
   </si>
   <si>
     <t>za rok 2025</t>
   </si>
   <si>
     <t>Výkaz je součástí Programu statistických zjišťování na rok 2025. Ochrana důvěrnosti údajů je zaručena zákonem č. 89/1995 Sb., o státní statistické službě, ve znění</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">v tom (z řádku </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>0102</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Návštěvníci knihovny (</t>
     </r>
     <r>
       <rPr>
         <sz val="6.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>fyzické návštěvy, součet ř. 0206 až 0208</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Návštěvníci celkem (fyzické + online, ř. 0205 + ř. 0209)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">v tom 
 (z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0205</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> registrovaní uživatelé </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>do 15 let</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> uživatelé registrovaní online</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Návštěvníci on-line služeb 
  (virtuální návštěvy z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0504 + 0507 + 0512 + 0513</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  z toho 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">(z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="6"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř.0201</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> * ve znění pozdějších předpisů</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0410 a 0411</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> vzdělávací akce v oblast ICT 
      (inform. a komunikačních technologií)
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  z toho (z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0410</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) online (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>virtuální</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) vzdělávací akce</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  z toho (z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0408</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) online (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>virtuální</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) kulturní, komunitní 
   a volnočasové akce pro veřejnost</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Počet odborných zaměstnanců (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>fyzické osoby</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">), 
  kteří splnili standard vzdělávání </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>k 31. 12.</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Profesní vzdělávání odborných zaměstnanců knihovny 
  (počet zaměstnanců – </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>fyzické osoby</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, kteří se vzdělávali </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>k 31. 12.</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>Výměnné 
 fondy</t>
   </si>
   <si>
     <t>Meziknihovní 
 výpůjční 
 služba v rámci 
 státu</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">v tom (z řádku </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>0302</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>naučná literatura dospělým uživatelům (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>knihy</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>krásná literatura dospělým uživatelům (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>knihy</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>naučná literatura dětem (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>knihy</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>krásná literatura dětem (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>knihy</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>návštěvníků online (virtuálních)</t>
   </si>
   <si>
     <t>VI. PRACUJÍCÍ OSOBY A DOBROVOLNÍCI</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Prezenční výpůjčky evidované (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>z ř. 0302</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">) </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>5</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> kladně vyřízených požadavků zaslaných 
  jiným knihovnám</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Profesní vzdělávání odborných zaměstnanců knihovny 
  (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>počet hodin celkem k 31. 12.</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Kulturní, komunitní a volnočasové akce pro veřejnost včetně 
  těch, kde knihovna není hlavní pořadatel 
  (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>besedy, výstavy, aj.</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  vlastních specializovaných databází</t>
   </si>
   <si>
     <t xml:space="preserve">  návštěv webové stránky knihovny za sledované období</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  vstupů do elektronického katalogu a elektronického </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ii</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>výpůjčního protokolu</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  licencovaných elektronických informačních zdrojů</t>
   </si>
   <si>
     <t xml:space="preserve">  vstupů do elektronických informačních zdrojů a databází
   celkem</t>
   </si>
   <si>
     <t xml:space="preserve">  zobrazených nebo stažených digitálních dokumentů</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  z toho (z </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0508</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) stažených k dlouhodobému užití</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  online výpůjček e-knih</t>
   </si>
   <si>
     <t xml:space="preserve">  online výpůjček e-audioknih</t>
   </si>
   <si>
     <t xml:space="preserve"> Počet hodin odpracovaných osobami v jiném než 
  pracovněprávním vztahu</t>
   </si>
   <si>
     <t xml:space="preserve"> nákup a pořízení licencí na elektronické zdroje </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Základní knihovny pověřené výkonem regionálních funkcí </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>13</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> svazků půjčených od jiných knihoven</t>
   </si>
   <si>
     <t xml:space="preserve"> svazků půjčených jiným knihovnám</t>
   </si>
   <si>
-    <t>Pouze virtuální akce. Kontrola: vazba na ř. 0512 návštěvníci online akcí.</t>
-[...4 lines deleted...]
-  <si>
     <t>Z ř.  0410 akce k inform. technologiím ve fyzickém i virtuálním prostoru</t>
   </si>
   <si>
     <t>ČV 111/25 ze dne 19. 9. 2024</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Knihovní jednotky celkem k 31. 12. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>sledovaného roku</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> 2</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> (součet ř. 0103 až 0113)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Výpůjčky celkem
  (fyzické + online,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> ř. 0302 + 0510+ 0511</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Primární absenční a prezenční výpůjčky fyzických dokumentů                  </t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>celkem (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>součet ř. 0303 až 0316</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) bez prolongací</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="5.4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Obsluhovaná populace=počet obyvatel okruhu působnosti knihovny,tj. počet obyvatel samostatné obecní resp. městské části (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="5.4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>včetně cizinců s pobytem na obsluhovaném území</t>
     </r>
     <r>
       <rPr>
         <sz val="5.4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>), pro jejíž obyvatele je vykazující knihovna zřízena k 31.12.</t>
     </r>
     <r>
       <rPr>
         <sz val="5.4"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="5.4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>(http://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx).</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Název zřizovatele </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>(vyplní se slovně)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> návštěvníci půjčoven a studoven</t>
   </si>
   <si>
     <t xml:space="preserve"> návštěvníci kulturních, komunitních a volnočasových 
  akcí pro veřejnost včetně těch, kde knihovna není 
  hlavní pořadatel</t>
   </si>
   <si>
     <t xml:space="preserve"> návštěvníci vzdělávacích akcí</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Přírůstky</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -3374,276 +3288,246 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Úbytky</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> 4</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Stav knihovního fondu celkem k 31. 12. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>min. roku</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> naučná literatura</t>
   </si>
   <si>
     <t xml:space="preserve"> krásná literatura</t>
   </si>
   <si>
     <t xml:space="preserve"> historické dokumenty</t>
   </si>
   <si>
     <t xml:space="preserve"> mikrografické dokumenty</t>
   </si>
   <si>
     <t xml:space="preserve"> kartografické dokumenty</t>
   </si>
   <si>
     <t xml:space="preserve"> tištěné hudebniny</t>
   </si>
   <si>
     <t xml:space="preserve"> zvukové</t>
   </si>
   <si>
     <t xml:space="preserve"> zvukově obrazové</t>
   </si>
   <si>
     <t xml:space="preserve"> obrazové</t>
   </si>
   <si>
     <t xml:space="preserve"> elektronické dokumenty</t>
   </si>
   <si>
     <t xml:space="preserve"> jiné</t>
-  </si>
-[...26 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Náklad (počet výtisků </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>v ks</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> Náklad (počet výtisků </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7.5"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>v ks</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7.5"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Plocha knihovny pro uživatele </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>v m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Počet studijních míst </t>
-    </r>
-[...15 lines deleted...]
-      <t xml:space="preserve"> Počet počítačů připojených na internet pro uživatele </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>k 31. 12.</t>
+      <t>k 31.12.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Počet hodin pro veřejnost týdně </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Tržby za vlastní výkony (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>výrobky, služby</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) a za zboží</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   z toho výnosy (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>příjmy</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) z hlavní činnosti</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Příjmy (výnosy) celkem 
  (</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>součet ř. 0701 + ř. 0703 až 0707 + ř. 0709 + ř. 0710)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Dotace a granty na investice celkem 
  (</t>
     </r>
@@ -3672,90 +3556,86 @@
       <t xml:space="preserve"> Osobní náklady (</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>součet ř. 0804 až 0807)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Daně a poplatky (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>bez daně z příjmů</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Daň z příjmů (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>účt. skupina 59</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Výdaje (náklady) celkem 
  (</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>součet ř. 0801 + ř. 0803 + ř. 0811 až 0814)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   z toho výdaje na hlavní činnost (</t>
     </r>
     <r>
@@ -3828,510 +3708,480 @@
       <t xml:space="preserve"> nehmotný majetek </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>12</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   z toho (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>ř. 0902</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>) pojízdných</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>11</t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Vstupní cena vyšší než 80 000 Kč a provozně-technické funkce delší než jeden rok (§26 ZDP).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>12</t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Doba použitelnosti delší než jeden rok.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Uvede se počet fyzických osob bez ohledu na počet uzavřených dohod.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">6 </t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Vyplňují všechny knihovny. Uvede se týdenní počet hodin u ZKNP, ostatní knihovny s více útvary pro veřejnost </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> uvedou týdenní počet hodin u nejdéle otevřeného útvaru. Nesčítají se provozní doby jednotlivých útvarů. Údaj </t>
   </si>
   <si>
     <t xml:space="preserve"> se nesumarizuje.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">7 </t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Uvede se celoroční průměr evidenčního počtu zaměstnanců přepočtený na plně zaměstnané. ZKNP vyplňují </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  alespoň řádek 0609 a pouze mají-li uzavřenu řádnou pracovní smlouvu.</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>13</t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Základní knihovny pověřené krajskou knihovnou výkonem regionálních funkcí, které vykonávají statistická </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">    zjišťování.</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>10</t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Pokud jste uhradili předplatné či licenci na více než jeden rok, uvádějte výdaj jen za konkrétní kalendářní </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">    rok.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Zaměstnanci v pracovním poměru (fyzické osoby) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>k 31.12.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Zaměstnanci v pracovním poměru (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>přepočtený stav</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">) </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>7</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Počet hodin odpracovaných osobami na základě </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>DPP, DPČ</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Osoby pracující na základě některé z dohod o pracích 
  </t>
   </si>
   <si>
     <t xml:space="preserve"> Osoby v jiném než pracovněprávním vztahu 
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (OSVČ, smlouvy o dílo aj.)</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>9</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  Vzdělávací akce (semináře, kurzy, aj.)</t>
   </si>
   <si>
     <t>v tom (z řádku 0205)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> kulturních, komunitních a volnočasových 
  akcí pro veřejnost včetně těch, kde knihovna </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>není hlavní pořadatel</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> kulturních, komunitních a volnočasových 
  akcí pro veřejnost včetně těch, kde         </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>knihovna není hlavní pořadatel</t>
     </r>
   </si>
   <si>
     <t>Ostatní knihovny evidované dle knihovního zákona č. 257/2001 Sb.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Náklady na pořízení knihovního fondu celkem (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">z ř. 0801 </t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color theme="0"/>
+        <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>i</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>včetně  periodik na pořízení licencí na elektronické zdroje)</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>10</t>
     </r>
   </si>
   <si>
     <t>Právní forma zpravodajské jednotky (zakroužkuje se odpovídající právní forma)</t>
   </si>
   <si>
     <r>
       <t>v tom 
 (z</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>řádku</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 0803</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  historické dokumenty</t>
   </si>
   <si>
     <t xml:space="preserve"> návštěvy půjčoven a studoven</t>
   </si>
   <si>
     <t xml:space="preserve"> návštěvy kulturních akcí</t>
   </si>
   <si>
     <t xml:space="preserve"> návštěvy vzdělávacích akcí</t>
   </si>
   <si>
     <t>MVS z jiných k.-kladně vyřízené</t>
   </si>
   <si>
     <t>MVS jiným k.-kladně vyřízené</t>
   </si>
   <si>
     <t>Profesní vzdělávání (fyz. osoby)</t>
   </si>
@@ -4366,78 +4216,75 @@
     <t>Zaměstnanci - přepočtený stav</t>
   </si>
   <si>
     <t>Počet osob DPP a DPČ</t>
   </si>
   <si>
     <t>Počet odprac. hodin DPP a DPČ</t>
   </si>
   <si>
     <t>Počet osob OSVČ atd.</t>
   </si>
   <si>
     <t>Počet odprac. hodin OSVČ atd.</t>
   </si>
   <si>
     <t xml:space="preserve"> kladně vyřízených požadavků z jiných                 knihoven</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> konaných mimo pracovní poměr (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>DPP,DPČ</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">) </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>8</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> z ř. 0201  uživatelé registr. online</t>
   </si>
   <si>
     <t xml:space="preserve"> z ř. 0201 uživatelé do 15 let</t>
   </si>
   <si>
     <t>Návštěvníci online služeb</t>
   </si>
   <si>
     <t>Návštěvníci celkem (ř.0205+0209)</t>
   </si>
   <si>
     <t>Primární výpůjčky fyzické celkem</t>
   </si>
   <si>
     <t>Počet dobrovolníků (osoby)</t>
   </si>
   <si>
     <t>Dobrovolníci -počet odprac. hodin</t>
   </si>
@@ -4466,89 +4313,84 @@
     <t>Údaj se automaticky přičítá do ř. 0301.</t>
   </si>
   <si>
     <t>Kontrola ve sloupci vpravo: Kladné číslo signalizuje nevyčerpané příjmy. Záporné číslo signalizuje, že výdaje byly vyšší než příjmy.</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní             
 základní knihovny 
 s profesionálními  
 pracovníky        </t>
   </si>
   <si>
     <t>Základní knihovny   
 s neprofesionálními
 pracovníky</t>
   </si>
   <si>
     <t>v tom
 (z ř. 0817)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="5.5"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">   o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní</t>
   </si>
   <si>
     <t xml:space="preserve">   </t>
   </si>
   <si>
     <t xml:space="preserve">   vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.</t>
   </si>
   <si>
     <t>Uvede se počet fyzických osob bez ohledu na počet uzavřených smluv.</t>
   </si>
   <si>
     <t>Pokyn k vyplňování</t>
   </si>
   <si>
-    <t xml:space="preserve">Počet zaměstnanců knihovny v hlavním pracovním poměru, přepočtený na plně zaměstnané za rok. Tzn. Zaměstnanci s pracovní smlouvou, jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance. Vykazujeme na 1 desetinné místo. </t>
-[...1 lines deleted...]
-  <si>
     <t>V počtu studijních míst jsou zahrnuta i místa u počítačů pro veřejnost.</t>
   </si>
   <si>
     <t xml:space="preserve">ZÁVAZNÉ DEFINICE </t>
   </si>
   <si>
     <t>Pokyny pro vyplňování jednotlivých ukazatelů výkazu o knihovně za rok … Kult (MK) 12-01</t>
   </si>
   <si>
     <t>Zdroj: Deník knihovny vydaný ve spolupráci NIPOS a Knihovnického institutu Národní knihovny ČR</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>Veřejná knihovna</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Obsluhovaná populace</t>
   </si>
   <si>
     <t>3.</t>
@@ -5021,72 +4863,60 @@
   <si>
     <t>Pobočka</t>
   </si>
   <si>
     <t>Lokálně vyčleněná část knihovny, která je její organizační částí a pracuje pod jejím přímým vedením.</t>
   </si>
   <si>
     <t>75.</t>
   </si>
   <si>
     <t>Profesionální knihovna</t>
   </si>
   <si>
     <t>76.</t>
   </si>
   <si>
     <t>Neprofesionální knihovna</t>
   </si>
   <si>
     <t>77.</t>
   </si>
   <si>
     <t>Dohoda o provedení práce (DPP)</t>
   </si>
   <si>
-    <t>Dohoda o provedení práce je specifický druh pracovního vztahu, který je upraven zákoníkem práce. Na rozdíl od klasického pracovního poměru, DPP je omezena na určitý rozsah práce a nemá charakter trvalého pracovního zařazení.</t>
-[...1 lines deleted...]
-  <si>
     <t>78.</t>
   </si>
   <si>
     <t>Dohoda o pracovní činnosti (DPČ)</t>
   </si>
   <si>
-    <t>Dohoda o pracovní činnosti je druh pracovněprávního vztahu, který je upraven zákoníkem práce. Podobá se dohodě o provedení práce (DPP), ale má některé odlišnosti. Obě tyto dohody se liší od klasického pracovního poměru.</t>
-[...1 lines deleted...]
-  <si>
     <t>79.</t>
   </si>
   <si>
     <t>Jiný než pracovněprávní vztah (OSVČ, smlouvy o dílo aj.)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.</t>
   </si>
   <si>
     <t>Definice č. 80 až č. 116</t>
   </si>
   <si>
     <t>80.</t>
   </si>
   <si>
     <t>Výnosy z vlastních výkonů a za zboží (Kult ř. 0701)</t>
   </si>
   <si>
     <t>Výnosy z vlastních výkonů a zboží (účtová skupina 60). z hlavní i hospodářské činnosti.</t>
   </si>
   <si>
     <t>81.</t>
   </si>
   <si>
     <t>Výnosy (příjmy) z hlavní činnosti (Kult ř. 0702)</t>
   </si>
   <si>
     <t>82.</t>
   </si>
   <si>
     <t>Příspěvky, dotace a granty na provoz ze státního rozpočtu (Kult ř. 0703)</t>
   </si>
@@ -5320,412 +5150,262 @@
   </si>
   <si>
     <t>114.</t>
   </si>
   <si>
     <t>115.</t>
   </si>
   <si>
     <t>Investiční výdaje na hmotný majetek (Kult ř. 0818)</t>
   </si>
   <si>
     <t>116.</t>
   </si>
   <si>
     <t>Investiční výdaje na nehmotný majetek (Kult ř. 0819)</t>
   </si>
   <si>
     <r>
       <t>Plocha knihovny pro uživatele v m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t>110</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <r>
       <t>Odpisy</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>rezervy</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>opravné</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>položky</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>(Kult ř. 0813)</t>
     </r>
   </si>
   <si>
     <t>1.     Pokud konkrétní uživatel využije služby půjčovny nebo studovny (jednoho oddělení) v jeden den více než jednou, například 3x (1x dopoledne a 2x odpoledne) do Ročního výkazu o knihovně bude započtena jedna fyzická návštěva. Netýká se knihoven, které počítají fyzické návštěvy prostřednictvím turniketů či RFID bran.</t>
   </si>
   <si>
     <t>2.     Pokud konkrétní uživatel využije v jeden den služeb více než jednoho oddělení knihovny (hudební, dětské odd., čítárna, internet.) v rámci jedné budovy, bude započítána jedna fyzická návštěva. Netýká se knihoven které počítají fyzické návštěvy prostřednictvím turniketů či RFID bran.</t>
   </si>
   <si>
     <t>3.     Pokud konkrétní uživatel navštíví v jeden den půjčovnu nebo studovnu v hlavní budově knihovny, a ještě pobočku knihovny, která sídlí v jiné budově, budou započítány dvě fyzické návštěvy.</t>
   </si>
   <si>
     <t>4.     Pokud konkrétní uživatel využije v jeden den návratový box nebo selfcheck, bude započtena jedna fyzická návštěva.</t>
   </si>
   <si>
     <t>5.     Pokud konkrétní uživatel využije v jeden den návratový box nebo selfcheck a pobočku v jiné budově, budou započítány dvě fyzické návštěvy.</t>
   </si>
   <si>
     <t>6.     Pokud konkrétní uživatel využije v jeden den služby knihoboxu (zařízení pro vyzvednutí předem objednaných dokumentů), bude započítána jedna fyzická návštěva.</t>
-  </si>
-[...58 lines deleted...]
-    </r>
   </si>
   <si>
     <t>https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D</t>
   </si>
   <si>
     <t>Údaje o počtech obyvatel v obcích jsou dostupné z:</t>
   </si>
   <si>
     <t>Zařízení, v němž jsou způsobem zaručujícím rovný přístup všem bez rozdílu poskytovány veřejné knihovnické a informační služby.</t>
   </si>
   <si>
     <r>
       <t>Počet obyvatel okruhu působnosti knihovny, počet obyvatel obce nebo obcí, obecní nebo městské části, pro jejíž obyvatele je vykazující knihovna zřízena. U krajské knihovny je obsluhovanou populací počet obyvatel krajského města. Uvádí se stav k 31. 12. vykazovaného roku</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>. Celkový součet obyvatel by měl odpovídat statisticky sledovanému území (např. obec, městská část). Do počtu obsluhované populace se započítávají také cizinci s realizovaným pobytem (trvalý a přechodný).</t>
     </r>
   </si>
   <si>
     <t>Knihovní dokument, který vznikl před rokem 1860 nebo který má v daném oboru pro svou jedinečnost historickou hodnotu. Případně jiný dokument zvláštní historické a kulturní hodnoty, pokud byl takto vymezen ve statutu knihovny nebo v jiném právním předpisu. Zahrnuje rukopisy, tištěné knihy, archiválie apod.</t>
   </si>
   <si>
     <t>Dokument, jenž vznikl mikrografickou cestou, je uložen na mikrografických médiích (mikrofilmech, mikrofiších apod.) a vyžaduje pro čtení technické zařízení. Nezahrnuje diapozitivy.</t>
   </si>
   <si>
     <t>Dvojrozměrné a trojrozměrné mapy, plány, atlasy s kartografickou informací, globusy, topografické modely, plastické mapy a letecké snímky (nezahrnuje kartografické dokumenty ve formě knihy, v mikrografické, audiovizuální a elektronické formě).</t>
   </si>
   <si>
     <t>Dokument (fyzický nosič) se záznamem zvuku (zejména hudby a mluveného slova), např. MP3, CD, magnetofonový pásek, kazeta, gramofonová deska apod. Poslech vyžaduje technické zařízení.</t>
   </si>
   <si>
     <t>Základní jednotka evidence a statistiky knihovního fondu zapsaná v přírůstkovém se­znamu.</t>
   </si>
   <si>
     <t xml:space="preserve">Všechny zbývající nezařazené dokumenty, např. normy, patentové spisy, firemní literatura, separáty, trojrozměrné dokumenty, multimediální soubory, deskové (společenské) hry atd. </t>
   </si>
   <si>
-    <r>
-[...14 lines deleted...]
-  <si>
     <t>Dokument v tištěné nebo elektronické formě, vydávaný postupně s pravidelnou nebo nepravidelnou periodicitou, obvykle s číselným nebo chronologickým označením, pod stejným názvem a se záměrem stálého pokračování. Zahrnuje např. časopisy, noviny, sborníky, výroční zprávy.</t>
   </si>
   <si>
     <t>Knihovní fond, který je přímo přístupný uživatelům bez zprostředkování knihovníkem.</t>
   </si>
   <si>
     <t>Souhrn knihovních jednotek, které byly vyřazené z knihovního fondu během vykazovaného období (ztráty, poškození, aktualizace, převod do jiné knihovny při organizační změně apod.) a evidovány v seznamu úbytků.</t>
   </si>
   <si>
     <t>Dokument, jehož základní charakteristikou je dvojrozměrné obrazové vyjádření, a to buď statické (např. fotografie, malba, umělecká reprodukce aj.) nebo dynamické (napři. filmový záznam bez zvuku).</t>
   </si>
   <si>
     <t>Fyzická nebo právnická osoba, která měla během alespoň části vykazovaného období platnou registraci v knihovně (nově založenou, obnovenou, nebo platnou z minulého období) a v průběhu běžného roku realizovala evidovanou operaci v knihovně (například: výpůjčka, rezervace aj.). Tato fyzická nebo právnická osoba se v jedné knihovně započítává pouze jednou ve vykazovaném roce.</t>
   </si>
   <si>
-    <r>
-[...14 lines deleted...]
-  <si>
     <t>Fyzická nebo právnická osoba, která se ve vykazovaném období zaregistrovala do knihovny online formou. Například prostřednictvím bankovní identity nebo jiné elektronické aplikace, kterou knihovna využívá.</t>
   </si>
   <si>
     <t>Fyzická osoba, která nedovršila ve vykazovaném období (1. 1. – 31. 12.) 15 let, a která měla během alespoň části vykazovaného období platnou registraci v knihovně (nově založenou, obnovenou, nebo platnou z minulého období) a v průběhu běžného roku realizovala evidovanou operaci v knihovně (například: výpůjčka, rezervace aj.). Tato fyzická osoba se v jedné knihovně započítává pouze jednou ve vykazovaném roce.</t>
   </si>
   <si>
     <t>Každý, kdo toho dne osobně navštívil knihovnu a využil některou z jejích služeb, kulturních, komunitních nebo vzdělávacích akcí (fyzická návštěva). Dále každý, kdo vstoupil do elektronického katalogu prostřednictvím webového rozhraní, resp. každý adresný vstup do výpůjčního protokolu, do specializovaných databází a licencovaných elektronických zdrojů apod. Dále každý, kdo se zúčastnil online (virtuální) vzdělávací, kulturní, komunitní nebo volnočasové akce z prostor mimo knihovnu.</t>
   </si>
   <si>
     <t>Každý návštěvník kulturní, komunitní nebo volnočasové akce, která byla pořádána knihovnou nebo jinou organizací ve spolupráci s knihovnou, bez ohledu na to, zda je nebo není registrovaným uživatelem knihovny.</t>
   </si>
   <si>
     <t xml:space="preserve">Každý, kdo se účastnil nebo následně sledoval knihovnou pořádané online (virtuální) kulturní komunitní nebo volnočasové akce. Tzn. každý, kdo sledoval akci prostřednictvím sociálních sítí nebo webové stránky knihovny ať už v reálném čase konání akce nebo zpětně. Metodika vykazování počtu návštěvníků online akcí je dostupná na webové stránce Knihovnického institutu v oddíle statistika: </t>
   </si>
   <si>
     <t>https://ipk.nkp.cz/statistika-pruzkumy-dokumenty/statistiky</t>
   </si>
   <si>
-    <r>
-[...51 lines deleted...]
-  <si>
     <t>Fyzická nebo právnická osoba, která není ve vykazovaném období registrována v knihovně, ale která využije některou službu v knihovně, která není vázána na registraci (např. prezenční výpůjčky, vzdělávací, kulturní nebo komunitní akci, přístup na internet nebo jinou digitální službu…)</t>
   </si>
   <si>
     <t xml:space="preserve">Každý, kdo se účastnil nebo následně sledoval knihovnou pořádané online (virtuální) vzdělávací akce. Tzn. každý, kdo sledoval akci prostřednictvím sociálních sítí nebo webové stránky knihovny ať už v reálném čase konání akce nebo zpětně. Metodika vykazování počtu návště­níků online akcí je dostupná na webové stránce Knihovnického institutu v oddíle statistika: </t>
   </si>
   <si>
     <t>Každý, kdo vstoupil do elektronického katalogu prostřednictvím webového rozhraní, resp. každý adresný vstup do výpůjčního protokolu, do specializovaných databází a licencovaných elektronických zdrojů apod. Dále osoba, která se zúčastnila online (virtuální) vzdělávací, kulturní, komunitní nebo volnočasové akce z prostor mimo knihovnu.</t>
   </si>
   <si>
     <t>Při evidenci ve výpůjčním protokolu musí být rozlišeno, zda se jedná o absenční výpůjčku, prezenční výpůjčku nebo prolongaci. PROLONGACE se NEEVIDUJÍ.</t>
   </si>
   <si>
     <t xml:space="preserve">Výpůjčka je primární absenční nebo prezenční evidované půjčení jedné knihovní jednotky jednomu uživateli. Půjčení je na omezenou dobu danou výpůjčním řádem knihovny </t>
   </si>
   <si>
     <t>Knihovnou registrované a zaevidované půjčení jedné knihovní jednotky v prostorách knihovny </t>
   </si>
   <si>
     <t>Knihovnou registrované a zaevidované půjčení jedné knihovní jednotky mimo prostor knihovny.</t>
   </si>
   <si>
     <t>Primární fyzická výpůjčka vědecké, odborné a populárně naučné literatury ze všech oborů lidské činnosti nebo encyklopedické literatury ve formě papírové knihy dospělému uživateli.</t>
   </si>
   <si>
     <t>Primární fyzická výpůjčka vědecké, odborné a populárně naučné literatury ze všech oborů lidské činnosti nebo encyklopedické literatury ve formě papírové knihy uživateli mladšímu 15 let.</t>
@@ -5736,78 +5416,50 @@
   <si>
     <t>https://ipk.nkp.cz/legislativa/normy-standardy-doporuceni</t>
   </si>
   <si>
     <t xml:space="preserve">Základní doporučené údaje, které by měla obsahovat web/webová stránka knihovny jsou popsány v dokumentu Standard pro dobrou knihovnu                             (v aktuálním znění), dostupný z: </t>
   </si>
   <si>
     <t>Při započítávání návštěv odfiltrovat v nejvyšší možné míře návštěvy robotů a jiných automatických nástrojů, které nelze považovat za návštěvy reálných uživatelů.</t>
   </si>
   <si>
     <t>Elektronická služba knihovny, která má jednoznačnou doménu na internetu nebo využívá domény jiného subjektu. Obsahuje základní informace o knihovně a jejích službách a zprostředkovává elektronické služby knihovny (např. elektronický katalog, licencované i vlastní databáze, online výpůjční služby, online informační služby</t>
   </si>
   <si>
     <t>Připojení uživatele do vlastního uživatelského konta z elektronického zařízení.</t>
   </si>
   <si>
     <t>Elektronická evidence uživatelů, výpůjček a dalších operací vztahujících se k jednotlivým uživatelským kontům. Statistika sleduje vstupy registrovaných uživatelů do protokolu, které mohou uživatelé realizovat pouze na základě svých přihlašovacích údajů.</t>
   </si>
   <si>
     <t>Úspěšný požadavek na elektronický katalog (OPAC) uskutečněný z libovolného elektronického zařízení bez ohledu na místo připojení (z prostor i mimo prostor knihovny). Je to jeden cyklus uživatelských aktivit, který začíná připojením uživatele k OPAC a končí ukončením aktivit v OPAC. Průměrná doba časové prodlevy je stanovena na 30 minut. Delší potřebná doba se vykazuje jako další připojení. Nerozlišují se vstupy uživatelů a zaměstnanců knihovny. Údaje o po­čtech vstupů jsou k dispozici z automatizovaného knihovního systému.</t>
   </si>
   <si>
     <t>Veřejně dostupný online elektronický katalog knihovny přístupný prostřednictvím počítačové sítě, např. internetu. Je určen fyzickým i virtuálním uživatelům knihovny. Kromě vlastního vyhledávání záznamů dokumentů obvykle zpřístupňuje i řadu dalších služeb, např. umožňuje správu uživatelského konta, přístup k dalším informačním zdrojům apod.</t>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t>Zpřístupnění digitálního dokumentu nebo jeho části. Nezapočítává se pouhé stažení obálky, obsahu či jiné doprovodné součásti dokumentu.</t>
   </si>
   <si>
     <t>Pro dokumenty zpřístupňované ze serverů jiných poskytovatelů dodává statistiky poskytovatel příslušné služby případně vedoucí konsorcia. Zpřístupňuje-li knihovna vlastní digitální dokumenty (např. vlastní digitalizované objekty, elektronické disertace apod.), vykazuje statistiky sama.</t>
   </si>
   <si>
     <t>Dotace a granty na investice od ostatních tuzemských subjektů (Kult ř. 0715)</t>
   </si>
   <si>
     <t>Investiční výdaje na dlouhodobý hmotný a nehmotný majetek celkem (Kult ř. 0817</t>
   </si>
   <si>
     <t>mzdové náklady (mzda, plat, OON)</t>
   </si>
   <si>
     <t>https://ipk.nkp.cz/docs/Koncepce_CZV_20212027.pdf/</t>
   </si>
   <si>
     <t>Za elektronické informační zdroje považujeme báze dat zařazené do fondu knihovny, zpracované v lokálních informačních systémech a zpřístupňované prostřednictvím sítě. Jejich akvizice se uskutečňuje: nákupem dat, získáním přístupových práv v rámci lokální, regionální, národní, skupinové (konsorcia) nebo individuální licenční smlouvy, získáním přístupových práv na základě legislativní úpravy (povinný výtisk) digitalizací nebo cíleným lokálním ukládáním digitálních dokumentů v souladu s autorským právem. Za databázi se považují soubory či sestavy dat, faktografických údajů, textů a jiných digitálních objektů, které se zpřístupňují prostřednictvím společného rozhraní. Zahrnujeme sem zejména báze elektronických periodik zpřístupňované v rámci konsorcií, agregační báze typu EBSCO, JSTOR, ANOPRESS, které nabízejí periodika různých vydavatelů. Nezahrnují se volné zdroje, portály knihoven (např. virtuální odborné knihovny), soubory odkazů zpracované v bázi dat nebo elektronické kurzy. Nezahrnují se rovněž tituly přístupné jako pay-per-view nebo báze přístupné pouze na testování.</t>
   </si>
   <si>
     <t>Vstup (připojení) do elektronických informačních zdrojů a databází (dále jen databáze). Je definován jako úspěšný požadavek na databázi. Průměrná doba časové prodlevy je stanovena na 30 minut. Delší potřebná doba se vykazuje jako další připojení. Nerozlišují se vstupy uživatelů a zaměstnanců knihovny. Zahrnuje se počet vstupů do elektronických informačních zdrojů a databází vlastních i licencovaných. Úspěšný požadavek na databázi nebo informační zdroj uskutečněný z počítače v prostorách knihovny. Zahrnuje se počet vstupů do vlastních i licencovaných elektronických informačních zdrojů a databází.</t>
   </si>
   <si>
     <t>Počet stažených ("download“) dokumentů z vlastních specializovaných databází a licencovaných elektronických informačních zdrojů, případně z OPAC, které si uživatel stáhl a mohl nadále využívat ve svém zařízení, aniž by zůstal připojen k elektronickým službám knihovny. Lze započítat i zobrazování (stahování) samostatných digitálních dokumentů umístěných na webové stránce knihovny, např. digitalizované knihy a periodika. Podmínkou je, aby tyto dokumenty byly evidovány a zpracovány jakou součást knihovního fondu. Pro dokumenty zpřístupňované ze serverů jiných poskytovatelů dodává statistiky poskytovatel příslušné služby případně vedoucí konsorcia. Zpřístupňuje-li knihovna vlastní digitální dokumenty (např. vlastní digitalizované objekty, elektronické disertace apod.), vykazuje statistiky sama knihovna.</t>
@@ -5986,59 +5638,53 @@
   <si>
     <t>Účet 527 obsahuje náklady podle § 24, odst. 2 písm. j zákona o dani z příjmu, pokud se na příslušnou účetní jednotku vztahují podle jiného právního předpisu (zejména náklady na pracovní a sociální podmínky, náklady na bezpečnost a ochranu zdraví při práci, pracovně lékařské služby, náklady na odborný rozvoj zaměstnanců, závodní stravování), včetně přídělu do fondu kulturních a sociálních potřeb. Je součástí celkové částky Osobní náklady viz definice 100 a Kult ř. 0803.</t>
   </si>
   <si>
     <t>Částka z řádku Kult 0801. Souhrn veškerých výdajů za všechny dokumenty zakoupené knihovnou během sledovaného roku do knihovního fondu, na výměnu dokumentů, náklady na nákup periodik, předplatné periodik a pořízení licencí na elektronické informační zdroje. Přičemž licence mohou být účtovány i na účtu 518 a 549.</t>
   </si>
   <si>
     <t>Z celkové částky na pořízení knihovního fondu definice č. 105 (Kult ř. 0808) se uvede pouze částka na pořízení periodik.</t>
   </si>
   <si>
     <t>Náklady na úhradu licencí na elektronické informační zdroje. Uvádí se z celkové částky na pořízení knihovního fondu definice 105 (Kult ř. 0808). Účty 518 a 549.</t>
   </si>
   <si>
     <t>Pozn. účty 528 a 525 pokud nebudou v osobních nákladech a 527 pokud je v osobních nákladech jen příděl do FKSP.</t>
   </si>
   <si>
     <t xml:space="preserve">Uvede se součet částek z řádků Kult ř. 0801 + ř. 0803 + ř. 0811 až ř. 0814.  </t>
   </si>
   <si>
     <t>Z částky Výdaje (náklady) celkem (ř. 0815) se uvedou pouze výdaje na hlavní činnost. Viz též z Výkazu zisku a ztráty – Náklady celkem, ze sloupce Na hlavní činnost.</t>
   </si>
   <si>
     <t>Uvede se součet investičních výdajů za hmotný majetek (definice č. 115) a nehmotný majetek (definice č. 116), tzn. součet řádků Kult ř. 0818 a 0819.</t>
   </si>
   <si>
-    <t>Výdaje na majetek, jehož vstupní cena je vyšší než 80 000 Kč a provozně technické funkce delší než jeden rok. Je součástí částky v Kult ř. 0817.</t>
-[...1 lines deleted...]
-  <si>
     <t>Doba použitelnosti delší než jeden rok. Je součástí celkové částky v Kult ř. 0817.</t>
   </si>
   <si>
-    <t>https://www.nipos-mk.cz</t>
-[...1 lines deleted...]
-  <si>
     <t>Název zpravodajské jednotky (ZJ) – knihovny včetně názvu obce/města působení</t>
   </si>
   <si>
     <t>IČO a Evidenční číslo knihovny (udělené MK ČR, bez lomítka a roku)</t>
   </si>
   <si>
     <t>www stránky ZJ (zpravodajské jednotky)</t>
   </si>
   <si>
     <t>Velikost obsluhované populace – viz Definice č. 2, údaje o počtu obyvatel jsou dostupné z…</t>
   </si>
   <si>
     <t>Bezbariérový přístup (označte X) zda ANO či NE.</t>
   </si>
   <si>
     <t>I. Knihovní fond</t>
   </si>
   <si>
     <t>Stav na konci minulého roku (Ř. 0101) + přírůstek ve sledovaném roce (Ř. 0116) - [mínus] úbytek ve sledovaném roce (Ř. 0117) = stav na konci sledovaného (vykazova­ného) roku (Ř. 0102)</t>
   </si>
   <si>
     <t>Podkladem pro vyplnění výkazu je především Deník knihovny, z něhož se čerpají údaje do oddílu II. Uživatelé, III. Výpůjčky, IV. Další údaje a oddílu V. Elektronické služby. Do oddílu I. Knihovní fond jsou přebírány údaje z přírůstkových a úbytkových seznamů, seznamů docházejících periodik a dalších evidencí, které si knihovna dle svého uvážení a potřeb vede. Údaje do oddílů výkazu lze přebírat i z elektronické formy evidencí (statistik), vede-li je knihovna. Zdrojem údajů do oddílu VI. Pracovníci jsou údaje z personální agendy. Podklady pro vyplnění oddílu VII. Příjmy, resp. výnosy a oddílu VIII. Výdaje, resp. náklady jsou účetní evidence, výkaz zisku a ztráty a rozvaha.</t>
   </si>
   <si>
     <t>Identifikační údaje o zpravodajské jednotce se uvádí dle skutečnosti v jednotlivých kolonkách:</t>
@@ -6328,68 +5974,59 @@
   <si>
     <t>Ř. 0604 = z ř. 0601 VOŠ knihovnického směru. (přepočtený stav).</t>
   </si>
   <si>
     <t>Ř. 0605 = z ř. 0601 VŠ ostatní. (přepočtený stav).</t>
   </si>
   <si>
     <t>Ř. 0606 = z ř. 0601 VOŠ ostatní (přepočtený stav).</t>
   </si>
   <si>
     <t>Ř. 0607 = z ř. 0601 SŠ knihovnického směru (přepočtený stav).</t>
   </si>
   <si>
     <t>Ř. 0608 = z ř. 0601 SŠ ostatní (přepočtený stav).</t>
   </si>
   <si>
     <t>Ř. 0609 = z ř. 0601 ostatní zaměstnanci (tj. neuvedení v řádcích 0603 až 0608).</t>
   </si>
   <si>
     <t>Ř. 0610 = Počet osob pracujících na základě některé z dohod o pracích konaných mimo pracovní poměr (DPP, DPČ). Uvede se počet fyzických osob bez ohledu na počet uzavřených dohod. Definice č. 77 a 78.</t>
   </si>
   <si>
     <t>Ř. 0611 = Počet hodin odpracovaných osobami na základě DPP, DPČ, Uvede se počet odpracovaných hodin celkem.</t>
   </si>
   <si>
-    <t>Ř. 0612 = Osoby v jiném než pracovněprávním vztahu (OSVČ, smlouvy o dílo aj.). Vztahuje se na osoby pracující na základě smlouvy (licenční smlouvy, autorské dohody, smlouvy o spolupráci, smlouvy o dílo aj.), osoby samostatně výdělečně činné, pracující ve vlastním podniku a pomáhající rodinné příslušníky. Poznámka: Nezahrnuje jednorázové služby. Pokud se alespoň jedna smlouva či dohoda vztahovala k odborné činnosti, uvede se pouze jednou jako odborný pracovník. Definice č. 79.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ř. 0614 = Počet dobrovolných pracovníků. Vyplní se dle skutečnosti ve vykazující knihovně za vykazované období. Uvádí se počet fyzických osob. Definice č. 72.</t>
   </si>
   <si>
     <t>Ř. 0615 = Počet hodin odpracovaných dobrovolnými pracovníky celkem za vykazované období. Vyplní se dle skutečnosti ve vykazující knihovně za vykazované období. Definice č. 73.</t>
   </si>
   <si>
     <t>Definice č. 82–118 se vztahují k vykazování údajů o hospodaření. Oddíly VII. a VIII. Oddíly vyplňují všechny knihovny dle skutečnosti. Údaje se získají z Výkazu zisku a ztráty sestaveného k 31. 12. b. r., a analytického účtování, resp. platné směrné účtové osnovy, vyhláška č. 410/2009 Sb., v platném znění.</t>
   </si>
   <si>
-    <t>Ř. 0713 = Definice č. 92 – Dotace a granty na investice z rozpočtu kraje.</t>
-[...4 lines deleted...]
-  <si>
     <t>Ř. 0701= Definice č. 80 – Tržby za vlastní výkony (výrobky, služby) a za zboží. Výnosy z vlastních výkonů a zboží (účtová skupina 60). Z hlavní i hospodářské činnosti.</t>
   </si>
   <si>
     <t>Ř. 0702 = Definice č. 81 – z Ř. 0701 – Výnosy (příjmy) z hlavní činnosti. Z Ř. 0701 pouze výnosy (příjmy) z hlavní činnosti, tj. ponížené o příjmy z hospodářské činnosti. Nemá-li knihovna hospodářskou činnost, Ř. 0702 se rovná Ř. 0701.</t>
   </si>
   <si>
     <t>Ř. 0703 = Definice č. 82 – Příspěvky, dotace a granty ze státního rozpočtu. V jedné částce se uvádí součet všech příspěvků, dotací a grantů, subvencí, nenávratné finanční výpomoci, podpor, peněžních darů na provoz knihovny ze státního rozpočtu, tj. z ministerstev a jiných subjektů státu, (účet 67).</t>
   </si>
   <si>
     <t>Ř. 0704 = Definice č. 83 – Příspěvky, dotace a granty z rozpočtu kraje. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu kraje. (úč. 67).</t>
   </si>
   <si>
     <t>Ř. 0705 = Definice č. 84 – Příspěvky, dotace a granty z rozpočtu obce. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu obce. (účet 67).</t>
   </si>
   <si>
     <t>Ř. 0706 = Definice č. 85 – Příspěvky, dotace a granty na provoz od ostatních subjektů. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny získaných od jiných subjektů, než je stát, kraj a obec. (účet 672).</t>
   </si>
   <si>
     <t>Ř. 0707 = Definice č. 86 – Příspěvky, dotace a granty na provoz ze zahraničí. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny získaných od zahraničních subjektů.</t>
   </si>
   <si>
     <t>Ř. 0708 = Definice č. 87 – z Ř. 0707– Příspěvky, dotace a granty na provoz z fondů EU. V jedné částce se uvádí součet všech dotací, příspěvků a grantů na provoz knihovny získaných z fondů EU z celkové částky získané ze zahraničí, tj. z ř. 0707 viz definice č. 88 (účtová skupina 67).</t>
   </si>
   <si>
     <t>Ř. 0709 = Definice č. 88 – Dary a sponzorské příspěvky. V jedné částce se uvádí součet všech darů. Sponzorský příspěvek uvádět jen v případě, že není vázán na protislužbu a chápán jako platba za její poskytnutí (reklama).</t>
@@ -6446,205 +6083,541 @@
     <t>Ř. 0808 – Náklady na pořízení knihovního fondu celkem. Částka z řádku Kult 0801. Souhrn veškerých výdajů za všechny dokumenty zakoupené knihovnou během sledovaného roku do knihovního fondu, na výměnu dokumentů, náklady na nákup periodik, předplatné periodik a pořízení licencí na elektronické informační zdroje. Přičemž licence mohou být účtovány i na účtu 518 a 549.</t>
   </si>
   <si>
     <t>Ř. 0809 – Nákup a předplatné periodik.  Z celkové částky na pořízení knihovního fondu definice č. 106 (Kult Ř. 0808) se uvede pouze částka na pořízení periodik.</t>
   </si>
   <si>
     <t>Ř. 0810 – Nákup a pořízení licencí na elektronické zdroje. Náklady na úhradu licencí na elektronické informační zdroje. Uvádí se z celkové částky na pořízení knihovního fondu definice č. 107 (Kult Ř. 0808). Účty 518 a 549.</t>
   </si>
   <si>
     <t>Ř. 0811 – Daně a poplatky (bez daně z příjmů). Souhrn částek za daně silniční, z nemovitostí, ostatní daně a poplatky … (účtová sku­pina 53).</t>
   </si>
   <si>
     <t>Ř. 0812 – Daň z příjmů. Účtová skupina 59.</t>
   </si>
   <si>
     <t>Ř. 0813 – Odpisy dlouhodobého majetku.  Včetně nákladů z pořízení drobného dlouhodobého majetku (účt. sk. 55).</t>
   </si>
   <si>
     <t>Ř. 0814 – Ostatní provozní náklady výše neuvedené. Výše neuvedené ostatní náklady z činností a finanční náklady (zejména z účet. sk. 55).</t>
   </si>
   <si>
     <t>Ř. 0815 – Výdaje (náklady) celkem. Uvede se součet částek z řádků Kult 0801 + ř. 0803 + ř. 0811 až ř. 0814. (Ř. 0815 = součet (∑) ř. 0801 + 0803 + 0811 + 0812 + 0813 + 0814.)</t>
   </si>
   <si>
     <t>Ř. 0816 – Výdaje na hlavní činnost. Z částky Výdaje (náklady) celkem (ř. 0815) se uvedou pouze výdaje na hlavní činnost. Viz též z Výkazu zisku a ztráty – Náklady celkem, ze sloupce Na hlavní činnost.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ř. 0818 – Výdaje na hmotný investiční majetek. Výdaje na majetek, jehož vstupní cena je vyšší než 80 000 Kč a provozně technické funkce delší než jeden rok. Je součástí částky v Kult ř. 0817.</t>
   </si>
   <si>
     <t>Ř. 0819 – Výdaje na nehmotný investiční majetek. Doba použitelnosti delší než jeden rok. Je součástí celkové částky v Kult Ř. 0817.</t>
   </si>
   <si>
     <t>521 mzdové náklady (mzda, plat, OON)</t>
   </si>
   <si>
     <t>524 zákonné sociální pojištění</t>
   </si>
   <si>
     <t>525 jiné sociální pojištění</t>
   </si>
   <si>
     <t>527 zákonné sociální náklady</t>
   </si>
   <si>
     <t>528 jiné sociální náklady</t>
   </si>
   <si>
     <t>Roční výkaz o knihovně Kult (MK) 12-01 vyplňují všechny knihovny v papírové nebo elektronické podobě. Výkaz má devět oddílů. Pokud se u vykazující knihovny některá z činností nevyskytuje, vyplní se příslušný řádek (pole) nulou. Formulář výkazu dostupný na:</t>
   </si>
   <si>
     <t>(Vyhláška č. 410/2009 Sb., kterou se provádějí některá ustanovení zákona č. 563/1991 Sb., o účetnictví, ve znění pozdějších předpisů, pro některé vybrané účetní jednotky., které jsou územními samosprávnými celky, příspěvkovými organizacemi, státními fondy a organizačními složkami státu, v platném znění. )</t>
   </si>
   <si>
     <t>Podklady získáte na ekonomickém oddělení (úseku) knihovny nebo v ekonomickém oddělení (úseku) zřizovatele (obecní, městský úřad). Definice vykazovaných položek z oblasti hospodaření a pro tento statistický účel budou uvedeny na webu KI NK ČR.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>Kontrola správnosti:</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Ř. 0102= součtu (∑) ř. 0101 + ř. 0116 – ř. 0117 + ř. 0118 – ř. 0119.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>Venkovní čítárna</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> = prostor patřící knihovně, který je součástí budovy nebo venkovní prostor na knihovnu těsně navazující, vybavený minimálně sedacím nábytkem, ve kterém mohou návštěvníci alespoň část roku využívat knihovnické a informační služby (například čtení, hraní společenských her, vzdělávací, kulturní a volnočasové akce atd.).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t>Komunitní aktivity</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> = knihovnou pořádané akce, které oslovují obyvatele regionálně příslušných lokalit. Řadí se mezi ně volnočasové a vzdělávací aktivity, jež knihovny poskytují veřejnosti s ohledem na specifické potřeby cílových skupin. Knihovny se pomocí těchto aktivit snaží být nejen místem mezigeneračního setkávání, seznámení obyvatel rozdílných etnik, národností, ale také prostorem pro lidi z různých sociálních poměrů.</t>
     </r>
   </si>
   <si>
     <t>PROLONGACE (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček NEUVÁDĚJÍ.</t>
   </si>
   <si>
     <t>Primární fyzická výpůjčka beletrie (prózy), poezie, divadelní hry, filmového scénáře ve formě papírové knihy dospělému uživateli. Primární výpůjčka = první knihovnou evidované půjčení konkrétní knihovní jednotky konkrétnímu uživateli. PROLONGACE (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček NEUVÁDĚJÍ.</t>
   </si>
   <si>
     <t>Primární výpůjčka = první knihovnou evidované půjčení konkrétní knihovní jednotky konkré­nímu uživateli.</t>
   </si>
   <si>
     <t>Primární fyzická výpůjčka beletrie (prózy), poezie, divadelní hry, filmového scénáře ve formě papírové knihy uživateli mladšímu 15 let. Primární výpůjčka = první knihovnou evidované půjčení konkrétní knihovní jednotky konkrétnímu uživateli. PROLONGACE (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček NEUVÁDĚJÍ.</t>
   </si>
   <si>
     <t>Pracující knihovna musí mít uvedenou plochu pro uživatele</t>
   </si>
   <si>
     <t>Pracující knihovna musí mít uvedeny otevírací hodiny.</t>
   </si>
   <si>
     <t>Pokud má knihovna počítač, musí mít k tomu uvedeno v ř. 0419 i studijní místo.</t>
   </si>
   <si>
     <t xml:space="preserve">Odborní pracovníci (z ř. 0405), kteří se během roku vzdělávali minimálně 8 hod. </t>
   </si>
+  <si>
+    <t>Ř. 0612 = Osoby v jiném než pracovněprávním vztahu (OSVČ, smlouvy o dílo aj.). POZNÁMKA: Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob. Definice č. 79.</t>
+  </si>
+  <si>
+    <t>Ř. 0818 – Výdaje na hmotný investiční majetek. Dlouhodobý majetek se vykazuje v souladu s legislativně stanovenými kritérii (zákony o daních z příjmů a účetnictví), zejména s ohledem na vstupní cenu a dobu použitelnosti delší než jeden rok.</t>
+  </si>
+  <si>
+    <t>Výdaje na hmotný investiční majetek. Dlouhodobý majetek se vykazuje v souladu s legislativně stanovenými kritérii (zákony o daních z příjmů a účetnictví), zejména s ohledem na vstupní cenu a dobu použitelnosti delší než jeden rok. Je součástí částky v Kult ř. 0817.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Počet zaměstnanců knihovny v hlavním pracovním poměru, přepočtený na plně zaměstnané za rok. Tzn. Zaměstnanci s pracovní smlouvou, jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance.                                       Vykazujeme na 2 desetinná místa. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pouze virtuální akce. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> Počet počítačů připojených na internet pro uživatele </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>k 31. 12.</t>
+    </r>
+  </si>
+  <si>
+    <t>Zdroj: Deník knihovny vydaný ve spolupráci NIK a Knihovnického institutu Národní knihovny ČR</t>
+  </si>
+  <si>
+    <r>
+      <t>Poznámka:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> Dokumenty v Braillově (hmatovém) písmu se zahrnují do krásné nebo naučné literatury.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Příklad:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> uživatel se registruje v listopadu roku 2024, v únoru si půjčí knihu a bude mu pro potřeby statistiky potvrzena registrace pro rok 2025. V listopadu 2025 mu projde roční registrace a požádá o její prodloužení, v tomto případě se obnovená registrace pro potřebu statistiky nezapočítává, ale započte se v roce 2026 při první zaznamenané transakci.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Příklad:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> uživatel se registruje v listopadu roku 2024, v únoru si půjčí knihu a bude mu pro potřeby statistiky potvrzena registrace pro rok 2025. V listopadu 2025 mu projde roční registrace a požádá o její prodloužení, v tomto případě se obnovená registrace pro potřebu statistiky nezapočítává, ale započte se v roce 2026 při první zaznamenané transakci.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Započítávají se i účastníci vzdělávacích akcí určených pro knihovníky a zřizovatele/ provozovatele knihoven, které </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>NEJSOU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> organizovány v rámci regionálních funkcí.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Knihovní jednotka</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> = fyzický dokument (např. kniha), digitální dokument na fyzickém nosiči (např. CD-ROM) nebo digitální dokument (např. elektronická kniha, elektronická audiokniha).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Primární výpůjčka</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> = první knihovnou evidované půjčení konkrétní knihovní jednotky konkrét­nímu uživateli.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>PROLONGACE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>NEUVÁDĚJÍ.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Počet návštěv webové stránky knihovny bez ohledu na počet stran nebo prohlížených souborů, z prostoru knihovny nebo z prostoru mimo knihovnu.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Návštěva webové stránky je definována jako série požadavků na stránky jednoho webu od jednoho unikátního návštěvníka v rámci časového intervalu 30 minut (tzn. – že nový požadavek na stránku dotčeného webu musí následovat maximálně za 30 minut od předchozího požadavku). Pokud mezi dvěma požadavky uplynulo více než 30 minut, jde již o novou návštěvu/návštěvníka. Toto pravidlo vychází z mezinárodního standardu organizace IF ABC a je používáno jak měřícími službami domácími, tak i zahraničními.</t>
+    </r>
+  </si>
+  <si>
+    <t>Dohoda o provedení práce je specifický druh pracovního vztahu, který je upraven zákoníkem práce. Na rozdíl od standardního pracovního poměru, DPP je omezena na určitý rozsah práce a nemá charakter trvalého pracovního zařazení. Jedná se o práci mimo hlavní pracovní poměr v rozsahu maximálně 300 hodin ročně pro jednoho zaměstnavatele (krátkodobé nebo jednorázové úkoly).
+Uveďte celkový počet jedinečných fyzických osob, které pro knihovnu v daném roce pracovaly na základě uzavřené DPP (řádek 0610). Každá osoba se počítá pouze jednou, bez ohledu na to, kolik samostatných DPP v průběhu roku uzavřela. Pokud měl například student DPP v létě na 200 hodin a poté v prosinci další DPP na jinou činnost na 50 hodin, do statistiky se započítá jako 1 osoba.</t>
+  </si>
+  <si>
+    <t>Dohoda o pracovní činnosti je druh pracovněprávního vztahu, který je upraven zákoníkem práce. Podobá se dohodě o provedení práce (DPP), ale má některé odlišnosti. Obě tyto dohody se liší od klasického pracovního poměru. Práce mimo hlavní pracovní poměr v rozsahu, který v průměru nepřekračuje polovinu stanovené týdenní pracovní doby (typicky 20 hodin týdně, analogicky k polovičnímu úvazku). Vhodná pro pravidelnou, ale časově omezenou činnost.
+Stejně jako u DPP uveďte celkový počet jedinečných fyzických osob, které v daném roce pro knihovnu pracovaly na DPČ (řádek 0611). I zde platí, že jedna osoba se počítá jen jednou.</t>
+  </si>
+  <si>
+    <t>Vztahuje se na osoby pracující na základě určitého typu dodavatelské smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné (OSVČ). Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob (např. s. r. o., a. s.). Tato kategorie tak obsahuje spolupráci s externími dodavateli (fyzickými osobami), kteří pracují na základě faktury, nikoli mzdy vyplývající z pracovní smlouvy. Evidence je založena na smluvních vztazích.
+Uveďte počet unikátních fyzických osob, se kterými měla knihovna v daném roce uzavřen smluvní vztah (smlouva o dílo, licenční smlouva, příkazní smlouva atd. – řádek 0612). Započítejte každého jednotlivého dodavatele (IČO nebo jméno) pouze jednou. Pokud jste například objednali u jednoho lektora (OSVČ) tři různé besedy v průběhu roku, do statistiky se vykáže jako 1 osoba. V řádku 0613 uveďte počet odpracovaných hodin těmito osobami, tj. v jiném než pracovněprávním vztahu. Počet hodin lze stanovit několika způsoby:
+•	uvedení předpokládaného rozsah práce v hodinách přímo ve znění smlouvy,
+•	u nahodilých a jednorázových akcí v předávacím protokolu nebo na faktuře uvedený reálný (nebo kvalifikovaně odhadnutý) počet odpracovaných hodin,
+•	u dlouhodobých a pravidelných služeb provedení vlastního odhadu dle konzultace s dodavatelem,
+pokud nelze počet hodin zjistit jinak, lze jej odhadnout zpětným výpočtem z ceny služby a obvyklé hodinové sazby v daném oboru v místě a čase obvyklé.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.nipos-mk.cz </t>
+  </si>
+  <si>
+    <t>https://www.statistikakultury.cz/nase-vykazy/</t>
+  </si>
+  <si>
+    <t>Ř. 0712 = Definice č. 91 – Dotace a granty na investice ze státního rozpočtu. Součet všech dotací a grantů na investice ze státního rozpočtu, tj. ministerstev a jiných subjektů státu.</t>
+  </si>
+  <si>
+    <t>Ř. 0713 = Definice č. 92 – Dotace a granty na investice z rozpočtu kraje. Součet všech dotací a grantů na investice z rozpočtu kraje.</t>
+  </si>
+  <si>
+    <t>Ř. 0817 – Investiční výdaje (na hmotný a nehmotný majetek) celkem. Ř. 0817 = součet (∑) ř. 0818 + 0819. Uvede se součet investičních výdajů za hmotný majetek (definice č. 115) a nehmotný majetek (definice č. 116), tzn. součet řádků Kult Ř. 0818 a Ř. 0819.</t>
+  </si>
+  <si>
+    <t>POMOCNÁ METODIKA PRO VYPLŇOVÁNÍ ODDÍLŮ VII A VIII</t>
+  </si>
+  <si>
+    <t>zejména pro neprofesionální a malé profesionální knihovny (postup vyplňování):</t>
+  </si>
+  <si>
+    <t>1. Krok: začněte u výdajů tzn. oddílem VIII. (řádky začínající číslem 08)</t>
+  </si>
+  <si>
+    <t>Ř 0808 - Náklady na pořízení knihovního fondu celkem = Souhrn veškerých výdajů za všechny dokumenty zakoupené knihovnou během sledovaného roku do knihovního fondu, na výměnu dokumentů, náklady na nákup periodik, předplatné periodik a pořízení licencí na elektronické informační zdroje (e-knihy a e-audioknihy, které se účtují jako služba). Nezapomeňte na společenské hry, CD.</t>
+  </si>
+  <si>
+    <t>Pokud nakupujete knihovní fond jako pověřená knihovna do stálého/kmenového fondu některé obsluhované knihovny/obce, tak tyto náklady/peníze se do tohoto řádku neuvádějte.</t>
+  </si>
+  <si>
+    <t>0809 – Nákup a předplatné periodik = z celkové částky na pořízení knihovního fondu uvedete jen náklady na časopisy/periodika.</t>
+  </si>
+  <si>
+    <t>0810 – Nákup a pořízení licencí na elektronické zdroje = náklady na elektronické databáze u těch knihoven, které si je kupují. Do tohoto řádku uvedete také náklady na e-knihy a e-audioknihy nakoupené prostřednictvím společnosti Palmknihy.</t>
+  </si>
+  <si>
+    <t>0804 – Mzdy, respektive platy = uvedete celkovou výši mzdových nákladů, resp. prostředků vyplacených mezd/platů (zejména součet: tarifní plat, příplatek za vedení, osobní příplatek, příplatek za přesčas, příplatek za práci v sobotu a neděli, odměna) a náhrady mzdy za dočasnou pracovní neschopnost.</t>
+  </si>
+  <si>
+    <t>0805 – Ostatní osobní náklady = uvedete částky vyplacené na dohody o provedení práce, dohody o pracovní činnosti, a autorské honoráře.</t>
+  </si>
+  <si>
+    <t>0806 – Náklady na zdravotní a sociální pojištění = uvedete částku zaplacenou zaměstnavatelem na zákonné sociální pojištění.</t>
+  </si>
+  <si>
+    <t>0807 – zákonné sociální náklady = do tohoto řádku nezapomeňte uvádět: stravenky, příděl do FKSP nebo sociálního fondu a pojistné za zaměstnance.</t>
+  </si>
+  <si>
+    <t>0803 – Osobní náklady = sečet řádků 0804 + 0805 + 0806 + 0807</t>
+  </si>
+  <si>
+    <t>0801 – Spotřeba materiálu, energie, zboží a služeb = zde uvedete veškeré výdaje na materiál, energie a služby, včetně nákladů na pořízení knihovního fondu a nákupu licencí na el. informační zdroje, ale i veškeré opravy, …a nezapomeňte na granty a jiné dotace = to znamená celkovou částku na projekt (dotace i spoluúčast).</t>
+  </si>
+  <si>
+    <t>Pokud jste pověřená knihovna výkonem regionálních funkcí a nakupujete knihy obsluhovaným knihovnám do jejich stálého/kmenového fondu, tak je do tohoto řádku neuvádějte! Dále do tohoto řádku nepatří peníze/náklady na investiční věci, ty patří jinam!</t>
+  </si>
+  <si>
+    <t>0802 na tento řádek se uvádí nájmy, které knihovna platí jiným organizacím</t>
+  </si>
+  <si>
+    <t>0811 – Daně a poplatky</t>
+  </si>
+  <si>
+    <t>0812 – Daň z příjmů</t>
+  </si>
+  <si>
+    <t>0813 – Odpisy dlouhodobého majetku</t>
+  </si>
+  <si>
+    <t>0814 – Ostatní provozní náklady výše neuvedené = do tohoto řádku uvádějte: cestovné, náklady na reprezentaci, poplatky za rozmnoženiny a hudební produkce.</t>
+  </si>
+  <si>
+    <t>0815 – Výdaje(náklady) celkem = Součet řádků: 0801 + 0803 + 0811 až 0814</t>
+  </si>
+  <si>
+    <t>0816 – z řádku 0815 výdaje na hlavní činnost. Tzn. náklady vynaložené přímo na hlavní činnost knihovny (činnost, kvůli které byla knihovny založena).</t>
+  </si>
+  <si>
+    <t>2. Krok: přejděte na příjmy tzn. oddíl VII. (řádky začínající číslem 07).</t>
+  </si>
+  <si>
+    <t>Knihovny, které nemají právní subjektivitu opíší řádek 0815 do řádku 0711. Knihovny s právní subjektivitou se tímto pravidlem neřídí.</t>
+  </si>
+  <si>
+    <t>0701 – Tržby za vlastní výkony (výrobky, služby) a za zboží = uvedete všechny příjmy, které získáte.</t>
+  </si>
+  <si>
+    <t>Knihovny pověřené výkonem regionálních funkcí, které pro obsluhované knihovny nakupují do jejich stálého/kmenového fondu, odečtou/neuvádí peníze na knihy/knihovní jednotky, které obce/zřizovatelé konkrétních obsluhovaných knihoven na nákup poslaly.</t>
+  </si>
+  <si>
+    <t>0702 – z řádku 0701 výnosy (příjmy) z hlavní činnosti = z řádku 0701 pouze výnosy (příjmy) z hlavní činnosti, tj. ponížené o příjmy z hospodářské činnosti. Nemá-li knihovna hospodářskou činnost, řádek 0702 se rovná řádku 0701.</t>
+  </si>
+  <si>
+    <t>0703 – Příspěvky, dotace a granty na provoz ze státního rozpočtu = nejčastěji se zde uvádí VISK a K21 (pozor uvádí se jen přidělená dotace tzn. bez spoluúčasti).</t>
+  </si>
+  <si>
+    <t>0704 – Příspěvky, dotace, granty na provoz z rozpočtu kraje = v jedné částce uvedete součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu kraje. Knihovny pověřené výkonem regionálních funkcí, zde uvedou peníze/příjmy na výkon RF.</t>
+  </si>
+  <si>
+    <t>0705 – Příspěvky, dotace, granty na provoz z rozpočtu obce = v jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu obce.</t>
+  </si>
+  <si>
+    <t>Knihovny bez právní subjektivity = tento řádek vyplníte jako poslední následujícím výpočtem: od řádku 0711 odečtete řádky (0701 + 0703 +0704 + 0705 + 0706 + 0707+0709 + 0710)</t>
+  </si>
+  <si>
+    <t>Knihovny s právní subjektivitou vyplní podle skutečnosti.</t>
+  </si>
+  <si>
+    <t>0706 – Příspěvky, dotace a granty na provoz ostatních subjektů = do tohoto řádku uvedete všechny příspěvky, dotace a granty získané od jiných subjektů, než je stát, kraj nebo zřizovatel. Například zde uvedete příspěvky na aktivity od SKIP.</t>
+  </si>
+  <si>
+    <t>0707, 0708 – Příspěvky, dotace a granty na provoz ze zahraničí</t>
+  </si>
+  <si>
+    <t>0709 – Dary a sponzorské příspěvky = zde uvádějte peníze od sponzorů. Sponzorský příspěvek uvádějte jen v případě, že není vázán na protislužbu a chápán jako platba za její poskytnutí (reklama).</t>
+  </si>
+  <si>
+    <t>0710 – Ostatní provozní výnosy výše neuvedené = zde uvádějte například úroky nebo proplacení pojistné události.</t>
+  </si>
+  <si>
+    <t>Teprve teď knihovny, bez právní subjektivity vyplní řádek 0705 a to tak, že od řádku 0711 odečtou (0701 + 0703 +0704 + 0705 + 0706 + 0707+0709 + 0710)</t>
+  </si>
+  <si>
+    <t>3. Krok: doplňte investice tzn. nejprve řádky 0818 a 0819, jejich součet = 0817</t>
+  </si>
+  <si>
+    <t>4. Krok: doplňte peníze/příjmy, které jste získali na investice od různých subjektů, řádky 0712 ÷ 0716 jejich součet = 718.</t>
+  </si>
+  <si>
+    <t>Pozn. měly by to být peníze zvlášť na investice, neměly by se objevovat v 801.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <numFmts count="4">
-[...3 lines deleted...]
-    <numFmt numFmtId="167" formatCode="00000000"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="0000"/>
+    <numFmt numFmtId="165" formatCode="#,##0.0"/>
+    <numFmt numFmtId="166" formatCode="00000000"/>
   </numFmts>
-  <fonts count="121" x14ac:knownFonts="1">
+  <fonts count="122" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -6732,1272 +6705,1142 @@
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial CE"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color indexed="12"/>
       <name val="Arial CE"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="6"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="6.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="5.4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="5.4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="5.4"/>
+      <color indexed="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="5.4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="6"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color indexed="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="6"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Wingdings"/>
+      <charset val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="7.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <color indexed="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="7.5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="7.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7.5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="7"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="11"/>
-      <color theme="0"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
-      <color theme="1"/>
-[...14 lines deleted...]
-      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
-      <name val="Calibri"/>
-[...45 lines deleted...]
-      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="7"/>
-[...14 lines deleted...]
-    <font>
       <sz val="7.5"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
-    </font>
-[...6 lines deleted...]
-      <charset val="238"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="18"/>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Wingdings"/>
+      <charset val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="5.5"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="5.5"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
       <sz val="6"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="8"/>
+      <sz val="14"/>
+      <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <u/>
-      <sz val="10"/>
+      <sz val="18"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color indexed="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF0070C0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color rgb="FF0070C0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="6"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="5"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="5"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="6.5"/>
+      <b/>
+      <sz val="9"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="5.4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="5.4"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
-[...69 lines deleted...]
-      <sz val="10"/>
+      <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="4"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="18"/>
+      <sz val="7.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="5.4"/>
-[...26 lines deleted...]
-      <sz val="5.4"/>
+      <sz val="6"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="5.5"/>
-[...46 lines deleted...]
-      <sz val="8"/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Wingdings"/>
       <charset val="2"/>
-    </font>
-[...152 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="5.5"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...25 lines deleted...]
-    <font>
       <b/>
-      <sz val="20"/>
-[...50 lines deleted...]
-      <color rgb="FF000000"/>
+      <u/>
+      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...76 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-[...5 lines deleted...]
-        <fgColor theme="0" tint="-0.14996795556505021"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
+        <fgColor theme="7" tint="0.39994506668294322"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.39994506668294322"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="87">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...74 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="hair">
         <color indexed="64"/>
       </left>
-      <right/>
-      <top style="thin">
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="hair">
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...83 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
@@ -8025,164 +7868,80 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
-[...4 lines deleted...]
-      </right>
+      <left/>
+      <right/>
       <top/>
-      <bottom style="hair">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
-      <top style="hair">
-[...11 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
-        <color indexed="64"/>
-[...65 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -8220,5299 +7979,5498 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
-      </top>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...14 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
-[...22 lines deleted...]
-      </right>
       <top/>
-      <bottom style="thin">
-[...72 lines deleted...]
-      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...29 lines deleted...]
-      <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
-        <color indexed="64"/>
-[...9 lines deleted...]
-      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
-      </left>
-      <right/>
+      </right>
       <top/>
       <bottom style="medium">
-        <color indexed="64"/>
-[...18 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="medium">
+      <top style="medium">
         <color indexed="64"/>
-      </bottom>
-[...20 lines deleted...]
-      <top/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...33 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1228">
+  <cellXfs count="1238">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="55" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="55" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="65" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="39" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="73" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="73" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="74" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment shrinkToFit="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="85" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="90" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="91" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment shrinkToFit="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" shrinkToFit="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="94" fillId="0" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="95" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="96" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="95" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="96" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="94" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="66" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="66" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="66" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="66" fillId="2" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="66" fillId="2" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="2" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="66" fillId="2" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="66" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="66" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="97" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="98" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="65" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="66" fillId="2" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="66" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="72" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="74" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="6" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="66" fillId="9" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="66" fillId="9" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="75" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="76" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="99" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="80" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="73" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="80" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="102" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="78" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="77" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="107" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="107" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="69" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="104" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="104" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="104" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="83" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="104" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="55" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="79" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="81" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="69" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="117" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="59" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="59" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="59" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="104" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="118" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="73" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="112" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="84" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="71" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="67" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="85" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="84" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="76" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="76" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="83" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="71" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="83" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="119" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="42" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="120" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="76" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="80" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="42" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...20 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="42" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...142 lines deleted...]
-    <xf numFmtId="167" fontId="40" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...827 lines deleted...]
-    <xf numFmtId="49" fontId="42" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="42" fillId="2" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...31 lines deleted...]
-    <xf numFmtId="1" fontId="42" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="42" fillId="2" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...827 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="top" wrapText="1"/>
-[...440 lines deleted...]
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1953 lines deleted...]
-    <xf numFmtId="14" fontId="50" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="121" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="77" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="83" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection locked="0"/>
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="3" fontId="64" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="3" fontId="64" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="49" fontId="65" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="64" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="64" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="64" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...155 lines deleted...]
-      <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="normální 3" xfId="2"/>
   </cellStyles>
-  <dxfs count="197">
-[...29 lines deleted...]
-    </dxf>
+  <dxfs count="194">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -15370,53 +15328,50 @@
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -15654,5106 +15609,5098 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk.nkp.cz/statistika-pruzkumy-dokumenty/statistiky" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk.nkp.cz/statistika-pruzkumy-dokumenty/statistiky" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk.nkp.cz/legislativa/normy-standardy-doporuceni" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nipos-mk.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikakultury.cz/nase-vykazy/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nipos-mk.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="4" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:N178"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="6.5703125" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" customWidth="1"/>
     <col min="6" max="6" width="7" customWidth="1"/>
     <col min="7" max="7" width="19.28515625" customWidth="1"/>
     <col min="8" max="8" width="48.85546875" customWidth="1"/>
     <col min="9" max="9" width="51.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.7109375" style="35" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" style="6" customWidth="1"/>
     <col min="12" max="12" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="A1" s="295" t="s">
+      <c r="A1" s="330" t="s">
         <v>392</v>
       </c>
-      <c r="B1" s="295"/>
-[...7 lines deleted...]
-      <c r="J1" s="115"/>
+      <c r="B1" s="330"/>
+      <c r="C1" s="330"/>
+      <c r="D1" s="330"/>
+      <c r="E1" s="331"/>
+      <c r="F1" s="331"/>
+      <c r="G1" s="331"/>
+      <c r="H1" s="151"/>
+      <c r="I1" s="172"/>
+      <c r="J1" s="112"/>
     </row>
     <row r="2" spans="1:11" ht="24" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="155" t="s">
+      <c r="A2" s="152" t="s">
         <v>157</v>
       </c>
-      <c r="B2" s="155"/>
-[...3 lines deleted...]
-      <c r="F2" s="297" t="s">
+      <c r="B2" s="152"/>
+      <c r="C2" s="153"/>
+      <c r="D2" s="154"/>
+      <c r="E2" s="155"/>
+      <c r="F2" s="332" t="s">
         <v>348</v>
       </c>
-      <c r="G2" s="298"/>
-[...2 lines deleted...]
-      <c r="J2" s="155"/>
+      <c r="G2" s="333"/>
+      <c r="H2" s="153"/>
+      <c r="I2" s="152"/>
+      <c r="J2" s="152"/>
     </row>
     <row r="3" spans="1:11" ht="21" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104"/>
-[...1 lines deleted...]
-      <c r="C3" s="371" t="s">
+      <c r="A3" s="101"/>
+      <c r="B3" s="101"/>
+      <c r="C3" s="379" t="s">
         <v>325</v>
       </c>
-      <c r="D3" s="372"/>
-[...1 lines deleted...]
-      <c r="F3" s="374" t="s">
+      <c r="D3" s="380"/>
+      <c r="E3" s="381"/>
+      <c r="F3" s="382" t="s">
         <v>347</v>
       </c>
-      <c r="G3" s="375"/>
-      <c r="H3" s="85" t="s">
+      <c r="G3" s="383"/>
+      <c r="H3" s="82" t="s">
         <v>349</v>
       </c>
-      <c r="I3" s="84"/>
-      <c r="J3" s="75"/>
+      <c r="I3" s="81"/>
+      <c r="J3" s="73"/>
       <c r="K3" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
-      <c r="C4" s="322" t="s">
+      <c r="C4" s="317" t="s">
         <v>309</v>
       </c>
-      <c r="D4" s="323"/>
-[...3 lines deleted...]
-      <c r="H4" s="174" t="s">
+      <c r="D4" s="318"/>
+      <c r="E4" s="318"/>
+      <c r="F4" s="302"/>
+      <c r="G4" s="303"/>
+      <c r="H4" s="170" t="s">
         <v>366</v>
       </c>
       <c r="I4" s="33"/>
       <c r="K4" s="5" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
       <c r="B5" s="6"/>
-      <c r="C5" s="291" t="s">
+      <c r="C5" s="284" t="s">
         <v>365</v>
       </c>
-      <c r="D5" s="292"/>
-[...3 lines deleted...]
-      <c r="H5" s="167" t="s">
+      <c r="D5" s="285"/>
+      <c r="E5" s="285"/>
+      <c r="F5" s="315"/>
+      <c r="G5" s="316"/>
+      <c r="H5" s="164" t="s">
         <v>158</v>
       </c>
-      <c r="I5" s="93"/>
+      <c r="I5" s="90"/>
       <c r="K5" s="5" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="6"/>
       <c r="B6" s="6"/>
-      <c r="C6" s="293" t="s">
+      <c r="C6" s="286" t="s">
         <v>165</v>
       </c>
-      <c r="D6" s="294"/>
-[...5 lines deleted...]
-      <c r="H6" s="326" t="s">
+      <c r="D6" s="287"/>
+      <c r="E6" s="287"/>
+      <c r="F6" s="313">
+        <v>0</v>
+      </c>
+      <c r="G6" s="314"/>
+      <c r="H6" s="352" t="s">
         <v>159</v>
       </c>
-      <c r="I6" s="324"/>
+      <c r="I6" s="350"/>
       <c r="K6" s="5" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6"/>
       <c r="B7" s="6"/>
-      <c r="C7" s="344" t="s">
+      <c r="C7" s="354" t="s">
         <v>364</v>
       </c>
-      <c r="D7" s="344"/>
-      <c r="E7" s="344"/>
+      <c r="D7" s="354"/>
+      <c r="E7" s="354"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
-      <c r="H7" s="327"/>
-      <c r="I7" s="325"/>
+      <c r="H7" s="353"/>
+      <c r="I7" s="351"/>
       <c r="K7" s="5" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6"/>
       <c r="B8" s="6"/>
-      <c r="C8" s="344"/>
-[...1 lines deleted...]
-      <c r="E8" s="344"/>
+      <c r="C8" s="354"/>
+      <c r="D8" s="354"/>
+      <c r="E8" s="354"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="328" t="s">
+      <c r="H8" s="334" t="s">
         <v>161</v>
       </c>
-      <c r="I8" s="330"/>
+      <c r="I8" s="336"/>
       <c r="K8" s="5" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="6"/>
-      <c r="B9" s="134"/>
-      <c r="C9" s="339" t="s">
+      <c r="B9" s="131"/>
+      <c r="C9" s="345" t="s">
         <v>342</v>
       </c>
-      <c r="D9" s="340"/>
-      <c r="E9" s="340"/>
+      <c r="D9" s="346"/>
+      <c r="E9" s="346"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="329"/>
-      <c r="I9" s="331"/>
+      <c r="H9" s="335"/>
+      <c r="I9" s="337"/>
     </row>
     <row r="10" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
-      <c r="C10" s="341" t="s">
+      <c r="C10" s="327" t="s">
         <v>166</v>
       </c>
-      <c r="D10" s="342"/>
-[...5 lines deleted...]
-      <c r="H10" s="166" t="s">
+      <c r="D10" s="328"/>
+      <c r="E10" s="329"/>
+      <c r="F10" s="341">
+        <v>0</v>
+      </c>
+      <c r="G10" s="342"/>
+      <c r="H10" s="163" t="s">
         <v>162</v>
       </c>
       <c r="I10" s="34"/>
     </row>
     <row r="11" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="6"/>
       <c r="B11" s="6"/>
-      <c r="C11" s="337" t="s">
+      <c r="C11" s="343" t="s">
         <v>313</v>
       </c>
-      <c r="D11" s="338"/>
-[...3 lines deleted...]
-      <c r="H11" s="166" t="s">
+      <c r="D11" s="344"/>
+      <c r="E11" s="344"/>
+      <c r="F11" s="344"/>
+      <c r="G11" s="102"/>
+      <c r="H11" s="163" t="s">
         <v>163</v>
       </c>
       <c r="I11" s="34"/>
       <c r="K11" s="5" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
-      <c r="C12" s="332" t="s">
+      <c r="C12" s="338" t="s">
         <v>310</v>
       </c>
-      <c r="D12" s="333"/>
-[...1 lines deleted...]
-      <c r="F12" s="94" t="s">
+      <c r="D12" s="339"/>
+      <c r="E12" s="340"/>
+      <c r="F12" s="91" t="s">
         <v>287</v>
       </c>
-      <c r="G12" s="159">
-[...2 lines deleted...]
-      <c r="H12" s="166" t="s">
+      <c r="G12" s="156">
+        <v>0</v>
+      </c>
+      <c r="H12" s="163" t="s">
         <v>167</v>
       </c>
       <c r="I12" s="36"/>
       <c r="K12" s="5" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="6"/>
       <c r="B13" s="6"/>
-      <c r="C13" s="326" t="s">
+      <c r="C13" s="352" t="s">
         <v>311</v>
       </c>
-      <c r="D13" s="345"/>
-[...1 lines deleted...]
-      <c r="F13" s="95" t="s">
+      <c r="D13" s="355"/>
+      <c r="E13" s="355"/>
+      <c r="F13" s="92" t="s">
         <v>289</v>
       </c>
-      <c r="G13" s="160">
-[...2 lines deleted...]
-      <c r="H13" s="171" t="s">
+      <c r="G13" s="157">
+        <v>0</v>
+      </c>
+      <c r="H13" s="167" t="s">
         <v>164</v>
       </c>
       <c r="I13" s="37"/>
       <c r="K13" s="5" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="106"/>
-[...8 lines deleted...]
-      <c r="J14" s="108"/>
+      <c r="A14" s="103"/>
+      <c r="B14" s="103"/>
+      <c r="C14" s="103"/>
+      <c r="D14" s="103"/>
+      <c r="E14" s="103"/>
+      <c r="F14" s="103"/>
+      <c r="G14" s="103"/>
+      <c r="H14" s="51"/>
+      <c r="I14" s="104"/>
+      <c r="J14" s="105"/>
       <c r="K14" s="5" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="21" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
-      <c r="E15" s="177"/>
-[...2 lines deleted...]
-      <c r="H15" s="54" t="s">
+      <c r="E15" s="172"/>
+      <c r="F15" s="172"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="52" t="s">
         <v>312</v>
       </c>
-      <c r="I15" s="54" t="s">
+      <c r="I15" s="52" t="s">
         <v>368</v>
       </c>
-      <c r="J15" s="54" t="s">
+      <c r="J15" s="52" t="s">
         <v>316</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="312"/>
-[...4 lines deleted...]
-      <c r="F16" s="172" t="s">
+      <c r="A16" s="304"/>
+      <c r="B16" s="305"/>
+      <c r="C16" s="305"/>
+      <c r="D16" s="305"/>
+      <c r="E16" s="306"/>
+      <c r="F16" s="168" t="s">
         <v>61</v>
       </c>
-      <c r="G16" s="109" t="s">
+      <c r="G16" s="106" t="s">
         <v>62</v>
       </c>
-      <c r="H16" s="55"/>
-      <c r="I16" s="86" t="s">
+      <c r="H16" s="53"/>
+      <c r="I16" s="83" t="s">
         <v>369</v>
       </c>
-      <c r="J16" s="61"/>
+      <c r="J16" s="59"/>
       <c r="K16" s="5" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="315" t="s">
+      <c r="A17" s="307" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="316"/>
-[...3 lines deleted...]
-      <c r="F17" s="173">
+      <c r="B17" s="308"/>
+      <c r="C17" s="308"/>
+      <c r="D17" s="308"/>
+      <c r="E17" s="309"/>
+      <c r="F17" s="169">
         <v>1</v>
       </c>
-      <c r="G17" s="110">
+      <c r="G17" s="107">
         <v>2</v>
       </c>
-      <c r="H17" s="175"/>
-[...1 lines deleted...]
-      <c r="J17" s="62"/>
+      <c r="H17" s="171"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="60"/>
       <c r="K17" s="5" t="s">
         <v>334</v>
       </c>
       <c r="N17" s="2"/>
     </row>
     <row r="18" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="302" t="s">
+      <c r="A18" s="322" t="s">
         <v>170</v>
       </c>
-      <c r="B18" s="276"/>
-[...2 lines deleted...]
-      <c r="E18" s="303"/>
+      <c r="B18" s="293"/>
+      <c r="C18" s="293"/>
+      <c r="D18" s="293"/>
+      <c r="E18" s="323"/>
       <c r="F18" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="38">
         <v>0</v>
       </c>
-      <c r="H18" s="56" t="s">
+      <c r="H18" s="54" t="s">
         <v>352</v>
       </c>
-      <c r="I18" s="47" t="str">
+      <c r="I18" s="45" t="str">
         <f>IF(SUM(G18+G33-G34)&lt;&gt;G19,"CHYBA: výpočet podle vzorce nesouhlasí","")</f>
         <v/>
       </c>
-      <c r="J18" s="62"/>
+      <c r="J18" s="60"/>
       <c r="K18" s="5" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="302" t="s">
+      <c r="A19" s="322" t="s">
         <v>171</v>
       </c>
-      <c r="B19" s="276"/>
-[...2 lines deleted...]
-      <c r="E19" s="303"/>
+      <c r="B19" s="293"/>
+      <c r="C19" s="293"/>
+      <c r="D19" s="293"/>
+      <c r="E19" s="323"/>
       <c r="F19" s="26" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="39">
         <f>SUM(G20:G30)</f>
         <v>0</v>
       </c>
-      <c r="H19" s="56" t="s">
+      <c r="H19" s="54" t="s">
         <v>317</v>
       </c>
-      <c r="I19" s="47" t="str">
+      <c r="I19" s="45" t="str">
         <f>IF($G$32&gt;$G$19,"0115 je větší 0102","")</f>
         <v/>
       </c>
-      <c r="J19" s="63"/>
+      <c r="J19" s="61"/>
       <c r="K19" s="5" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="286" t="s">
+      <c r="A20" s="294" t="s">
         <v>64</v>
       </c>
-      <c r="B20" s="274" t="s">
+      <c r="B20" s="291" t="s">
         <v>65</v>
       </c>
-      <c r="C20" s="275"/>
-[...1 lines deleted...]
-      <c r="E20" s="276"/>
+      <c r="C20" s="292"/>
+      <c r="D20" s="292"/>
+      <c r="E20" s="293"/>
       <c r="F20" s="26" t="s">
         <v>6</v>
       </c>
       <c r="G20" s="38">
         <v>0</v>
       </c>
-      <c r="H20" s="175"/>
-[...1 lines deleted...]
-      <c r="J20" s="62"/>
+      <c r="H20" s="171"/>
+      <c r="I20" s="44"/>
+      <c r="J20" s="60"/>
       <c r="K20" s="5" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="286"/>
-      <c r="B21" s="274" t="s">
+      <c r="A21" s="294"/>
+      <c r="B21" s="291" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="275"/>
-[...1 lines deleted...]
-      <c r="E21" s="276"/>
+      <c r="C21" s="292"/>
+      <c r="D21" s="292"/>
+      <c r="E21" s="293"/>
       <c r="F21" s="26" t="s">
         <v>7</v>
       </c>
       <c r="G21" s="38">
         <v>0</v>
       </c>
-      <c r="H21" s="57"/>
-[...1 lines deleted...]
-      <c r="J21" s="62"/>
+      <c r="H21" s="55"/>
+      <c r="I21" s="44"/>
+      <c r="J21" s="60"/>
       <c r="K21" s="5" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="286"/>
-      <c r="B22" s="274" t="s">
+      <c r="A22" s="294"/>
+      <c r="B22" s="291" t="s">
         <v>382</v>
       </c>
-      <c r="C22" s="275"/>
-[...1 lines deleted...]
-      <c r="E22" s="276"/>
+      <c r="C22" s="292"/>
+      <c r="D22" s="292"/>
+      <c r="E22" s="293"/>
       <c r="F22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="G22" s="38">
         <v>0</v>
       </c>
-      <c r="H22" s="175"/>
-[...1 lines deleted...]
-      <c r="J22" s="62"/>
+      <c r="H22" s="171"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="60"/>
       <c r="K22" s="5" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="286"/>
-      <c r="B23" s="274" t="s">
+      <c r="A23" s="294"/>
+      <c r="B23" s="291" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="275"/>
-[...1 lines deleted...]
-      <c r="E23" s="276"/>
+      <c r="C23" s="292"/>
+      <c r="D23" s="292"/>
+      <c r="E23" s="293"/>
       <c r="F23" s="26" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="38">
         <v>0</v>
       </c>
-      <c r="H23" s="175"/>
-[...1 lines deleted...]
-      <c r="J23" s="62"/>
+      <c r="H23" s="171"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="60"/>
       <c r="K23" s="5" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="286"/>
-      <c r="B24" s="274" t="s">
+      <c r="A24" s="294"/>
+      <c r="B24" s="291" t="s">
         <v>67</v>
       </c>
-      <c r="C24" s="275"/>
-[...1 lines deleted...]
-      <c r="E24" s="276"/>
+      <c r="C24" s="292"/>
+      <c r="D24" s="292"/>
+      <c r="E24" s="293"/>
       <c r="F24" s="26" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="38">
         <v>0</v>
       </c>
-      <c r="H24" s="175"/>
-[...1 lines deleted...]
-      <c r="J24" s="62"/>
+      <c r="H24" s="171"/>
+      <c r="I24" s="44"/>
+      <c r="J24" s="60"/>
       <c r="K24" s="5" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="286"/>
-      <c r="B25" s="274" t="s">
+      <c r="A25" s="294"/>
+      <c r="B25" s="291" t="s">
         <v>68</v>
       </c>
-      <c r="C25" s="275"/>
-[...1 lines deleted...]
-      <c r="E25" s="276"/>
+      <c r="C25" s="292"/>
+      <c r="D25" s="292"/>
+      <c r="E25" s="293"/>
       <c r="F25" s="26" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="38">
         <v>0</v>
       </c>
-      <c r="H25" s="175"/>
-[...2 lines deleted...]
-      <c r="K25" s="177"/>
+      <c r="H25" s="171"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="60"/>
+      <c r="K25" s="172"/>
     </row>
     <row r="26" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="286"/>
-      <c r="B26" s="274" t="s">
+      <c r="A26" s="294"/>
+      <c r="B26" s="291" t="s">
         <v>44</v>
       </c>
-      <c r="C26" s="275"/>
-[...1 lines deleted...]
-      <c r="E26" s="276"/>
+      <c r="C26" s="292"/>
+      <c r="D26" s="292"/>
+      <c r="E26" s="293"/>
       <c r="F26" s="26" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="38">
         <v>0</v>
       </c>
-      <c r="H26" s="175"/>
-[...1 lines deleted...]
-      <c r="J26" s="62"/>
+      <c r="H26" s="171"/>
+      <c r="I26" s="44"/>
+      <c r="J26" s="60"/>
       <c r="K26" s="5" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="286"/>
-      <c r="B27" s="274" t="s">
+      <c r="A27" s="294"/>
+      <c r="B27" s="291" t="s">
         <v>39</v>
       </c>
-      <c r="C27" s="275"/>
-[...1 lines deleted...]
-      <c r="E27" s="276"/>
+      <c r="C27" s="292"/>
+      <c r="D27" s="292"/>
+      <c r="E27" s="293"/>
       <c r="F27" s="26" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="38">
         <v>0</v>
       </c>
-      <c r="H27" s="175"/>
-[...1 lines deleted...]
-      <c r="J27" s="62"/>
+      <c r="H27" s="171"/>
+      <c r="I27" s="44"/>
+      <c r="J27" s="60"/>
       <c r="K27" s="5" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="286"/>
-      <c r="B28" s="274" t="s">
+      <c r="A28" s="294"/>
+      <c r="B28" s="291" t="s">
         <v>40</v>
       </c>
-      <c r="C28" s="275"/>
-[...1 lines deleted...]
-      <c r="E28" s="276"/>
+      <c r="C28" s="292"/>
+      <c r="D28" s="292"/>
+      <c r="E28" s="293"/>
       <c r="F28" s="26">
         <v>111</v>
       </c>
       <c r="G28" s="38">
         <v>0</v>
       </c>
-      <c r="H28" s="175"/>
-[...1 lines deleted...]
-      <c r="J28" s="62"/>
+      <c r="H28" s="171"/>
+      <c r="I28" s="44"/>
+      <c r="J28" s="60"/>
       <c r="K28" s="5" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="286"/>
-      <c r="B29" s="274" t="s">
+      <c r="A29" s="294"/>
+      <c r="B29" s="291" t="s">
         <v>69</v>
       </c>
-      <c r="C29" s="275"/>
-[...1 lines deleted...]
-      <c r="E29" s="276"/>
+      <c r="C29" s="292"/>
+      <c r="D29" s="292"/>
+      <c r="E29" s="293"/>
       <c r="F29" s="26" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="38">
         <v>0</v>
       </c>
-      <c r="H29" s="175"/>
-[...1 lines deleted...]
-      <c r="J29" s="62"/>
+      <c r="H29" s="171"/>
+      <c r="I29" s="44"/>
+      <c r="J29" s="60"/>
       <c r="K29" s="5" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="286"/>
-      <c r="B30" s="274" t="s">
+      <c r="A30" s="294"/>
+      <c r="B30" s="291" t="s">
         <v>45</v>
       </c>
-      <c r="C30" s="275"/>
-[...1 lines deleted...]
-      <c r="E30" s="276"/>
+      <c r="C30" s="292"/>
+      <c r="D30" s="292"/>
+      <c r="E30" s="293"/>
       <c r="F30" s="26" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="38">
         <v>0</v>
       </c>
-      <c r="H30" s="175"/>
-[...1 lines deleted...]
-      <c r="J30" s="62"/>
+      <c r="H30" s="171"/>
+      <c r="I30" s="44"/>
+      <c r="J30" s="60"/>
       <c r="K30" s="5" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="304" t="s">
+      <c r="A31" s="310" t="s">
         <v>172</v>
       </c>
-      <c r="B31" s="305"/>
-[...2 lines deleted...]
-      <c r="E31" s="306"/>
+      <c r="B31" s="311"/>
+      <c r="C31" s="311"/>
+      <c r="D31" s="311"/>
+      <c r="E31" s="312"/>
       <c r="F31" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="38">
         <v>0</v>
       </c>
-      <c r="H31" s="175"/>
-[...1 lines deleted...]
-      <c r="J31" s="62"/>
+      <c r="H31" s="171"/>
+      <c r="I31" s="44"/>
+      <c r="J31" s="60"/>
       <c r="K31" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="304" t="s">
+      <c r="A32" s="310" t="s">
         <v>173</v>
       </c>
-      <c r="B32" s="305"/>
-[...2 lines deleted...]
-      <c r="E32" s="306"/>
+      <c r="B32" s="311"/>
+      <c r="C32" s="311"/>
+      <c r="D32" s="311"/>
+      <c r="E32" s="312"/>
       <c r="F32" s="26" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="38">
         <v>0</v>
       </c>
-      <c r="H32" s="175" t="s">
+      <c r="H32" s="171" t="s">
         <v>318</v>
       </c>
-      <c r="I32" s="47" t="str">
+      <c r="I32" s="45" t="str">
         <f>IF($G$32&gt;$G$19,"0115 je větší 0102","")</f>
         <v/>
       </c>
-      <c r="J32" s="63"/>
+      <c r="J32" s="61"/>
       <c r="K32" s="5" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="304" t="s">
+      <c r="A33" s="310" t="s">
         <v>174</v>
       </c>
-      <c r="B33" s="305"/>
-[...2 lines deleted...]
-      <c r="E33" s="306"/>
+      <c r="B33" s="311"/>
+      <c r="C33" s="311"/>
+      <c r="D33" s="311"/>
+      <c r="E33" s="312"/>
       <c r="F33" s="26" t="s">
         <v>18</v>
       </c>
       <c r="G33" s="38">
         <v>0</v>
       </c>
-      <c r="H33" s="175"/>
-[...1 lines deleted...]
-      <c r="J33" s="62"/>
+      <c r="H33" s="171"/>
+      <c r="I33" s="44"/>
+      <c r="J33" s="60"/>
       <c r="K33" s="5" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="280" t="s">
+      <c r="A34" s="299" t="s">
         <v>175</v>
       </c>
-      <c r="B34" s="281"/>
-[...2 lines deleted...]
-      <c r="E34" s="282"/>
+      <c r="B34" s="300"/>
+      <c r="C34" s="300"/>
+      <c r="D34" s="300"/>
+      <c r="E34" s="301"/>
       <c r="F34" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="G34" s="92">
-[...4 lines deleted...]
-      <c r="J34" s="62"/>
+      <c r="G34" s="89">
+        <v>0</v>
+      </c>
+      <c r="H34" s="171"/>
+      <c r="I34" s="44"/>
+      <c r="J34" s="60"/>
       <c r="K34" s="5" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="22"/>
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
-      <c r="E35" s="177"/>
+      <c r="E35" s="172"/>
       <c r="F35" s="23"/>
-      <c r="G35" s="178"/>
-[...3 lines deleted...]
-      <c r="K35" s="177"/>
+      <c r="G35" s="173"/>
+      <c r="H35" s="171"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="60"/>
+      <c r="K35" s="172"/>
     </row>
     <row r="36" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="21" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="21"/>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
-      <c r="E36" s="177"/>
+      <c r="E36" s="172"/>
       <c r="F36" s="23"/>
-      <c r="G36" s="178"/>
-[...3 lines deleted...]
-      <c r="K36" s="177"/>
+      <c r="G36" s="173"/>
+      <c r="H36" s="171"/>
+      <c r="I36" s="44"/>
+      <c r="J36" s="60"/>
+      <c r="K36" s="172"/>
     </row>
     <row r="37" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="283"/>
-[...3 lines deleted...]
-      <c r="E37" s="285"/>
+      <c r="A37" s="288"/>
+      <c r="B37" s="289"/>
+      <c r="C37" s="289"/>
+      <c r="D37" s="289"/>
+      <c r="E37" s="290"/>
       <c r="F37" s="24" t="s">
         <v>61</v>
       </c>
-      <c r="G37" s="111" t="s">
+      <c r="G37" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H37" s="175"/>
-[...2 lines deleted...]
-      <c r="K37" s="177"/>
+      <c r="H37" s="171"/>
+      <c r="I37" s="44"/>
+      <c r="J37" s="60"/>
+      <c r="K37" s="172"/>
     </row>
     <row r="38" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A38" s="277" t="s">
+      <c r="A38" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B38" s="278"/>
-[...2 lines deleted...]
-      <c r="E38" s="279"/>
+      <c r="B38" s="297"/>
+      <c r="C38" s="297"/>
+      <c r="D38" s="297"/>
+      <c r="E38" s="298"/>
       <c r="F38" s="25">
         <v>1</v>
       </c>
-      <c r="G38" s="112">
+      <c r="G38" s="109">
         <v>2</v>
       </c>
-      <c r="H38" s="175"/>
-[...2 lines deleted...]
-      <c r="K38" s="177"/>
+      <c r="H38" s="171"/>
+      <c r="I38" s="44"/>
+      <c r="J38" s="60"/>
+      <c r="K38" s="172"/>
     </row>
     <row r="39" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="304" t="s">
+      <c r="A39" s="310" t="s">
         <v>176</v>
       </c>
-      <c r="B39" s="305"/>
-[...2 lines deleted...]
-      <c r="E39" s="306"/>
+      <c r="B39" s="311"/>
+      <c r="C39" s="311"/>
+      <c r="D39" s="311"/>
+      <c r="E39" s="312"/>
       <c r="F39" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G39" s="38">
         <v>0</v>
       </c>
-      <c r="H39" s="175"/>
-[...2 lines deleted...]
-      <c r="K39" s="177"/>
+      <c r="H39" s="171"/>
+      <c r="I39" s="45"/>
+      <c r="J39" s="61"/>
+      <c r="K39" s="172"/>
     </row>
     <row r="40" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="307" t="s">
+      <c r="A40" s="324" t="s">
         <v>383</v>
       </c>
-      <c r="B40" s="348" t="s">
+      <c r="B40" s="349" t="s">
         <v>384</v>
       </c>
-      <c r="C40" s="347"/>
-[...1 lines deleted...]
-      <c r="E40" s="305"/>
+      <c r="C40" s="348"/>
+      <c r="D40" s="348"/>
+      <c r="E40" s="311"/>
       <c r="F40" s="26">
         <v>202</v>
       </c>
       <c r="G40" s="38">
         <v>0</v>
       </c>
-      <c r="H40" s="175" t="s">
+      <c r="H40" s="171" t="s">
         <v>367</v>
       </c>
-      <c r="I40" s="47"/>
-[...1 lines deleted...]
-      <c r="K40" s="177"/>
+      <c r="I40" s="45"/>
+      <c r="J40" s="61"/>
+      <c r="K40" s="172"/>
     </row>
     <row r="41" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="309"/>
-      <c r="B41" s="348" t="s">
+      <c r="A41" s="326"/>
+      <c r="B41" s="349" t="s">
         <v>389</v>
       </c>
-      <c r="C41" s="347"/>
-[...1 lines deleted...]
-      <c r="E41" s="305"/>
+      <c r="C41" s="348"/>
+      <c r="D41" s="348"/>
+      <c r="E41" s="311"/>
       <c r="F41" s="26">
         <v>203</v>
       </c>
       <c r="G41" s="38">
         <v>0</v>
       </c>
-      <c r="H41" s="175" t="s">
+      <c r="H41" s="171" t="s">
         <v>390</v>
       </c>
-      <c r="I41" s="47"/>
-[...1 lines deleted...]
-      <c r="K41" s="177"/>
+      <c r="I41" s="45"/>
+      <c r="J41" s="61"/>
+      <c r="K41" s="172"/>
     </row>
     <row r="42" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="304" t="s">
+      <c r="A42" s="310" t="s">
         <v>385</v>
       </c>
-      <c r="B42" s="305"/>
-[...2 lines deleted...]
-      <c r="E42" s="306"/>
+      <c r="B42" s="311"/>
+      <c r="C42" s="311"/>
+      <c r="D42" s="311"/>
+      <c r="E42" s="312"/>
       <c r="F42" s="26">
         <v>204</v>
       </c>
       <c r="G42" s="39">
         <f>G43+G47</f>
         <v>0</v>
       </c>
-      <c r="H42" s="175" t="s">
+      <c r="H42" s="171" t="s">
         <v>391</v>
       </c>
-      <c r="I42" s="46"/>
-[...1 lines deleted...]
-      <c r="K42" s="177"/>
+      <c r="I42" s="44"/>
+      <c r="J42" s="60"/>
+      <c r="K42" s="172"/>
     </row>
     <row r="43" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="304" t="s">
+      <c r="A43" s="310" t="s">
         <v>386</v>
       </c>
-      <c r="B43" s="305"/>
-[...2 lines deleted...]
-      <c r="E43" s="306"/>
+      <c r="B43" s="311"/>
+      <c r="C43" s="311"/>
+      <c r="D43" s="311"/>
+      <c r="E43" s="312"/>
       <c r="F43" s="26">
         <v>205</v>
       </c>
       <c r="G43" s="39">
         <f>SUM(G44:G46)</f>
         <v>0</v>
       </c>
-      <c r="H43" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K43" s="177"/>
+      <c r="H43" s="171" t="s">
+        <v>578</v>
+      </c>
+      <c r="I43" s="44"/>
+      <c r="J43" s="60"/>
+      <c r="K43" s="172"/>
     </row>
     <row r="44" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="307" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="274" t="s">
+      <c r="A44" s="324" t="s">
+        <v>540</v>
+      </c>
+      <c r="B44" s="291" t="s">
         <v>71</v>
       </c>
-      <c r="C44" s="275"/>
-[...1 lines deleted...]
-      <c r="E44" s="276"/>
+      <c r="C44" s="292"/>
+      <c r="D44" s="292"/>
+      <c r="E44" s="293"/>
       <c r="F44" s="26">
         <v>206</v>
       </c>
       <c r="G44" s="38">
         <v>0</v>
       </c>
-      <c r="H44" s="175"/>
-[...2 lines deleted...]
-      <c r="K44" s="177"/>
+      <c r="H44" s="171"/>
+      <c r="I44" s="44"/>
+      <c r="J44" s="60"/>
+      <c r="K44" s="172"/>
     </row>
     <row r="45" spans="1:11" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="308"/>
-      <c r="B45" s="274" t="s">
+      <c r="A45" s="325"/>
+      <c r="B45" s="291" t="s">
         <v>387</v>
       </c>
-      <c r="C45" s="275"/>
-[...1 lines deleted...]
-      <c r="E45" s="276"/>
+      <c r="C45" s="292"/>
+      <c r="D45" s="292"/>
+      <c r="E45" s="293"/>
       <c r="F45" s="26">
         <v>207</v>
       </c>
       <c r="G45" s="38">
         <v>0</v>
       </c>
-      <c r="H45" s="175" t="s">
+      <c r="H45" s="171" t="s">
         <v>433</v>
       </c>
-      <c r="I45" s="47" t="str">
+      <c r="I45" s="45" t="str">
         <f>IF($G$45&gt;0,IF($G$80=0,"Akce nejsou vyplněny",""),"")</f>
         <v/>
       </c>
-      <c r="J45" s="63"/>
-      <c r="K45" s="177"/>
+      <c r="J45" s="61"/>
+      <c r="K45" s="172"/>
     </row>
     <row r="46" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="309"/>
-      <c r="B46" s="274" t="s">
+      <c r="A46" s="326"/>
+      <c r="B46" s="291" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="275"/>
-[...1 lines deleted...]
-      <c r="E46" s="276"/>
+      <c r="C46" s="292"/>
+      <c r="D46" s="292"/>
+      <c r="E46" s="293"/>
       <c r="F46" s="26">
         <v>208</v>
       </c>
       <c r="G46" s="38">
         <v>0</v>
       </c>
-      <c r="H46" s="175" t="s">
+      <c r="H46" s="171" t="s">
         <v>434</v>
       </c>
-      <c r="I46" s="47" t="str">
+      <c r="I46" s="45" t="str">
         <f>IF($G$46&gt;0,IF($G$82=0,"Akce nejsou vyplněny",""),"")</f>
         <v/>
       </c>
-      <c r="J46" s="63"/>
-      <c r="K46" s="177"/>
+      <c r="J46" s="61"/>
+      <c r="K46" s="172"/>
     </row>
     <row r="47" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="280" t="s">
+      <c r="A47" s="299" t="s">
         <v>388</v>
       </c>
-      <c r="B47" s="281"/>
-[...2 lines deleted...]
-      <c r="E47" s="282"/>
+      <c r="B47" s="300"/>
+      <c r="C47" s="300"/>
+      <c r="D47" s="300"/>
+      <c r="E47" s="301"/>
       <c r="F47" s="28">
         <v>209</v>
       </c>
       <c r="G47" s="40">
         <f>G103+G106+G111+G112</f>
         <v>0</v>
       </c>
-      <c r="H47" s="175" t="s">
+      <c r="H47" s="171" t="s">
         <v>431</v>
       </c>
-      <c r="I47" s="46"/>
-[...1 lines deleted...]
-      <c r="K47" s="177"/>
+      <c r="I47" s="44"/>
+      <c r="J47" s="60"/>
+      <c r="K47" s="172"/>
     </row>
     <row r="48" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A48" s="177"/>
-[...9 lines deleted...]
-      <c r="K48" s="177"/>
+      <c r="A48" s="172"/>
+      <c r="B48" s="172"/>
+      <c r="C48" s="172"/>
+      <c r="D48" s="172"/>
+      <c r="E48" s="172"/>
+      <c r="F48" s="172"/>
+      <c r="G48" s="100"/>
+      <c r="H48" s="56"/>
+      <c r="I48" s="46"/>
+      <c r="J48" s="62"/>
+      <c r="K48" s="172"/>
     </row>
     <row r="49" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="21" t="s">
         <v>73</v>
       </c>
       <c r="B49" s="21"/>
       <c r="C49" s="21"/>
       <c r="D49" s="21"/>
-      <c r="E49" s="177"/>
-[...5 lines deleted...]
-      <c r="K49" s="177"/>
+      <c r="E49" s="172"/>
+      <c r="F49" s="172"/>
+      <c r="G49" s="100"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="47"/>
+      <c r="J49" s="63"/>
+      <c r="K49" s="172"/>
     </row>
     <row r="50" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A50" s="283"/>
-[...4 lines deleted...]
-      <c r="F50" s="168" t="s">
+      <c r="A50" s="288"/>
+      <c r="B50" s="289"/>
+      <c r="C50" s="289"/>
+      <c r="D50" s="289"/>
+      <c r="E50" s="290"/>
+      <c r="F50" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G50" s="111" t="s">
+      <c r="G50" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H50" s="175"/>
-[...2 lines deleted...]
-      <c r="K50" s="177"/>
+      <c r="H50" s="171"/>
+      <c r="I50" s="44"/>
+      <c r="J50" s="60"/>
+      <c r="K50" s="172"/>
     </row>
     <row r="51" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A51" s="277" t="s">
+      <c r="A51" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B51" s="278"/>
-[...3 lines deleted...]
-      <c r="F51" s="169">
+      <c r="B51" s="297"/>
+      <c r="C51" s="297"/>
+      <c r="D51" s="297"/>
+      <c r="E51" s="298"/>
+      <c r="F51" s="166">
         <v>1</v>
       </c>
-      <c r="G51" s="112">
+      <c r="G51" s="109">
         <v>2</v>
       </c>
-      <c r="H51" s="175"/>
-[...2 lines deleted...]
-      <c r="K51" s="177"/>
+      <c r="H51" s="171"/>
+      <c r="I51" s="44"/>
+      <c r="J51" s="60"/>
+      <c r="K51" s="172"/>
     </row>
     <row r="52" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="299" t="s">
+      <c r="A52" s="319" t="s">
         <v>393</v>
       </c>
-      <c r="B52" s="300"/>
-[...2 lines deleted...]
-      <c r="E52" s="301"/>
+      <c r="B52" s="320"/>
+      <c r="C52" s="320"/>
+      <c r="D52" s="320"/>
+      <c r="E52" s="321"/>
       <c r="F52" s="26" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="41">
         <f>SUM(G53+G109+G110)</f>
         <v>0</v>
       </c>
-      <c r="H52" s="175" t="s">
+      <c r="H52" s="171" t="s">
         <v>432</v>
       </c>
-      <c r="I52" s="47"/>
-[...1 lines deleted...]
-      <c r="K52" s="177"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="61"/>
+      <c r="K52" s="172"/>
     </row>
     <row r="53" spans="1:11" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="346" t="s">
+      <c r="A53" s="347" t="s">
         <v>394</v>
       </c>
-      <c r="B53" s="347"/>
-[...2 lines deleted...]
-      <c r="E53" s="305"/>
+      <c r="B53" s="348"/>
+      <c r="C53" s="348"/>
+      <c r="D53" s="348"/>
+      <c r="E53" s="311"/>
       <c r="F53" s="26" t="s">
         <v>22</v>
       </c>
       <c r="G53" s="41">
         <f>SUM(G54:G67)</f>
         <v>0</v>
       </c>
-      <c r="H53" s="175" t="s">
+      <c r="H53" s="171" t="s">
         <v>373</v>
       </c>
-      <c r="I53" s="47" t="str">
+      <c r="I53" s="45" t="str">
         <f>IF($G$53&lt;$G$68,"Ř. 0302 musí být větší než 0317","")</f>
         <v/>
       </c>
-      <c r="J53" s="63"/>
-      <c r="K53" s="177"/>
+      <c r="J53" s="61"/>
+      <c r="K53" s="172"/>
     </row>
     <row r="54" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="286" t="s">
+      <c r="A54" s="294" t="s">
         <v>374</v>
       </c>
-      <c r="B54" s="274" t="s">
+      <c r="B54" s="291" t="s">
         <v>74</v>
       </c>
-      <c r="C54" s="275"/>
-[...1 lines deleted...]
-      <c r="E54" s="276"/>
+      <c r="C54" s="292"/>
+      <c r="D54" s="292"/>
+      <c r="E54" s="293"/>
       <c r="F54" s="26" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="38">
         <v>0</v>
       </c>
-      <c r="H54" s="175" t="s">
+      <c r="H54" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I54" s="46"/>
-[...1 lines deleted...]
-      <c r="K54" s="177"/>
+      <c r="I54" s="44"/>
+      <c r="J54" s="60"/>
+      <c r="K54" s="172"/>
     </row>
     <row r="55" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="286"/>
-      <c r="B55" s="274" t="s">
+      <c r="A55" s="294"/>
+      <c r="B55" s="291" t="s">
         <v>75</v>
       </c>
-      <c r="C55" s="275"/>
-[...1 lines deleted...]
-      <c r="E55" s="276"/>
+      <c r="C55" s="292"/>
+      <c r="D55" s="292"/>
+      <c r="E55" s="293"/>
       <c r="F55" s="26" t="s">
         <v>24</v>
       </c>
       <c r="G55" s="38">
         <v>0</v>
       </c>
-      <c r="H55" s="175" t="s">
+      <c r="H55" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I55" s="46"/>
-[...1 lines deleted...]
-      <c r="K55" s="177"/>
+      <c r="I55" s="44"/>
+      <c r="J55" s="60"/>
+      <c r="K55" s="172"/>
     </row>
     <row r="56" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="286"/>
-      <c r="B56" s="274" t="s">
+      <c r="A56" s="294"/>
+      <c r="B56" s="291" t="s">
         <v>76</v>
       </c>
-      <c r="C56" s="275"/>
-[...1 lines deleted...]
-      <c r="E56" s="276"/>
+      <c r="C56" s="292"/>
+      <c r="D56" s="292"/>
+      <c r="E56" s="293"/>
       <c r="F56" s="26" t="s">
         <v>25</v>
       </c>
       <c r="G56" s="38">
         <v>0</v>
       </c>
-      <c r="H56" s="175" t="s">
+      <c r="H56" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I56" s="46"/>
-[...1 lines deleted...]
-      <c r="K56" s="177"/>
+      <c r="I56" s="44"/>
+      <c r="J56" s="60"/>
+      <c r="K56" s="172"/>
     </row>
     <row r="57" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="286"/>
-      <c r="B57" s="274" t="s">
+      <c r="A57" s="294"/>
+      <c r="B57" s="291" t="s">
         <v>77</v>
       </c>
-      <c r="C57" s="275"/>
-[...1 lines deleted...]
-      <c r="E57" s="276"/>
+      <c r="C57" s="292"/>
+      <c r="D57" s="292"/>
+      <c r="E57" s="293"/>
       <c r="F57" s="26" t="s">
         <v>26</v>
       </c>
       <c r="G57" s="38">
         <v>0</v>
       </c>
-      <c r="H57" s="175" t="s">
+      <c r="H57" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I57" s="46"/>
-[...1 lines deleted...]
-      <c r="K57" s="177"/>
+      <c r="I57" s="44"/>
+      <c r="J57" s="60"/>
+      <c r="K57" s="172"/>
     </row>
     <row r="58" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="286"/>
-      <c r="B58" s="274" t="s">
+      <c r="A58" s="294"/>
+      <c r="B58" s="291" t="s">
         <v>78</v>
       </c>
-      <c r="C58" s="275"/>
-[...1 lines deleted...]
-      <c r="E58" s="276"/>
+      <c r="C58" s="292"/>
+      <c r="D58" s="292"/>
+      <c r="E58" s="293"/>
       <c r="F58" s="26" t="s">
         <v>27</v>
       </c>
       <c r="G58" s="38">
         <v>0</v>
       </c>
-      <c r="H58" s="175"/>
-[...2 lines deleted...]
-      <c r="K58" s="177"/>
+      <c r="H58" s="171"/>
+      <c r="I58" s="44"/>
+      <c r="J58" s="60"/>
+      <c r="K58" s="172"/>
     </row>
     <row r="59" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="286"/>
-      <c r="B59" s="274" t="s">
+      <c r="A59" s="294"/>
+      <c r="B59" s="291" t="s">
         <v>382</v>
       </c>
-      <c r="C59" s="275"/>
-[...1 lines deleted...]
-      <c r="E59" s="276"/>
+      <c r="C59" s="292"/>
+      <c r="D59" s="292"/>
+      <c r="E59" s="293"/>
       <c r="F59" s="26" t="s">
         <v>28</v>
       </c>
       <c r="G59" s="38">
         <v>0</v>
       </c>
-      <c r="H59" s="175"/>
-[...2 lines deleted...]
-      <c r="K59" s="177"/>
+      <c r="H59" s="171"/>
+      <c r="I59" s="44"/>
+      <c r="J59" s="60"/>
+      <c r="K59" s="172"/>
     </row>
     <row r="60" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="286"/>
-      <c r="B60" s="274" t="s">
+      <c r="A60" s="294"/>
+      <c r="B60" s="291" t="s">
         <v>66</v>
       </c>
-      <c r="C60" s="275"/>
-[...1 lines deleted...]
-      <c r="E60" s="276"/>
+      <c r="C60" s="292"/>
+      <c r="D60" s="292"/>
+      <c r="E60" s="293"/>
       <c r="F60" s="26" t="s">
         <v>29</v>
       </c>
       <c r="G60" s="38">
         <v>0</v>
       </c>
-      <c r="H60" s="175"/>
-[...2 lines deleted...]
-      <c r="K60" s="177"/>
+      <c r="H60" s="171"/>
+      <c r="I60" s="44"/>
+      <c r="J60" s="60"/>
+      <c r="K60" s="172"/>
     </row>
     <row r="61" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="286"/>
-      <c r="B61" s="274" t="s">
+      <c r="A61" s="294"/>
+      <c r="B61" s="291" t="s">
         <v>67</v>
       </c>
-      <c r="C61" s="275"/>
-[...1 lines deleted...]
-      <c r="E61" s="276"/>
+      <c r="C61" s="292"/>
+      <c r="D61" s="292"/>
+      <c r="E61" s="293"/>
       <c r="F61" s="26" t="s">
         <v>30</v>
       </c>
       <c r="G61" s="38">
         <v>0</v>
       </c>
-      <c r="H61" s="175"/>
-[...2 lines deleted...]
-      <c r="K61" s="177"/>
+      <c r="H61" s="171"/>
+      <c r="I61" s="44"/>
+      <c r="J61" s="60"/>
+      <c r="K61" s="172"/>
     </row>
     <row r="62" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="286"/>
-      <c r="B62" s="274" t="s">
+      <c r="A62" s="294"/>
+      <c r="B62" s="291" t="s">
         <v>68</v>
       </c>
-      <c r="C62" s="275"/>
-[...1 lines deleted...]
-      <c r="E62" s="276"/>
+      <c r="C62" s="292"/>
+      <c r="D62" s="292"/>
+      <c r="E62" s="293"/>
       <c r="F62" s="26" t="s">
         <v>31</v>
       </c>
       <c r="G62" s="38">
         <v>0</v>
       </c>
-      <c r="H62" s="175"/>
-[...2 lines deleted...]
-      <c r="K62" s="177"/>
+      <c r="H62" s="171"/>
+      <c r="I62" s="44"/>
+      <c r="J62" s="60"/>
+      <c r="K62" s="172"/>
     </row>
     <row r="63" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="286"/>
-      <c r="B63" s="274" t="s">
+      <c r="A63" s="294"/>
+      <c r="B63" s="291" t="s">
         <v>44</v>
       </c>
-      <c r="C63" s="275"/>
-[...1 lines deleted...]
-      <c r="E63" s="276"/>
+      <c r="C63" s="292"/>
+      <c r="D63" s="292"/>
+      <c r="E63" s="293"/>
       <c r="F63" s="26" t="s">
         <v>32</v>
       </c>
       <c r="G63" s="38">
         <v>0</v>
       </c>
-      <c r="H63" s="175"/>
-[...2 lines deleted...]
-      <c r="K63" s="177"/>
+      <c r="H63" s="171"/>
+      <c r="I63" s="44"/>
+      <c r="J63" s="60"/>
+      <c r="K63" s="172"/>
     </row>
     <row r="64" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="286"/>
-      <c r="B64" s="274" t="s">
+      <c r="A64" s="294"/>
+      <c r="B64" s="291" t="s">
         <v>39</v>
       </c>
-      <c r="C64" s="275"/>
-[...1 lines deleted...]
-      <c r="E64" s="276"/>
+      <c r="C64" s="292"/>
+      <c r="D64" s="292"/>
+      <c r="E64" s="293"/>
       <c r="F64" s="26" t="s">
         <v>33</v>
       </c>
       <c r="G64" s="38">
         <v>0</v>
       </c>
-      <c r="H64" s="175"/>
-[...2 lines deleted...]
-      <c r="K64" s="177"/>
+      <c r="H64" s="171"/>
+      <c r="I64" s="44"/>
+      <c r="J64" s="60"/>
+      <c r="K64" s="172"/>
     </row>
     <row r="65" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="286"/>
-      <c r="B65" s="274" t="s">
+      <c r="A65" s="294"/>
+      <c r="B65" s="291" t="s">
         <v>40</v>
       </c>
-      <c r="C65" s="275"/>
-[...1 lines deleted...]
-      <c r="E65" s="276"/>
+      <c r="C65" s="292"/>
+      <c r="D65" s="292"/>
+      <c r="E65" s="293"/>
       <c r="F65" s="26" t="s">
         <v>34</v>
       </c>
       <c r="G65" s="38">
         <v>0</v>
       </c>
-      <c r="H65" s="175"/>
-[...2 lines deleted...]
-      <c r="K65" s="177"/>
+      <c r="H65" s="171"/>
+      <c r="I65" s="44"/>
+      <c r="J65" s="60"/>
+      <c r="K65" s="172"/>
     </row>
     <row r="66" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="286"/>
-      <c r="B66" s="274" t="s">
+      <c r="A66" s="294"/>
+      <c r="B66" s="291" t="s">
         <v>69</v>
       </c>
-      <c r="C66" s="275"/>
-[...1 lines deleted...]
-      <c r="E66" s="276"/>
+      <c r="C66" s="292"/>
+      <c r="D66" s="292"/>
+      <c r="E66" s="293"/>
       <c r="F66" s="26" t="s">
         <v>35</v>
       </c>
       <c r="G66" s="38">
         <v>0</v>
       </c>
-      <c r="H66" s="175"/>
-[...2 lines deleted...]
-      <c r="K66" s="177"/>
+      <c r="H66" s="171"/>
+      <c r="I66" s="44"/>
+      <c r="J66" s="60"/>
+      <c r="K66" s="172"/>
     </row>
     <row r="67" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="286"/>
-      <c r="B67" s="274" t="s">
+      <c r="A67" s="294"/>
+      <c r="B67" s="291" t="s">
         <v>45</v>
       </c>
-      <c r="C67" s="275"/>
-[...1 lines deleted...]
-      <c r="E67" s="276"/>
+      <c r="C67" s="292"/>
+      <c r="D67" s="292"/>
+      <c r="E67" s="293"/>
       <c r="F67" s="26" t="s">
         <v>36</v>
       </c>
       <c r="G67" s="38">
         <v>0</v>
       </c>
-      <c r="H67" s="175"/>
-[...2 lines deleted...]
-      <c r="K67" s="177"/>
+      <c r="H67" s="171"/>
+      <c r="I67" s="44"/>
+      <c r="J67" s="60"/>
+      <c r="K67" s="172"/>
     </row>
     <row r="68" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="349" t="s">
+      <c r="A68" s="358" t="s">
         <v>375</v>
       </c>
-      <c r="B68" s="350"/>
-[...2 lines deleted...]
-      <c r="E68" s="351"/>
+      <c r="B68" s="359"/>
+      <c r="C68" s="359"/>
+      <c r="D68" s="359"/>
+      <c r="E68" s="360"/>
       <c r="F68" s="28" t="s">
         <v>37</v>
       </c>
-      <c r="G68" s="92">
-[...2 lines deleted...]
-      <c r="H68" s="175" t="s">
+      <c r="G68" s="89">
+        <v>0</v>
+      </c>
+      <c r="H68" s="171" t="s">
         <v>376</v>
       </c>
-      <c r="I68" s="47" t="str">
+      <c r="I68" s="45" t="str">
         <f>IF($G$68&gt;$G$53,"Ř. 0317 je větší 0302","")</f>
         <v/>
       </c>
-      <c r="J68" s="63"/>
-      <c r="K68" s="177"/>
+      <c r="J68" s="61"/>
+      <c r="K68" s="172"/>
     </row>
     <row r="69" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A69" s="177"/>
-[...9 lines deleted...]
-      <c r="K69" s="177"/>
+      <c r="A69" s="172"/>
+      <c r="B69" s="172"/>
+      <c r="C69" s="172"/>
+      <c r="D69" s="172"/>
+      <c r="E69" s="172"/>
+      <c r="F69" s="172"/>
+      <c r="G69" s="100"/>
+      <c r="H69" s="171"/>
+      <c r="I69" s="44"/>
+      <c r="J69" s="60"/>
+      <c r="K69" s="172"/>
     </row>
     <row r="70" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="21" t="s">
         <v>168</v>
       </c>
       <c r="B70" s="21"/>
       <c r="C70" s="21"/>
       <c r="D70" s="21"/>
-      <c r="E70" s="177"/>
-[...5 lines deleted...]
-      <c r="K70" s="177"/>
+      <c r="E70" s="172"/>
+      <c r="F70" s="172"/>
+      <c r="G70" s="100"/>
+      <c r="H70" s="171"/>
+      <c r="I70" s="44"/>
+      <c r="J70" s="60"/>
+      <c r="K70" s="172"/>
     </row>
     <row r="71" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A71" s="283"/>
-[...4 lines deleted...]
-      <c r="F71" s="168" t="s">
+      <c r="A71" s="288"/>
+      <c r="B71" s="289"/>
+      <c r="C71" s="289"/>
+      <c r="D71" s="289"/>
+      <c r="E71" s="290"/>
+      <c r="F71" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G71" s="111" t="s">
+      <c r="G71" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H71" s="175"/>
-[...2 lines deleted...]
-      <c r="K71" s="177"/>
+      <c r="H71" s="171"/>
+      <c r="I71" s="44"/>
+      <c r="J71" s="60"/>
+      <c r="K71" s="172"/>
     </row>
     <row r="72" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A72" s="277" t="s">
+      <c r="A72" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B72" s="278"/>
-[...3 lines deleted...]
-      <c r="F72" s="169">
+      <c r="B72" s="297"/>
+      <c r="C72" s="297"/>
+      <c r="D72" s="297"/>
+      <c r="E72" s="298"/>
+      <c r="F72" s="166">
         <v>1</v>
       </c>
-      <c r="G72" s="112">
+      <c r="G72" s="109">
         <v>2</v>
       </c>
-      <c r="H72" s="175"/>
-[...2 lines deleted...]
-      <c r="K72" s="177"/>
+      <c r="H72" s="171"/>
+      <c r="I72" s="44"/>
+      <c r="J72" s="60"/>
+      <c r="K72" s="172"/>
     </row>
     <row r="73" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="353" t="s">
+      <c r="A73" s="356" t="s">
         <v>397</v>
       </c>
-      <c r="B73" s="354"/>
-      <c r="C73" s="356" t="s">
+      <c r="B73" s="362"/>
+      <c r="C73" s="364" t="s">
         <v>398</v>
       </c>
-      <c r="D73" s="274" t="s">
+      <c r="D73" s="291" t="s">
         <v>395</v>
       </c>
-      <c r="E73" s="276"/>
+      <c r="E73" s="293"/>
       <c r="F73" s="26">
         <v>401</v>
       </c>
       <c r="G73" s="38">
         <v>0</v>
       </c>
-      <c r="H73" s="175"/>
-[...2 lines deleted...]
-      <c r="K73" s="177"/>
+      <c r="H73" s="171"/>
+      <c r="I73" s="45"/>
+      <c r="J73" s="61"/>
+      <c r="K73" s="172"/>
     </row>
     <row r="74" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="355"/>
-[...2 lines deleted...]
-      <c r="D74" s="274" t="s">
+      <c r="A74" s="363"/>
+      <c r="B74" s="362"/>
+      <c r="C74" s="365"/>
+      <c r="D74" s="291" t="s">
         <v>396</v>
       </c>
-      <c r="E74" s="276"/>
+      <c r="E74" s="293"/>
       <c r="F74" s="26">
         <v>402</v>
       </c>
       <c r="G74" s="38">
         <v>0</v>
       </c>
-      <c r="H74" s="175"/>
-[...2 lines deleted...]
-      <c r="K74" s="177"/>
+      <c r="H74" s="171"/>
+      <c r="I74" s="45"/>
+      <c r="J74" s="61"/>
+      <c r="K74" s="172"/>
     </row>
     <row r="75" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="353" t="s">
+      <c r="A75" s="356" t="s">
         <v>169</v>
       </c>
-      <c r="B75" s="316"/>
-[...1 lines deleted...]
-      <c r="D75" s="352" t="s">
+      <c r="B75" s="308"/>
+      <c r="C75" s="365"/>
+      <c r="D75" s="361" t="s">
         <v>399</v>
       </c>
-      <c r="E75" s="289"/>
+      <c r="E75" s="283"/>
       <c r="F75" s="26">
         <v>403</v>
       </c>
       <c r="G75" s="38">
         <v>0</v>
       </c>
-      <c r="H75" s="175"/>
-[...2 lines deleted...]
-      <c r="K75" s="177"/>
+      <c r="H75" s="171"/>
+      <c r="I75" s="45"/>
+      <c r="J75" s="61"/>
+      <c r="K75" s="172"/>
     </row>
     <row r="76" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="353"/>
-[...2 lines deleted...]
-      <c r="D76" s="352" t="s">
+      <c r="A76" s="356"/>
+      <c r="B76" s="308"/>
+      <c r="C76" s="366"/>
+      <c r="D76" s="361" t="s">
         <v>400</v>
       </c>
-      <c r="E76" s="289"/>
+      <c r="E76" s="283"/>
       <c r="F76" s="27">
         <v>404</v>
       </c>
       <c r="G76" s="38">
         <v>0</v>
       </c>
-      <c r="H76" s="175"/>
-[...2 lines deleted...]
-      <c r="K76" s="177"/>
+      <c r="H76" s="171"/>
+      <c r="I76" s="45"/>
+      <c r="J76" s="61"/>
+      <c r="K76" s="172"/>
     </row>
     <row r="77" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="287" t="s">
+      <c r="A77" s="281" t="s">
         <v>401</v>
       </c>
-      <c r="B77" s="288"/>
-[...2 lines deleted...]
-      <c r="E77" s="289"/>
+      <c r="B77" s="282"/>
+      <c r="C77" s="282"/>
+      <c r="D77" s="282"/>
+      <c r="E77" s="283"/>
       <c r="F77" s="26">
         <v>405</v>
       </c>
       <c r="G77" s="38">
         <v>0</v>
       </c>
-      <c r="H77" s="175" t="s">
+      <c r="H77" s="171" t="s">
         <v>350</v>
       </c>
-      <c r="I77" s="47"/>
-[...1 lines deleted...]
-      <c r="K77" s="177"/>
+      <c r="I77" s="45"/>
+      <c r="J77" s="61"/>
+      <c r="K77" s="172"/>
     </row>
     <row r="78" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="287" t="s">
+      <c r="A78" s="281" t="s">
         <v>402</v>
       </c>
-      <c r="B78" s="288"/>
-[...2 lines deleted...]
-      <c r="E78" s="289"/>
+      <c r="B78" s="282"/>
+      <c r="C78" s="282"/>
+      <c r="D78" s="282"/>
+      <c r="E78" s="283"/>
       <c r="F78" s="26">
         <v>406</v>
       </c>
       <c r="G78" s="38">
         <v>0</v>
       </c>
-      <c r="H78" s="175" t="s">
+      <c r="H78" s="171" t="s">
         <v>351</v>
       </c>
-      <c r="I78" s="47" t="str">
+      <c r="I78" s="45" t="str">
         <f>IF(FLOOR(G78/8,1)&lt;$G$79,"Počet hodin neodpovídá ř. 0407*8 hod.","")</f>
         <v/>
       </c>
-      <c r="J78" s="62"/>
-      <c r="K78" s="177"/>
+      <c r="J78" s="60"/>
+      <c r="K78" s="172"/>
     </row>
     <row r="79" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="287" t="s">
+      <c r="A79" s="281" t="s">
         <v>403</v>
       </c>
-      <c r="B79" s="288"/>
-[...2 lines deleted...]
-      <c r="E79" s="289"/>
+      <c r="B79" s="282"/>
+      <c r="C79" s="282"/>
+      <c r="D79" s="282"/>
+      <c r="E79" s="283"/>
       <c r="F79" s="26">
         <v>407</v>
       </c>
       <c r="G79" s="38">
         <v>0</v>
       </c>
-      <c r="H79" s="175" t="s">
-[...2 lines deleted...]
-      <c r="I79" s="47" t="str">
+      <c r="H79" s="171" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I79" s="45" t="str">
         <f>IF(G79=0,IF(G78&gt;G77*7,"Někteří zaměstnanci splnili standard.",""),"")</f>
         <v/>
       </c>
-      <c r="J79" s="63"/>
-      <c r="K79" s="177"/>
+      <c r="J79" s="61"/>
+      <c r="K79" s="172"/>
     </row>
     <row r="80" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="287" t="s">
+      <c r="A80" s="281" t="s">
         <v>404</v>
       </c>
-      <c r="B80" s="288"/>
-[...2 lines deleted...]
-      <c r="E80" s="289"/>
+      <c r="B80" s="282"/>
+      <c r="C80" s="282"/>
+      <c r="D80" s="282"/>
+      <c r="E80" s="283"/>
       <c r="F80" s="26">
         <v>408</v>
       </c>
       <c r="G80" s="38">
         <v>0</v>
       </c>
-      <c r="H80" s="175" t="s">
+      <c r="H80" s="171" t="s">
         <v>353</v>
       </c>
-      <c r="I80" s="47" t="str">
+      <c r="I80" s="45" t="str">
         <f>IF($G$45&gt;0,IF($G$80=0,"Vyplňte počet akcí",""),"")</f>
         <v/>
       </c>
-      <c r="J80" s="66"/>
-      <c r="K80" s="177"/>
+      <c r="J80" s="64"/>
+      <c r="K80" s="172"/>
     </row>
     <row r="81" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="287" t="s">
+      <c r="A81" s="281" t="s">
         <v>405</v>
       </c>
-      <c r="B81" s="288"/>
-[...2 lines deleted...]
-      <c r="E81" s="289"/>
+      <c r="B81" s="282"/>
+      <c r="C81" s="282"/>
+      <c r="D81" s="282"/>
+      <c r="E81" s="283"/>
       <c r="F81" s="26">
         <v>409</v>
       </c>
       <c r="G81" s="38">
         <v>0</v>
       </c>
-      <c r="H81" s="175" t="s">
-[...7 lines deleted...]
-      <c r="K81" s="177"/>
+      <c r="H81" s="270" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I81" s="45"/>
+      <c r="J81" s="64"/>
+      <c r="K81" s="172"/>
     </row>
     <row r="82" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="290" t="s">
+      <c r="A82" s="357" t="s">
         <v>406</v>
       </c>
-      <c r="B82" s="288"/>
-[...2 lines deleted...]
-      <c r="E82" s="289"/>
+      <c r="B82" s="282"/>
+      <c r="C82" s="282"/>
+      <c r="D82" s="282"/>
+      <c r="E82" s="283"/>
       <c r="F82" s="26">
         <v>410</v>
       </c>
       <c r="G82" s="38">
         <v>0</v>
       </c>
-      <c r="H82" s="175" t="s">
+      <c r="H82" s="171" t="s">
         <v>354</v>
       </c>
-      <c r="I82" s="47" t="str">
+      <c r="I82" s="45" t="str">
         <f>IF($G$46&gt;0,IF($G$82=0,"Vyplňte počet akcí",""),"")</f>
         <v/>
       </c>
-      <c r="J82" s="66"/>
-      <c r="K82" s="177"/>
+      <c r="J82" s="64"/>
+      <c r="K82" s="172"/>
     </row>
     <row r="83" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="302" t="s">
+      <c r="A83" s="322" t="s">
         <v>407</v>
       </c>
-      <c r="B83" s="292"/>
-[...2 lines deleted...]
-      <c r="E83" s="292"/>
+      <c r="B83" s="285"/>
+      <c r="C83" s="285"/>
+      <c r="D83" s="285"/>
+      <c r="E83" s="285"/>
       <c r="F83" s="26">
         <v>411</v>
       </c>
       <c r="G83" s="38">
         <v>0</v>
       </c>
-      <c r="H83" s="175" t="s">
-[...7 lines deleted...]
-      <c r="K83" s="177"/>
+      <c r="H83" s="270" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I83" s="45"/>
+      <c r="J83" s="64"/>
+      <c r="K83" s="172"/>
     </row>
     <row r="84" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="302" t="s">
+      <c r="A84" s="322" t="s">
         <v>408</v>
       </c>
-      <c r="B84" s="303"/>
-[...2 lines deleted...]
-      <c r="E84" s="303"/>
+      <c r="B84" s="323"/>
+      <c r="C84" s="323"/>
+      <c r="D84" s="323"/>
+      <c r="E84" s="323"/>
       <c r="F84" s="26">
         <v>412</v>
       </c>
       <c r="G84" s="38">
         <v>0</v>
       </c>
-      <c r="H84" s="175" t="s">
-[...2 lines deleted...]
-      <c r="I84" s="47" t="str">
+      <c r="H84" s="171" t="s">
+        <v>479</v>
+      </c>
+      <c r="I84" s="45" t="str">
         <f>IF($G$84&gt;$G$82,"Ř. 0412 je větší 0410","")</f>
         <v/>
       </c>
-      <c r="J84" s="63"/>
-      <c r="K84" s="177"/>
+      <c r="J84" s="61"/>
+      <c r="K84" s="172"/>
     </row>
     <row r="85" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="302" t="s">
+      <c r="A85" s="322" t="s">
         <v>177</v>
       </c>
-      <c r="B85" s="303"/>
-[...2 lines deleted...]
-      <c r="E85" s="303"/>
+      <c r="B85" s="323"/>
+      <c r="C85" s="323"/>
+      <c r="D85" s="323"/>
+      <c r="E85" s="323"/>
       <c r="F85" s="26">
         <v>413</v>
       </c>
       <c r="G85" s="38">
         <v>0</v>
       </c>
-      <c r="H85" s="175"/>
-[...2 lines deleted...]
-      <c r="K85" s="177"/>
+      <c r="H85" s="171"/>
+      <c r="I85" s="44"/>
+      <c r="J85" s="60"/>
+      <c r="K85" s="172"/>
     </row>
     <row r="86" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="291" t="s">
+      <c r="A86" s="284" t="s">
         <v>178</v>
       </c>
-      <c r="B86" s="292"/>
-[...2 lines deleted...]
-      <c r="E86" s="292"/>
+      <c r="B86" s="285"/>
+      <c r="C86" s="285"/>
+      <c r="D86" s="285"/>
+      <c r="E86" s="285"/>
       <c r="F86" s="26">
         <v>414</v>
       </c>
       <c r="G86" s="38">
         <v>0</v>
       </c>
-      <c r="H86" s="175"/>
-      <c r="I86" s="47" t="str">
+      <c r="H86" s="171"/>
+      <c r="I86" s="45" t="str">
         <f>IF($G$86&gt;0,IF($G$85=0,"Chybí tituly v ř. 0413",""),"")</f>
         <v/>
       </c>
-      <c r="J86" s="63"/>
-      <c r="K86" s="177"/>
+      <c r="J86" s="61"/>
+      <c r="K86" s="172"/>
     </row>
     <row r="87" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="302" t="s">
+      <c r="A87" s="322" t="s">
         <v>179</v>
       </c>
-      <c r="B87" s="303"/>
-[...2 lines deleted...]
-      <c r="E87" s="303"/>
+      <c r="B87" s="323"/>
+      <c r="C87" s="323"/>
+      <c r="D87" s="323"/>
+      <c r="E87" s="323"/>
       <c r="F87" s="26">
         <v>415</v>
       </c>
       <c r="G87" s="38">
         <v>0</v>
       </c>
-      <c r="H87" s="175"/>
-[...2 lines deleted...]
-      <c r="K87" s="177"/>
+      <c r="H87" s="171"/>
+      <c r="I87" s="49"/>
+      <c r="J87" s="61"/>
+      <c r="K87" s="172"/>
     </row>
     <row r="88" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="291" t="s">
+      <c r="A88" s="284" t="s">
         <v>178</v>
       </c>
-      <c r="B88" s="292"/>
-[...2 lines deleted...]
-      <c r="E88" s="292"/>
+      <c r="B88" s="285"/>
+      <c r="C88" s="285"/>
+      <c r="D88" s="285"/>
+      <c r="E88" s="285"/>
       <c r="F88" s="26">
         <v>416</v>
       </c>
       <c r="G88" s="38">
         <v>0</v>
       </c>
-      <c r="H88" s="175"/>
-      <c r="I88" s="47" t="str">
+      <c r="H88" s="171"/>
+      <c r="I88" s="45" t="str">
         <f>IF($G$88&gt;0,IF($G$87=0,"Chybí tituly v ř. 0415",""),"")</f>
         <v/>
       </c>
-      <c r="J88" s="63"/>
-      <c r="K88" s="177"/>
+      <c r="J88" s="61"/>
+      <c r="K88" s="172"/>
     </row>
     <row r="89" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="302" t="s">
+      <c r="A89" s="322" t="s">
         <v>180</v>
       </c>
-      <c r="B89" s="303"/>
-[...2 lines deleted...]
-      <c r="E89" s="303"/>
+      <c r="B89" s="323"/>
+      <c r="C89" s="323"/>
+      <c r="D89" s="323"/>
+      <c r="E89" s="323"/>
       <c r="F89" s="26">
         <v>417</v>
       </c>
       <c r="G89" s="38">
         <v>0</v>
       </c>
-      <c r="H89" s="175"/>
-[...2 lines deleted...]
-      <c r="K89" s="177"/>
+      <c r="H89" s="171"/>
+      <c r="I89" s="44"/>
+      <c r="J89" s="60"/>
+      <c r="K89" s="172"/>
     </row>
     <row r="90" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="291" t="s">
+      <c r="A90" s="284" t="s">
         <v>181</v>
       </c>
-      <c r="B90" s="292"/>
-[...2 lines deleted...]
-      <c r="E90" s="292"/>
+      <c r="B90" s="285"/>
+      <c r="C90" s="285"/>
+      <c r="D90" s="285"/>
+      <c r="E90" s="285"/>
       <c r="F90" s="26">
         <v>418</v>
       </c>
       <c r="G90" s="38">
         <v>0</v>
       </c>
-      <c r="H90" s="192" t="s">
-[...4 lines deleted...]
-      <c r="K90" s="177"/>
+      <c r="H90" s="184" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I90" s="44"/>
+      <c r="J90" s="60"/>
+      <c r="K90" s="172"/>
     </row>
     <row r="91" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="291" t="s">
+      <c r="A91" s="284" t="s">
         <v>182</v>
       </c>
-      <c r="B91" s="292"/>
-[...2 lines deleted...]
-      <c r="E91" s="292"/>
+      <c r="B91" s="285"/>
+      <c r="C91" s="285"/>
+      <c r="D91" s="285"/>
+      <c r="E91" s="285"/>
       <c r="F91" s="26">
         <v>419</v>
       </c>
       <c r="G91" s="38">
         <v>0</v>
       </c>
-      <c r="H91" s="152" t="s">
-[...4 lines deleted...]
-      <c r="K91" s="177"/>
+      <c r="H91" s="149" t="s">
+        <v>591</v>
+      </c>
+      <c r="I91" s="44"/>
+      <c r="J91" s="60"/>
+      <c r="K91" s="172"/>
     </row>
     <row r="92" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="291" t="s">
+      <c r="A92" s="284" t="s">
         <v>183</v>
       </c>
-      <c r="B92" s="292"/>
-[...2 lines deleted...]
-      <c r="E92" s="292"/>
+      <c r="B92" s="285"/>
+      <c r="C92" s="285"/>
+      <c r="D92" s="285"/>
+      <c r="E92" s="285"/>
       <c r="F92" s="26">
         <v>420</v>
       </c>
       <c r="G92" s="38">
         <v>0</v>
       </c>
-      <c r="H92" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K92" s="177"/>
+      <c r="H92" s="171" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I92" s="44"/>
+      <c r="J92" s="60"/>
+      <c r="K92" s="172"/>
     </row>
     <row r="93" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="291" t="s">
+      <c r="A93" s="284" t="s">
         <v>184</v>
       </c>
-      <c r="B93" s="292"/>
-[...2 lines deleted...]
-      <c r="E93" s="292"/>
+      <c r="B93" s="285"/>
+      <c r="C93" s="285"/>
+      <c r="D93" s="285"/>
+      <c r="E93" s="285"/>
       <c r="F93" s="26">
         <v>421</v>
       </c>
       <c r="G93" s="38">
         <v>0</v>
       </c>
-      <c r="H93" s="175" t="s">
+      <c r="H93" s="171" t="s">
         <v>299</v>
       </c>
-      <c r="I93" s="46"/>
-[...1 lines deleted...]
-      <c r="K93" s="177"/>
+      <c r="I93" s="44"/>
+      <c r="J93" s="60"/>
+      <c r="K93" s="172"/>
     </row>
     <row r="94" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="291" t="s">
+      <c r="A94" s="284" t="s">
         <v>185</v>
       </c>
-      <c r="B94" s="292"/>
-[...2 lines deleted...]
-      <c r="E94" s="292"/>
+      <c r="B94" s="285"/>
+      <c r="C94" s="285"/>
+      <c r="D94" s="285"/>
+      <c r="E94" s="285"/>
       <c r="F94" s="26">
         <v>422</v>
       </c>
       <c r="G94" s="38">
         <v>0</v>
       </c>
-      <c r="H94" s="175" t="s">
+      <c r="H94" s="171" t="s">
         <v>300</v>
       </c>
-      <c r="I94" s="46"/>
-[...1 lines deleted...]
-      <c r="K94" s="177"/>
+      <c r="I94" s="44"/>
+      <c r="J94" s="60"/>
+      <c r="K94" s="172"/>
     </row>
     <row r="95" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="293" t="s">
+      <c r="A95" s="286" t="s">
         <v>186</v>
       </c>
-      <c r="B95" s="294"/>
-[...2 lines deleted...]
-      <c r="E95" s="294"/>
+      <c r="B95" s="287"/>
+      <c r="C95" s="287"/>
+      <c r="D95" s="287"/>
+      <c r="E95" s="287"/>
       <c r="F95" s="28">
         <v>423</v>
       </c>
-      <c r="G95" s="92">
-[...7 lines deleted...]
-      <c r="K95" s="177"/>
+      <c r="G95" s="269">
+        <v>0</v>
+      </c>
+      <c r="H95" s="184" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I95" s="44"/>
+      <c r="J95" s="60"/>
+      <c r="K95" s="172"/>
     </row>
     <row r="96" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A96" s="177"/>
-[...9 lines deleted...]
-      <c r="K96" s="177"/>
+      <c r="A96" s="172"/>
+      <c r="B96" s="172"/>
+      <c r="C96" s="172"/>
+      <c r="D96" s="172"/>
+      <c r="E96" s="172"/>
+      <c r="F96" s="172"/>
+      <c r="G96" s="100"/>
+      <c r="H96" s="171"/>
+      <c r="I96" s="44"/>
+      <c r="J96" s="60"/>
+      <c r="K96" s="172"/>
     </row>
     <row r="97" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="21" t="s">
         <v>187</v>
       </c>
-      <c r="B97" s="177"/>
-[...8 lines deleted...]
-      <c r="K97" s="177"/>
+      <c r="B97" s="172"/>
+      <c r="C97" s="172"/>
+      <c r="D97" s="172"/>
+      <c r="E97" s="172"/>
+      <c r="F97" s="172"/>
+      <c r="G97" s="100"/>
+      <c r="H97" s="171"/>
+      <c r="I97" s="44"/>
+      <c r="J97" s="60"/>
+      <c r="K97" s="172"/>
     </row>
     <row r="98" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A98" s="283"/>
-[...4 lines deleted...]
-      <c r="F98" s="168" t="s">
+      <c r="A98" s="288"/>
+      <c r="B98" s="289"/>
+      <c r="C98" s="289"/>
+      <c r="D98" s="289"/>
+      <c r="E98" s="290"/>
+      <c r="F98" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G98" s="111" t="s">
+      <c r="G98" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H98" s="175"/>
-[...2 lines deleted...]
-      <c r="K98" s="177"/>
+      <c r="H98" s="171"/>
+      <c r="I98" s="44"/>
+      <c r="J98" s="60"/>
+      <c r="K98" s="172"/>
     </row>
     <row r="99" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A99" s="277" t="s">
+      <c r="A99" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B99" s="278"/>
-[...3 lines deleted...]
-      <c r="F99" s="169">
+      <c r="B99" s="297"/>
+      <c r="C99" s="297"/>
+      <c r="D99" s="297"/>
+      <c r="E99" s="298"/>
+      <c r="F99" s="166">
         <v>1</v>
       </c>
-      <c r="G99" s="112">
+      <c r="G99" s="109">
         <v>2</v>
       </c>
-      <c r="H99" s="175"/>
-[...2 lines deleted...]
-      <c r="K99" s="177"/>
+      <c r="H99" s="171"/>
+      <c r="I99" s="44"/>
+      <c r="J99" s="60"/>
+      <c r="K99" s="172"/>
     </row>
     <row r="100" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="291" t="s">
+      <c r="A100" s="284" t="s">
         <v>188</v>
       </c>
-      <c r="B100" s="292"/>
-[...2 lines deleted...]
-      <c r="E100" s="292"/>
+      <c r="B100" s="285"/>
+      <c r="C100" s="285"/>
+      <c r="D100" s="285"/>
+      <c r="E100" s="285"/>
       <c r="F100" s="26">
         <v>501</v>
       </c>
       <c r="G100" s="38">
         <v>0</v>
       </c>
-      <c r="H100" s="175" t="s">
+      <c r="H100" s="171" t="s">
         <v>301</v>
       </c>
-      <c r="I100" s="47" t="str">
+      <c r="I100" s="45" t="str">
         <f>IF(G102&gt;0,IF(G100=0,"Chybí webová stránka.",""),"")</f>
         <v/>
       </c>
-      <c r="J100" s="63"/>
-      <c r="K100" s="177"/>
+      <c r="J100" s="61"/>
+      <c r="K100" s="172"/>
     </row>
     <row r="101" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="291" t="s">
+      <c r="A101" s="284" t="s">
         <v>189</v>
       </c>
-      <c r="B101" s="292"/>
-[...2 lines deleted...]
-      <c r="E101" s="292"/>
+      <c r="B101" s="285"/>
+      <c r="C101" s="285"/>
+      <c r="D101" s="285"/>
+      <c r="E101" s="285"/>
       <c r="F101" s="26">
         <v>502</v>
       </c>
       <c r="G101" s="38">
         <v>0</v>
       </c>
-      <c r="H101" s="175" t="s">
+      <c r="H101" s="171" t="s">
         <v>302</v>
       </c>
-      <c r="I101" s="46" t="str">
+      <c r="I101" s="44" t="str">
         <f>IF(G103&gt;0,IF(G101=0,"Chybí elektronický katalog.",""),"")</f>
         <v/>
       </c>
-      <c r="J101" s="62"/>
-      <c r="K101" s="177"/>
+      <c r="J101" s="60"/>
+      <c r="K101" s="172"/>
     </row>
     <row r="102" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="359" t="s">
+      <c r="A102" s="369" t="s">
         <v>417</v>
       </c>
-      <c r="B102" s="275" t="s">
+      <c r="B102" s="292" t="s">
         <v>409</v>
       </c>
-      <c r="C102" s="275"/>
-[...1 lines deleted...]
-      <c r="E102" s="276"/>
+      <c r="C102" s="292"/>
+      <c r="D102" s="292"/>
+      <c r="E102" s="293"/>
       <c r="F102" s="26">
         <v>503</v>
       </c>
       <c r="G102" s="38">
         <v>0</v>
       </c>
-      <c r="H102" s="175"/>
-[...2 lines deleted...]
-      <c r="K102" s="177"/>
+      <c r="H102" s="171"/>
+      <c r="I102" s="44"/>
+      <c r="J102" s="60"/>
+      <c r="K102" s="172"/>
     </row>
     <row r="103" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="360"/>
-      <c r="B103" s="275" t="s">
+      <c r="A103" s="370"/>
+      <c r="B103" s="292" t="s">
         <v>418</v>
       </c>
-      <c r="C103" s="275"/>
-[...1 lines deleted...]
-      <c r="E103" s="276"/>
+      <c r="C103" s="292"/>
+      <c r="D103" s="292"/>
+      <c r="E103" s="293"/>
       <c r="F103" s="27">
         <v>504</v>
       </c>
       <c r="G103" s="38">
         <v>0</v>
       </c>
-      <c r="H103" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K103" s="177"/>
+      <c r="H103" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I103" s="44"/>
+      <c r="J103" s="60"/>
+      <c r="K103" s="172"/>
     </row>
     <row r="104" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="360"/>
-      <c r="B104" s="288" t="s">
+      <c r="A104" s="370"/>
+      <c r="B104" s="282" t="s">
         <v>410</v>
       </c>
-      <c r="C104" s="288"/>
-[...1 lines deleted...]
-      <c r="E104" s="289"/>
+      <c r="C104" s="282"/>
+      <c r="D104" s="282"/>
+      <c r="E104" s="283"/>
       <c r="F104" s="26">
         <v>505</v>
       </c>
       <c r="G104" s="38">
         <v>0</v>
       </c>
-      <c r="H104" s="175" t="s">
+      <c r="H104" s="171" t="s">
         <v>303</v>
       </c>
-      <c r="I104" s="46"/>
-[...1 lines deleted...]
-      <c r="K104" s="177"/>
+      <c r="I104" s="44"/>
+      <c r="J104" s="60"/>
+      <c r="K104" s="172"/>
     </row>
     <row r="105" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="360"/>
-      <c r="B105" s="288" t="s">
+      <c r="A105" s="370"/>
+      <c r="B105" s="282" t="s">
         <v>411</v>
       </c>
-      <c r="C105" s="288"/>
-[...1 lines deleted...]
-      <c r="E105" s="289"/>
+      <c r="C105" s="282"/>
+      <c r="D105" s="282"/>
+      <c r="E105" s="283"/>
       <c r="F105" s="26">
         <v>506</v>
       </c>
       <c r="G105" s="38">
         <v>0</v>
       </c>
-      <c r="H105" s="175" t="s">
+      <c r="H105" s="171" t="s">
         <v>304</v>
       </c>
-      <c r="I105" s="46"/>
-[...1 lines deleted...]
-      <c r="K105" s="177"/>
+      <c r="I105" s="44"/>
+      <c r="J105" s="60"/>
+      <c r="K105" s="172"/>
     </row>
     <row r="106" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="360"/>
-      <c r="B106" s="275" t="s">
+      <c r="A106" s="370"/>
+      <c r="B106" s="292" t="s">
         <v>412</v>
       </c>
-      <c r="C106" s="275"/>
-[...1 lines deleted...]
-      <c r="E106" s="276"/>
+      <c r="C106" s="292"/>
+      <c r="D106" s="292"/>
+      <c r="E106" s="293"/>
       <c r="F106" s="26">
         <v>507</v>
       </c>
       <c r="G106" s="38">
         <v>0</v>
       </c>
-      <c r="H106" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K106" s="177"/>
+      <c r="H106" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I106" s="44"/>
+      <c r="J106" s="60"/>
+      <c r="K106" s="172"/>
     </row>
     <row r="107" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="360"/>
-      <c r="B107" s="275" t="s">
+      <c r="A107" s="370"/>
+      <c r="B107" s="292" t="s">
         <v>413</v>
       </c>
-      <c r="C107" s="275"/>
-[...1 lines deleted...]
-      <c r="E107" s="276"/>
+      <c r="C107" s="292"/>
+      <c r="D107" s="292"/>
+      <c r="E107" s="293"/>
       <c r="F107" s="26">
         <v>508</v>
       </c>
       <c r="G107" s="38">
         <v>0</v>
       </c>
-      <c r="H107" s="152"/>
-[...2 lines deleted...]
-      <c r="K107" s="177"/>
+      <c r="H107" s="149"/>
+      <c r="I107" s="44"/>
+      <c r="J107" s="60"/>
+      <c r="K107" s="172"/>
     </row>
     <row r="108" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="360"/>
-      <c r="B108" s="288" t="s">
+      <c r="A108" s="370"/>
+      <c r="B108" s="282" t="s">
         <v>428</v>
       </c>
-      <c r="C108" s="288"/>
-[...1 lines deleted...]
-      <c r="E108" s="289"/>
+      <c r="C108" s="282"/>
+      <c r="D108" s="282"/>
+      <c r="E108" s="283"/>
       <c r="F108" s="26">
         <v>509</v>
       </c>
       <c r="G108" s="38">
         <v>0</v>
       </c>
-      <c r="H108" s="175"/>
-[...2 lines deleted...]
-      <c r="K108" s="177"/>
+      <c r="H108" s="171"/>
+      <c r="I108" s="44"/>
+      <c r="J108" s="60"/>
+      <c r="K108" s="172"/>
     </row>
     <row r="109" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="360"/>
-      <c r="B109" s="288" t="s">
+      <c r="A109" s="370"/>
+      <c r="B109" s="282" t="s">
         <v>414</v>
       </c>
-      <c r="C109" s="288"/>
-[...1 lines deleted...]
-      <c r="E109" s="289"/>
+      <c r="C109" s="282"/>
+      <c r="D109" s="282"/>
+      <c r="E109" s="283"/>
       <c r="F109" s="26">
         <v>510</v>
       </c>
       <c r="G109" s="38">
         <v>0</v>
       </c>
-      <c r="H109" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K109" s="177"/>
+      <c r="H109" s="171" t="s">
+        <v>580</v>
+      </c>
+      <c r="I109" s="44"/>
+      <c r="J109" s="60"/>
+      <c r="K109" s="172"/>
     </row>
     <row r="110" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="360"/>
-      <c r="B110" s="288" t="s">
+      <c r="A110" s="370"/>
+      <c r="B110" s="282" t="s">
         <v>415</v>
       </c>
-      <c r="C110" s="288"/>
-[...1 lines deleted...]
-      <c r="E110" s="289"/>
+      <c r="C110" s="282"/>
+      <c r="D110" s="282"/>
+      <c r="E110" s="283"/>
       <c r="F110" s="26">
         <v>511</v>
       </c>
       <c r="G110" s="38">
         <v>0</v>
       </c>
-      <c r="H110" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K110" s="177"/>
+      <c r="H110" s="171" t="s">
+        <v>580</v>
+      </c>
+      <c r="I110" s="44"/>
+      <c r="J110" s="60"/>
+      <c r="K110" s="172"/>
     </row>
     <row r="111" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="360"/>
-      <c r="B111" s="362" t="s">
+      <c r="A111" s="370"/>
+      <c r="B111" s="372" t="s">
         <v>419</v>
       </c>
-      <c r="C111" s="363"/>
-[...3 lines deleted...]
-      <c r="E111" s="276"/>
+      <c r="C111" s="373"/>
+      <c r="D111" s="292" t="s">
+        <v>541</v>
+      </c>
+      <c r="E111" s="293"/>
       <c r="F111" s="26">
         <v>512</v>
       </c>
       <c r="G111" s="38">
         <v>0</v>
       </c>
-      <c r="H111" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K111" s="177"/>
+      <c r="H111" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I111" s="45"/>
+      <c r="J111" s="61"/>
+      <c r="K111" s="172"/>
     </row>
     <row r="112" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="361"/>
-[...2 lines deleted...]
-      <c r="D112" s="366" t="s">
+      <c r="A112" s="371"/>
+      <c r="B112" s="374"/>
+      <c r="C112" s="375"/>
+      <c r="D112" s="367" t="s">
         <v>416</v>
       </c>
-      <c r="E112" s="367"/>
+      <c r="E112" s="368"/>
       <c r="F112" s="28">
         <v>513</v>
       </c>
-      <c r="G112" s="92">
-[...7 lines deleted...]
-      <c r="K112" s="177"/>
+      <c r="G112" s="89">
+        <v>0</v>
+      </c>
+      <c r="H112" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I112" s="44"/>
+      <c r="J112" s="60"/>
+      <c r="K112" s="172"/>
     </row>
     <row r="113" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A113" s="177"/>
-[...9 lines deleted...]
-      <c r="K113" s="177"/>
+      <c r="A113" s="172"/>
+      <c r="B113" s="172"/>
+      <c r="C113" s="172"/>
+      <c r="D113" s="172"/>
+      <c r="E113" s="172"/>
+      <c r="F113" s="172"/>
+      <c r="G113" s="100"/>
+      <c r="H113" s="171"/>
+      <c r="I113" s="44"/>
+      <c r="J113" s="60"/>
+      <c r="K113" s="172"/>
     </row>
     <row r="114" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A114" s="21" t="s">
         <v>190</v>
       </c>
-      <c r="B114" s="177"/>
-[...8 lines deleted...]
-      <c r="K114" s="177"/>
+      <c r="B114" s="172"/>
+      <c r="C114" s="172"/>
+      <c r="D114" s="172"/>
+      <c r="E114" s="172"/>
+      <c r="F114" s="172"/>
+      <c r="G114" s="100"/>
+      <c r="H114" s="171"/>
+      <c r="I114" s="44"/>
+      <c r="J114" s="60"/>
+      <c r="K114" s="172"/>
     </row>
     <row r="115" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A115" s="283"/>
-[...4 lines deleted...]
-      <c r="F115" s="168" t="s">
+      <c r="A115" s="288"/>
+      <c r="B115" s="289"/>
+      <c r="C115" s="289"/>
+      <c r="D115" s="289"/>
+      <c r="E115" s="290"/>
+      <c r="F115" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G115" s="111" t="s">
+      <c r="G115" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H115" s="175"/>
-[...2 lines deleted...]
-      <c r="K115" s="177"/>
+      <c r="H115" s="171"/>
+      <c r="I115" s="44"/>
+      <c r="J115" s="60"/>
+      <c r="K115" s="172"/>
     </row>
     <row r="116" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A116" s="277" t="s">
+      <c r="A116" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B116" s="278"/>
-[...3 lines deleted...]
-      <c r="F116" s="169">
+      <c r="B116" s="297"/>
+      <c r="C116" s="297"/>
+      <c r="D116" s="297"/>
+      <c r="E116" s="298"/>
+      <c r="F116" s="166">
         <v>1</v>
       </c>
-      <c r="G116" s="112">
+      <c r="G116" s="109">
         <v>2</v>
       </c>
-      <c r="H116" s="175"/>
-[...2 lines deleted...]
-      <c r="K116" s="177"/>
+      <c r="H116" s="171"/>
+      <c r="I116" s="44"/>
+      <c r="J116" s="60"/>
+      <c r="K116" s="172"/>
     </row>
     <row r="117" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="290" t="s">
+      <c r="A117" s="357" t="s">
         <v>421</v>
       </c>
-      <c r="B117" s="288"/>
-[...2 lines deleted...]
-      <c r="E117" s="289"/>
+      <c r="B117" s="282"/>
+      <c r="C117" s="282"/>
+      <c r="D117" s="282"/>
+      <c r="E117" s="283"/>
       <c r="F117" s="26">
         <v>601</v>
       </c>
-      <c r="G117" s="113">
-[...7 lines deleted...]
-      <c r="K117" s="177"/>
+      <c r="G117" s="110">
+        <v>0</v>
+      </c>
+      <c r="H117" s="158" t="s">
+        <v>590</v>
+      </c>
+      <c r="I117" s="44"/>
+      <c r="J117" s="60"/>
+      <c r="K117" s="172"/>
     </row>
     <row r="118" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="290" t="s">
+      <c r="A118" s="357" t="s">
         <v>420</v>
       </c>
-      <c r="B118" s="288"/>
-[...2 lines deleted...]
-      <c r="E118" s="289"/>
+      <c r="B118" s="282"/>
+      <c r="C118" s="282"/>
+      <c r="D118" s="282"/>
+      <c r="E118" s="283"/>
       <c r="F118" s="26">
         <v>602</v>
       </c>
-      <c r="G118" s="43">
+      <c r="G118" s="265">
         <f>SUM(G119:G125)</f>
         <v>0</v>
       </c>
-      <c r="H118" s="273" t="s">
-[...4 lines deleted...]
-      <c r="K118" s="177"/>
+      <c r="H118" s="295" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I118" s="44"/>
+      <c r="J118" s="60"/>
+      <c r="K118" s="172"/>
     </row>
     <row r="119" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="376" t="s">
+      <c r="A119" s="386" t="s">
         <v>191</v>
       </c>
-      <c r="B119" s="377" t="s">
+      <c r="B119" s="387" t="s">
         <v>192</v>
       </c>
-      <c r="C119" s="352" t="s">
+      <c r="C119" s="361" t="s">
         <v>193</v>
       </c>
-      <c r="D119" s="288"/>
-      <c r="E119" s="289"/>
+      <c r="D119" s="282"/>
+      <c r="E119" s="283"/>
       <c r="F119" s="26">
         <v>603</v>
       </c>
-      <c r="G119" s="44">
-[...5 lines deleted...]
-      <c r="K119" s="177"/>
+      <c r="G119" s="266">
+        <v>0</v>
+      </c>
+      <c r="H119" s="295"/>
+      <c r="I119" s="44"/>
+      <c r="J119" s="60"/>
+      <c r="K119" s="172"/>
     </row>
     <row r="120" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="376"/>
-[...1 lines deleted...]
-      <c r="C120" s="352" t="s">
+      <c r="A120" s="386"/>
+      <c r="B120" s="387"/>
+      <c r="C120" s="361" t="s">
         <v>194</v>
       </c>
-      <c r="D120" s="288"/>
-      <c r="E120" s="289"/>
+      <c r="D120" s="282"/>
+      <c r="E120" s="283"/>
       <c r="F120" s="29">
         <v>604</v>
       </c>
-      <c r="G120" s="44">
-[...5 lines deleted...]
-      <c r="K120" s="177"/>
+      <c r="G120" s="266">
+        <v>0</v>
+      </c>
+      <c r="H120" s="295"/>
+      <c r="I120" s="44"/>
+      <c r="J120" s="60"/>
+      <c r="K120" s="172"/>
     </row>
     <row r="121" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="376"/>
-[...1 lines deleted...]
-      <c r="C121" s="352" t="s">
+      <c r="A121" s="386"/>
+      <c r="B121" s="387"/>
+      <c r="C121" s="361" t="s">
         <v>195</v>
       </c>
-      <c r="D121" s="288"/>
-      <c r="E121" s="289"/>
+      <c r="D121" s="282"/>
+      <c r="E121" s="283"/>
       <c r="F121" s="26">
         <v>605</v>
       </c>
-      <c r="G121" s="44">
-[...5 lines deleted...]
-      <c r="K121" s="177"/>
+      <c r="G121" s="266">
+        <v>0</v>
+      </c>
+      <c r="H121" s="295"/>
+      <c r="I121" s="44"/>
+      <c r="J121" s="60"/>
+      <c r="K121" s="172"/>
     </row>
     <row r="122" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="376"/>
-[...1 lines deleted...]
-      <c r="C122" s="352" t="s">
+      <c r="A122" s="386"/>
+      <c r="B122" s="387"/>
+      <c r="C122" s="361" t="s">
         <v>196</v>
       </c>
-      <c r="D122" s="288"/>
-      <c r="E122" s="289"/>
+      <c r="D122" s="282"/>
+      <c r="E122" s="283"/>
       <c r="F122" s="26">
         <v>606</v>
       </c>
-      <c r="G122" s="44">
-[...5 lines deleted...]
-      <c r="K122" s="177"/>
+      <c r="G122" s="266">
+        <v>0</v>
+      </c>
+      <c r="H122" s="295"/>
+      <c r="I122" s="44"/>
+      <c r="J122" s="60"/>
+      <c r="K122" s="172"/>
     </row>
     <row r="123" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="376"/>
-[...1 lines deleted...]
-      <c r="C123" s="352" t="s">
+      <c r="A123" s="386"/>
+      <c r="B123" s="387"/>
+      <c r="C123" s="361" t="s">
         <v>197</v>
       </c>
-      <c r="D123" s="288"/>
-      <c r="E123" s="289"/>
+      <c r="D123" s="282"/>
+      <c r="E123" s="283"/>
       <c r="F123" s="26">
         <v>607</v>
       </c>
-      <c r="G123" s="44">
-[...5 lines deleted...]
-      <c r="K123" s="177"/>
+      <c r="G123" s="266">
+        <v>0</v>
+      </c>
+      <c r="H123" s="295"/>
+      <c r="I123" s="44"/>
+      <c r="J123" s="60"/>
+      <c r="K123" s="172"/>
     </row>
     <row r="124" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="376"/>
-[...1 lines deleted...]
-      <c r="C124" s="352" t="s">
+      <c r="A124" s="386"/>
+      <c r="B124" s="387"/>
+      <c r="C124" s="361" t="s">
         <v>198</v>
       </c>
-      <c r="D124" s="288"/>
-      <c r="E124" s="289"/>
+      <c r="D124" s="282"/>
+      <c r="E124" s="283"/>
       <c r="F124" s="26">
         <v>608</v>
       </c>
-      <c r="G124" s="44">
-[...5 lines deleted...]
-      <c r="K124" s="177"/>
+      <c r="G124" s="266">
+        <v>0</v>
+      </c>
+      <c r="H124" s="295"/>
+      <c r="I124" s="44"/>
+      <c r="J124" s="60"/>
+      <c r="K124" s="172"/>
     </row>
     <row r="125" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="376"/>
-      <c r="B125" s="352" t="s">
+      <c r="A125" s="386"/>
+      <c r="B125" s="361" t="s">
         <v>199</v>
       </c>
-      <c r="C125" s="288"/>
-[...1 lines deleted...]
-      <c r="E125" s="289"/>
+      <c r="C125" s="282"/>
+      <c r="D125" s="282"/>
+      <c r="E125" s="283"/>
       <c r="F125" s="26">
         <v>609</v>
       </c>
-      <c r="G125" s="44">
-[...5 lines deleted...]
-      <c r="K125" s="177"/>
+      <c r="G125" s="266">
+        <v>0</v>
+      </c>
+      <c r="H125" s="295"/>
+      <c r="I125" s="44"/>
+      <c r="J125" s="60"/>
+      <c r="K125" s="172"/>
     </row>
     <row r="126" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="287" t="s">
+      <c r="A126" s="281" t="s">
         <v>424</v>
       </c>
-      <c r="B126" s="275"/>
-[...2 lines deleted...]
-      <c r="E126" s="276"/>
+      <c r="B126" s="292"/>
+      <c r="C126" s="292"/>
+      <c r="D126" s="292"/>
+      <c r="E126" s="293"/>
       <c r="F126" s="26">
         <v>610</v>
       </c>
       <c r="G126" s="38">
         <v>0</v>
       </c>
-      <c r="H126" s="269" t="s">
-[...2 lines deleted...]
-      <c r="I126" s="46" t="str">
+      <c r="H126" s="261" t="s">
+        <v>589</v>
+      </c>
+      <c r="I126" s="44" t="str">
         <f>IF(G127&gt;0,IF(G126=0,"Chybí počet DPČ, DPP",""),"")</f>
         <v/>
       </c>
-      <c r="J126" s="62"/>
-      <c r="K126" s="177"/>
+      <c r="J126" s="60"/>
+      <c r="K126" s="172"/>
     </row>
     <row r="127" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="287" t="s">
+      <c r="A127" s="281" t="s">
         <v>425</v>
       </c>
-      <c r="B127" s="275"/>
-[...3 lines deleted...]
-      <c r="F127" s="129">
+      <c r="B127" s="292"/>
+      <c r="C127" s="292"/>
+      <c r="D127" s="292"/>
+      <c r="E127" s="293"/>
+      <c r="F127" s="126">
         <v>611</v>
       </c>
       <c r="G127" s="38">
         <v>0</v>
       </c>
-      <c r="H127" s="175"/>
-      <c r="I127" s="46" t="str">
+      <c r="H127" s="171"/>
+      <c r="I127" s="44" t="str">
         <f>IF(G126&gt;0,IF(G127=0,"Chybí počet hodin DPČ, DPP",""),"")</f>
         <v/>
       </c>
-      <c r="J127" s="62"/>
-      <c r="K127" s="177"/>
+      <c r="J127" s="60"/>
+      <c r="K127" s="172"/>
     </row>
     <row r="128" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="287" t="s">
+      <c r="A128" s="281" t="s">
         <v>426</v>
       </c>
-      <c r="B128" s="275"/>
-[...2 lines deleted...]
-      <c r="E128" s="276"/>
+      <c r="B128" s="292"/>
+      <c r="C128" s="292"/>
+      <c r="D128" s="292"/>
+      <c r="E128" s="293"/>
       <c r="F128" s="26">
         <v>612</v>
       </c>
       <c r="G128" s="38">
         <v>0</v>
       </c>
-      <c r="H128" s="161" t="s">
-[...2 lines deleted...]
-      <c r="I128" s="46" t="str">
+      <c r="H128" s="158" t="s">
+        <v>590</v>
+      </c>
+      <c r="I128" s="44" t="str">
         <f>IF(G129&gt;0,IF(G128=0,"Chybí počet OSVČ, atd.",""),"")</f>
         <v/>
       </c>
-      <c r="J128" s="62"/>
-      <c r="K128" s="177"/>
+      <c r="J128" s="60"/>
+      <c r="K128" s="172"/>
     </row>
     <row r="129" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="287" t="s">
+      <c r="A129" s="281" t="s">
         <v>427</v>
       </c>
-      <c r="B129" s="275"/>
-[...2 lines deleted...]
-      <c r="E129" s="276"/>
+      <c r="B129" s="292"/>
+      <c r="C129" s="292"/>
+      <c r="D129" s="292"/>
+      <c r="E129" s="293"/>
       <c r="F129" s="26">
         <v>613</v>
       </c>
       <c r="G129" s="38">
         <v>0</v>
       </c>
-      <c r="H129" s="175"/>
-      <c r="I129" s="46" t="str">
+      <c r="H129" s="171"/>
+      <c r="I129" s="44" t="str">
         <f>IF(G128&gt;0,IF(G129=0,"Chybí počet hodin OSCČ, atd.",""),"")</f>
         <v/>
       </c>
-      <c r="J129" s="62"/>
-      <c r="K129" s="177"/>
+      <c r="J129" s="60"/>
+      <c r="K129" s="172"/>
     </row>
     <row r="130" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="287" t="s">
+      <c r="A130" s="281" t="s">
         <v>422</v>
       </c>
-      <c r="B130" s="275"/>
-[...2 lines deleted...]
-      <c r="E130" s="276"/>
+      <c r="B130" s="292"/>
+      <c r="C130" s="292"/>
+      <c r="D130" s="292"/>
+      <c r="E130" s="293"/>
       <c r="F130" s="26">
         <v>614</v>
       </c>
       <c r="G130" s="38">
         <v>0</v>
       </c>
-      <c r="H130" s="175" t="s">
+      <c r="H130" s="171" t="s">
         <v>305</v>
       </c>
-      <c r="I130" s="47" t="str">
+      <c r="I130" s="45" t="str">
         <f>IF(G131&gt;0,IF(G130=0,"Chybí dobrovolní pracovníci",""),"")</f>
         <v/>
       </c>
-      <c r="J130" s="63"/>
-      <c r="K130" s="177"/>
+      <c r="J130" s="61"/>
+      <c r="K130" s="172"/>
     </row>
     <row r="131" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="368" t="s">
+      <c r="A131" s="376" t="s">
         <v>423</v>
       </c>
-      <c r="B131" s="369"/>
-[...2 lines deleted...]
-      <c r="E131" s="370"/>
+      <c r="B131" s="377"/>
+      <c r="C131" s="377"/>
+      <c r="D131" s="377"/>
+      <c r="E131" s="378"/>
       <c r="F131" s="28">
         <v>615</v>
       </c>
-      <c r="G131" s="92">
-[...3 lines deleted...]
-      <c r="I131" s="46" t="str">
+      <c r="G131" s="89">
+        <v>0</v>
+      </c>
+      <c r="H131" s="171"/>
+      <c r="I131" s="44" t="str">
         <f>IF(G130&gt;0,IF(G131=0,"Chybí počet hodin dobrovolníků",""),"")</f>
         <v/>
       </c>
-      <c r="J131" s="62"/>
-      <c r="K131" s="177"/>
+      <c r="J131" s="60"/>
+      <c r="K131" s="172"/>
     </row>
     <row r="132" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A132" s="177"/>
-[...9 lines deleted...]
-      <c r="K132" s="177"/>
+      <c r="A132" s="172"/>
+      <c r="B132" s="172"/>
+      <c r="C132" s="172"/>
+      <c r="D132" s="172"/>
+      <c r="E132" s="172"/>
+      <c r="F132" s="172"/>
+      <c r="G132" s="100"/>
+      <c r="H132" s="171"/>
+      <c r="I132" s="44"/>
+      <c r="J132" s="60"/>
+      <c r="K132" s="172"/>
     </row>
     <row r="133" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A133" s="21" t="s">
         <v>200</v>
       </c>
-      <c r="B133" s="177"/>
-[...8 lines deleted...]
-      <c r="K133" s="177"/>
+      <c r="B133" s="172"/>
+      <c r="C133" s="172"/>
+      <c r="D133" s="172"/>
+      <c r="E133" s="172"/>
+      <c r="F133" s="172"/>
+      <c r="G133" s="100"/>
+      <c r="H133" s="171"/>
+      <c r="I133" s="44"/>
+      <c r="J133" s="60"/>
+      <c r="K133" s="172"/>
     </row>
     <row r="134" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A134" s="283"/>
-[...4 lines deleted...]
-      <c r="F134" s="168" t="s">
+      <c r="A134" s="288"/>
+      <c r="B134" s="289"/>
+      <c r="C134" s="289"/>
+      <c r="D134" s="289"/>
+      <c r="E134" s="290"/>
+      <c r="F134" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G134" s="111" t="s">
+      <c r="G134" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H134" s="175"/>
-[...2 lines deleted...]
-      <c r="K134" s="177"/>
+      <c r="H134" s="171"/>
+      <c r="I134" s="44"/>
+      <c r="J134" s="60"/>
+      <c r="K134" s="172"/>
     </row>
     <row r="135" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A135" s="277" t="s">
+      <c r="A135" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B135" s="278"/>
-[...3 lines deleted...]
-      <c r="F135" s="169">
+      <c r="B135" s="297"/>
+      <c r="C135" s="297"/>
+      <c r="D135" s="297"/>
+      <c r="E135" s="298"/>
+      <c r="F135" s="166">
         <v>1</v>
       </c>
-      <c r="G135" s="112">
+      <c r="G135" s="109">
         <v>2</v>
       </c>
-      <c r="H135" s="175"/>
-[...2 lines deleted...]
-      <c r="K135" s="177"/>
+      <c r="H135" s="171"/>
+      <c r="I135" s="44"/>
+      <c r="J135" s="60"/>
+      <c r="K135" s="172"/>
     </row>
     <row r="136" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="291" t="s">
+      <c r="A136" s="284" t="s">
         <v>201</v>
       </c>
-      <c r="B136" s="292"/>
-[...2 lines deleted...]
-      <c r="E136" s="292"/>
+      <c r="B136" s="285"/>
+      <c r="C136" s="285"/>
+      <c r="D136" s="285"/>
+      <c r="E136" s="285"/>
       <c r="F136" s="26">
         <v>701</v>
       </c>
       <c r="G136" s="38">
         <v>0</v>
       </c>
-      <c r="H136" s="175"/>
-[...2 lines deleted...]
-      <c r="K136" s="177"/>
+      <c r="H136" s="171"/>
+      <c r="I136" s="44"/>
+      <c r="J136" s="60"/>
+      <c r="K136" s="172"/>
     </row>
     <row r="137" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="291" t="s">
+      <c r="A137" s="284" t="s">
         <v>202</v>
       </c>
-      <c r="B137" s="292"/>
-[...2 lines deleted...]
-      <c r="E137" s="292"/>
+      <c r="B137" s="285"/>
+      <c r="C137" s="285"/>
+      <c r="D137" s="285"/>
+      <c r="E137" s="285"/>
       <c r="F137" s="26">
         <v>702</v>
       </c>
       <c r="G137" s="38">
         <v>0</v>
       </c>
-      <c r="H137" s="175" t="s">
+      <c r="H137" s="171" t="s">
         <v>319</v>
       </c>
-      <c r="I137" s="46"/>
-[...1 lines deleted...]
-      <c r="K137" s="177"/>
+      <c r="I137" s="44"/>
+      <c r="J137" s="60"/>
+      <c r="K137" s="172"/>
     </row>
     <row r="138" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="291" t="s">
+      <c r="A138" s="284" t="s">
         <v>203</v>
       </c>
-      <c r="B138" s="292"/>
-[...2 lines deleted...]
-      <c r="E138" s="292"/>
+      <c r="B138" s="285"/>
+      <c r="C138" s="285"/>
+      <c r="D138" s="285"/>
+      <c r="E138" s="285"/>
       <c r="F138" s="26">
         <v>703</v>
       </c>
       <c r="G138" s="38">
         <v>0</v>
       </c>
-      <c r="H138" s="175" t="s">
+      <c r="H138" s="171" t="s">
         <v>306</v>
       </c>
-      <c r="I138" s="46"/>
-[...1 lines deleted...]
-      <c r="K138" s="177"/>
+      <c r="I138" s="44"/>
+      <c r="J138" s="60"/>
+      <c r="K138" s="172"/>
     </row>
     <row r="139" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="291" t="s">
+      <c r="A139" s="284" t="s">
         <v>204</v>
       </c>
-      <c r="B139" s="292"/>
-[...2 lines deleted...]
-      <c r="E139" s="292"/>
+      <c r="B139" s="285"/>
+      <c r="C139" s="285"/>
+      <c r="D139" s="285"/>
+      <c r="E139" s="285"/>
       <c r="F139" s="29">
         <v>704</v>
       </c>
       <c r="G139" s="38">
         <v>0</v>
       </c>
-      <c r="H139" s="175" t="s">
+      <c r="H139" s="171" t="s">
         <v>307</v>
       </c>
-      <c r="I139" s="46"/>
-[...1 lines deleted...]
-      <c r="K139" s="177"/>
+      <c r="I139" s="44"/>
+      <c r="J139" s="60"/>
+      <c r="K139" s="172"/>
     </row>
     <row r="140" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="291" t="s">
+      <c r="A140" s="284" t="s">
         <v>205</v>
       </c>
-      <c r="B140" s="292"/>
-[...2 lines deleted...]
-      <c r="E140" s="292"/>
+      <c r="B140" s="285"/>
+      <c r="C140" s="285"/>
+      <c r="D140" s="285"/>
+      <c r="E140" s="285"/>
       <c r="F140" s="26">
         <v>705</v>
       </c>
       <c r="G140" s="38">
         <v>0</v>
       </c>
-      <c r="H140" s="175"/>
-[...2 lines deleted...]
-      <c r="K140" s="177"/>
+      <c r="H140" s="171"/>
+      <c r="I140" s="44"/>
+      <c r="J140" s="60"/>
+      <c r="K140" s="172"/>
     </row>
     <row r="141" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="291" t="s">
+      <c r="A141" s="284" t="s">
         <v>275</v>
       </c>
-      <c r="B141" s="292"/>
-[...2 lines deleted...]
-      <c r="E141" s="292"/>
+      <c r="B141" s="285"/>
+      <c r="C141" s="285"/>
+      <c r="D141" s="285"/>
+      <c r="E141" s="285"/>
       <c r="F141" s="26">
         <v>706</v>
       </c>
       <c r="G141" s="38">
         <v>0</v>
       </c>
-      <c r="H141" s="175"/>
-[...2 lines deleted...]
-      <c r="K141" s="177"/>
+      <c r="H141" s="171"/>
+      <c r="I141" s="44"/>
+      <c r="J141" s="60"/>
+      <c r="K141" s="172"/>
     </row>
     <row r="142" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="291" t="s">
+      <c r="A142" s="284" t="s">
         <v>206</v>
       </c>
-      <c r="B142" s="292"/>
-[...2 lines deleted...]
-      <c r="E142" s="292"/>
+      <c r="B142" s="285"/>
+      <c r="C142" s="285"/>
+      <c r="D142" s="285"/>
+      <c r="E142" s="285"/>
       <c r="F142" s="26">
         <v>707</v>
       </c>
       <c r="G142" s="38">
         <v>0</v>
       </c>
-      <c r="H142" s="175"/>
-[...2 lines deleted...]
-      <c r="K142" s="177"/>
+      <c r="H142" s="171"/>
+      <c r="I142" s="44"/>
+      <c r="J142" s="60"/>
+      <c r="K142" s="172"/>
     </row>
     <row r="143" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="291" t="s">
+      <c r="A143" s="284" t="s">
         <v>207</v>
       </c>
-      <c r="B143" s="292"/>
-[...2 lines deleted...]
-      <c r="E143" s="292"/>
+      <c r="B143" s="285"/>
+      <c r="C143" s="285"/>
+      <c r="D143" s="285"/>
+      <c r="E143" s="285"/>
       <c r="F143" s="26">
         <v>708</v>
       </c>
       <c r="G143" s="38">
         <v>0</v>
       </c>
-      <c r="H143" s="175" t="s">
+      <c r="H143" s="171" t="s">
         <v>320</v>
       </c>
-      <c r="I143" s="46"/>
-[...1 lines deleted...]
-      <c r="K143" s="177"/>
+      <c r="I143" s="44"/>
+      <c r="J143" s="60"/>
+      <c r="K143" s="172"/>
     </row>
     <row r="144" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="291" t="s">
+      <c r="A144" s="284" t="s">
         <v>208</v>
       </c>
-      <c r="B144" s="292"/>
-[...2 lines deleted...]
-      <c r="E144" s="292"/>
+      <c r="B144" s="285"/>
+      <c r="C144" s="285"/>
+      <c r="D144" s="285"/>
+      <c r="E144" s="285"/>
       <c r="F144" s="26">
         <v>709</v>
       </c>
       <c r="G144" s="38">
         <v>0</v>
       </c>
-      <c r="H144" s="175"/>
-[...2 lines deleted...]
-      <c r="K144" s="177"/>
+      <c r="H144" s="171"/>
+      <c r="I144" s="44"/>
+      <c r="J144" s="60"/>
+      <c r="K144" s="172"/>
     </row>
     <row r="145" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="291" t="s">
+      <c r="A145" s="284" t="s">
         <v>209</v>
       </c>
-      <c r="B145" s="292"/>
-[...2 lines deleted...]
-      <c r="E145" s="292"/>
+      <c r="B145" s="285"/>
+      <c r="C145" s="285"/>
+      <c r="D145" s="285"/>
+      <c r="E145" s="285"/>
       <c r="F145" s="26">
         <v>710</v>
       </c>
       <c r="G145" s="38">
         <v>0</v>
       </c>
-      <c r="H145" s="175"/>
-[...2 lines deleted...]
-      <c r="K145" s="177"/>
+      <c r="H145" s="171"/>
+      <c r="I145" s="44"/>
+      <c r="J145" s="60"/>
+      <c r="K145" s="172"/>
     </row>
     <row r="146" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="302" t="s">
+      <c r="A146" s="322" t="s">
         <v>210</v>
       </c>
-      <c r="B146" s="303"/>
-[...2 lines deleted...]
-      <c r="E146" s="303"/>
+      <c r="B146" s="323"/>
+      <c r="C146" s="323"/>
+      <c r="D146" s="323"/>
+      <c r="E146" s="323"/>
       <c r="F146" s="26">
         <v>711</v>
       </c>
       <c r="G146" s="42">
         <f>SUM(G136,G138:G142,G144,G145)</f>
         <v>0</v>
       </c>
-      <c r="H146" s="175"/>
-[...2 lines deleted...]
-      <c r="K146" s="177"/>
+      <c r="H146" s="171"/>
+      <c r="I146" s="48"/>
+      <c r="J146" s="65"/>
+      <c r="K146" s="172"/>
     </row>
     <row r="147" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="291" t="s">
+      <c r="A147" s="284" t="s">
         <v>211</v>
       </c>
-      <c r="B147" s="292"/>
-[...2 lines deleted...]
-      <c r="E147" s="292"/>
+      <c r="B147" s="285"/>
+      <c r="C147" s="285"/>
+      <c r="D147" s="285"/>
+      <c r="E147" s="285"/>
       <c r="F147" s="26">
         <v>712</v>
       </c>
       <c r="G147" s="38">
         <v>0</v>
       </c>
-      <c r="H147" s="175"/>
-[...2 lines deleted...]
-      <c r="K147" s="177"/>
+      <c r="H147" s="171"/>
+      <c r="I147" s="44"/>
+      <c r="J147" s="60"/>
+      <c r="K147" s="172"/>
     </row>
     <row r="148" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="291" t="s">
+      <c r="A148" s="284" t="s">
         <v>212</v>
       </c>
-      <c r="B148" s="292"/>
-[...2 lines deleted...]
-      <c r="E148" s="292"/>
+      <c r="B148" s="285"/>
+      <c r="C148" s="285"/>
+      <c r="D148" s="285"/>
+      <c r="E148" s="285"/>
       <c r="F148" s="26">
         <v>713</v>
       </c>
       <c r="G148" s="38">
         <v>0</v>
       </c>
-      <c r="H148" s="175"/>
-[...2 lines deleted...]
-      <c r="K148" s="177"/>
+      <c r="H148" s="171"/>
+      <c r="I148" s="44"/>
+      <c r="J148" s="60"/>
+      <c r="K148" s="172"/>
     </row>
     <row r="149" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="291" t="s">
+      <c r="A149" s="284" t="s">
         <v>213</v>
       </c>
-      <c r="B149" s="292"/>
-[...2 lines deleted...]
-      <c r="E149" s="292"/>
+      <c r="B149" s="285"/>
+      <c r="C149" s="285"/>
+      <c r="D149" s="285"/>
+      <c r="E149" s="285"/>
       <c r="F149" s="26">
         <v>714</v>
       </c>
       <c r="G149" s="38">
         <v>0</v>
       </c>
-      <c r="H149" s="175"/>
-[...2 lines deleted...]
-      <c r="K149" s="177"/>
+      <c r="H149" s="171"/>
+      <c r="I149" s="44"/>
+      <c r="J149" s="60"/>
+      <c r="K149" s="172"/>
     </row>
     <row r="150" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="291" t="s">
+      <c r="A150" s="284" t="s">
         <v>214</v>
       </c>
-      <c r="B150" s="292"/>
-[...2 lines deleted...]
-      <c r="E150" s="292"/>
+      <c r="B150" s="285"/>
+      <c r="C150" s="285"/>
+      <c r="D150" s="285"/>
+      <c r="E150" s="285"/>
       <c r="F150" s="26">
         <v>715</v>
       </c>
       <c r="G150" s="38">
         <v>0</v>
       </c>
-      <c r="H150" s="175"/>
-[...2 lines deleted...]
-      <c r="K150" s="177"/>
+      <c r="H150" s="171"/>
+      <c r="I150" s="44"/>
+      <c r="J150" s="60"/>
+      <c r="K150" s="172"/>
     </row>
     <row r="151" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="291" t="s">
+      <c r="A151" s="284" t="s">
         <v>215</v>
       </c>
-      <c r="B151" s="292"/>
-[...2 lines deleted...]
-      <c r="E151" s="292"/>
+      <c r="B151" s="285"/>
+      <c r="C151" s="285"/>
+      <c r="D151" s="285"/>
+      <c r="E151" s="285"/>
       <c r="F151" s="26">
         <v>716</v>
       </c>
       <c r="G151" s="38">
         <v>0</v>
       </c>
-      <c r="H151" s="175"/>
-[...2 lines deleted...]
-      <c r="K151" s="177"/>
+      <c r="H151" s="171"/>
+      <c r="I151" s="44"/>
+      <c r="J151" s="60"/>
+      <c r="K151" s="172"/>
     </row>
     <row r="152" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="291" t="s">
+      <c r="A152" s="284" t="s">
         <v>207</v>
       </c>
-      <c r="B152" s="292"/>
-[...2 lines deleted...]
-      <c r="E152" s="292"/>
+      <c r="B152" s="285"/>
+      <c r="C152" s="285"/>
+      <c r="D152" s="285"/>
+      <c r="E152" s="285"/>
       <c r="F152" s="26">
         <v>717</v>
       </c>
       <c r="G152" s="38">
         <v>0</v>
       </c>
-      <c r="H152" s="175" t="s">
+      <c r="H152" s="171" t="s">
         <v>321</v>
       </c>
-      <c r="I152" s="46"/>
-[...1 lines deleted...]
-      <c r="K152" s="177"/>
+      <c r="I152" s="44"/>
+      <c r="J152" s="60"/>
+      <c r="K152" s="172"/>
     </row>
     <row r="153" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A153" s="383" t="s">
+      <c r="A153" s="384" t="s">
         <v>216</v>
       </c>
-      <c r="B153" s="384"/>
-[...2 lines deleted...]
-      <c r="E153" s="384"/>
+      <c r="B153" s="385"/>
+      <c r="C153" s="385"/>
+      <c r="D153" s="385"/>
+      <c r="E153" s="385"/>
       <c r="F153" s="28">
         <v>718</v>
       </c>
-      <c r="G153" s="45">
+      <c r="G153" s="43">
         <f>SUM(G147:G151)</f>
         <v>0</v>
       </c>
-      <c r="H153" s="175"/>
-[...2 lines deleted...]
-      <c r="K153" s="177"/>
+      <c r="H153" s="171"/>
+      <c r="I153" s="48"/>
+      <c r="J153" s="65"/>
+      <c r="K153" s="172"/>
     </row>
     <row r="154" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A154" s="177"/>
-[...9 lines deleted...]
-      <c r="K154" s="177"/>
+      <c r="A154" s="172"/>
+      <c r="B154" s="172"/>
+      <c r="C154" s="172"/>
+      <c r="D154" s="172"/>
+      <c r="E154" s="172"/>
+      <c r="F154" s="172"/>
+      <c r="G154" s="100"/>
+      <c r="H154" s="171"/>
+      <c r="I154" s="44"/>
+      <c r="J154" s="60"/>
+      <c r="K154" s="172"/>
     </row>
     <row r="155" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="21" t="s">
         <v>217</v>
       </c>
-      <c r="B155" s="177"/>
-[...8 lines deleted...]
-      <c r="K155" s="177"/>
+      <c r="B155" s="172"/>
+      <c r="C155" s="172"/>
+      <c r="D155" s="172"/>
+      <c r="E155" s="172"/>
+      <c r="F155" s="172"/>
+      <c r="G155" s="100"/>
+      <c r="H155" s="171"/>
+      <c r="I155" s="44"/>
+      <c r="J155" s="60"/>
+      <c r="K155" s="172"/>
     </row>
     <row r="156" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A156" s="283"/>
-[...4 lines deleted...]
-      <c r="F156" s="168" t="s">
+      <c r="A156" s="288"/>
+      <c r="B156" s="289"/>
+      <c r="C156" s="289"/>
+      <c r="D156" s="289"/>
+      <c r="E156" s="290"/>
+      <c r="F156" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G156" s="111" t="s">
+      <c r="G156" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H156" s="175"/>
-[...2 lines deleted...]
-      <c r="K156" s="177"/>
+      <c r="H156" s="171"/>
+      <c r="I156" s="44"/>
+      <c r="J156" s="60"/>
+      <c r="K156" s="172"/>
     </row>
     <row r="157" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A157" s="277" t="s">
+      <c r="A157" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="B157" s="278"/>
-[...3 lines deleted...]
-      <c r="F157" s="169">
+      <c r="B157" s="297"/>
+      <c r="C157" s="297"/>
+      <c r="D157" s="297"/>
+      <c r="E157" s="298"/>
+      <c r="F157" s="166">
         <v>1</v>
       </c>
-      <c r="G157" s="112">
+      <c r="G157" s="109">
         <v>2</v>
       </c>
-      <c r="H157" s="175"/>
-[...2 lines deleted...]
-      <c r="K157" s="177"/>
+      <c r="H157" s="171"/>
+      <c r="I157" s="44"/>
+      <c r="J157" s="60"/>
+      <c r="K157" s="172"/>
     </row>
     <row r="158" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="291" t="s">
+      <c r="A158" s="284" t="s">
         <v>219</v>
       </c>
-      <c r="B158" s="292"/>
-[...2 lines deleted...]
-      <c r="E158" s="292"/>
+      <c r="B158" s="285"/>
+      <c r="C158" s="285"/>
+      <c r="D158" s="285"/>
+      <c r="E158" s="285"/>
       <c r="F158" s="26">
         <v>801</v>
       </c>
       <c r="G158" s="38">
         <v>0</v>
       </c>
-      <c r="H158" s="175" t="s">
+      <c r="H158" s="171" t="s">
         <v>308</v>
       </c>
-      <c r="I158" s="46"/>
-[...1 lines deleted...]
-      <c r="K158" s="177"/>
+      <c r="I158" s="44"/>
+      <c r="J158" s="60"/>
+      <c r="K158" s="172"/>
     </row>
     <row r="159" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="291" t="s">
+      <c r="A159" s="284" t="s">
         <v>220</v>
       </c>
-      <c r="B159" s="292"/>
-[...2 lines deleted...]
-      <c r="E159" s="292"/>
+      <c r="B159" s="285"/>
+      <c r="C159" s="285"/>
+      <c r="D159" s="285"/>
+      <c r="E159" s="285"/>
       <c r="F159" s="26">
         <v>802</v>
       </c>
       <c r="G159" s="38">
         <v>0</v>
       </c>
-      <c r="H159" s="175" t="s">
+      <c r="H159" s="171" t="s">
         <v>314</v>
       </c>
-      <c r="I159" s="46"/>
-[...1 lines deleted...]
-      <c r="K159" s="177"/>
+      <c r="I159" s="44"/>
+      <c r="J159" s="60"/>
+      <c r="K159" s="172"/>
     </row>
     <row r="160" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="291" t="s">
+      <c r="A160" s="284" t="s">
         <v>221</v>
       </c>
-      <c r="B160" s="292"/>
-[...2 lines deleted...]
-      <c r="E160" s="292"/>
+      <c r="B160" s="285"/>
+      <c r="C160" s="285"/>
+      <c r="D160" s="285"/>
+      <c r="E160" s="285"/>
       <c r="F160" s="26">
         <v>803</v>
       </c>
       <c r="G160" s="42">
         <f>SUM(G161:G164)</f>
         <v>0</v>
       </c>
-      <c r="H160" s="175" t="s">
+      <c r="H160" s="171" t="s">
         <v>322</v>
       </c>
-      <c r="I160" s="46"/>
-[...1 lines deleted...]
-      <c r="K160" s="177"/>
+      <c r="I160" s="44"/>
+      <c r="J160" s="60"/>
+      <c r="K160" s="172"/>
     </row>
     <row r="161" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="286" t="s">
+      <c r="A161" s="294" t="s">
         <v>429</v>
       </c>
-      <c r="B161" s="292" t="s">
+      <c r="B161" s="285" t="s">
         <v>222</v>
       </c>
-      <c r="C161" s="292"/>
-[...1 lines deleted...]
-      <c r="E161" s="292"/>
+      <c r="C161" s="285"/>
+      <c r="D161" s="285"/>
+      <c r="E161" s="285"/>
       <c r="F161" s="29">
         <v>804</v>
       </c>
       <c r="G161" s="38">
         <v>0</v>
       </c>
-      <c r="H161" s="175"/>
-[...2 lines deleted...]
-      <c r="K161" s="177"/>
+      <c r="H161" s="171"/>
+      <c r="I161" s="44"/>
+      <c r="J161" s="60"/>
+      <c r="K161" s="172"/>
     </row>
     <row r="162" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="286"/>
-      <c r="B162" s="292" t="s">
+      <c r="A162" s="294"/>
+      <c r="B162" s="285" t="s">
         <v>223</v>
       </c>
-      <c r="C162" s="292"/>
-[...1 lines deleted...]
-      <c r="E162" s="292"/>
+      <c r="C162" s="285"/>
+      <c r="D162" s="285"/>
+      <c r="E162" s="285"/>
       <c r="F162" s="26">
         <v>805</v>
       </c>
       <c r="G162" s="38">
         <v>0</v>
       </c>
-      <c r="H162" s="175"/>
-[...2 lines deleted...]
-      <c r="K162" s="177"/>
+      <c r="H162" s="171"/>
+      <c r="I162" s="44"/>
+      <c r="J162" s="60"/>
+      <c r="K162" s="172"/>
     </row>
     <row r="163" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="286"/>
-      <c r="B163" s="292" t="s">
+      <c r="A163" s="294"/>
+      <c r="B163" s="285" t="s">
         <v>224</v>
       </c>
-      <c r="C163" s="292"/>
-[...1 lines deleted...]
-      <c r="E163" s="292"/>
+      <c r="C163" s="285"/>
+      <c r="D163" s="285"/>
+      <c r="E163" s="285"/>
       <c r="F163" s="26">
         <v>806</v>
       </c>
       <c r="G163" s="38">
         <v>0</v>
       </c>
-      <c r="H163" s="175"/>
-[...2 lines deleted...]
-      <c r="K163" s="177"/>
+      <c r="H163" s="171"/>
+      <c r="I163" s="44"/>
+      <c r="J163" s="60"/>
+      <c r="K163" s="172"/>
     </row>
     <row r="164" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="286"/>
-      <c r="B164" s="292" t="s">
+      <c r="A164" s="294"/>
+      <c r="B164" s="285" t="s">
         <v>225</v>
       </c>
-      <c r="C164" s="292"/>
-[...1 lines deleted...]
-      <c r="E164" s="292"/>
+      <c r="C164" s="285"/>
+      <c r="D164" s="285"/>
+      <c r="E164" s="285"/>
       <c r="F164" s="26">
         <v>807</v>
       </c>
       <c r="G164" s="38">
         <v>0</v>
       </c>
-      <c r="H164" s="175"/>
-[...2 lines deleted...]
-      <c r="K164" s="177"/>
+      <c r="H164" s="171"/>
+      <c r="I164" s="44"/>
+      <c r="J164" s="60"/>
+      <c r="K164" s="172"/>
     </row>
     <row r="165" spans="1:11" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="302" t="s">
+      <c r="A165" s="322" t="s">
         <v>430</v>
       </c>
-      <c r="B165" s="303"/>
-[...2 lines deleted...]
-      <c r="E165" s="303"/>
+      <c r="B165" s="323"/>
+      <c r="C165" s="323"/>
+      <c r="D165" s="323"/>
+      <c r="E165" s="323"/>
       <c r="F165" s="26">
         <v>808</v>
       </c>
       <c r="G165" s="38">
         <v>0</v>
       </c>
-      <c r="H165" s="175" t="s">
+      <c r="H165" s="171" t="s">
         <v>323</v>
       </c>
-      <c r="I165" s="46"/>
-[...1 lines deleted...]
-      <c r="K165" s="177"/>
+      <c r="I165" s="44"/>
+      <c r="J165" s="60"/>
+      <c r="K165" s="172"/>
     </row>
     <row r="166" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="286" t="s">
+      <c r="A166" s="294" t="s">
         <v>218</v>
       </c>
-      <c r="B166" s="292" t="s">
+      <c r="B166" s="285" t="s">
         <v>226</v>
       </c>
-      <c r="C166" s="292"/>
-[...1 lines deleted...]
-      <c r="E166" s="292"/>
+      <c r="C166" s="285"/>
+      <c r="D166" s="285"/>
+      <c r="E166" s="285"/>
       <c r="F166" s="26">
         <v>809</v>
       </c>
       <c r="G166" s="38">
         <v>0</v>
       </c>
-      <c r="H166" s="175"/>
-[...2 lines deleted...]
-      <c r="K166" s="177"/>
+      <c r="H166" s="171"/>
+      <c r="I166" s="44"/>
+      <c r="J166" s="60"/>
+      <c r="K166" s="172"/>
     </row>
     <row r="167" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="286"/>
-      <c r="B167" s="292" t="s">
+      <c r="A167" s="294"/>
+      <c r="B167" s="285" t="s">
         <v>227</v>
       </c>
-      <c r="C167" s="292"/>
-[...1 lines deleted...]
-      <c r="E167" s="292"/>
+      <c r="C167" s="285"/>
+      <c r="D167" s="285"/>
+      <c r="E167" s="285"/>
       <c r="F167" s="26">
         <v>810</v>
       </c>
       <c r="G167" s="38">
         <v>0</v>
       </c>
-      <c r="H167" s="175"/>
-[...2 lines deleted...]
-      <c r="K167" s="177"/>
+      <c r="H167" s="171"/>
+      <c r="I167" s="44"/>
+      <c r="J167" s="60"/>
+      <c r="K167" s="172"/>
     </row>
     <row r="168" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="291" t="s">
+      <c r="A168" s="284" t="s">
         <v>228</v>
       </c>
-      <c r="B168" s="292"/>
-[...2 lines deleted...]
-      <c r="E168" s="292"/>
+      <c r="B168" s="285"/>
+      <c r="C168" s="285"/>
+      <c r="D168" s="285"/>
+      <c r="E168" s="285"/>
       <c r="F168" s="26">
         <v>811</v>
       </c>
       <c r="G168" s="38">
         <v>0</v>
       </c>
-      <c r="H168" s="175"/>
-[...2 lines deleted...]
-      <c r="K168" s="177"/>
+      <c r="H168" s="171"/>
+      <c r="I168" s="44"/>
+      <c r="J168" s="60"/>
+      <c r="K168" s="172"/>
     </row>
     <row r="169" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A169" s="291" t="s">
+      <c r="A169" s="284" t="s">
         <v>229</v>
       </c>
-      <c r="B169" s="292"/>
-[...2 lines deleted...]
-      <c r="E169" s="292"/>
+      <c r="B169" s="285"/>
+      <c r="C169" s="285"/>
+      <c r="D169" s="285"/>
+      <c r="E169" s="285"/>
       <c r="F169" s="26">
         <v>812</v>
       </c>
       <c r="G169" s="38">
         <v>0</v>
       </c>
-      <c r="H169" s="175"/>
-[...2 lines deleted...]
-      <c r="K169" s="177"/>
+      <c r="H169" s="171"/>
+      <c r="I169" s="44"/>
+      <c r="J169" s="60"/>
+      <c r="K169" s="172"/>
     </row>
     <row r="170" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="291" t="s">
+      <c r="A170" s="284" t="s">
         <v>230</v>
       </c>
-      <c r="B170" s="292"/>
-[...2 lines deleted...]
-      <c r="E170" s="292"/>
+      <c r="B170" s="285"/>
+      <c r="C170" s="285"/>
+      <c r="D170" s="285"/>
+      <c r="E170" s="285"/>
       <c r="F170" s="26">
         <v>813</v>
       </c>
       <c r="G170" s="38">
         <v>0</v>
       </c>
-      <c r="H170" s="175" t="s">
+      <c r="H170" s="171" t="s">
         <v>324</v>
       </c>
-      <c r="I170" s="47" t="str">
+      <c r="I170" s="45" t="str">
         <f>IF($G$174&gt;0,IF($G$170=0,"Chybí odpisy",""),"")</f>
         <v/>
       </c>
-      <c r="J170" s="63"/>
-      <c r="K170" s="177"/>
+      <c r="J170" s="61"/>
+      <c r="K170" s="172"/>
     </row>
     <row r="171" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="291" t="s">
+      <c r="A171" s="284" t="s">
         <v>231</v>
       </c>
-      <c r="B171" s="292"/>
-[...2 lines deleted...]
-      <c r="E171" s="292"/>
+      <c r="B171" s="285"/>
+      <c r="C171" s="285"/>
+      <c r="D171" s="285"/>
+      <c r="E171" s="285"/>
       <c r="F171" s="26">
         <v>814</v>
       </c>
       <c r="G171" s="38">
         <v>0</v>
       </c>
-      <c r="H171" s="175"/>
-[...2 lines deleted...]
-      <c r="K171" s="177"/>
+      <c r="H171" s="171"/>
+      <c r="I171" s="44"/>
+      <c r="J171" s="60"/>
+      <c r="K171" s="172"/>
     </row>
     <row r="172" spans="1:11" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="302" t="s">
+      <c r="A172" s="322" t="s">
         <v>232</v>
       </c>
-      <c r="B172" s="303"/>
-[...2 lines deleted...]
-      <c r="E172" s="303"/>
+      <c r="B172" s="323"/>
+      <c r="C172" s="323"/>
+      <c r="D172" s="323"/>
+      <c r="E172" s="323"/>
       <c r="F172" s="26">
         <v>815</v>
       </c>
       <c r="G172" s="42">
         <f>SUM(G158,G160,G168:G171)</f>
         <v>0</v>
       </c>
-      <c r="H172" s="175" t="s">
-[...3 lines deleted...]
-      <c r="J172" s="67">
+      <c r="H172" s="171" t="s">
+        <v>581</v>
+      </c>
+      <c r="I172" s="45"/>
+      <c r="J172" s="65">
         <f>G146-G172</f>
         <v>0</v>
       </c>
-      <c r="K172" s="177"/>
+      <c r="K172" s="172"/>
     </row>
     <row r="173" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="291" t="s">
+      <c r="A173" s="284" t="s">
         <v>233</v>
       </c>
-      <c r="B173" s="292"/>
-[...2 lines deleted...]
-      <c r="E173" s="292"/>
+      <c r="B173" s="285"/>
+      <c r="C173" s="285"/>
+      <c r="D173" s="285"/>
+      <c r="E173" s="285"/>
       <c r="F173" s="26">
         <v>816</v>
       </c>
       <c r="G173" s="38">
         <v>0</v>
       </c>
-      <c r="H173" s="175" t="s">
+      <c r="H173" s="171" t="s">
         <v>315</v>
       </c>
-      <c r="I173" s="47" t="str">
+      <c r="I173" s="45" t="str">
         <f>IF($G$172&gt;0,IF($G$173=0,"Chybí výdaje HČ z ř. 0815",""),"")</f>
         <v/>
       </c>
-      <c r="J173" s="63"/>
-      <c r="K173" s="177"/>
+      <c r="J173" s="61"/>
+      <c r="K173" s="172"/>
     </row>
     <row r="174" spans="1:11" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="302" t="s">
+      <c r="A174" s="322" t="s">
         <v>234</v>
       </c>
-      <c r="B174" s="303"/>
-[...2 lines deleted...]
-      <c r="E174" s="303"/>
+      <c r="B174" s="323"/>
+      <c r="C174" s="323"/>
+      <c r="D174" s="323"/>
+      <c r="E174" s="323"/>
       <c r="F174" s="26">
         <v>817</v>
       </c>
       <c r="G174" s="42">
         <f>SUM(G175,G176)</f>
         <v>0</v>
       </c>
-      <c r="H174" s="175" t="s">
-[...2 lines deleted...]
-      <c r="I174" s="47" t="str">
+      <c r="H174" s="171" t="s">
+        <v>581</v>
+      </c>
+      <c r="I174" s="45" t="str">
         <f>IF($G$174&gt;0,IF($G$170=0,"Chybí odpisy",""),"")</f>
         <v/>
       </c>
-      <c r="J174" s="67">
+      <c r="J174" s="65">
         <f>G153-G174</f>
         <v>0</v>
       </c>
-      <c r="K174" s="177"/>
+      <c r="K174" s="172"/>
     </row>
     <row r="175" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="378" t="s">
-[...3 lines deleted...]
-      <c r="C175" s="352" t="s">
+      <c r="A175" s="388" t="s">
+        <v>577</v>
+      </c>
+      <c r="B175" s="389"/>
+      <c r="C175" s="361" t="s">
         <v>235</v>
       </c>
-      <c r="D175" s="288"/>
-      <c r="E175" s="289"/>
+      <c r="D175" s="282"/>
+      <c r="E175" s="283"/>
       <c r="F175" s="26">
         <v>818</v>
       </c>
       <c r="G175" s="38">
         <v>0</v>
       </c>
-      <c r="H175" s="175"/>
-[...2 lines deleted...]
-      <c r="K175" s="177"/>
+      <c r="H175" s="171"/>
+      <c r="I175" s="44"/>
+      <c r="J175" s="60"/>
+      <c r="K175" s="172"/>
     </row>
     <row r="176" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="380"/>
-[...1 lines deleted...]
-      <c r="C176" s="382" t="s">
+      <c r="A176" s="390"/>
+      <c r="B176" s="391"/>
+      <c r="C176" s="392" t="s">
         <v>236</v>
       </c>
-      <c r="D176" s="366"/>
-      <c r="E176" s="367"/>
+      <c r="D176" s="367"/>
+      <c r="E176" s="368"/>
       <c r="F176" s="28">
         <v>819</v>
       </c>
-      <c r="G176" s="92">
-[...5 lines deleted...]
-      <c r="K176" s="177"/>
+      <c r="G176" s="89">
+        <v>0</v>
+      </c>
+      <c r="H176" s="58"/>
+      <c r="I176" s="50"/>
+      <c r="J176" s="66"/>
+      <c r="K176" s="172"/>
     </row>
     <row r="177" spans="8:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H177" s="177"/>
-      <c r="I177" s="114" t="s">
+      <c r="H177" s="172"/>
+      <c r="I177" s="111" t="s">
         <v>370</v>
       </c>
-      <c r="J177" s="115"/>
-      <c r="K177" s="177"/>
+      <c r="J177" s="112"/>
+      <c r="K177" s="172"/>
     </row>
     <row r="178" spans="8:11" x14ac:dyDescent="0.25">
-      <c r="H178" s="177"/>
-[...2 lines deleted...]
-      <c r="K178" s="177"/>
+      <c r="H178" s="172"/>
+      <c r="I178" s="172"/>
+      <c r="J178" s="112"/>
+      <c r="K178" s="172"/>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="183">
+    <mergeCell ref="A148:E148"/>
+    <mergeCell ref="A149:E149"/>
     <mergeCell ref="A144:E144"/>
     <mergeCell ref="A119:A125"/>
     <mergeCell ref="B119:B124"/>
     <mergeCell ref="C121:E121"/>
     <mergeCell ref="C122:E122"/>
     <mergeCell ref="A175:B176"/>
     <mergeCell ref="C175:E175"/>
     <mergeCell ref="C176:E176"/>
     <mergeCell ref="A150:E150"/>
     <mergeCell ref="A151:E151"/>
-    <mergeCell ref="A152:E152"/>
-[...10 lines deleted...]
-    <mergeCell ref="A142:E142"/>
     <mergeCell ref="A143:E143"/>
     <mergeCell ref="A134:E134"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="A174:E174"/>
     <mergeCell ref="A172:E172"/>
     <mergeCell ref="A160:E160"/>
     <mergeCell ref="B161:E161"/>
     <mergeCell ref="A166:A167"/>
-    <mergeCell ref="B162:E162"/>
-[...5 lines deleted...]
-    <mergeCell ref="A168:E168"/>
+    <mergeCell ref="C123:E123"/>
+    <mergeCell ref="C124:E124"/>
+    <mergeCell ref="A139:E139"/>
+    <mergeCell ref="A140:E140"/>
+    <mergeCell ref="A141:E141"/>
+    <mergeCell ref="A142:E142"/>
+    <mergeCell ref="A135:E135"/>
+    <mergeCell ref="A136:E136"/>
+    <mergeCell ref="A137:E137"/>
+    <mergeCell ref="A138:E138"/>
+    <mergeCell ref="A152:E152"/>
+    <mergeCell ref="A153:E153"/>
+    <mergeCell ref="A145:E145"/>
+    <mergeCell ref="A146:E146"/>
+    <mergeCell ref="A147:E147"/>
     <mergeCell ref="A169:E169"/>
     <mergeCell ref="A170:E170"/>
     <mergeCell ref="A171:E171"/>
     <mergeCell ref="A173:E173"/>
     <mergeCell ref="A156:E156"/>
     <mergeCell ref="A157:E157"/>
     <mergeCell ref="A158:E158"/>
     <mergeCell ref="A159:E159"/>
     <mergeCell ref="A161:A164"/>
-    <mergeCell ref="A149:E149"/>
-[...3 lines deleted...]
-    <mergeCell ref="A138:E138"/>
+    <mergeCell ref="B163:E163"/>
+    <mergeCell ref="B164:E164"/>
+    <mergeCell ref="A165:E165"/>
+    <mergeCell ref="B166:E166"/>
+    <mergeCell ref="B167:E167"/>
+    <mergeCell ref="B162:E162"/>
+    <mergeCell ref="A168:E168"/>
+    <mergeCell ref="A131:E131"/>
+    <mergeCell ref="A115:E115"/>
+    <mergeCell ref="A116:E116"/>
+    <mergeCell ref="A118:E118"/>
+    <mergeCell ref="C119:E119"/>
+    <mergeCell ref="C120:E120"/>
     <mergeCell ref="B125:E125"/>
     <mergeCell ref="A126:E126"/>
     <mergeCell ref="A127:E127"/>
     <mergeCell ref="A128:E128"/>
     <mergeCell ref="A129:E129"/>
     <mergeCell ref="A130:E130"/>
-    <mergeCell ref="A131:E131"/>
-[...4 lines deleted...]
-    <mergeCell ref="C120:E120"/>
+    <mergeCell ref="B110:E110"/>
+    <mergeCell ref="D111:E111"/>
+    <mergeCell ref="D112:E112"/>
+    <mergeCell ref="A117:E117"/>
+    <mergeCell ref="A90:E90"/>
+    <mergeCell ref="A91:E91"/>
+    <mergeCell ref="A92:E92"/>
+    <mergeCell ref="A93:E93"/>
+    <mergeCell ref="A94:E94"/>
+    <mergeCell ref="A101:E101"/>
     <mergeCell ref="A102:A112"/>
     <mergeCell ref="B111:C112"/>
     <mergeCell ref="B102:E102"/>
     <mergeCell ref="B103:E103"/>
     <mergeCell ref="B104:E104"/>
     <mergeCell ref="B105:E105"/>
     <mergeCell ref="B106:E106"/>
     <mergeCell ref="B107:E107"/>
     <mergeCell ref="B108:E108"/>
     <mergeCell ref="B109:E109"/>
-    <mergeCell ref="B110:E110"/>
-[...8 lines deleted...]
-    <mergeCell ref="A101:E101"/>
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="C7:E8"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="B60:E60"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="A51:E51"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A31:E31"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="H8:H9"/>
+    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="B45:E45"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="C11:F11"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:A46"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A34:E34"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="A40:A41"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A50:E50"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="B44:E44"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="A17:E17"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="A20:A30"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="A19:E19"/>
+    <mergeCell ref="A32:E32"/>
+    <mergeCell ref="A33:E33"/>
+    <mergeCell ref="H118:H125"/>
+    <mergeCell ref="B46:E46"/>
+    <mergeCell ref="B54:E54"/>
+    <mergeCell ref="B55:E55"/>
+    <mergeCell ref="B56:E56"/>
+    <mergeCell ref="B57:E57"/>
+    <mergeCell ref="B58:E58"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="B59:E59"/>
+    <mergeCell ref="A52:E52"/>
+    <mergeCell ref="B63:E63"/>
+    <mergeCell ref="A53:E53"/>
+    <mergeCell ref="B61:E61"/>
+    <mergeCell ref="B62:E62"/>
+    <mergeCell ref="A75:B76"/>
+    <mergeCell ref="A84:E84"/>
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="A87:E87"/>
+    <mergeCell ref="A89:E89"/>
+    <mergeCell ref="A86:E86"/>
+    <mergeCell ref="A88:E88"/>
+    <mergeCell ref="A81:E81"/>
+    <mergeCell ref="A82:E82"/>
+    <mergeCell ref="A78:E78"/>
+    <mergeCell ref="A79:E79"/>
+    <mergeCell ref="A100:E100"/>
+    <mergeCell ref="A95:E95"/>
+    <mergeCell ref="A98:E98"/>
+    <mergeCell ref="B64:E64"/>
+    <mergeCell ref="B65:E65"/>
+    <mergeCell ref="B66:E66"/>
+    <mergeCell ref="B67:E67"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A54:A67"/>
+    <mergeCell ref="A77:E77"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A80:E80"/>
     <mergeCell ref="D73:E73"/>
     <mergeCell ref="D74:E74"/>
     <mergeCell ref="D75:E75"/>
     <mergeCell ref="D76:E76"/>
     <mergeCell ref="A73:B74"/>
     <mergeCell ref="C73:C76"/>
-    <mergeCell ref="A75:B76"/>
-[...87 lines deleted...]
-    <mergeCell ref="A98:E98"/>
   </mergeCells>
   <conditionalFormatting sqref="I18">
     <cfRule type="colorScale" priority="522">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="523">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="196" priority="524" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="193" priority="524" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I18:I19">
-    <cfRule type="containsText" dxfId="195" priority="449" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="192" priority="449" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I18)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19">
-    <cfRule type="containsText" dxfId="194" priority="535" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="191" priority="535" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I19)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="536">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="193" priority="537" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="190" priority="537" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I19)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="192" priority="538" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="189" priority="538" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I19)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="191" priority="539" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="188" priority="539" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I19)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="540">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="190" priority="541" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="187" priority="541" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I32">
-    <cfRule type="containsText" dxfId="189" priority="542" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="186" priority="542" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I32)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="543">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="188" priority="544" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="185" priority="544" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I32)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="187" priority="545" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="184" priority="545" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I32)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="186" priority="546" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="183" priority="546" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I32)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="185" priority="547" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="182" priority="547" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I32)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="548">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="184" priority="549" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="181" priority="549" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I39:I40">
     <cfRule type="colorScale" priority="550">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="183" priority="551" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="180" priority="551" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I39)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="182" priority="552" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="179" priority="552" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I39)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="181" priority="553" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="178" priority="553" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I39)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="180" priority="554" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="177" priority="554" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I39)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="555">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="179" priority="556" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="176" priority="556" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I39:I41">
-    <cfRule type="containsText" dxfId="178" priority="410" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="175" priority="410" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I39)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="177" priority="412" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="174" priority="412" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I39)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I41">
     <cfRule type="colorScale" priority="559">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="176" priority="560" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="173" priority="560" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I41)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="175" priority="561" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="172" priority="561" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I41)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="174" priority="562" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="171" priority="562" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I41)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="173" priority="563" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="170" priority="563" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I41)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="564">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="172" priority="565" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="169" priority="565" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I45">
     <cfRule type="colorScale" priority="566">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="567">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="171" priority="568" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="168" priority="568" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I45:I46 I78 I80:J80 I82:J82">
-    <cfRule type="containsText" dxfId="170" priority="152" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="167" priority="152" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I45)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="169" priority="154" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="166" priority="154" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I45)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="168" priority="155" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="165" priority="155" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I45)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I45:I46">
-    <cfRule type="containsText" dxfId="167" priority="26" operator="containsText" text="Akce nejsou vyplněny">
+    <cfRule type="containsText" dxfId="164" priority="26" operator="containsText" text="Akce nejsou vyplněny">
       <formula>NOT(ISERROR(SEARCH("Akce nejsou vyplněny",I45)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I46">
     <cfRule type="colorScale" priority="572">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="573">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="166" priority="574" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="163" priority="574" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I52:I53">
-    <cfRule type="containsText" dxfId="165" priority="31" operator="containsText" text="0301 musí být větší než součet 0316+0317">
+    <cfRule type="containsText" dxfId="162" priority="31" operator="containsText" text="0301 musí být větší než součet 0316+0317">
       <formula>NOT(ISERROR(SEARCH("0301 musí být větší než součet 0316+0317",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="164" priority="578" operator="containsText" text="0301 musí být větší (0316+0317)">
+    <cfRule type="containsText" dxfId="161" priority="578" operator="containsText" text="0301 musí být větší (0316+0317)">
       <formula>NOT(ISERROR(SEARCH("0301 musí být větší (0316+0317)",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="163" priority="579" operator="containsText" text="0301 je menší (0316+0317)">
+    <cfRule type="containsText" dxfId="160" priority="579" operator="containsText" text="0301 je menší (0316+0317)">
       <formula>NOT(ISERROR(SEARCH("0301 je menší (0316+0317)",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="162" priority="580" operator="containsText" text="0317 je větší (0301-0315)">
+    <cfRule type="containsText" dxfId="159" priority="580" operator="containsText" text="0317 je větší (0301-0315)">
       <formula>NOT(ISERROR(SEARCH("0317 je větší (0301-0315)",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="161" priority="581" operator="containsText" text="0316 je větší 0301">
+    <cfRule type="containsText" dxfId="158" priority="581" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="160" priority="582" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="157" priority="582" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="159" priority="583" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="156" priority="583" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I52)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="584">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="158" priority="585" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="155" priority="585" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="157" priority="586" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="154" priority="586" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="156" priority="587" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="153" priority="587" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="155" priority="588" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="152" priority="588" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I52)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="589">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="154" priority="590" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="151" priority="590" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="153" priority="591" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="150" priority="591" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="152" priority="592" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="149" priority="592" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I52)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="593">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="151" priority="594" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="148" priority="594" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="150" priority="595" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="147" priority="595" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="149" priority="596" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="146" priority="596" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I52)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="148" priority="597" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="145" priority="597" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I52)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="598">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="147" priority="599" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="144" priority="599" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I53">
-    <cfRule type="containsText" dxfId="146" priority="14" operator="containsText" text="Ř. 0302 musí být větší než 0317">
+    <cfRule type="containsText" dxfId="143" priority="14" operator="containsText" text="Ř. 0302 musí být větší než 0317">
       <formula>NOT(ISERROR(SEARCH("Ř. 0302 musí být větší než 0317",I53)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="145" priority="17" operator="containsText" text="Ř. 0302 musí být větší než součet 0317+0318">
+    <cfRule type="containsText" dxfId="142" priority="17" operator="containsText" text="Ř. 0302 musí být větší než součet 0317+0318">
       <formula>NOT(ISERROR(SEARCH("Ř. 0302 musí být větší než součet 0317+0318",I53)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I68">
-    <cfRule type="containsText" dxfId="144" priority="16" operator="containsText" text="Ř. 0317 je větší 0302">
+    <cfRule type="containsText" dxfId="141" priority="16" operator="containsText" text="Ř. 0317 je větší 0302">
       <formula>NOT(ISERROR(SEARCH("Ř. 0317 je větší 0302",I68)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="143" priority="375" operator="containsText" text="0316 je větší 0301">
+    <cfRule type="containsText" dxfId="140" priority="375" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I68)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="142" priority="388" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="139" priority="388" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I68)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="141" priority="389" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="138" priority="389" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I68)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="600">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="140" priority="601" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="137" priority="601" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I68)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="139" priority="602" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="136" priority="602" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I68)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="138" priority="603" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="135" priority="603" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I68)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="137" priority="604" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="134" priority="604" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I68)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="605">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="136" priority="606" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="133" priority="606" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I73">
     <cfRule type="colorScale" priority="628">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="135" priority="629" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="132" priority="629" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I73)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="134" priority="630" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="131" priority="630" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I73)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="133" priority="631" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="130" priority="631" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I73)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="132" priority="632" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="129" priority="632" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I73)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="633">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="131" priority="634" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="128" priority="634" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I73:I78 J80:J83 I84">
-    <cfRule type="containsText" dxfId="130" priority="89" operator="containsText" text="0402 je větší 0401">
+    <cfRule type="containsText" dxfId="127" priority="89" operator="containsText" text="0402 je větší 0401">
       <formula>NOT(ISERROR(SEARCH("0402 je větší 0401",I73)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="129" priority="90" operator="containsText" text="0316 je větší 0301">
+    <cfRule type="containsText" dxfId="126" priority="90" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I73)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="128" priority="91" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="125" priority="91" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I73)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="127" priority="92" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="124" priority="92" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I73)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I74">
     <cfRule type="colorScale" priority="639">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="126" priority="640" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="123" priority="640" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I74)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="125" priority="641" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="122" priority="641" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I74)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="124" priority="642" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="121" priority="642" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I74)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="123" priority="643" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="120" priority="643" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I74)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="644">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="122" priority="645" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="645" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I75">
     <cfRule type="colorScale" priority="646">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="121" priority="647" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="118" priority="647" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I75)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="120" priority="648" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="117" priority="648" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I75)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="119" priority="649" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="116" priority="649" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I75)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="118" priority="650" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="115" priority="650" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I75)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="651">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="117" priority="652" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="114" priority="652" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I75:I78 J80:J83 I84">
-    <cfRule type="containsText" dxfId="116" priority="88" operator="containsText" text="0404 je větší 0403">
+    <cfRule type="containsText" dxfId="113" priority="88" operator="containsText" text="0404 je větší 0403">
       <formula>NOT(ISERROR(SEARCH("0404 je větší 0403",I75)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I76">
     <cfRule type="colorScale" priority="654">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="115" priority="655" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="112" priority="655" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I76)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="114" priority="656" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="111" priority="656" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I76)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="113" priority="657" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="110" priority="657" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I76)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="112" priority="658" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="109" priority="658" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I76)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="659">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="111" priority="660" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="660" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I77">
     <cfRule type="colorScale" priority="699">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="110" priority="700" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="107" priority="700" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I77)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="109" priority="701" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="106" priority="701" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I77)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="108" priority="702" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="105" priority="702" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I77)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="107" priority="703" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="104" priority="703" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I77)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="704">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="106" priority="705" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="705" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I77:I78 J80:J83 I84">
-    <cfRule type="containsText" dxfId="105" priority="85" operator="containsText" text="0414 je větší 0412">
+    <cfRule type="containsText" dxfId="102" priority="85" operator="containsText" text="0414 je větší 0412">
       <formula>NOT(ISERROR(SEARCH("0414 je větší 0412",I77)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="104" priority="86" operator="containsText" text="0408 je větší 0407">
+    <cfRule type="containsText" dxfId="101" priority="86" operator="containsText" text="0408 je větší 0407">
       <formula>NOT(ISERROR(SEARCH("0408 je větší 0407",I77)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="103" priority="87" operator="containsText" text="0406 je větší 0405">
+    <cfRule type="containsText" dxfId="100" priority="87" operator="containsText" text="0406 je větší 0405">
       <formula>NOT(ISERROR(SEARCH("0406 je větší 0405",I77)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I78">
-    <cfRule type="containsText" dxfId="102" priority="13" operator="containsText" text="Počet hodin neodpovídá ř. 0407*48 hod.">
+    <cfRule type="containsText" dxfId="99" priority="13" operator="containsText" text="Počet hodin neodpovídá ř. 0407*48 hod.">
       <formula>NOT(ISERROR(SEARCH("Počet hodin neodpovídá ř. 0407*48 hod.",I78)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="101" priority="25" operator="containsText" text="Počet hodin neodpovídá ř. 0414*48 hod.">
+    <cfRule type="containsText" dxfId="98" priority="25" operator="containsText" text="Počet hodin neodpovídá ř. 0414*48 hod.">
       <formula>NOT(ISERROR(SEARCH("Počet hodin neodpovídá ř. 0414*48 hod.",I78)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="100" priority="29" operator="containsText" text="Počet hodin neodpovídá 0414*48">
+    <cfRule type="containsText" dxfId="97" priority="29" operator="containsText" text="Počet hodin neodpovídá 0414*48">
       <formula>NOT(ISERROR(SEARCH("Počet hodin neodpovídá 0414*48",I78)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="706">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="99" priority="707" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="96" priority="707" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I78)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="708">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="98" priority="709" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="709" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I79">
-    <cfRule type="containsText" dxfId="97" priority="1" operator="containsText" text="Někteří zaměstnanci splnili standard.">
+    <cfRule type="containsText" dxfId="94" priority="1" operator="containsText" text="Někteří zaměstnanci splnili standard.">
       <formula>NOT(ISERROR(SEARCH("Někteří zaměstnanci splnili standard.",I79)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="96" priority="2" operator="containsText" text="Musí mít někdo splněno.">
+    <cfRule type="containsText" dxfId="93" priority="2" operator="containsText" text="Musí mít někdo splněno.">
       <formula>NOT(ISERROR(SEARCH("Musí mít někdo splněno.",I79)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I80">
-    <cfRule type="containsText" dxfId="95" priority="20" operator="containsText" text="Vyplňte počet akcí">
+    <cfRule type="containsText" dxfId="92" priority="20" operator="containsText" text="Vyplňte počet akcí">
       <formula>NOT(ISERROR(SEARCH("Vyplňte počet akcí",I80)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="194">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="195">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="94" priority="196" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="91" priority="196" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I81">
-    <cfRule type="containsText" dxfId="93" priority="12" operator="containsText" text="Vyplněny online návštěvy v 0512">
+    <cfRule type="containsText" dxfId="90" priority="12" operator="containsText" text="Vyplněny online návštěvy v 0512">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0512",I81)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="92" priority="23" operator="containsText" text="Vyplněny online návštěvy v 0515">
+    <cfRule type="containsText" dxfId="89" priority="23" operator="containsText" text="Vyplněny online návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0515",I81)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="91" priority="36" operator="containsText" text="Vyplněny návštěvy v 0515">
+    <cfRule type="containsText" dxfId="88" priority="36" operator="containsText" text="Vyplněny návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny návštěvy v 0515",I81)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="90" priority="37" operator="containsText" text="Chybí hodnota v 0416">
+    <cfRule type="containsText" dxfId="87" priority="37" operator="containsText" text="Chybí hodnota v 0416">
       <formula>NOT(ISERROR(SEARCH("Chybí hodnota v 0416",I81)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I82">
-    <cfRule type="containsText" dxfId="89" priority="19" operator="containsText" text="Vyplňte počet akcí">
+    <cfRule type="containsText" dxfId="86" priority="19" operator="containsText" text="Vyplňte počet akcí">
       <formula>NOT(ISERROR(SEARCH("Vyplňte počet akcí",I82)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="187">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="188">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="88" priority="189" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="85" priority="189" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I83">
-    <cfRule type="containsText" dxfId="87" priority="11" operator="containsText" text="Vyplněny online návštěvy v 0513">
+    <cfRule type="containsText" dxfId="84" priority="11" operator="containsText" text="Vyplněny online návštěvy v 0513">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0513",I83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="86" priority="21" operator="containsText" text="Vyplněny online návštěvy v 0516">
+    <cfRule type="containsText" dxfId="83" priority="21" operator="containsText" text="Vyplněny online návštěvy v 0516">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0516",I83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="85" priority="22" operator="containsText" text="Vyplněny online návštěvy v 0515">
+    <cfRule type="containsText" dxfId="82" priority="22" operator="containsText" text="Vyplněny online návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0515",I83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="84" priority="33" operator="containsText" text="Vyplněny návštěvy v 0516">
+    <cfRule type="containsText" dxfId="81" priority="33" operator="containsText" text="Vyplněny návštěvy v 0516">
       <formula>NOT(ISERROR(SEARCH("Vyplněny návštěvy v 0516",I83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="83" priority="34" operator="containsText" text="Vyplněny návštěvy v 0515">
+    <cfRule type="containsText" dxfId="80" priority="34" operator="containsText" text="Vyplněny návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny návštěvy v 0515",I83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="82" priority="35" operator="containsText" text="Chybí hodnota v 0416">
+    <cfRule type="containsText" dxfId="79" priority="35" operator="containsText" text="Chybí hodnota v 0416">
       <formula>NOT(ISERROR(SEARCH("Chybí hodnota v 0416",I83)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I84">
-    <cfRule type="containsText" dxfId="81" priority="10" operator="containsText" text="Ř. 0412 je větší 0410">
+    <cfRule type="containsText" dxfId="78" priority="10" operator="containsText" text="Ř. 0412 je větší 0410">
       <formula>NOT(ISERROR(SEARCH("Ř. 0412 je větší 0410",I84)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="80" priority="754" operator="containsText" text="0419 je větší 0417">
+    <cfRule type="containsText" dxfId="77" priority="754" operator="containsText" text="0419 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0419 je větší 0417",I84)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="755">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="79" priority="756" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="76" priority="756" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I84)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="78" priority="757" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="75" priority="757" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I84)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="77" priority="758" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="74" priority="758" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I84)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="76" priority="759" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="73" priority="759" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I84)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="760">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="75" priority="761" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="761" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I86">
-    <cfRule type="containsText" dxfId="74" priority="765" operator="containsText" text="Chybí tituly">
+    <cfRule type="containsText" dxfId="71" priority="765" operator="containsText" text="Chybí tituly">
       <formula>NOT(ISERROR(SEARCH("Chybí tituly",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="73" priority="766" operator="containsText" text="0419 je větší 0417">
+    <cfRule type="containsText" dxfId="70" priority="766" operator="containsText" text="0419 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0419 je větší 0417",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="72" priority="767" operator="containsText" text="0418 je větší 0417">
+    <cfRule type="containsText" dxfId="69" priority="767" operator="containsText" text="0418 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0418 je větší 0417",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="71" priority="768" operator="containsText" text="0416 je větší 0415">
+    <cfRule type="containsText" dxfId="68" priority="768" operator="containsText" text="0416 je větší 0415">
       <formula>NOT(ISERROR(SEARCH("0416 je větší 0415",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="70" priority="769" operator="containsText" text="0414 je větší 0412">
+    <cfRule type="containsText" dxfId="67" priority="769" operator="containsText" text="0414 je větší 0412">
       <formula>NOT(ISERROR(SEARCH("0414 je větší 0412",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="69" priority="770" operator="containsText" text="0408 je větší 0407">
+    <cfRule type="containsText" dxfId="66" priority="770" operator="containsText" text="0408 je větší 0407">
       <formula>NOT(ISERROR(SEARCH("0408 je větší 0407",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="68" priority="771" operator="containsText" text="0406 je větší 0405">
+    <cfRule type="containsText" dxfId="65" priority="771" operator="containsText" text="0406 je větší 0405">
       <formula>NOT(ISERROR(SEARCH("0406 je větší 0405",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="67" priority="772" operator="containsText" text="0404 je větší 0403">
+    <cfRule type="containsText" dxfId="64" priority="772" operator="containsText" text="0404 je větší 0403">
       <formula>NOT(ISERROR(SEARCH("0404 je větší 0403",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="66" priority="773" operator="containsText" text="0402 je větší 0401">
+    <cfRule type="containsText" dxfId="63" priority="773" operator="containsText" text="0402 je větší 0401">
       <formula>NOT(ISERROR(SEARCH("0402 je větší 0401",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="65" priority="774" operator="containsText" text="0316 je větší 0301">
+    <cfRule type="containsText" dxfId="62" priority="774" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="64" priority="775" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="61" priority="775" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="63" priority="776" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="60" priority="776" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I86)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="777">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="62" priority="778" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="59" priority="778" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="61" priority="779" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="58" priority="779" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="60" priority="780" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="57" priority="780" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I86)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="59" priority="781" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="56" priority="781" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I86)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="782">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="58" priority="783" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="783" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I88">
-    <cfRule type="containsText" dxfId="57" priority="784" operator="containsText" text="Chybí tituly">
+    <cfRule type="containsText" dxfId="54" priority="784" operator="containsText" text="Chybí tituly">
       <formula>NOT(ISERROR(SEARCH("Chybí tituly",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="56" priority="785" operator="containsText" text="0419 je větší 0417">
+    <cfRule type="containsText" dxfId="53" priority="785" operator="containsText" text="0419 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0419 je větší 0417",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="55" priority="786" operator="containsText" text="0418 je větší 0417">
+    <cfRule type="containsText" dxfId="52" priority="786" operator="containsText" text="0418 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0418 je větší 0417",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="54" priority="787" operator="containsText" text="0416 je větší 0415">
+    <cfRule type="containsText" dxfId="51" priority="787" operator="containsText" text="0416 je větší 0415">
       <formula>NOT(ISERROR(SEARCH("0416 je větší 0415",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="53" priority="788" operator="containsText" text="0414 je větší 0412">
+    <cfRule type="containsText" dxfId="50" priority="788" operator="containsText" text="0414 je větší 0412">
       <formula>NOT(ISERROR(SEARCH("0414 je větší 0412",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="52" priority="789" operator="containsText" text="0408 je větší 0407">
+    <cfRule type="containsText" dxfId="49" priority="789" operator="containsText" text="0408 je větší 0407">
       <formula>NOT(ISERROR(SEARCH("0408 je větší 0407",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="51" priority="790" operator="containsText" text="0406 je větší 0405">
+    <cfRule type="containsText" dxfId="48" priority="790" operator="containsText" text="0406 je větší 0405">
       <formula>NOT(ISERROR(SEARCH("0406 je větší 0405",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="50" priority="791" operator="containsText" text="0404 je větší 0403">
+    <cfRule type="containsText" dxfId="47" priority="791" operator="containsText" text="0404 je větší 0403">
       <formula>NOT(ISERROR(SEARCH("0404 je větší 0403",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="49" priority="792" operator="containsText" text="0402 je větší 0401">
+    <cfRule type="containsText" dxfId="46" priority="792" operator="containsText" text="0402 je větší 0401">
       <formula>NOT(ISERROR(SEARCH("0402 je větší 0401",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="48" priority="793" operator="containsText" text="0316 je větší 0301">
+    <cfRule type="containsText" dxfId="45" priority="793" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="47" priority="794" operator="containsText" text="0202 je větší 0201">
+    <cfRule type="containsText" dxfId="44" priority="794" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="46" priority="795" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="43" priority="795" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I88)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="796">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="45" priority="797" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="42" priority="797" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="44" priority="798" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="41" priority="798" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="43" priority="799" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="40" priority="799" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I88)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="42" priority="800" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="39" priority="800" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I88)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="801">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="41" priority="802" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="38" priority="802" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I100">
-    <cfRule type="containsText" dxfId="40" priority="39" operator="containsText" text="Chybí webová stránka.">
+    <cfRule type="containsText" dxfId="37" priority="39" operator="containsText" text="Chybí webová stránka.">
       <formula>NOT(ISERROR(SEARCH("Chybí webová stránka.",I100)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I101">
-    <cfRule type="containsText" dxfId="39" priority="24" operator="containsText" text="Chybí elektronický katalog.">
+    <cfRule type="containsText" dxfId="36" priority="24" operator="containsText" text="Chybí elektronický katalog.">
       <formula>NOT(ISERROR(SEARCH("Chybí elektronický katalog.",I101)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I111">
-    <cfRule type="containsText" dxfId="38" priority="38" operator="containsText" text="Chybí hodnota v 0416">
+    <cfRule type="containsText" dxfId="35" priority="38" operator="containsText" text="Chybí hodnota v 0416">
       <formula>NOT(ISERROR(SEARCH("Chybí hodnota v 0416",I111)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I126">
-    <cfRule type="containsText" dxfId="37" priority="9" operator="containsText" text="Chybí počet DPČ, DPP">
+    <cfRule type="containsText" dxfId="34" priority="9" operator="containsText" text="Chybí počet DPČ, DPP">
       <formula>NOT(ISERROR(SEARCH("Chybí počet DPČ, DPP",I126)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I128">
-    <cfRule type="containsText" dxfId="36" priority="8" operator="containsText" text="Chybí počet OSVČ, atd.">
+    <cfRule type="containsText" dxfId="33" priority="8" operator="containsText" text="Chybí počet OSVČ, atd.">
       <formula>NOT(ISERROR(SEARCH("Chybí počet OSVČ, atd.",I128)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I129">
-    <cfRule type="containsText" dxfId="35" priority="4" operator="containsText" text="Chybí počet hodin OSCČ, atd.">
+    <cfRule type="containsText" dxfId="32" priority="4" operator="containsText" text="Chybí počet hodin OSCČ, atd.">
       <formula>NOT(ISERROR(SEARCH("Chybí počet hodin OSCČ, atd.",I129)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I130">
-    <cfRule type="containsText" dxfId="34" priority="32" operator="containsText" text="Chybí dobrovolní pracovníci">
+    <cfRule type="containsText" dxfId="31" priority="32" operator="containsText" text="Chybí dobrovolní pracovníci">
       <formula>NOT(ISERROR(SEARCH("Chybí dobrovolní pracovníci",I130)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I131">
-    <cfRule type="containsText" dxfId="33" priority="3" operator="containsText" text="Chybí počet hodin dobrovolníků">
+    <cfRule type="containsText" dxfId="30" priority="3" operator="containsText" text="Chybí počet hodin dobrovolníků">
       <formula>NOT(ISERROR(SEARCH("Chybí počet hodin dobrovolníků",I131)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I170">
-    <cfRule type="containsText" dxfId="32" priority="806" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="29" priority="806" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I170)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="31" priority="807" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="28" priority="807" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I170)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="808">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="809">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="30" priority="810" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="27" priority="810" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I172">
     <cfRule type="colorScale" priority="811">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="812">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="29" priority="813" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="26" priority="813" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I172:I173">
-    <cfRule type="containsText" dxfId="28" priority="495" operator="containsText" text="Chybí výdaje HČ">
+    <cfRule type="containsText" dxfId="25" priority="495" operator="containsText" text="Chybí výdaje HČ">
       <formula>NOT(ISERROR(SEARCH("Chybí výdaje HČ",I172)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I172:I174">
-    <cfRule type="containsText" dxfId="27" priority="496" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="24" priority="496" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I172)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="26" priority="497" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="23" priority="497" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I172)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I173">
     <cfRule type="colorScale" priority="817">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="818">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="25" priority="819" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="22" priority="819" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I174">
     <cfRule type="colorScale" priority="820">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="821">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="24" priority="822" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="21" priority="822" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J80">
     <cfRule type="colorScale" priority="721">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="23" priority="722" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="20" priority="722" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J80)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="723">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="22" priority="724" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="19" priority="724" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
     <cfRule type="colorScale" priority="725">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="726">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="21" priority="727" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="18" priority="727" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J80:J83 I84">
-    <cfRule type="containsText" dxfId="20" priority="84" operator="containsText" text="0416 je větší 0415">
+    <cfRule type="containsText" dxfId="17" priority="84" operator="containsText" text="0416 je větší 0415">
       <formula>NOT(ISERROR(SEARCH("0416 je větší 0415",I80)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J81">
     <cfRule type="colorScale" priority="729">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="19" priority="730" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="16" priority="730" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J81)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="18" priority="731" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="15" priority="731" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",J81)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="17" priority="732" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="14" priority="732" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",J81)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="16" priority="733" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="13" priority="733" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",J81)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="734">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="15" priority="735" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="12" priority="735" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82">
     <cfRule type="colorScale" priority="736">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="14" priority="737" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="11" priority="737" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J82)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="13" priority="738" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="10" priority="738" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",J82)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="12" priority="739" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="9" priority="739" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",J82)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="11" priority="740" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="8" priority="740" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",J82)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="741">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="742" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="742" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
     <cfRule type="colorScale" priority="743">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="744">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="9" priority="745" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="6" priority="745" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:J83 I84">
-    <cfRule type="containsText" dxfId="8" priority="83" operator="containsText" text="0418 je větší 0417">
+    <cfRule type="containsText" dxfId="5" priority="83" operator="containsText" text="0418 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0418 je větší 0417",I82)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J83">
     <cfRule type="colorScale" priority="747">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
-    <cfRule type="containsText" dxfId="7" priority="748" operator="containsText" text="0115 je větší 0102">
+    <cfRule type="containsText" dxfId="4" priority="748" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="6" priority="749" operator="containsText" text="Chybí akce">
+    <cfRule type="containsText" dxfId="3" priority="749" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",J83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="5" priority="750" operator="containsText" text="Chybí odpisy">
+    <cfRule type="containsText" dxfId="2" priority="750" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",J83)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="4" priority="751" operator="containsText" text="CHYBA">
+    <cfRule type="containsText" dxfId="1" priority="751" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",J83)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="752">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
-    <cfRule type="cellIs" dxfId="3" priority="753" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="0" priority="753" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="460" yWindow="346" count="42">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Pouze 0 nebo 1." sqref="G100:G101 G93:G94 F10:G10">
       <formula1>0</formula1>
       <formula2>1</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G153 G33:G34 G95 G12 G18:G31 G130 G52:G67 G78 G172 G146 G160 G174 G42:G47 G85:G92 G104:G106 G109:G110 G73:G76">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G153 G33:G34 G73:G76 G12 G18:G31 G130 G52:G67 G78 G172 G146 G160 G174 G42:G47 G85:G92 G104:G106 G109:G110">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než knihovních jednotek celkem" sqref="G32">
       <formula1>0</formula1>
       <formula2>G19</formula2>
     </dataValidation>
     <dataValidation type="whole" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než registrovaných uživatelů" sqref="G41">
       <formula1>0</formula1>
       <formula2>G39</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než fyzické výpůjčky celkem." sqref="G68">
       <formula1>0</formula1>
       <formula2>G53</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0405 nebo 0406." sqref="G79">
       <formula1>IF(G78&gt;G77*7,1,0)</formula1>
       <formula2>IF(G77*8&lt;G78,G77,FLOOR(G78/8,1))</formula2>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0407." sqref="G77">
       <formula1>G79</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0408." sqref="G81">
       <formula1>0</formula1>
       <formula2>G80</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0416." sqref="G80">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0409." sqref="G80">
       <formula1>G81</formula1>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0417." sqref="G83">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0410." sqref="G83">
       <formula1>0</formula1>
       <formula2>G82</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0418." sqref="G82">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0411." sqref="G82">
       <formula1>G83</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0410." sqref="G84">
       <formula1>0</formula1>
       <formula2>G82</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí webová stránka." sqref="G102">
       <formula1>0</formula1>
       <formula2>IF(G100=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí akce v 0409." sqref="G111">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G111">
       <formula1>0</formula1>
-      <formula2>IF(G81=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí akce v 0411." sqref="G112">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G112">
       <formula1>0</formula1>
-      <formula2>IF(G83=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G170:G171 G161:G164 G138:G141 G175:G176 G147:G150 G144:G145 G168 G118:G126 G128">
+    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G170:G171 G161:G164 G138:G141 G175:G176 G147:G150 G144:G145 G168 G118:G126 G128 G95">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí počet dobrovolných pracovníků." sqref="G131">
       <formula1>0</formula1>
       <formula2>IF(G130=0,0,9999999999)</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0702." sqref="G136">
       <formula1>G137</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0701." sqref="G137">
       <formula1>0</formula1>
       <formula2>G136</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0708." sqref="G142">
       <formula1>G143</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0707." sqref="G143">
       <formula1>0</formula1>
       <formula2>G142</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0717." sqref="G151">
       <formula1>G152</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0716." sqref="G152">
       <formula1>0</formula1>
@@ -20823,16007 +20770,16080 @@
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0508." sqref="G108">
       <formula1>0</formula1>
       <formula2>G107</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="C9" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.15748031496062992" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId2"/>
   <rowBreaks count="5" manualBreakCount="5">
     <brk id="35" max="8" man="1"/>
     <brk id="69" max="16383" man="1"/>
     <brk id="96" max="8" man="1"/>
     <brk id="132" max="16383" man="1"/>
     <brk id="154" max="8" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="190" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="G53 G118 G172 G153 G160 G19" formulaRange="1"/>
     <ignoredError sqref="F12:F13 F18:F27 F52:F68 F39 F29:F34" numberStoredAsText="1"/>
   </ignoredErrors>
   <legacyDrawing r:id="rId3"/>
-  <extLst>
-[...55 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AI252"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12:O13"/>
+      <selection activeCell="A6" sqref="A6:AH6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="3.28515625" style="6" customWidth="1"/>
     <col min="3" max="3" width="5.28515625" style="6" customWidth="1"/>
     <col min="4" max="4" width="5.7109375" style="6" customWidth="1"/>
     <col min="5" max="5" width="5.28515625" style="6" customWidth="1"/>
     <col min="6" max="6" width="3.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="3.140625" style="6" customWidth="1"/>
     <col min="8" max="8" width="5.5703125" style="6" customWidth="1"/>
     <col min="9" max="9" width="0.85546875" style="6" customWidth="1"/>
     <col min="10" max="10" width="3.140625" style="6" customWidth="1"/>
     <col min="11" max="11" width="1.5703125" style="6" customWidth="1"/>
     <col min="12" max="14" width="3" style="6" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" style="6" customWidth="1"/>
     <col min="16" max="16" width="1.42578125" style="6" customWidth="1"/>
     <col min="17" max="17" width="2.28515625" style="6" customWidth="1"/>
     <col min="18" max="18" width="2.140625" style="6" customWidth="1"/>
     <col min="19" max="19" width="2.5703125" style="6" customWidth="1"/>
     <col min="20" max="20" width="1.7109375" style="6" customWidth="1"/>
     <col min="21" max="21" width="2" style="6" customWidth="1"/>
     <col min="22" max="22" width="2.5703125" style="6" customWidth="1"/>
     <col min="23" max="23" width="3.85546875" style="6" customWidth="1"/>
     <col min="24" max="24" width="4.42578125" style="6" customWidth="1"/>
     <col min="25" max="25" width="13.42578125" style="6" customWidth="1"/>
     <col min="26" max="26" width="1.7109375" style="6" customWidth="1"/>
     <col min="27" max="27" width="1.85546875" style="6" customWidth="1"/>
     <col min="28" max="28" width="2.28515625" style="6" customWidth="1"/>
     <col min="29" max="29" width="0.7109375" style="6" customWidth="1"/>
     <col min="30" max="30" width="1.7109375" style="6" customWidth="1"/>
     <col min="31" max="31" width="1.140625" style="6" customWidth="1"/>
     <col min="32" max="32" width="2" style="6" customWidth="1"/>
     <col min="33" max="33" width="3.140625" style="6" customWidth="1"/>
     <col min="34" max="34" width="5" style="6" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="605" t="s">
+      <c r="A1" s="641" t="s">
         <v>237</v>
       </c>
-      <c r="B1" s="606"/>
-[...10 lines deleted...]
-      <c r="M1" s="608" t="s">
+      <c r="B1" s="642"/>
+      <c r="C1" s="642"/>
+      <c r="D1" s="642"/>
+      <c r="E1" s="642"/>
+      <c r="F1" s="642"/>
+      <c r="G1" s="642"/>
+      <c r="H1" s="642"/>
+      <c r="I1" s="642"/>
+      <c r="J1" s="642"/>
+      <c r="K1" s="642"/>
+      <c r="L1" s="643"/>
+      <c r="M1" s="644" t="s">
         <v>238</v>
       </c>
-      <c r="N1" s="609"/>
-[...10 lines deleted...]
-      <c r="Y1" s="610" t="s">
+      <c r="N1" s="645"/>
+      <c r="O1" s="645"/>
+      <c r="P1" s="645"/>
+      <c r="Q1" s="645"/>
+      <c r="R1" s="645"/>
+      <c r="S1" s="645"/>
+      <c r="T1" s="645"/>
+      <c r="U1" s="645"/>
+      <c r="V1" s="645"/>
+      <c r="W1" s="645"/>
+      <c r="X1" s="645"/>
+      <c r="Y1" s="646" t="s">
         <v>239</v>
       </c>
-      <c r="Z1" s="611"/>
-[...7 lines deleted...]
-      <c r="AH1" s="612"/>
+      <c r="Z1" s="647"/>
+      <c r="AA1" s="647"/>
+      <c r="AB1" s="647"/>
+      <c r="AC1" s="647"/>
+      <c r="AD1" s="647"/>
+      <c r="AE1" s="647"/>
+      <c r="AF1" s="647"/>
+      <c r="AG1" s="647"/>
+      <c r="AH1" s="648"/>
       <c r="AI1" s="5"/>
     </row>
     <row r="2" spans="1:35" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="616" t="s">
+      <c r="A2" s="652" t="s">
         <v>240</v>
       </c>
-      <c r="B2" s="617"/>
-[...31 lines deleted...]
-      <c r="AH2" s="615"/>
+      <c r="B2" s="653"/>
+      <c r="C2" s="653"/>
+      <c r="D2" s="653"/>
+      <c r="E2" s="653"/>
+      <c r="F2" s="653"/>
+      <c r="G2" s="653"/>
+      <c r="H2" s="653"/>
+      <c r="I2" s="653"/>
+      <c r="J2" s="653"/>
+      <c r="K2" s="653"/>
+      <c r="L2" s="654"/>
+      <c r="M2" s="644"/>
+      <c r="N2" s="645"/>
+      <c r="O2" s="645"/>
+      <c r="P2" s="645"/>
+      <c r="Q2" s="645"/>
+      <c r="R2" s="645"/>
+      <c r="S2" s="645"/>
+      <c r="T2" s="645"/>
+      <c r="U2" s="645"/>
+      <c r="V2" s="645"/>
+      <c r="W2" s="645"/>
+      <c r="X2" s="645"/>
+      <c r="Y2" s="649"/>
+      <c r="Z2" s="650"/>
+      <c r="AA2" s="650"/>
+      <c r="AB2" s="650"/>
+      <c r="AC2" s="650"/>
+      <c r="AD2" s="650"/>
+      <c r="AE2" s="650"/>
+      <c r="AF2" s="650"/>
+      <c r="AG2" s="650"/>
+      <c r="AH2" s="651"/>
     </row>
     <row r="3" spans="1:35" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="619" t="s">
+      <c r="A3" s="655" t="s">
         <v>435</v>
       </c>
-      <c r="B3" s="620"/>
-[...21 lines deleted...]
-      <c r="X3" s="609"/>
+      <c r="B3" s="656"/>
+      <c r="C3" s="656"/>
+      <c r="D3" s="656"/>
+      <c r="E3" s="656"/>
+      <c r="F3" s="656"/>
+      <c r="G3" s="656"/>
+      <c r="H3" s="656"/>
+      <c r="I3" s="656"/>
+      <c r="J3" s="656"/>
+      <c r="K3" s="656"/>
+      <c r="L3" s="657"/>
+      <c r="M3" s="644"/>
+      <c r="N3" s="645"/>
+      <c r="O3" s="645"/>
+      <c r="P3" s="645"/>
+      <c r="Q3" s="645"/>
+      <c r="R3" s="645"/>
+      <c r="S3" s="645"/>
+      <c r="T3" s="645"/>
+      <c r="U3" s="645"/>
+      <c r="V3" s="645"/>
+      <c r="W3" s="645"/>
+      <c r="X3" s="645"/>
       <c r="Y3" s="7" t="s">
         <v>241</v>
       </c>
       <c r="Z3" s="8"/>
       <c r="AA3" s="9"/>
       <c r="AB3" s="9"/>
       <c r="AC3" s="9"/>
       <c r="AD3" s="10"/>
       <c r="AE3" s="10"/>
-      <c r="AF3" s="150"/>
-[...1 lines deleted...]
-      <c r="AH3" s="150"/>
+      <c r="AF3" s="147"/>
+      <c r="AG3" s="147"/>
+      <c r="AH3" s="147"/>
       <c r="AI3" s="11"/>
     </row>
     <row r="4" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="622"/>
-[...22 lines deleted...]
-      <c r="X4" s="622"/>
+      <c r="A4" s="658"/>
+      <c r="B4" s="658"/>
+      <c r="C4" s="658"/>
+      <c r="D4" s="658"/>
+      <c r="E4" s="658"/>
+      <c r="F4" s="658"/>
+      <c r="G4" s="658"/>
+      <c r="H4" s="658"/>
+      <c r="I4" s="658"/>
+      <c r="J4" s="658"/>
+      <c r="K4" s="658"/>
+      <c r="L4" s="658"/>
+      <c r="M4" s="658"/>
+      <c r="N4" s="658"/>
+      <c r="O4" s="658"/>
+      <c r="P4" s="658"/>
+      <c r="Q4" s="658"/>
+      <c r="R4" s="658"/>
+      <c r="S4" s="658"/>
+      <c r="T4" s="658"/>
+      <c r="U4" s="658"/>
+      <c r="V4" s="658"/>
+      <c r="W4" s="658"/>
+      <c r="X4" s="658"/>
       <c r="Y4" s="7" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="Z4" s="8"/>
       <c r="AA4" s="9"/>
       <c r="AB4" s="9"/>
       <c r="AC4" s="9"/>
       <c r="AD4" s="10"/>
       <c r="AE4" s="10"/>
-      <c r="AF4" s="150"/>
-[...1 lines deleted...]
-      <c r="AH4" s="623"/>
+      <c r="AF4" s="147"/>
+      <c r="AG4" s="659"/>
+      <c r="AH4" s="659"/>
       <c r="AI4" s="11"/>
     </row>
     <row r="5" spans="1:35" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="603" t="s">
+      <c r="A5" s="639" t="s">
         <v>242</v>
       </c>
-      <c r="B5" s="603"/>
-[...31 lines deleted...]
-      <c r="AH5" s="603"/>
+      <c r="B5" s="639"/>
+      <c r="C5" s="639"/>
+      <c r="D5" s="639"/>
+      <c r="E5" s="639"/>
+      <c r="F5" s="639"/>
+      <c r="G5" s="639"/>
+      <c r="H5" s="639"/>
+      <c r="I5" s="639"/>
+      <c r="J5" s="639"/>
+      <c r="K5" s="639"/>
+      <c r="L5" s="639"/>
+      <c r="M5" s="639"/>
+      <c r="N5" s="639"/>
+      <c r="O5" s="639"/>
+      <c r="P5" s="639"/>
+      <c r="Q5" s="639"/>
+      <c r="R5" s="639"/>
+      <c r="S5" s="639"/>
+      <c r="T5" s="639"/>
+      <c r="U5" s="639"/>
+      <c r="V5" s="639"/>
+      <c r="W5" s="639"/>
+      <c r="X5" s="639"/>
+      <c r="Y5" s="639"/>
+      <c r="Z5" s="639"/>
+      <c r="AA5" s="639"/>
+      <c r="AB5" s="639"/>
+      <c r="AC5" s="639"/>
+      <c r="AD5" s="639"/>
+      <c r="AE5" s="639"/>
+      <c r="AF5" s="639"/>
+      <c r="AG5" s="639"/>
+      <c r="AH5" s="639"/>
     </row>
     <row r="6" spans="1:35" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="604" t="s">
+      <c r="A6" s="640" t="s">
         <v>436</v>
       </c>
-      <c r="B6" s="604"/>
-[...34 lines deleted...]
-      <c r="A7" s="624" t="s">
+      <c r="B6" s="640"/>
+      <c r="C6" s="640"/>
+      <c r="D6" s="640"/>
+      <c r="E6" s="640"/>
+      <c r="F6" s="640"/>
+      <c r="G6" s="640"/>
+      <c r="H6" s="640"/>
+      <c r="I6" s="640"/>
+      <c r="J6" s="640"/>
+      <c r="K6" s="640"/>
+      <c r="L6" s="640"/>
+      <c r="M6" s="640"/>
+      <c r="N6" s="640"/>
+      <c r="O6" s="640"/>
+      <c r="P6" s="640"/>
+      <c r="Q6" s="640"/>
+      <c r="R6" s="640"/>
+      <c r="S6" s="640"/>
+      <c r="T6" s="640"/>
+      <c r="U6" s="640"/>
+      <c r="V6" s="640"/>
+      <c r="W6" s="640"/>
+      <c r="X6" s="640"/>
+      <c r="Y6" s="640"/>
+      <c r="Z6" s="640"/>
+      <c r="AA6" s="640"/>
+      <c r="AB6" s="640"/>
+      <c r="AC6" s="640"/>
+      <c r="AD6" s="640"/>
+      <c r="AE6" s="640"/>
+      <c r="AF6" s="640"/>
+      <c r="AG6" s="640"/>
+      <c r="AH6" s="640"/>
+    </row>
+    <row r="7" spans="1:35" s="74" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="625" t="s">
         <v>437</v>
       </c>
-      <c r="B7" s="624"/>
-[...31 lines deleted...]
-      <c r="AH7" s="624"/>
+      <c r="B7" s="625"/>
+      <c r="C7" s="625"/>
+      <c r="D7" s="625"/>
+      <c r="E7" s="625"/>
+      <c r="F7" s="625"/>
+      <c r="G7" s="625"/>
+      <c r="H7" s="625"/>
+      <c r="I7" s="625"/>
+      <c r="J7" s="625"/>
+      <c r="K7" s="625"/>
+      <c r="L7" s="625"/>
+      <c r="M7" s="625"/>
+      <c r="N7" s="625"/>
+      <c r="O7" s="625"/>
+      <c r="P7" s="625"/>
+      <c r="Q7" s="625"/>
+      <c r="R7" s="625"/>
+      <c r="S7" s="625"/>
+      <c r="T7" s="625"/>
+      <c r="U7" s="625"/>
+      <c r="V7" s="625"/>
+      <c r="W7" s="625"/>
+      <c r="X7" s="625"/>
+      <c r="Y7" s="625"/>
+      <c r="Z7" s="625"/>
+      <c r="AA7" s="625"/>
+      <c r="AB7" s="625"/>
+      <c r="AC7" s="625"/>
+      <c r="AD7" s="625"/>
+      <c r="AE7" s="625"/>
+      <c r="AF7" s="625"/>
+      <c r="AG7" s="625"/>
+      <c r="AH7" s="625"/>
     </row>
     <row r="8" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="625" t="s">
+      <c r="A8" s="626" t="s">
         <v>243</v>
       </c>
-      <c r="B8" s="625"/>
-[...31 lines deleted...]
-      <c r="AH8" s="625"/>
+      <c r="B8" s="626"/>
+      <c r="C8" s="626"/>
+      <c r="D8" s="626"/>
+      <c r="E8" s="626"/>
+      <c r="F8" s="626"/>
+      <c r="G8" s="626"/>
+      <c r="H8" s="626"/>
+      <c r="I8" s="626"/>
+      <c r="J8" s="626"/>
+      <c r="K8" s="626"/>
+      <c r="L8" s="626"/>
+      <c r="M8" s="626"/>
+      <c r="N8" s="626"/>
+      <c r="O8" s="626"/>
+      <c r="P8" s="626"/>
+      <c r="Q8" s="626"/>
+      <c r="R8" s="626"/>
+      <c r="S8" s="626"/>
+      <c r="T8" s="626"/>
+      <c r="U8" s="626"/>
+      <c r="V8" s="626"/>
+      <c r="W8" s="626"/>
+      <c r="X8" s="626"/>
+      <c r="Y8" s="626"/>
+      <c r="Z8" s="626"/>
+      <c r="AA8" s="626"/>
+      <c r="AB8" s="626"/>
+      <c r="AC8" s="626"/>
+      <c r="AD8" s="626"/>
+      <c r="AE8" s="626"/>
+      <c r="AF8" s="626"/>
+      <c r="AG8" s="626"/>
+      <c r="AH8" s="626"/>
     </row>
     <row r="9" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="625" t="s">
+      <c r="A9" s="626" t="s">
         <v>244</v>
       </c>
-      <c r="B9" s="625"/>
-[...67 lines deleted...]
-      <c r="AH10" s="625"/>
+      <c r="B9" s="626"/>
+      <c r="C9" s="626"/>
+      <c r="D9" s="626"/>
+      <c r="E9" s="626"/>
+      <c r="F9" s="626"/>
+      <c r="G9" s="626"/>
+      <c r="H9" s="626"/>
+      <c r="I9" s="626"/>
+      <c r="J9" s="626"/>
+      <c r="K9" s="626"/>
+      <c r="L9" s="626"/>
+      <c r="M9" s="626"/>
+      <c r="N9" s="626"/>
+      <c r="O9" s="626"/>
+      <c r="P9" s="626"/>
+      <c r="Q9" s="626"/>
+      <c r="R9" s="626"/>
+      <c r="S9" s="626"/>
+      <c r="T9" s="626"/>
+      <c r="U9" s="626"/>
+      <c r="V9" s="626"/>
+      <c r="W9" s="626"/>
+      <c r="X9" s="626"/>
+      <c r="Y9" s="626"/>
+      <c r="Z9" s="626"/>
+      <c r="AA9" s="626"/>
+      <c r="AB9" s="626"/>
+      <c r="AC9" s="626"/>
+      <c r="AD9" s="626"/>
+      <c r="AE9" s="626"/>
+      <c r="AF9" s="626"/>
+      <c r="AG9" s="626"/>
+      <c r="AH9" s="626"/>
+    </row>
+    <row r="10" spans="1:35" s="113" customFormat="1" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="626"/>
+      <c r="B10" s="626"/>
+      <c r="C10" s="626"/>
+      <c r="D10" s="626"/>
+      <c r="E10" s="626"/>
+      <c r="F10" s="626"/>
+      <c r="G10" s="626"/>
+      <c r="H10" s="626"/>
+      <c r="I10" s="626"/>
+      <c r="J10" s="626"/>
+      <c r="K10" s="626"/>
+      <c r="L10" s="626"/>
+      <c r="M10" s="626"/>
+      <c r="N10" s="626"/>
+      <c r="O10" s="626"/>
+      <c r="P10" s="626"/>
+      <c r="Q10" s="626"/>
+      <c r="R10" s="626"/>
+      <c r="S10" s="626"/>
+      <c r="T10" s="626"/>
+      <c r="U10" s="626"/>
+      <c r="V10" s="626"/>
+      <c r="W10" s="626"/>
+      <c r="X10" s="626"/>
+      <c r="Y10" s="626"/>
+      <c r="Z10" s="626"/>
+      <c r="AA10" s="626"/>
+      <c r="AB10" s="626"/>
+      <c r="AC10" s="626"/>
+      <c r="AD10" s="626"/>
+      <c r="AE10" s="626"/>
+      <c r="AF10" s="626"/>
+      <c r="AG10" s="626"/>
+      <c r="AH10" s="626"/>
     </row>
     <row r="11" spans="1:35" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="626" t="s">
+      <c r="A11" s="627" t="s">
         <v>245</v>
       </c>
-      <c r="B11" s="627"/>
-[...19 lines deleted...]
-      <c r="T11" s="1189" t="s">
+      <c r="B11" s="628"/>
+      <c r="C11" s="628"/>
+      <c r="D11" s="628"/>
+      <c r="E11" s="628"/>
+      <c r="F11" s="628"/>
+      <c r="G11" s="628"/>
+      <c r="H11" s="628"/>
+      <c r="I11" s="628"/>
+      <c r="J11" s="628"/>
+      <c r="K11" s="628"/>
+      <c r="L11" s="628"/>
+      <c r="M11" s="628"/>
+      <c r="N11" s="628"/>
+      <c r="O11" s="629"/>
+      <c r="P11" s="146"/>
+      <c r="Q11" s="1210" t="s">
+        <v>545</v>
+      </c>
+      <c r="R11" s="1211"/>
+      <c r="S11" s="1211"/>
+      <c r="T11" s="1218" t="s">
         <v>246</v>
       </c>
-      <c r="U11" s="1190"/>
-[...11 lines deleted...]
-      <c r="AG11" s="144" t="str">
+      <c r="U11" s="1219"/>
+      <c r="V11" s="1219"/>
+      <c r="W11" s="1219"/>
+      <c r="X11" s="1219"/>
+      <c r="Y11" s="1219"/>
+      <c r="Z11" s="1219"/>
+      <c r="AA11" s="1219"/>
+      <c r="AB11" s="1219"/>
+      <c r="AC11" s="1219"/>
+      <c r="AD11" s="1219"/>
+      <c r="AE11" s="1219"/>
+      <c r="AF11" s="1219"/>
+      <c r="AG11" s="141" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="11","X","")</f>
         <v/>
       </c>
       <c r="AH11" s="12" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="629">
+      <c r="A12" s="630">
         <f>Vkladani_dat!I4</f>
         <v>0</v>
       </c>
-      <c r="B12" s="630"/>
-[...17 lines deleted...]
-      <c r="T12" s="1187" t="s">
+      <c r="B12" s="631"/>
+      <c r="C12" s="631"/>
+      <c r="D12" s="631"/>
+      <c r="E12" s="631"/>
+      <c r="F12" s="631"/>
+      <c r="G12" s="631"/>
+      <c r="H12" s="631"/>
+      <c r="I12" s="631"/>
+      <c r="J12" s="631"/>
+      <c r="K12" s="631"/>
+      <c r="L12" s="631"/>
+      <c r="M12" s="631"/>
+      <c r="N12" s="631"/>
+      <c r="O12" s="632"/>
+      <c r="P12" s="146"/>
+      <c r="Q12" s="1212"/>
+      <c r="R12" s="1213"/>
+      <c r="S12" s="1213"/>
+      <c r="T12" s="1203" t="s">
         <v>248</v>
       </c>
-      <c r="U12" s="1188"/>
-[...11 lines deleted...]
-      <c r="AG12" s="151" t="str">
+      <c r="U12" s="1204"/>
+      <c r="V12" s="1204"/>
+      <c r="W12" s="1204"/>
+      <c r="X12" s="1204"/>
+      <c r="Y12" s="1204"/>
+      <c r="Z12" s="1204"/>
+      <c r="AA12" s="1204"/>
+      <c r="AB12" s="1204"/>
+      <c r="AC12" s="1204"/>
+      <c r="AD12" s="1204"/>
+      <c r="AE12" s="1204"/>
+      <c r="AF12" s="1204"/>
+      <c r="AG12" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="12","X","")</f>
         <v/>
       </c>
       <c r="AH12" s="13" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="13" spans="1:35" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="632"/>
-[...18 lines deleted...]
-      <c r="T13" s="1187" t="s">
+      <c r="A13" s="633"/>
+      <c r="B13" s="634"/>
+      <c r="C13" s="634"/>
+      <c r="D13" s="634"/>
+      <c r="E13" s="634"/>
+      <c r="F13" s="634"/>
+      <c r="G13" s="634"/>
+      <c r="H13" s="634"/>
+      <c r="I13" s="634"/>
+      <c r="J13" s="634"/>
+      <c r="K13" s="634"/>
+      <c r="L13" s="634"/>
+      <c r="M13" s="634"/>
+      <c r="N13" s="634"/>
+      <c r="O13" s="635"/>
+      <c r="P13" s="146"/>
+      <c r="Q13" s="1212"/>
+      <c r="R13" s="1213"/>
+      <c r="S13" s="1213"/>
+      <c r="T13" s="1203" t="s">
         <v>250</v>
       </c>
-      <c r="U13" s="1188"/>
-[...11 lines deleted...]
-      <c r="AG13" s="151" t="str">
+      <c r="U13" s="1204"/>
+      <c r="V13" s="1204"/>
+      <c r="W13" s="1204"/>
+      <c r="X13" s="1204"/>
+      <c r="Y13" s="1204"/>
+      <c r="Z13" s="1204"/>
+      <c r="AA13" s="1204"/>
+      <c r="AB13" s="1204"/>
+      <c r="AC13" s="1204"/>
+      <c r="AD13" s="1204"/>
+      <c r="AE13" s="1204"/>
+      <c r="AF13" s="1204"/>
+      <c r="AG13" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="13","X","")</f>
         <v/>
       </c>
       <c r="AH13" s="13" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="14" spans="1:35" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="648" t="s">
+      <c r="A14" s="605" t="s">
         <v>252</v>
       </c>
-      <c r="B14" s="649"/>
-      <c r="C14" s="652">
+      <c r="B14" s="606"/>
+      <c r="C14" s="609">
         <f>Vkladani_dat!I5</f>
         <v>0</v>
       </c>
-      <c r="D14" s="653"/>
-[...2 lines deleted...]
-      <c r="G14" s="657" t="s">
+      <c r="D14" s="610"/>
+      <c r="E14" s="610"/>
+      <c r="F14" s="611"/>
+      <c r="G14" s="614" t="s">
         <v>253</v>
       </c>
-      <c r="H14" s="658"/>
-[...4 lines deleted...]
-      <c r="M14" s="663">
+      <c r="H14" s="615"/>
+      <c r="I14" s="615"/>
+      <c r="J14" s="615"/>
+      <c r="K14" s="615"/>
+      <c r="L14" s="616"/>
+      <c r="M14" s="620">
         <f>Vkladani_dat!F5</f>
         <v>0</v>
       </c>
-      <c r="N14" s="664"/>
-[...5 lines deleted...]
-      <c r="T14" s="1191" t="s">
+      <c r="N14" s="621"/>
+      <c r="O14" s="622"/>
+      <c r="P14" s="146"/>
+      <c r="Q14" s="1212"/>
+      <c r="R14" s="1213"/>
+      <c r="S14" s="1213"/>
+      <c r="T14" s="1220" t="s">
         <v>254</v>
       </c>
-      <c r="U14" s="1192"/>
-[...11 lines deleted...]
-      <c r="AG14" s="1195" t="str">
+      <c r="U14" s="1221"/>
+      <c r="V14" s="1221"/>
+      <c r="W14" s="1221"/>
+      <c r="X14" s="1221"/>
+      <c r="Y14" s="1221"/>
+      <c r="Z14" s="1221"/>
+      <c r="AA14" s="1221"/>
+      <c r="AB14" s="1221"/>
+      <c r="AC14" s="1221"/>
+      <c r="AD14" s="1221"/>
+      <c r="AE14" s="1221"/>
+      <c r="AF14" s="1221"/>
+      <c r="AG14" s="1224" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="14","X","")</f>
         <v/>
       </c>
-      <c r="AH14" s="1197" t="s">
+      <c r="AH14" s="1226" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="15" spans="1:35" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="650"/>
-[...32 lines deleted...]
-      <c r="AH15" s="1198"/>
+      <c r="A15" s="607"/>
+      <c r="B15" s="608"/>
+      <c r="C15" s="612"/>
+      <c r="D15" s="612"/>
+      <c r="E15" s="612"/>
+      <c r="F15" s="613"/>
+      <c r="G15" s="617"/>
+      <c r="H15" s="618"/>
+      <c r="I15" s="618"/>
+      <c r="J15" s="618"/>
+      <c r="K15" s="618"/>
+      <c r="L15" s="619"/>
+      <c r="M15" s="623"/>
+      <c r="N15" s="623"/>
+      <c r="O15" s="624"/>
+      <c r="P15" s="146"/>
+      <c r="Q15" s="1212"/>
+      <c r="R15" s="1213"/>
+      <c r="S15" s="1213"/>
+      <c r="T15" s="1222"/>
+      <c r="U15" s="1223"/>
+      <c r="V15" s="1223"/>
+      <c r="W15" s="1223"/>
+      <c r="X15" s="1223"/>
+      <c r="Y15" s="1223"/>
+      <c r="Z15" s="1223"/>
+      <c r="AA15" s="1223"/>
+      <c r="AB15" s="1223"/>
+      <c r="AC15" s="1223"/>
+      <c r="AD15" s="1223"/>
+      <c r="AE15" s="1223"/>
+      <c r="AF15" s="1223"/>
+      <c r="AG15" s="1225"/>
+      <c r="AH15" s="1227"/>
     </row>
     <row r="16" spans="1:35" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="635" t="s">
+      <c r="A16" s="636" t="s">
         <v>257</v>
       </c>
-      <c r="B16" s="636"/>
-[...17 lines deleted...]
-      <c r="T16" s="1187" t="s">
+      <c r="B16" s="637"/>
+      <c r="C16" s="637"/>
+      <c r="D16" s="637"/>
+      <c r="E16" s="637"/>
+      <c r="F16" s="637"/>
+      <c r="G16" s="637"/>
+      <c r="H16" s="637"/>
+      <c r="I16" s="637"/>
+      <c r="J16" s="637"/>
+      <c r="K16" s="637"/>
+      <c r="L16" s="637"/>
+      <c r="M16" s="637"/>
+      <c r="N16" s="637"/>
+      <c r="O16" s="638"/>
+      <c r="P16" s="146"/>
+      <c r="Q16" s="1212"/>
+      <c r="R16" s="1213"/>
+      <c r="S16" s="1213"/>
+      <c r="T16" s="1203" t="s">
         <v>256</v>
       </c>
-      <c r="U16" s="1188"/>
-[...11 lines deleted...]
-      <c r="AG16" s="151" t="str">
+      <c r="U16" s="1204"/>
+      <c r="V16" s="1204"/>
+      <c r="W16" s="1204"/>
+      <c r="X16" s="1204"/>
+      <c r="Y16" s="1204"/>
+      <c r="Z16" s="1204"/>
+      <c r="AA16" s="1204"/>
+      <c r="AB16" s="1204"/>
+      <c r="AC16" s="1204"/>
+      <c r="AD16" s="1204"/>
+      <c r="AE16" s="1204"/>
+      <c r="AF16" s="1204"/>
+      <c r="AG16" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="21","X","")</f>
         <v/>
       </c>
-      <c r="AH16" s="121">
+      <c r="AH16" s="118">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="638">
+      <c r="A17" s="595">
         <f>Vkladani_dat!I6</f>
         <v>0</v>
       </c>
-      <c r="B17" s="639"/>
-[...17 lines deleted...]
-      <c r="T17" s="1187" t="s">
+      <c r="B17" s="596"/>
+      <c r="C17" s="596"/>
+      <c r="D17" s="596"/>
+      <c r="E17" s="596"/>
+      <c r="F17" s="596"/>
+      <c r="G17" s="596"/>
+      <c r="H17" s="596"/>
+      <c r="I17" s="596"/>
+      <c r="J17" s="596"/>
+      <c r="K17" s="596"/>
+      <c r="L17" s="596"/>
+      <c r="M17" s="596"/>
+      <c r="N17" s="596"/>
+      <c r="O17" s="597"/>
+      <c r="P17" s="146"/>
+      <c r="Q17" s="1212"/>
+      <c r="R17" s="1213"/>
+      <c r="S17" s="1213"/>
+      <c r="T17" s="1203" t="s">
         <v>258</v>
       </c>
-      <c r="U17" s="1188"/>
-[...11 lines deleted...]
-      <c r="AG17" s="151" t="str">
+      <c r="U17" s="1204"/>
+      <c r="V17" s="1204"/>
+      <c r="W17" s="1204"/>
+      <c r="X17" s="1204"/>
+      <c r="Y17" s="1204"/>
+      <c r="Z17" s="1204"/>
+      <c r="AA17" s="1204"/>
+      <c r="AB17" s="1204"/>
+      <c r="AC17" s="1204"/>
+      <c r="AD17" s="1204"/>
+      <c r="AE17" s="1204"/>
+      <c r="AF17" s="1204"/>
+      <c r="AG17" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="22","X","")</f>
         <v/>
       </c>
-      <c r="AH17" s="121">
+      <c r="AH17" s="118">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:34" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="641"/>
-[...18 lines deleted...]
-      <c r="T18" s="1187" t="s">
+      <c r="A18" s="598"/>
+      <c r="B18" s="599"/>
+      <c r="C18" s="599"/>
+      <c r="D18" s="599"/>
+      <c r="E18" s="599"/>
+      <c r="F18" s="599"/>
+      <c r="G18" s="599"/>
+      <c r="H18" s="599"/>
+      <c r="I18" s="599"/>
+      <c r="J18" s="599"/>
+      <c r="K18" s="599"/>
+      <c r="L18" s="599"/>
+      <c r="M18" s="599"/>
+      <c r="N18" s="599"/>
+      <c r="O18" s="600"/>
+      <c r="P18" s="146"/>
+      <c r="Q18" s="1212"/>
+      <c r="R18" s="1213"/>
+      <c r="S18" s="1213"/>
+      <c r="T18" s="1203" t="s">
         <v>259</v>
       </c>
-      <c r="U18" s="1188"/>
-[...11 lines deleted...]
-      <c r="AG18" s="151" t="str">
+      <c r="U18" s="1204"/>
+      <c r="V18" s="1204"/>
+      <c r="W18" s="1204"/>
+      <c r="X18" s="1204"/>
+      <c r="Y18" s="1204"/>
+      <c r="Z18" s="1204"/>
+      <c r="AA18" s="1204"/>
+      <c r="AB18" s="1204"/>
+      <c r="AC18" s="1204"/>
+      <c r="AD18" s="1204"/>
+      <c r="AE18" s="1204"/>
+      <c r="AF18" s="1204"/>
+      <c r="AG18" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="23","X","")</f>
         <v/>
       </c>
-      <c r="AH18" s="121">
+      <c r="AH18" s="118">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="644" t="s">
+      <c r="A19" s="601" t="s">
         <v>261</v>
       </c>
-      <c r="B19" s="645"/>
-[...1 lines deleted...]
-      <c r="D19" s="646">
+      <c r="B19" s="602"/>
+      <c r="C19" s="602"/>
+      <c r="D19" s="603">
         <f>Vkladani_dat!I8</f>
         <v>0</v>
       </c>
-      <c r="E19" s="646"/>
-[...14 lines deleted...]
-      <c r="T19" s="1187" t="s">
+      <c r="E19" s="603"/>
+      <c r="F19" s="603"/>
+      <c r="G19" s="603"/>
+      <c r="H19" s="603"/>
+      <c r="I19" s="603"/>
+      <c r="J19" s="603"/>
+      <c r="K19" s="603"/>
+      <c r="L19" s="603"/>
+      <c r="M19" s="603"/>
+      <c r="N19" s="603"/>
+      <c r="O19" s="604"/>
+      <c r="P19" s="146"/>
+      <c r="Q19" s="1212"/>
+      <c r="R19" s="1213"/>
+      <c r="S19" s="1213"/>
+      <c r="T19" s="1203" t="s">
         <v>260</v>
       </c>
-      <c r="U19" s="1188"/>
-[...11 lines deleted...]
-      <c r="AG19" s="151" t="str">
+      <c r="U19" s="1204"/>
+      <c r="V19" s="1204"/>
+      <c r="W19" s="1204"/>
+      <c r="X19" s="1204"/>
+      <c r="Y19" s="1204"/>
+      <c r="Z19" s="1204"/>
+      <c r="AA19" s="1204"/>
+      <c r="AB19" s="1204"/>
+      <c r="AC19" s="1204"/>
+      <c r="AD19" s="1204"/>
+      <c r="AE19" s="1204"/>
+      <c r="AF19" s="1204"/>
+      <c r="AG19" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="24","X","")</f>
         <v/>
       </c>
-      <c r="AH19" s="121">
+      <c r="AH19" s="118">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="692" t="s">
+      <c r="A20" s="670" t="s">
         <v>263</v>
       </c>
-      <c r="B20" s="693"/>
-[...1 lines deleted...]
-      <c r="D20" s="696">
+      <c r="B20" s="671"/>
+      <c r="C20" s="671"/>
+      <c r="D20" s="674">
         <f>Vkladani_dat!I10</f>
         <v>0</v>
       </c>
-      <c r="E20" s="697"/>
-[...14 lines deleted...]
-      <c r="T20" s="1214" t="s">
+      <c r="E20" s="675"/>
+      <c r="F20" s="675"/>
+      <c r="G20" s="675"/>
+      <c r="H20" s="675"/>
+      <c r="I20" s="675"/>
+      <c r="J20" s="675"/>
+      <c r="K20" s="675"/>
+      <c r="L20" s="675"/>
+      <c r="M20" s="675"/>
+      <c r="N20" s="675"/>
+      <c r="O20" s="676"/>
+      <c r="P20" s="146"/>
+      <c r="Q20" s="1214"/>
+      <c r="R20" s="1215"/>
+      <c r="S20" s="1215"/>
+      <c r="T20" s="1228" t="s">
         <v>262</v>
       </c>
-      <c r="U20" s="1215"/>
-[...11 lines deleted...]
-      <c r="AG20" s="1218" t="str">
+      <c r="U20" s="1229"/>
+      <c r="V20" s="1229"/>
+      <c r="W20" s="1229"/>
+      <c r="X20" s="1229"/>
+      <c r="Y20" s="1229"/>
+      <c r="Z20" s="1229"/>
+      <c r="AA20" s="1229"/>
+      <c r="AB20" s="1229"/>
+      <c r="AC20" s="1229"/>
+      <c r="AD20" s="1229"/>
+      <c r="AE20" s="1229"/>
+      <c r="AF20" s="1229"/>
+      <c r="AG20" s="1232" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="90","X","")</f>
         <v/>
       </c>
-      <c r="AH20" s="1220">
+      <c r="AH20" s="1234">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="694"/>
-[...32 lines deleted...]
-      <c r="AH21" s="1221"/>
+      <c r="A21" s="672"/>
+      <c r="B21" s="673"/>
+      <c r="C21" s="673"/>
+      <c r="D21" s="677"/>
+      <c r="E21" s="677"/>
+      <c r="F21" s="677"/>
+      <c r="G21" s="677"/>
+      <c r="H21" s="677"/>
+      <c r="I21" s="677"/>
+      <c r="J21" s="677"/>
+      <c r="K21" s="677"/>
+      <c r="L21" s="677"/>
+      <c r="M21" s="677"/>
+      <c r="N21" s="677"/>
+      <c r="O21" s="678"/>
+      <c r="P21" s="146"/>
+      <c r="Q21" s="1214"/>
+      <c r="R21" s="1215"/>
+      <c r="S21" s="1215"/>
+      <c r="T21" s="1228"/>
+      <c r="U21" s="1229"/>
+      <c r="V21" s="1229"/>
+      <c r="W21" s="1229"/>
+      <c r="X21" s="1229"/>
+      <c r="Y21" s="1229"/>
+      <c r="Z21" s="1229"/>
+      <c r="AA21" s="1229"/>
+      <c r="AB21" s="1229"/>
+      <c r="AC21" s="1229"/>
+      <c r="AD21" s="1229"/>
+      <c r="AE21" s="1229"/>
+      <c r="AF21" s="1229"/>
+      <c r="AG21" s="1232"/>
+      <c r="AH21" s="1235"/>
     </row>
     <row r="22" spans="1:34" ht="1.1499999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="644" t="s">
+      <c r="A22" s="601" t="s">
         <v>264</v>
       </c>
-      <c r="B22" s="645"/>
-[...1 lines deleted...]
-      <c r="D22" s="702">
+      <c r="B22" s="602"/>
+      <c r="C22" s="602"/>
+      <c r="D22" s="680">
         <f>Vkladani_dat!I11</f>
         <v>0</v>
       </c>
-      <c r="E22" s="703"/>
-[...28 lines deleted...]
-      <c r="AH22" s="1222"/>
+      <c r="E22" s="681"/>
+      <c r="F22" s="681"/>
+      <c r="G22" s="681"/>
+      <c r="H22" s="681"/>
+      <c r="I22" s="681"/>
+      <c r="J22" s="681"/>
+      <c r="K22" s="681"/>
+      <c r="L22" s="681"/>
+      <c r="M22" s="681"/>
+      <c r="N22" s="681"/>
+      <c r="O22" s="676"/>
+      <c r="P22" s="146"/>
+      <c r="Q22" s="1216"/>
+      <c r="R22" s="1217"/>
+      <c r="S22" s="1217"/>
+      <c r="T22" s="1230"/>
+      <c r="U22" s="1231"/>
+      <c r="V22" s="1231"/>
+      <c r="W22" s="1231"/>
+      <c r="X22" s="1231"/>
+      <c r="Y22" s="1231"/>
+      <c r="Z22" s="1231"/>
+      <c r="AA22" s="1231"/>
+      <c r="AB22" s="1231"/>
+      <c r="AC22" s="1231"/>
+      <c r="AD22" s="1231"/>
+      <c r="AE22" s="1231"/>
+      <c r="AF22" s="1231"/>
+      <c r="AG22" s="1233"/>
+      <c r="AH22" s="1236"/>
     </row>
     <row r="23" spans="1:34" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="701"/>
-[...15 lines deleted...]
-      <c r="Q23" s="668" t="s">
+      <c r="A23" s="679"/>
+      <c r="B23" s="602"/>
+      <c r="C23" s="602"/>
+      <c r="D23" s="682"/>
+      <c r="E23" s="682"/>
+      <c r="F23" s="682"/>
+      <c r="G23" s="682"/>
+      <c r="H23" s="682"/>
+      <c r="I23" s="682"/>
+      <c r="J23" s="682"/>
+      <c r="K23" s="682"/>
+      <c r="L23" s="682"/>
+      <c r="M23" s="682"/>
+      <c r="N23" s="682"/>
+      <c r="O23" s="678"/>
+      <c r="P23" s="146"/>
+      <c r="Q23" s="1209" t="s">
         <v>446</v>
       </c>
-      <c r="R23" s="668"/>
-[...15 lines deleted...]
-      <c r="AH23" s="668"/>
+      <c r="R23" s="1209"/>
+      <c r="S23" s="1209"/>
+      <c r="T23" s="1209"/>
+      <c r="U23" s="1209"/>
+      <c r="V23" s="1209"/>
+      <c r="W23" s="1209"/>
+      <c r="X23" s="1209"/>
+      <c r="Y23" s="1209"/>
+      <c r="Z23" s="1209"/>
+      <c r="AA23" s="1209"/>
+      <c r="AB23" s="1209"/>
+      <c r="AC23" s="1209"/>
+      <c r="AD23" s="1209"/>
+      <c r="AE23" s="1209"/>
+      <c r="AF23" s="1209"/>
+      <c r="AG23" s="1209"/>
+      <c r="AH23" s="1209"/>
     </row>
     <row r="24" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="705" t="s">
+      <c r="A24" s="683" t="s">
         <v>266</v>
       </c>
-      <c r="B24" s="706"/>
-[...1 lines deleted...]
-      <c r="D24" s="708">
+      <c r="B24" s="660"/>
+      <c r="C24" s="660"/>
+      <c r="D24" s="685">
         <f>Vkladani_dat!I12</f>
         <v>0</v>
       </c>
-      <c r="E24" s="709"/>
-[...11 lines deleted...]
-      <c r="Q24" s="1226" t="s">
+      <c r="E24" s="686"/>
+      <c r="F24" s="686"/>
+      <c r="G24" s="686"/>
+      <c r="H24" s="686"/>
+      <c r="I24" s="686"/>
+      <c r="J24" s="686"/>
+      <c r="K24" s="686"/>
+      <c r="L24" s="686"/>
+      <c r="M24" s="686"/>
+      <c r="N24" s="686"/>
+      <c r="O24" s="687"/>
+      <c r="P24" s="146"/>
+      <c r="Q24" s="1208" t="s">
         <v>73</v>
       </c>
-      <c r="R24" s="932"/>
-[...15 lines deleted...]
-      <c r="AH24" s="932"/>
+      <c r="R24" s="965"/>
+      <c r="S24" s="965"/>
+      <c r="T24" s="965"/>
+      <c r="U24" s="965"/>
+      <c r="V24" s="965"/>
+      <c r="W24" s="965"/>
+      <c r="X24" s="965"/>
+      <c r="Y24" s="965"/>
+      <c r="Z24" s="965"/>
+      <c r="AA24" s="965"/>
+      <c r="AB24" s="965"/>
+      <c r="AC24" s="965"/>
+      <c r="AD24" s="965"/>
+      <c r="AE24" s="965"/>
+      <c r="AF24" s="965"/>
+      <c r="AG24" s="965"/>
+      <c r="AH24" s="965"/>
     </row>
     <row r="25" spans="1:34" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="707"/>
-[...32 lines deleted...]
-      <c r="AH25" s="932"/>
+      <c r="A25" s="684"/>
+      <c r="B25" s="660"/>
+      <c r="C25" s="660"/>
+      <c r="D25" s="686"/>
+      <c r="E25" s="686"/>
+      <c r="F25" s="686"/>
+      <c r="G25" s="686"/>
+      <c r="H25" s="686"/>
+      <c r="I25" s="686"/>
+      <c r="J25" s="686"/>
+      <c r="K25" s="686"/>
+      <c r="L25" s="686"/>
+      <c r="M25" s="686"/>
+      <c r="N25" s="686"/>
+      <c r="O25" s="687"/>
+      <c r="P25" s="146"/>
+      <c r="Q25" s="965"/>
+      <c r="R25" s="965"/>
+      <c r="S25" s="965"/>
+      <c r="T25" s="965"/>
+      <c r="U25" s="965"/>
+      <c r="V25" s="965"/>
+      <c r="W25" s="965"/>
+      <c r="X25" s="965"/>
+      <c r="Y25" s="965"/>
+      <c r="Z25" s="965"/>
+      <c r="AA25" s="965"/>
+      <c r="AB25" s="965"/>
+      <c r="AC25" s="965"/>
+      <c r="AD25" s="965"/>
+      <c r="AE25" s="965"/>
+      <c r="AF25" s="965"/>
+      <c r="AG25" s="965"/>
+      <c r="AH25" s="965"/>
     </row>
     <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="508" t="s">
-[...6 lines deleted...]
-      <c r="F26" s="706">
+      <c r="A26" s="535" t="s">
+        <v>485</v>
+      </c>
+      <c r="B26" s="536"/>
+      <c r="C26" s="536"/>
+      <c r="D26" s="536"/>
+      <c r="E26" s="536"/>
+      <c r="F26" s="660">
         <f>Vkladani_dat!I13</f>
         <v>0</v>
       </c>
-      <c r="G26" s="275"/>
-[...20 lines deleted...]
-      <c r="AB26" s="1223" t="s">
+      <c r="G26" s="292"/>
+      <c r="H26" s="292"/>
+      <c r="I26" s="292"/>
+      <c r="J26" s="292"/>
+      <c r="K26" s="292"/>
+      <c r="L26" s="292"/>
+      <c r="M26" s="292"/>
+      <c r="N26" s="292"/>
+      <c r="O26" s="661"/>
+      <c r="P26" s="146"/>
+      <c r="Q26" s="1207"/>
+      <c r="R26" s="752"/>
+      <c r="S26" s="752"/>
+      <c r="T26" s="752"/>
+      <c r="U26" s="752"/>
+      <c r="V26" s="752"/>
+      <c r="W26" s="752"/>
+      <c r="X26" s="752"/>
+      <c r="Y26" s="752"/>
+      <c r="Z26" s="752"/>
+      <c r="AA26" s="752"/>
+      <c r="AB26" s="1205" t="s">
         <v>265</v>
       </c>
-      <c r="AC26" s="1224"/>
-[...1 lines deleted...]
-      <c r="AE26" s="498" t="s">
+      <c r="AC26" s="1206"/>
+      <c r="AD26" s="1206"/>
+      <c r="AE26" s="925" t="s">
         <v>62</v>
       </c>
-      <c r="AF26" s="470"/>
-[...1 lines deleted...]
-      <c r="AH26" s="499"/>
+      <c r="AF26" s="473"/>
+      <c r="AG26" s="473"/>
+      <c r="AH26" s="926"/>
     </row>
     <row r="27" spans="1:34" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="508" t="s">
+      <c r="A27" s="535" t="s">
         <v>371</v>
       </c>
-      <c r="B27" s="509"/>
-[...6 lines deleted...]
-      <c r="I27" s="510">
+      <c r="B27" s="536"/>
+      <c r="C27" s="536"/>
+      <c r="D27" s="536"/>
+      <c r="E27" s="536"/>
+      <c r="F27" s="536"/>
+      <c r="G27" s="536"/>
+      <c r="H27" s="536"/>
+      <c r="I27" s="537">
         <f>Vkladani_dat!F6</f>
         <v>0</v>
       </c>
-      <c r="J27" s="511"/>
-[...6 lines deleted...]
-      <c r="Q27" s="506" t="s">
+      <c r="J27" s="538"/>
+      <c r="K27" s="538"/>
+      <c r="L27" s="538"/>
+      <c r="M27" s="538"/>
+      <c r="N27" s="538"/>
+      <c r="O27" s="539"/>
+      <c r="P27" s="146"/>
+      <c r="Q27" s="533" t="s">
         <v>63</v>
       </c>
-      <c r="R27" s="500"/>
-[...9 lines deleted...]
-      <c r="AB27" s="713">
+      <c r="R27" s="530"/>
+      <c r="S27" s="530"/>
+      <c r="T27" s="530"/>
+      <c r="U27" s="530"/>
+      <c r="V27" s="530"/>
+      <c r="W27" s="530"/>
+      <c r="X27" s="530"/>
+      <c r="Y27" s="530"/>
+      <c r="Z27" s="530"/>
+      <c r="AA27" s="530"/>
+      <c r="AB27" s="664">
         <v>1</v>
       </c>
-      <c r="AC27" s="714"/>
-[...1 lines deleted...]
-      <c r="AE27" s="712">
+      <c r="AC27" s="665"/>
+      <c r="AD27" s="665"/>
+      <c r="AE27" s="662">
         <v>2</v>
       </c>
-      <c r="AF27" s="500"/>
-[...1 lines deleted...]
-      <c r="AH27" s="501"/>
+      <c r="AF27" s="530"/>
+      <c r="AG27" s="530"/>
+      <c r="AH27" s="663"/>
     </row>
     <row r="28" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="513" t="s">
+      <c r="A28" s="540" t="s">
         <v>268</v>
       </c>
-      <c r="B28" s="514"/>
-[...4 lines deleted...]
-      <c r="G28" s="517" t="s">
+      <c r="B28" s="541"/>
+      <c r="C28" s="541"/>
+      <c r="D28" s="541"/>
+      <c r="E28" s="541"/>
+      <c r="F28" s="541"/>
+      <c r="G28" s="544" t="s">
         <v>269</v>
       </c>
-      <c r="H28" s="518"/>
-[...1 lines deleted...]
-      <c r="J28" s="520" t="str">
+      <c r="H28" s="545"/>
+      <c r="I28" s="545"/>
+      <c r="J28" s="505" t="str">
         <f>IF(Vkladani_dat!F10=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="K28" s="521"/>
-      <c r="L28" s="524" t="s">
+      <c r="K28" s="668"/>
+      <c r="L28" s="501" t="s">
         <v>270</v>
       </c>
-      <c r="M28" s="525"/>
-      <c r="N28" s="520" t="str">
+      <c r="M28" s="502"/>
+      <c r="N28" s="505" t="str">
         <f>IF(Vkladani_dat!F10=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O28" s="528"/>
-[...1 lines deleted...]
-      <c r="Q28" s="715" t="s">
+      <c r="O28" s="506"/>
+      <c r="P28" s="146"/>
+      <c r="Q28" s="666" t="s">
+        <v>482</v>
+      </c>
+      <c r="R28" s="458"/>
+      <c r="S28" s="458"/>
+      <c r="T28" s="458"/>
+      <c r="U28" s="458"/>
+      <c r="V28" s="458"/>
+      <c r="W28" s="458"/>
+      <c r="X28" s="458"/>
+      <c r="Y28" s="458"/>
+      <c r="Z28" s="458"/>
+      <c r="AA28" s="458"/>
+      <c r="AB28" s="550">
+        <v>301</v>
+      </c>
+      <c r="AC28" s="461"/>
+      <c r="AD28" s="461"/>
+      <c r="AE28" s="551">
+        <f>Vkladani_dat!G52</f>
+        <v>0</v>
+      </c>
+      <c r="AF28" s="463"/>
+      <c r="AG28" s="463"/>
+      <c r="AH28" s="464"/>
+    </row>
+    <row r="29" spans="1:34" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="542"/>
+      <c r="B29" s="543"/>
+      <c r="C29" s="543"/>
+      <c r="D29" s="543"/>
+      <c r="E29" s="543"/>
+      <c r="F29" s="543"/>
+      <c r="G29" s="546"/>
+      <c r="H29" s="546"/>
+      <c r="I29" s="546"/>
+      <c r="J29" s="507"/>
+      <c r="K29" s="669"/>
+      <c r="L29" s="503"/>
+      <c r="M29" s="504"/>
+      <c r="N29" s="507"/>
+      <c r="O29" s="508"/>
+      <c r="P29" s="146"/>
+      <c r="Q29" s="459"/>
+      <c r="R29" s="458"/>
+      <c r="S29" s="458"/>
+      <c r="T29" s="458"/>
+      <c r="U29" s="458"/>
+      <c r="V29" s="458"/>
+      <c r="W29" s="458"/>
+      <c r="X29" s="458"/>
+      <c r="Y29" s="458"/>
+      <c r="Z29" s="458"/>
+      <c r="AA29" s="458"/>
+      <c r="AB29" s="461"/>
+      <c r="AC29" s="461"/>
+      <c r="AD29" s="461"/>
+      <c r="AE29" s="463"/>
+      <c r="AF29" s="463"/>
+      <c r="AG29" s="463"/>
+      <c r="AH29" s="464"/>
+    </row>
+    <row r="30" spans="1:34" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="509" t="s">
         <v>484</v>
       </c>
-      <c r="R28" s="483"/>
-[...59 lines deleted...]
-      <c r="A30" s="530" t="s">
+      <c r="B30" s="510"/>
+      <c r="C30" s="510"/>
+      <c r="D30" s="510"/>
+      <c r="E30" s="510"/>
+      <c r="F30" s="510"/>
+      <c r="G30" s="510"/>
+      <c r="H30" s="510"/>
+      <c r="I30" s="510"/>
+      <c r="J30" s="510"/>
+      <c r="K30" s="510"/>
+      <c r="L30" s="510"/>
+      <c r="M30" s="510"/>
+      <c r="N30" s="510"/>
+      <c r="O30" s="511"/>
+      <c r="P30" s="146"/>
+      <c r="Q30" s="666" t="s">
+        <v>483</v>
+      </c>
+      <c r="R30" s="667"/>
+      <c r="S30" s="667"/>
+      <c r="T30" s="667"/>
+      <c r="U30" s="667"/>
+      <c r="V30" s="667"/>
+      <c r="W30" s="667"/>
+      <c r="X30" s="667"/>
+      <c r="Y30" s="667"/>
+      <c r="Z30" s="667"/>
+      <c r="AA30" s="667"/>
+      <c r="AB30" s="550">
+        <v>302</v>
+      </c>
+      <c r="AC30" s="550"/>
+      <c r="AD30" s="550"/>
+      <c r="AE30" s="551">
+        <f>Vkladani_dat!G53</f>
+        <v>0</v>
+      </c>
+      <c r="AF30" s="462"/>
+      <c r="AG30" s="462"/>
+      <c r="AH30" s="552"/>
+    </row>
+    <row r="31" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="512"/>
+      <c r="B31" s="512"/>
+      <c r="C31" s="512"/>
+      <c r="D31" s="512"/>
+      <c r="E31" s="512"/>
+      <c r="F31" s="512"/>
+      <c r="G31" s="512"/>
+      <c r="H31" s="512"/>
+      <c r="I31" s="512"/>
+      <c r="J31" s="512"/>
+      <c r="K31" s="512"/>
+      <c r="L31" s="512"/>
+      <c r="M31" s="512"/>
+      <c r="N31" s="512"/>
+      <c r="O31" s="513"/>
+      <c r="P31" s="146"/>
+      <c r="Q31" s="666"/>
+      <c r="R31" s="667"/>
+      <c r="S31" s="667"/>
+      <c r="T31" s="667"/>
+      <c r="U31" s="667"/>
+      <c r="V31" s="667"/>
+      <c r="W31" s="667"/>
+      <c r="X31" s="667"/>
+      <c r="Y31" s="667"/>
+      <c r="Z31" s="667"/>
+      <c r="AA31" s="667"/>
+      <c r="AB31" s="550"/>
+      <c r="AC31" s="550"/>
+      <c r="AD31" s="550"/>
+      <c r="AE31" s="462"/>
+      <c r="AF31" s="462"/>
+      <c r="AG31" s="462"/>
+      <c r="AH31" s="552"/>
+    </row>
+    <row r="32" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="513"/>
+      <c r="B32" s="513"/>
+      <c r="C32" s="513"/>
+      <c r="D32" s="513"/>
+      <c r="E32" s="513"/>
+      <c r="F32" s="513"/>
+      <c r="G32" s="513"/>
+      <c r="H32" s="513"/>
+      <c r="I32" s="513"/>
+      <c r="J32" s="513"/>
+      <c r="K32" s="513"/>
+      <c r="L32" s="513"/>
+      <c r="M32" s="513"/>
+      <c r="N32" s="513"/>
+      <c r="O32" s="513"/>
+      <c r="P32" s="146"/>
+      <c r="Q32" s="564" t="s">
+        <v>454</v>
+      </c>
+      <c r="R32" s="387"/>
+      <c r="S32" s="549" t="s">
+        <v>455</v>
+      </c>
+      <c r="T32" s="321"/>
+      <c r="U32" s="321"/>
+      <c r="V32" s="321"/>
+      <c r="W32" s="321"/>
+      <c r="X32" s="321"/>
+      <c r="Y32" s="321"/>
+      <c r="Z32" s="321"/>
+      <c r="AA32" s="321"/>
+      <c r="AB32" s="550">
+        <v>303</v>
+      </c>
+      <c r="AC32" s="550"/>
+      <c r="AD32" s="550"/>
+      <c r="AE32" s="551">
+        <f>Vkladani_dat!G54</f>
+        <v>0</v>
+      </c>
+      <c r="AF32" s="462"/>
+      <c r="AG32" s="462"/>
+      <c r="AH32" s="552"/>
+    </row>
+    <row r="33" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="513"/>
+      <c r="B33" s="513"/>
+      <c r="C33" s="513"/>
+      <c r="D33" s="513"/>
+      <c r="E33" s="513"/>
+      <c r="F33" s="513"/>
+      <c r="G33" s="513"/>
+      <c r="H33" s="513"/>
+      <c r="I33" s="513"/>
+      <c r="J33" s="513"/>
+      <c r="K33" s="513"/>
+      <c r="L33" s="513"/>
+      <c r="M33" s="513"/>
+      <c r="N33" s="513"/>
+      <c r="O33" s="513"/>
+      <c r="P33" s="146"/>
+      <c r="Q33" s="386"/>
+      <c r="R33" s="387"/>
+      <c r="S33" s="321"/>
+      <c r="T33" s="321"/>
+      <c r="U33" s="321"/>
+      <c r="V33" s="321"/>
+      <c r="W33" s="321"/>
+      <c r="X33" s="321"/>
+      <c r="Y33" s="321"/>
+      <c r="Z33" s="321"/>
+      <c r="AA33" s="321"/>
+      <c r="AB33" s="550"/>
+      <c r="AC33" s="550"/>
+      <c r="AD33" s="550"/>
+      <c r="AE33" s="462"/>
+      <c r="AF33" s="462"/>
+      <c r="AG33" s="462"/>
+      <c r="AH33" s="552"/>
+    </row>
+    <row r="34" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="519" t="s">
+        <v>60</v>
+      </c>
+      <c r="B34" s="519"/>
+      <c r="C34" s="519"/>
+      <c r="D34" s="519"/>
+      <c r="E34" s="519"/>
+      <c r="F34" s="519"/>
+      <c r="G34" s="519"/>
+      <c r="H34" s="519"/>
+      <c r="I34" s="519"/>
+      <c r="J34" s="519"/>
+      <c r="K34" s="519"/>
+      <c r="L34" s="519"/>
+      <c r="M34" s="519"/>
+      <c r="N34" s="519"/>
+      <c r="O34" s="520"/>
+      <c r="P34" s="146"/>
+      <c r="Q34" s="386"/>
+      <c r="R34" s="387"/>
+      <c r="S34" s="547" t="s">
+        <v>456</v>
+      </c>
+      <c r="T34" s="548"/>
+      <c r="U34" s="548"/>
+      <c r="V34" s="548"/>
+      <c r="W34" s="548"/>
+      <c r="X34" s="548"/>
+      <c r="Y34" s="548"/>
+      <c r="Z34" s="548"/>
+      <c r="AA34" s="548"/>
+      <c r="AB34" s="550">
+        <v>304</v>
+      </c>
+      <c r="AC34" s="460"/>
+      <c r="AD34" s="460"/>
+      <c r="AE34" s="551">
+        <f>Vkladani_dat!G55</f>
+        <v>0</v>
+      </c>
+      <c r="AF34" s="462"/>
+      <c r="AG34" s="462"/>
+      <c r="AH34" s="552"/>
+    </row>
+    <row r="35" spans="1:34" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="521"/>
+      <c r="B35" s="521"/>
+      <c r="C35" s="521"/>
+      <c r="D35" s="521"/>
+      <c r="E35" s="521"/>
+      <c r="F35" s="521"/>
+      <c r="G35" s="521"/>
+      <c r="H35" s="521"/>
+      <c r="I35" s="521"/>
+      <c r="J35" s="521"/>
+      <c r="K35" s="521"/>
+      <c r="L35" s="521"/>
+      <c r="M35" s="521"/>
+      <c r="N35" s="521"/>
+      <c r="O35" s="522"/>
+      <c r="P35" s="146"/>
+      <c r="Q35" s="386"/>
+      <c r="R35" s="387"/>
+      <c r="S35" s="548"/>
+      <c r="T35" s="548"/>
+      <c r="U35" s="548"/>
+      <c r="V35" s="548"/>
+      <c r="W35" s="548"/>
+      <c r="X35" s="548"/>
+      <c r="Y35" s="548"/>
+      <c r="Z35" s="548"/>
+      <c r="AA35" s="548"/>
+      <c r="AB35" s="460"/>
+      <c r="AC35" s="460"/>
+      <c r="AD35" s="460"/>
+      <c r="AE35" s="462"/>
+      <c r="AF35" s="462"/>
+      <c r="AG35" s="462"/>
+      <c r="AH35" s="552"/>
+    </row>
+    <row r="36" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="523"/>
+      <c r="B36" s="524"/>
+      <c r="C36" s="524"/>
+      <c r="D36" s="524"/>
+      <c r="E36" s="524"/>
+      <c r="F36" s="524"/>
+      <c r="G36" s="524"/>
+      <c r="H36" s="524"/>
+      <c r="I36" s="525"/>
+      <c r="J36" s="700" t="s">
+        <v>265</v>
+      </c>
+      <c r="K36" s="701"/>
+      <c r="L36" s="704" t="s">
+        <v>62</v>
+      </c>
+      <c r="M36" s="705"/>
+      <c r="N36" s="705"/>
+      <c r="O36" s="706"/>
+      <c r="P36" s="146"/>
+      <c r="Q36" s="386"/>
+      <c r="R36" s="387"/>
+      <c r="S36" s="549" t="s">
+        <v>457</v>
+      </c>
+      <c r="T36" s="321"/>
+      <c r="U36" s="321"/>
+      <c r="V36" s="321"/>
+      <c r="W36" s="321"/>
+      <c r="X36" s="321"/>
+      <c r="Y36" s="321"/>
+      <c r="Z36" s="321"/>
+      <c r="AA36" s="321"/>
+      <c r="AB36" s="550">
+        <v>305</v>
+      </c>
+      <c r="AC36" s="460"/>
+      <c r="AD36" s="460"/>
+      <c r="AE36" s="551">
+        <f>Vkladani_dat!G56</f>
+        <v>0</v>
+      </c>
+      <c r="AF36" s="462"/>
+      <c r="AG36" s="462"/>
+      <c r="AH36" s="552"/>
+    </row>
+    <row r="37" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="526"/>
+      <c r="B37" s="527"/>
+      <c r="C37" s="527"/>
+      <c r="D37" s="527"/>
+      <c r="E37" s="527"/>
+      <c r="F37" s="527"/>
+      <c r="G37" s="527"/>
+      <c r="H37" s="527"/>
+      <c r="I37" s="528"/>
+      <c r="J37" s="702"/>
+      <c r="K37" s="703"/>
+      <c r="L37" s="702"/>
+      <c r="M37" s="707"/>
+      <c r="N37" s="707"/>
+      <c r="O37" s="708"/>
+      <c r="P37" s="146"/>
+      <c r="Q37" s="386"/>
+      <c r="R37" s="387"/>
+      <c r="S37" s="321"/>
+      <c r="T37" s="321"/>
+      <c r="U37" s="321"/>
+      <c r="V37" s="321"/>
+      <c r="W37" s="321"/>
+      <c r="X37" s="321"/>
+      <c r="Y37" s="321"/>
+      <c r="Z37" s="321"/>
+      <c r="AA37" s="321"/>
+      <c r="AB37" s="460"/>
+      <c r="AC37" s="460"/>
+      <c r="AD37" s="460"/>
+      <c r="AE37" s="462"/>
+      <c r="AF37" s="462"/>
+      <c r="AG37" s="462"/>
+      <c r="AH37" s="552"/>
+    </row>
+    <row r="38" spans="1:34" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="514" t="s">
+        <v>63</v>
+      </c>
+      <c r="B38" s="515"/>
+      <c r="C38" s="515"/>
+      <c r="D38" s="515"/>
+      <c r="E38" s="515"/>
+      <c r="F38" s="515"/>
+      <c r="G38" s="515"/>
+      <c r="H38" s="515"/>
+      <c r="I38" s="516"/>
+      <c r="J38" s="517">
+        <v>1</v>
+      </c>
+      <c r="K38" s="516"/>
+      <c r="L38" s="517">
+        <v>2</v>
+      </c>
+      <c r="M38" s="515"/>
+      <c r="N38" s="515"/>
+      <c r="O38" s="518"/>
+      <c r="P38" s="146"/>
+      <c r="Q38" s="386"/>
+      <c r="R38" s="387"/>
+      <c r="S38" s="547" t="s">
+        <v>458</v>
+      </c>
+      <c r="T38" s="548"/>
+      <c r="U38" s="548"/>
+      <c r="V38" s="548"/>
+      <c r="W38" s="548"/>
+      <c r="X38" s="548"/>
+      <c r="Y38" s="548"/>
+      <c r="Z38" s="548"/>
+      <c r="AA38" s="548"/>
+      <c r="AB38" s="460">
+        <v>306</v>
+      </c>
+      <c r="AC38" s="460"/>
+      <c r="AD38" s="460"/>
+      <c r="AE38" s="551">
+        <f>Vkladani_dat!G57</f>
+        <v>0</v>
+      </c>
+      <c r="AF38" s="462"/>
+      <c r="AG38" s="462"/>
+      <c r="AH38" s="552"/>
+    </row>
+    <row r="39" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="719" t="s">
+        <v>491</v>
+      </c>
+      <c r="B39" s="720"/>
+      <c r="C39" s="720"/>
+      <c r="D39" s="720"/>
+      <c r="E39" s="720"/>
+      <c r="F39" s="720"/>
+      <c r="G39" s="720"/>
+      <c r="H39" s="720"/>
+      <c r="I39" s="721"/>
+      <c r="J39" s="715">
+        <v>101</v>
+      </c>
+      <c r="K39" s="725"/>
+      <c r="L39" s="691">
+        <f>Vkladani_dat!G18</f>
+        <v>0</v>
+      </c>
+      <c r="M39" s="692"/>
+      <c r="N39" s="692"/>
+      <c r="O39" s="693"/>
+      <c r="P39" s="146"/>
+      <c r="Q39" s="386"/>
+      <c r="R39" s="387"/>
+      <c r="S39" s="547" t="s">
+        <v>78</v>
+      </c>
+      <c r="T39" s="548"/>
+      <c r="U39" s="548"/>
+      <c r="V39" s="548"/>
+      <c r="W39" s="548"/>
+      <c r="X39" s="548"/>
+      <c r="Y39" s="548"/>
+      <c r="Z39" s="548"/>
+      <c r="AA39" s="548"/>
+      <c r="AB39" s="550">
+        <v>307</v>
+      </c>
+      <c r="AC39" s="460"/>
+      <c r="AD39" s="460"/>
+      <c r="AE39" s="551">
+        <f>Vkladani_dat!G58</f>
+        <v>0</v>
+      </c>
+      <c r="AF39" s="462"/>
+      <c r="AG39" s="462"/>
+      <c r="AH39" s="552"/>
+    </row>
+    <row r="40" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="722"/>
+      <c r="B40" s="723"/>
+      <c r="C40" s="723"/>
+      <c r="D40" s="723"/>
+      <c r="E40" s="723"/>
+      <c r="F40" s="723"/>
+      <c r="G40" s="723"/>
+      <c r="H40" s="723"/>
+      <c r="I40" s="724"/>
+      <c r="J40" s="726"/>
+      <c r="K40" s="727"/>
+      <c r="L40" s="694"/>
+      <c r="M40" s="695"/>
+      <c r="N40" s="695"/>
+      <c r="O40" s="696"/>
+      <c r="P40" s="146"/>
+      <c r="Q40" s="386"/>
+      <c r="R40" s="387"/>
+      <c r="S40" s="548"/>
+      <c r="T40" s="548"/>
+      <c r="U40" s="548"/>
+      <c r="V40" s="548"/>
+      <c r="W40" s="548"/>
+      <c r="X40" s="548"/>
+      <c r="Y40" s="548"/>
+      <c r="Z40" s="548"/>
+      <c r="AA40" s="548"/>
+      <c r="AB40" s="460"/>
+      <c r="AC40" s="460"/>
+      <c r="AD40" s="460"/>
+      <c r="AE40" s="462"/>
+      <c r="AF40" s="462"/>
+      <c r="AG40" s="462"/>
+      <c r="AH40" s="552"/>
+    </row>
+    <row r="41" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="423"/>
+      <c r="B41" s="424"/>
+      <c r="C41" s="424"/>
+      <c r="D41" s="424"/>
+      <c r="E41" s="424"/>
+      <c r="F41" s="424"/>
+      <c r="G41" s="424"/>
+      <c r="H41" s="424"/>
+      <c r="I41" s="425"/>
+      <c r="J41" s="728"/>
+      <c r="K41" s="729"/>
+      <c r="L41" s="697"/>
+      <c r="M41" s="698"/>
+      <c r="N41" s="698"/>
+      <c r="O41" s="699"/>
+      <c r="P41" s="146"/>
+      <c r="Q41" s="386"/>
+      <c r="R41" s="387"/>
+      <c r="S41" s="547" t="s">
+        <v>382</v>
+      </c>
+      <c r="T41" s="548"/>
+      <c r="U41" s="548"/>
+      <c r="V41" s="548"/>
+      <c r="W41" s="548"/>
+      <c r="X41" s="548"/>
+      <c r="Y41" s="548"/>
+      <c r="Z41" s="548"/>
+      <c r="AA41" s="548"/>
+      <c r="AB41" s="550">
+        <v>308</v>
+      </c>
+      <c r="AC41" s="460"/>
+      <c r="AD41" s="460"/>
+      <c r="AE41" s="551">
+        <f>Vkladani_dat!G59</f>
+        <v>0</v>
+      </c>
+      <c r="AF41" s="462"/>
+      <c r="AG41" s="462"/>
+      <c r="AH41" s="552"/>
+    </row>
+    <row r="42" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="730" t="s">
+        <v>481</v>
+      </c>
+      <c r="B42" s="731"/>
+      <c r="C42" s="731"/>
+      <c r="D42" s="731"/>
+      <c r="E42" s="731"/>
+      <c r="F42" s="731"/>
+      <c r="G42" s="731"/>
+      <c r="H42" s="731"/>
+      <c r="I42" s="732"/>
+      <c r="J42" s="688">
+        <v>102</v>
+      </c>
+      <c r="K42" s="689"/>
+      <c r="L42" s="691">
+        <f>Vkladani_dat!G19</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="692"/>
+      <c r="N42" s="692"/>
+      <c r="O42" s="693"/>
+      <c r="P42" s="146"/>
+      <c r="Q42" s="386"/>
+      <c r="R42" s="387"/>
+      <c r="S42" s="548"/>
+      <c r="T42" s="548"/>
+      <c r="U42" s="548"/>
+      <c r="V42" s="548"/>
+      <c r="W42" s="548"/>
+      <c r="X42" s="548"/>
+      <c r="Y42" s="548"/>
+      <c r="Z42" s="548"/>
+      <c r="AA42" s="548"/>
+      <c r="AB42" s="460"/>
+      <c r="AC42" s="460"/>
+      <c r="AD42" s="460"/>
+      <c r="AE42" s="462"/>
+      <c r="AF42" s="462"/>
+      <c r="AG42" s="462"/>
+      <c r="AH42" s="552"/>
+    </row>
+    <row r="43" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="733"/>
+      <c r="B43" s="734"/>
+      <c r="C43" s="734"/>
+      <c r="D43" s="734"/>
+      <c r="E43" s="734"/>
+      <c r="F43" s="734"/>
+      <c r="G43" s="734"/>
+      <c r="H43" s="734"/>
+      <c r="I43" s="735"/>
+      <c r="J43" s="690"/>
+      <c r="K43" s="689"/>
+      <c r="L43" s="694"/>
+      <c r="M43" s="695"/>
+      <c r="N43" s="695"/>
+      <c r="O43" s="696"/>
+      <c r="P43" s="146"/>
+      <c r="Q43" s="386"/>
+      <c r="R43" s="387"/>
+      <c r="S43" s="547" t="s">
+        <v>66</v>
+      </c>
+      <c r="T43" s="548"/>
+      <c r="U43" s="548"/>
+      <c r="V43" s="548"/>
+      <c r="W43" s="548"/>
+      <c r="X43" s="548"/>
+      <c r="Y43" s="548"/>
+      <c r="Z43" s="548"/>
+      <c r="AA43" s="548"/>
+      <c r="AB43" s="550">
+        <v>309</v>
+      </c>
+      <c r="AC43" s="460"/>
+      <c r="AD43" s="460"/>
+      <c r="AE43" s="551">
+        <f>Vkladani_dat!G60</f>
+        <v>0</v>
+      </c>
+      <c r="AF43" s="462"/>
+      <c r="AG43" s="462"/>
+      <c r="AH43" s="552"/>
+    </row>
+    <row r="44" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="736"/>
+      <c r="B44" s="737"/>
+      <c r="C44" s="737"/>
+      <c r="D44" s="737"/>
+      <c r="E44" s="737"/>
+      <c r="F44" s="737"/>
+      <c r="G44" s="737"/>
+      <c r="H44" s="737"/>
+      <c r="I44" s="738"/>
+      <c r="J44" s="690"/>
+      <c r="K44" s="689"/>
+      <c r="L44" s="697"/>
+      <c r="M44" s="698"/>
+      <c r="N44" s="698"/>
+      <c r="O44" s="699"/>
+      <c r="P44" s="146"/>
+      <c r="Q44" s="386"/>
+      <c r="R44" s="387"/>
+      <c r="S44" s="548"/>
+      <c r="T44" s="548"/>
+      <c r="U44" s="548"/>
+      <c r="V44" s="548"/>
+      <c r="W44" s="548"/>
+      <c r="X44" s="548"/>
+      <c r="Y44" s="548"/>
+      <c r="Z44" s="548"/>
+      <c r="AA44" s="548"/>
+      <c r="AB44" s="460"/>
+      <c r="AC44" s="460"/>
+      <c r="AD44" s="460"/>
+      <c r="AE44" s="462"/>
+      <c r="AF44" s="462"/>
+      <c r="AG44" s="462"/>
+      <c r="AH44" s="552"/>
+    </row>
+    <row r="45" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="779" t="s">
+        <v>438</v>
+      </c>
+      <c r="B45" s="709" t="s">
+        <v>492</v>
+      </c>
+      <c r="C45" s="710"/>
+      <c r="D45" s="710"/>
+      <c r="E45" s="710"/>
+      <c r="F45" s="710"/>
+      <c r="G45" s="710"/>
+      <c r="H45" s="710"/>
+      <c r="I45" s="711"/>
+      <c r="J45" s="715">
+        <v>103</v>
+      </c>
+      <c r="K45" s="716"/>
+      <c r="L45" s="691">
+        <f>Vkladani_dat!G20</f>
+        <v>0</v>
+      </c>
+      <c r="M45" s="692"/>
+      <c r="N45" s="692"/>
+      <c r="O45" s="693"/>
+      <c r="P45" s="146"/>
+      <c r="Q45" s="386"/>
+      <c r="R45" s="387"/>
+      <c r="S45" s="547" t="s">
+        <v>67</v>
+      </c>
+      <c r="T45" s="548"/>
+      <c r="U45" s="548"/>
+      <c r="V45" s="548"/>
+      <c r="W45" s="548"/>
+      <c r="X45" s="548"/>
+      <c r="Y45" s="548"/>
+      <c r="Z45" s="548"/>
+      <c r="AA45" s="548"/>
+      <c r="AB45" s="550">
+        <v>310</v>
+      </c>
+      <c r="AC45" s="460"/>
+      <c r="AD45" s="460"/>
+      <c r="AE45" s="551">
+        <f>Vkladani_dat!G61</f>
+        <v>0</v>
+      </c>
+      <c r="AF45" s="462"/>
+      <c r="AG45" s="462"/>
+      <c r="AH45" s="552"/>
+    </row>
+    <row r="46" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="780"/>
+      <c r="B46" s="712"/>
+      <c r="C46" s="713"/>
+      <c r="D46" s="713"/>
+      <c r="E46" s="713"/>
+      <c r="F46" s="713"/>
+      <c r="G46" s="713"/>
+      <c r="H46" s="713"/>
+      <c r="I46" s="714"/>
+      <c r="J46" s="717"/>
+      <c r="K46" s="718"/>
+      <c r="L46" s="694"/>
+      <c r="M46" s="695"/>
+      <c r="N46" s="695"/>
+      <c r="O46" s="696"/>
+      <c r="P46" s="146"/>
+      <c r="Q46" s="386"/>
+      <c r="R46" s="387"/>
+      <c r="S46" s="548"/>
+      <c r="T46" s="548"/>
+      <c r="U46" s="548"/>
+      <c r="V46" s="548"/>
+      <c r="W46" s="548"/>
+      <c r="X46" s="548"/>
+      <c r="Y46" s="548"/>
+      <c r="Z46" s="548"/>
+      <c r="AA46" s="548"/>
+      <c r="AB46" s="460"/>
+      <c r="AC46" s="460"/>
+      <c r="AD46" s="460"/>
+      <c r="AE46" s="462"/>
+      <c r="AF46" s="462"/>
+      <c r="AG46" s="462"/>
+      <c r="AH46" s="552"/>
+    </row>
+    <row r="47" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="780"/>
+      <c r="B47" s="709" t="s">
+        <v>493</v>
+      </c>
+      <c r="C47" s="710"/>
+      <c r="D47" s="710"/>
+      <c r="E47" s="710"/>
+      <c r="F47" s="710"/>
+      <c r="G47" s="710"/>
+      <c r="H47" s="710"/>
+      <c r="I47" s="711"/>
+      <c r="J47" s="715">
+        <v>104</v>
+      </c>
+      <c r="K47" s="716"/>
+      <c r="L47" s="691">
+        <f>Vkladani_dat!G21</f>
+        <v>0</v>
+      </c>
+      <c r="M47" s="692"/>
+      <c r="N47" s="692"/>
+      <c r="O47" s="693"/>
+      <c r="P47" s="146"/>
+      <c r="Q47" s="386"/>
+      <c r="R47" s="387"/>
+      <c r="S47" s="547" t="s">
+        <v>271</v>
+      </c>
+      <c r="T47" s="548"/>
+      <c r="U47" s="548"/>
+      <c r="V47" s="548"/>
+      <c r="W47" s="548"/>
+      <c r="X47" s="548"/>
+      <c r="Y47" s="548"/>
+      <c r="Z47" s="548"/>
+      <c r="AA47" s="548"/>
+      <c r="AB47" s="550">
+        <v>311</v>
+      </c>
+      <c r="AC47" s="460"/>
+      <c r="AD47" s="460"/>
+      <c r="AE47" s="551">
+        <f>Vkladani_dat!G62</f>
+        <v>0</v>
+      </c>
+      <c r="AF47" s="462"/>
+      <c r="AG47" s="462"/>
+      <c r="AH47" s="552"/>
+    </row>
+    <row r="48" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="780"/>
+      <c r="B48" s="712"/>
+      <c r="C48" s="713"/>
+      <c r="D48" s="713"/>
+      <c r="E48" s="713"/>
+      <c r="F48" s="713"/>
+      <c r="G48" s="713"/>
+      <c r="H48" s="713"/>
+      <c r="I48" s="714"/>
+      <c r="J48" s="717"/>
+      <c r="K48" s="718"/>
+      <c r="L48" s="694"/>
+      <c r="M48" s="695"/>
+      <c r="N48" s="695"/>
+      <c r="O48" s="696"/>
+      <c r="P48" s="146"/>
+      <c r="Q48" s="386"/>
+      <c r="R48" s="387"/>
+      <c r="S48" s="548"/>
+      <c r="T48" s="548"/>
+      <c r="U48" s="548"/>
+      <c r="V48" s="548"/>
+      <c r="W48" s="548"/>
+      <c r="X48" s="548"/>
+      <c r="Y48" s="548"/>
+      <c r="Z48" s="548"/>
+      <c r="AA48" s="548"/>
+      <c r="AB48" s="460"/>
+      <c r="AC48" s="460"/>
+      <c r="AD48" s="460"/>
+      <c r="AE48" s="462"/>
+      <c r="AF48" s="462"/>
+      <c r="AG48" s="462"/>
+      <c r="AH48" s="552"/>
+    </row>
+    <row r="49" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="780"/>
+      <c r="B49" s="709" t="s">
+        <v>494</v>
+      </c>
+      <c r="C49" s="710"/>
+      <c r="D49" s="710"/>
+      <c r="E49" s="710"/>
+      <c r="F49" s="710"/>
+      <c r="G49" s="710"/>
+      <c r="H49" s="710"/>
+      <c r="I49" s="711"/>
+      <c r="J49" s="715">
+        <v>105</v>
+      </c>
+      <c r="K49" s="716"/>
+      <c r="L49" s="691">
+        <f>Vkladani_dat!G22</f>
+        <v>0</v>
+      </c>
+      <c r="M49" s="692"/>
+      <c r="N49" s="692"/>
+      <c r="O49" s="693"/>
+      <c r="P49" s="146"/>
+      <c r="Q49" s="386"/>
+      <c r="R49" s="387"/>
+      <c r="S49" s="547" t="s">
+        <v>44</v>
+      </c>
+      <c r="T49" s="548"/>
+      <c r="U49" s="548"/>
+      <c r="V49" s="548"/>
+      <c r="W49" s="548"/>
+      <c r="X49" s="548"/>
+      <c r="Y49" s="548"/>
+      <c r="Z49" s="548"/>
+      <c r="AA49" s="548"/>
+      <c r="AB49" s="550">
+        <v>312</v>
+      </c>
+      <c r="AC49" s="460"/>
+      <c r="AD49" s="460"/>
+      <c r="AE49" s="551">
+        <f>Vkladani_dat!G63</f>
+        <v>0</v>
+      </c>
+      <c r="AF49" s="462"/>
+      <c r="AG49" s="462"/>
+      <c r="AH49" s="552"/>
+    </row>
+    <row r="50" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="780"/>
+      <c r="B50" s="712"/>
+      <c r="C50" s="713"/>
+      <c r="D50" s="713"/>
+      <c r="E50" s="713"/>
+      <c r="F50" s="713"/>
+      <c r="G50" s="713"/>
+      <c r="H50" s="713"/>
+      <c r="I50" s="714"/>
+      <c r="J50" s="717"/>
+      <c r="K50" s="718"/>
+      <c r="L50" s="694"/>
+      <c r="M50" s="695"/>
+      <c r="N50" s="695"/>
+      <c r="O50" s="696"/>
+      <c r="P50" s="146"/>
+      <c r="Q50" s="386"/>
+      <c r="R50" s="387"/>
+      <c r="S50" s="548"/>
+      <c r="T50" s="548"/>
+      <c r="U50" s="548"/>
+      <c r="V50" s="548"/>
+      <c r="W50" s="548"/>
+      <c r="X50" s="548"/>
+      <c r="Y50" s="548"/>
+      <c r="Z50" s="548"/>
+      <c r="AA50" s="548"/>
+      <c r="AB50" s="460"/>
+      <c r="AC50" s="460"/>
+      <c r="AD50" s="460"/>
+      <c r="AE50" s="462"/>
+      <c r="AF50" s="462"/>
+      <c r="AG50" s="462"/>
+      <c r="AH50" s="552"/>
+    </row>
+    <row r="51" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="780"/>
+      <c r="B51" s="710" t="s">
+        <v>495</v>
+      </c>
+      <c r="C51" s="710"/>
+      <c r="D51" s="710"/>
+      <c r="E51" s="710"/>
+      <c r="F51" s="710"/>
+      <c r="G51" s="710"/>
+      <c r="H51" s="710"/>
+      <c r="I51" s="711"/>
+      <c r="J51" s="715">
+        <v>106</v>
+      </c>
+      <c r="K51" s="716"/>
+      <c r="L51" s="691">
+        <f>Vkladani_dat!G23</f>
+        <v>0</v>
+      </c>
+      <c r="M51" s="692"/>
+      <c r="N51" s="692"/>
+      <c r="O51" s="693"/>
+      <c r="P51" s="146"/>
+      <c r="Q51" s="386"/>
+      <c r="R51" s="387"/>
+      <c r="S51" s="547" t="s">
+        <v>39</v>
+      </c>
+      <c r="T51" s="548"/>
+      <c r="U51" s="548"/>
+      <c r="V51" s="548"/>
+      <c r="W51" s="548"/>
+      <c r="X51" s="548"/>
+      <c r="Y51" s="548"/>
+      <c r="Z51" s="548"/>
+      <c r="AA51" s="548"/>
+      <c r="AB51" s="550">
+        <v>313</v>
+      </c>
+      <c r="AC51" s="460"/>
+      <c r="AD51" s="460"/>
+      <c r="AE51" s="551">
+        <f>Vkladani_dat!G64</f>
+        <v>0</v>
+      </c>
+      <c r="AF51" s="462"/>
+      <c r="AG51" s="462"/>
+      <c r="AH51" s="552"/>
+    </row>
+    <row r="52" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="780"/>
+      <c r="B52" s="713"/>
+      <c r="C52" s="713"/>
+      <c r="D52" s="713"/>
+      <c r="E52" s="713"/>
+      <c r="F52" s="713"/>
+      <c r="G52" s="713"/>
+      <c r="H52" s="713"/>
+      <c r="I52" s="714"/>
+      <c r="J52" s="717"/>
+      <c r="K52" s="718"/>
+      <c r="L52" s="694"/>
+      <c r="M52" s="695"/>
+      <c r="N52" s="695"/>
+      <c r="O52" s="696"/>
+      <c r="P52" s="146"/>
+      <c r="Q52" s="386"/>
+      <c r="R52" s="387"/>
+      <c r="S52" s="548"/>
+      <c r="T52" s="548"/>
+      <c r="U52" s="548"/>
+      <c r="V52" s="548"/>
+      <c r="W52" s="548"/>
+      <c r="X52" s="548"/>
+      <c r="Y52" s="548"/>
+      <c r="Z52" s="548"/>
+      <c r="AA52" s="548"/>
+      <c r="AB52" s="460"/>
+      <c r="AC52" s="460"/>
+      <c r="AD52" s="460"/>
+      <c r="AE52" s="462"/>
+      <c r="AF52" s="462"/>
+      <c r="AG52" s="462"/>
+      <c r="AH52" s="552"/>
+    </row>
+    <row r="53" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="780"/>
+      <c r="B53" s="710" t="s">
+        <v>496</v>
+      </c>
+      <c r="C53" s="710"/>
+      <c r="D53" s="710"/>
+      <c r="E53" s="710"/>
+      <c r="F53" s="710"/>
+      <c r="G53" s="710"/>
+      <c r="H53" s="710"/>
+      <c r="I53" s="711"/>
+      <c r="J53" s="715">
+        <v>107</v>
+      </c>
+      <c r="K53" s="716"/>
+      <c r="L53" s="691">
+        <f>Vkladani_dat!G24</f>
+        <v>0</v>
+      </c>
+      <c r="M53" s="692"/>
+      <c r="N53" s="692"/>
+      <c r="O53" s="693"/>
+      <c r="P53" s="146"/>
+      <c r="Q53" s="386"/>
+      <c r="R53" s="387"/>
+      <c r="S53" s="547" t="s">
+        <v>40</v>
+      </c>
+      <c r="T53" s="548"/>
+      <c r="U53" s="548"/>
+      <c r="V53" s="548"/>
+      <c r="W53" s="548"/>
+      <c r="X53" s="548"/>
+      <c r="Y53" s="548"/>
+      <c r="Z53" s="548"/>
+      <c r="AA53" s="548"/>
+      <c r="AB53" s="550">
+        <v>314</v>
+      </c>
+      <c r="AC53" s="460"/>
+      <c r="AD53" s="460"/>
+      <c r="AE53" s="551">
+        <f>Vkladani_dat!G65</f>
+        <v>0</v>
+      </c>
+      <c r="AF53" s="462"/>
+      <c r="AG53" s="462"/>
+      <c r="AH53" s="552"/>
+    </row>
+    <row r="54" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="780"/>
+      <c r="B54" s="713"/>
+      <c r="C54" s="713"/>
+      <c r="D54" s="713"/>
+      <c r="E54" s="713"/>
+      <c r="F54" s="713"/>
+      <c r="G54" s="713"/>
+      <c r="H54" s="713"/>
+      <c r="I54" s="714"/>
+      <c r="J54" s="717"/>
+      <c r="K54" s="718"/>
+      <c r="L54" s="694"/>
+      <c r="M54" s="695"/>
+      <c r="N54" s="695"/>
+      <c r="O54" s="696"/>
+      <c r="P54" s="146"/>
+      <c r="Q54" s="386"/>
+      <c r="R54" s="387"/>
+      <c r="S54" s="548"/>
+      <c r="T54" s="548"/>
+      <c r="U54" s="548"/>
+      <c r="V54" s="548"/>
+      <c r="W54" s="548"/>
+      <c r="X54" s="548"/>
+      <c r="Y54" s="548"/>
+      <c r="Z54" s="548"/>
+      <c r="AA54" s="548"/>
+      <c r="AB54" s="460"/>
+      <c r="AC54" s="460"/>
+      <c r="AD54" s="460"/>
+      <c r="AE54" s="462"/>
+      <c r="AF54" s="462"/>
+      <c r="AG54" s="462"/>
+      <c r="AH54" s="552"/>
+    </row>
+    <row r="55" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="780"/>
+      <c r="B55" s="710" t="s">
+        <v>497</v>
+      </c>
+      <c r="C55" s="710"/>
+      <c r="D55" s="710"/>
+      <c r="E55" s="710"/>
+      <c r="F55" s="710"/>
+      <c r="G55" s="710"/>
+      <c r="H55" s="710"/>
+      <c r="I55" s="711"/>
+      <c r="J55" s="715">
+        <v>108</v>
+      </c>
+      <c r="K55" s="716"/>
+      <c r="L55" s="691">
+        <f>Vkladani_dat!G25</f>
+        <v>0</v>
+      </c>
+      <c r="M55" s="692"/>
+      <c r="N55" s="692"/>
+      <c r="O55" s="693"/>
+      <c r="P55" s="146"/>
+      <c r="Q55" s="386"/>
+      <c r="R55" s="387"/>
+      <c r="S55" s="547" t="s">
+        <v>69</v>
+      </c>
+      <c r="T55" s="548"/>
+      <c r="U55" s="548"/>
+      <c r="V55" s="548"/>
+      <c r="W55" s="548"/>
+      <c r="X55" s="548"/>
+      <c r="Y55" s="548"/>
+      <c r="Z55" s="548"/>
+      <c r="AA55" s="548"/>
+      <c r="AB55" s="550">
+        <v>315</v>
+      </c>
+      <c r="AC55" s="460"/>
+      <c r="AD55" s="460"/>
+      <c r="AE55" s="551">
+        <f>Vkladani_dat!G66</f>
+        <v>0</v>
+      </c>
+      <c r="AF55" s="462"/>
+      <c r="AG55" s="462"/>
+      <c r="AH55" s="552"/>
+    </row>
+    <row r="56" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="780"/>
+      <c r="B56" s="713"/>
+      <c r="C56" s="713"/>
+      <c r="D56" s="713"/>
+      <c r="E56" s="713"/>
+      <c r="F56" s="713"/>
+      <c r="G56" s="713"/>
+      <c r="H56" s="713"/>
+      <c r="I56" s="714"/>
+      <c r="J56" s="717"/>
+      <c r="K56" s="718"/>
+      <c r="L56" s="694"/>
+      <c r="M56" s="695"/>
+      <c r="N56" s="695"/>
+      <c r="O56" s="696"/>
+      <c r="P56" s="146"/>
+      <c r="Q56" s="386"/>
+      <c r="R56" s="387"/>
+      <c r="S56" s="548"/>
+      <c r="T56" s="548"/>
+      <c r="U56" s="548"/>
+      <c r="V56" s="548"/>
+      <c r="W56" s="548"/>
+      <c r="X56" s="548"/>
+      <c r="Y56" s="548"/>
+      <c r="Z56" s="548"/>
+      <c r="AA56" s="548"/>
+      <c r="AB56" s="460"/>
+      <c r="AC56" s="460"/>
+      <c r="AD56" s="460"/>
+      <c r="AE56" s="462"/>
+      <c r="AF56" s="462"/>
+      <c r="AG56" s="462"/>
+      <c r="AH56" s="552"/>
+    </row>
+    <row r="57" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="780"/>
+      <c r="B57" s="710" t="s">
+        <v>498</v>
+      </c>
+      <c r="C57" s="710"/>
+      <c r="D57" s="710"/>
+      <c r="E57" s="710"/>
+      <c r="F57" s="710"/>
+      <c r="G57" s="710"/>
+      <c r="H57" s="710"/>
+      <c r="I57" s="711"/>
+      <c r="J57" s="715">
+        <v>109</v>
+      </c>
+      <c r="K57" s="716"/>
+      <c r="L57" s="691">
+        <f>Vkladani_dat!G26</f>
+        <v>0</v>
+      </c>
+      <c r="M57" s="692"/>
+      <c r="N57" s="692"/>
+      <c r="O57" s="693"/>
+      <c r="P57" s="146"/>
+      <c r="Q57" s="386"/>
+      <c r="R57" s="387"/>
+      <c r="S57" s="547" t="s">
+        <v>45</v>
+      </c>
+      <c r="T57" s="548"/>
+      <c r="U57" s="548"/>
+      <c r="V57" s="548"/>
+      <c r="W57" s="548"/>
+      <c r="X57" s="548"/>
+      <c r="Y57" s="548"/>
+      <c r="Z57" s="548"/>
+      <c r="AA57" s="548"/>
+      <c r="AB57" s="550">
+        <v>316</v>
+      </c>
+      <c r="AC57" s="460"/>
+      <c r="AD57" s="460"/>
+      <c r="AE57" s="551">
+        <f>Vkladani_dat!G67</f>
+        <v>0</v>
+      </c>
+      <c r="AF57" s="462"/>
+      <c r="AG57" s="462"/>
+      <c r="AH57" s="552"/>
+    </row>
+    <row r="58" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="780"/>
+      <c r="B58" s="713"/>
+      <c r="C58" s="713"/>
+      <c r="D58" s="713"/>
+      <c r="E58" s="713"/>
+      <c r="F58" s="713"/>
+      <c r="G58" s="713"/>
+      <c r="H58" s="713"/>
+      <c r="I58" s="714"/>
+      <c r="J58" s="717"/>
+      <c r="K58" s="718"/>
+      <c r="L58" s="694"/>
+      <c r="M58" s="695"/>
+      <c r="N58" s="695"/>
+      <c r="O58" s="696"/>
+      <c r="P58" s="146"/>
+      <c r="Q58" s="386"/>
+      <c r="R58" s="387"/>
+      <c r="S58" s="548"/>
+      <c r="T58" s="548"/>
+      <c r="U58" s="548"/>
+      <c r="V58" s="548"/>
+      <c r="W58" s="548"/>
+      <c r="X58" s="548"/>
+      <c r="Y58" s="548"/>
+      <c r="Z58" s="548"/>
+      <c r="AA58" s="548"/>
+      <c r="AB58" s="460"/>
+      <c r="AC58" s="460"/>
+      <c r="AD58" s="460"/>
+      <c r="AE58" s="462"/>
+      <c r="AF58" s="462"/>
+      <c r="AG58" s="462"/>
+      <c r="AH58" s="552"/>
+    </row>
+    <row r="59" spans="1:34" ht="6.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="780"/>
+      <c r="B59" s="710" t="s">
+        <v>499</v>
+      </c>
+      <c r="C59" s="710"/>
+      <c r="D59" s="710"/>
+      <c r="E59" s="710"/>
+      <c r="F59" s="710"/>
+      <c r="G59" s="710"/>
+      <c r="H59" s="710"/>
+      <c r="I59" s="711"/>
+      <c r="J59" s="715">
+        <v>110</v>
+      </c>
+      <c r="K59" s="716"/>
+      <c r="L59" s="691">
+        <f>Vkladani_dat!G27</f>
+        <v>0</v>
+      </c>
+      <c r="M59" s="692"/>
+      <c r="N59" s="692"/>
+      <c r="O59" s="693"/>
+      <c r="P59" s="146"/>
+      <c r="Q59" s="555" t="s">
+        <v>461</v>
+      </c>
+      <c r="R59" s="548"/>
+      <c r="S59" s="548"/>
+      <c r="T59" s="548"/>
+      <c r="U59" s="548"/>
+      <c r="V59" s="548"/>
+      <c r="W59" s="548"/>
+      <c r="X59" s="548"/>
+      <c r="Y59" s="548"/>
+      <c r="Z59" s="548"/>
+      <c r="AA59" s="548"/>
+      <c r="AB59" s="550">
+        <v>317</v>
+      </c>
+      <c r="AC59" s="460"/>
+      <c r="AD59" s="460"/>
+      <c r="AE59" s="559">
+        <f>Vkladani_dat!G68</f>
+        <v>0</v>
+      </c>
+      <c r="AF59" s="560"/>
+      <c r="AG59" s="560"/>
+      <c r="AH59" s="561"/>
+    </row>
+    <row r="60" spans="1:34" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="780"/>
+      <c r="B60" s="713"/>
+      <c r="C60" s="713"/>
+      <c r="D60" s="713"/>
+      <c r="E60" s="713"/>
+      <c r="F60" s="713"/>
+      <c r="G60" s="713"/>
+      <c r="H60" s="713"/>
+      <c r="I60" s="714"/>
+      <c r="J60" s="717"/>
+      <c r="K60" s="718"/>
+      <c r="L60" s="694"/>
+      <c r="M60" s="695"/>
+      <c r="N60" s="695"/>
+      <c r="O60" s="696"/>
+      <c r="P60" s="146"/>
+      <c r="Q60" s="556"/>
+      <c r="R60" s="557"/>
+      <c r="S60" s="557"/>
+      <c r="T60" s="557"/>
+      <c r="U60" s="557"/>
+      <c r="V60" s="557"/>
+      <c r="W60" s="557"/>
+      <c r="X60" s="557"/>
+      <c r="Y60" s="557"/>
+      <c r="Z60" s="557"/>
+      <c r="AA60" s="557"/>
+      <c r="AB60" s="558"/>
+      <c r="AC60" s="558"/>
+      <c r="AD60" s="558"/>
+      <c r="AE60" s="562"/>
+      <c r="AF60" s="562"/>
+      <c r="AG60" s="562"/>
+      <c r="AH60" s="563"/>
+    </row>
+    <row r="61" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="780"/>
+      <c r="B61" s="710" t="s">
+        <v>500</v>
+      </c>
+      <c r="C61" s="710"/>
+      <c r="D61" s="710"/>
+      <c r="E61" s="710"/>
+      <c r="F61" s="710"/>
+      <c r="G61" s="710"/>
+      <c r="H61" s="710"/>
+      <c r="I61" s="711"/>
+      <c r="J61" s="715">
+        <v>111</v>
+      </c>
+      <c r="K61" s="716"/>
+      <c r="L61" s="691">
+        <f>Vkladani_dat!G28</f>
+        <v>0</v>
+      </c>
+      <c r="M61" s="692"/>
+      <c r="N61" s="692"/>
+      <c r="O61" s="693"/>
+      <c r="P61" s="146"/>
+      <c r="Q61" s="554"/>
+      <c r="R61" s="554"/>
+      <c r="S61" s="554"/>
+      <c r="T61" s="554"/>
+      <c r="U61" s="554"/>
+      <c r="V61" s="554"/>
+      <c r="W61" s="554"/>
+      <c r="X61" s="554"/>
+      <c r="Y61" s="554"/>
+      <c r="Z61" s="554"/>
+      <c r="AA61" s="554"/>
+      <c r="AB61" s="554"/>
+      <c r="AC61" s="554"/>
+      <c r="AD61" s="554"/>
+      <c r="AE61" s="554"/>
+      <c r="AF61" s="554"/>
+      <c r="AG61" s="554"/>
+      <c r="AH61" s="554"/>
+    </row>
+    <row r="62" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="780"/>
+      <c r="B62" s="713"/>
+      <c r="C62" s="713"/>
+      <c r="D62" s="713"/>
+      <c r="E62" s="713"/>
+      <c r="F62" s="713"/>
+      <c r="G62" s="713"/>
+      <c r="H62" s="713"/>
+      <c r="I62" s="714"/>
+      <c r="J62" s="717"/>
+      <c r="K62" s="718"/>
+      <c r="L62" s="694"/>
+      <c r="M62" s="695"/>
+      <c r="N62" s="695"/>
+      <c r="O62" s="696"/>
+      <c r="P62" s="146"/>
+      <c r="Q62" s="554"/>
+      <c r="R62" s="554"/>
+      <c r="S62" s="554"/>
+      <c r="T62" s="554"/>
+      <c r="U62" s="554"/>
+      <c r="V62" s="554"/>
+      <c r="W62" s="554"/>
+      <c r="X62" s="554"/>
+      <c r="Y62" s="554"/>
+      <c r="Z62" s="554"/>
+      <c r="AA62" s="554"/>
+      <c r="AB62" s="554"/>
+      <c r="AC62" s="554"/>
+      <c r="AD62" s="554"/>
+      <c r="AE62" s="554"/>
+      <c r="AF62" s="554"/>
+      <c r="AG62" s="554"/>
+      <c r="AH62" s="554"/>
+    </row>
+    <row r="63" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="780"/>
+      <c r="B63" s="710" t="s">
+        <v>501</v>
+      </c>
+      <c r="C63" s="710"/>
+      <c r="D63" s="710"/>
+      <c r="E63" s="710"/>
+      <c r="F63" s="710"/>
+      <c r="G63" s="710"/>
+      <c r="H63" s="710"/>
+      <c r="I63" s="711"/>
+      <c r="J63" s="715">
+        <v>112</v>
+      </c>
+      <c r="K63" s="716"/>
+      <c r="L63" s="691">
+        <f>Vkladani_dat!G29</f>
+        <v>0</v>
+      </c>
+      <c r="M63" s="692"/>
+      <c r="N63" s="692"/>
+      <c r="O63" s="693"/>
+      <c r="P63" s="146"/>
+      <c r="Q63" s="744" t="s">
+        <v>168</v>
+      </c>
+      <c r="R63" s="745"/>
+      <c r="S63" s="745"/>
+      <c r="T63" s="745"/>
+      <c r="U63" s="745"/>
+      <c r="V63" s="745"/>
+      <c r="W63" s="745"/>
+      <c r="X63" s="745"/>
+      <c r="Y63" s="745"/>
+      <c r="Z63" s="745"/>
+      <c r="AA63" s="745"/>
+      <c r="AB63" s="746"/>
+      <c r="AC63" s="746"/>
+      <c r="AD63" s="746"/>
+      <c r="AE63" s="746"/>
+      <c r="AF63" s="746"/>
+      <c r="AG63" s="746"/>
+      <c r="AH63" s="747"/>
+    </row>
+    <row r="64" spans="1:34" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="780"/>
+      <c r="B64" s="713"/>
+      <c r="C64" s="713"/>
+      <c r="D64" s="713"/>
+      <c r="E64" s="713"/>
+      <c r="F64" s="713"/>
+      <c r="G64" s="713"/>
+      <c r="H64" s="713"/>
+      <c r="I64" s="714"/>
+      <c r="J64" s="717"/>
+      <c r="K64" s="718"/>
+      <c r="L64" s="694"/>
+      <c r="M64" s="695"/>
+      <c r="N64" s="695"/>
+      <c r="O64" s="696"/>
+      <c r="P64" s="146"/>
+      <c r="Q64" s="748"/>
+      <c r="R64" s="749"/>
+      <c r="S64" s="749"/>
+      <c r="T64" s="749"/>
+      <c r="U64" s="749"/>
+      <c r="V64" s="749"/>
+      <c r="W64" s="749"/>
+      <c r="X64" s="749"/>
+      <c r="Y64" s="749"/>
+      <c r="Z64" s="749"/>
+      <c r="AA64" s="749"/>
+      <c r="AB64" s="557"/>
+      <c r="AC64" s="557"/>
+      <c r="AD64" s="557"/>
+      <c r="AE64" s="557"/>
+      <c r="AF64" s="557"/>
+      <c r="AG64" s="557"/>
+      <c r="AH64" s="750"/>
+    </row>
+    <row r="65" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="780"/>
+      <c r="B65" s="710" t="s">
+        <v>502</v>
+      </c>
+      <c r="C65" s="710"/>
+      <c r="D65" s="710"/>
+      <c r="E65" s="710"/>
+      <c r="F65" s="710"/>
+      <c r="G65" s="710"/>
+      <c r="H65" s="710"/>
+      <c r="I65" s="711"/>
+      <c r="J65" s="715">
+        <v>113</v>
+      </c>
+      <c r="K65" s="716"/>
+      <c r="L65" s="691">
+        <f>Vkladani_dat!G30</f>
+        <v>0</v>
+      </c>
+      <c r="M65" s="692"/>
+      <c r="N65" s="692"/>
+      <c r="O65" s="693"/>
+      <c r="P65" s="146"/>
+      <c r="Q65" s="763"/>
+      <c r="R65" s="764"/>
+      <c r="S65" s="764"/>
+      <c r="T65" s="764"/>
+      <c r="U65" s="764"/>
+      <c r="V65" s="764"/>
+      <c r="W65" s="764"/>
+      <c r="X65" s="764"/>
+      <c r="Y65" s="764"/>
+      <c r="Z65" s="764"/>
+      <c r="AA65" s="764"/>
+      <c r="AB65" s="751" t="s">
+        <v>265</v>
+      </c>
+      <c r="AC65" s="752"/>
+      <c r="AD65" s="752"/>
+      <c r="AE65" s="753" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF65" s="752"/>
+      <c r="AG65" s="752"/>
+      <c r="AH65" s="754"/>
+    </row>
+    <row r="66" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="781"/>
+      <c r="B66" s="713"/>
+      <c r="C66" s="713"/>
+      <c r="D66" s="713"/>
+      <c r="E66" s="713"/>
+      <c r="F66" s="713"/>
+      <c r="G66" s="713"/>
+      <c r="H66" s="713"/>
+      <c r="I66" s="714"/>
+      <c r="J66" s="717"/>
+      <c r="K66" s="718"/>
+      <c r="L66" s="694"/>
+      <c r="M66" s="695"/>
+      <c r="N66" s="695"/>
+      <c r="O66" s="696"/>
+      <c r="P66" s="146"/>
+      <c r="Q66" s="765" t="s">
+        <v>63</v>
+      </c>
+      <c r="R66" s="530"/>
+      <c r="S66" s="530"/>
+      <c r="T66" s="530"/>
+      <c r="U66" s="530"/>
+      <c r="V66" s="530"/>
+      <c r="W66" s="530"/>
+      <c r="X66" s="530"/>
+      <c r="Y66" s="530"/>
+      <c r="Z66" s="530"/>
+      <c r="AA66" s="530"/>
+      <c r="AB66" s="755">
+        <v>1</v>
+      </c>
+      <c r="AC66" s="665"/>
+      <c r="AD66" s="665"/>
+      <c r="AE66" s="662">
+        <v>2</v>
+      </c>
+      <c r="AF66" s="530"/>
+      <c r="AG66" s="530"/>
+      <c r="AH66" s="663"/>
+    </row>
+    <row r="67" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="773" t="s">
+        <v>172</v>
+      </c>
+      <c r="B67" s="774"/>
+      <c r="C67" s="774"/>
+      <c r="D67" s="774"/>
+      <c r="E67" s="774"/>
+      <c r="F67" s="774"/>
+      <c r="G67" s="774"/>
+      <c r="H67" s="774"/>
+      <c r="I67" s="775"/>
+      <c r="J67" s="715">
+        <v>114</v>
+      </c>
+      <c r="K67" s="716"/>
+      <c r="L67" s="691">
+        <f>Vkladani_dat!G31</f>
+        <v>0</v>
+      </c>
+      <c r="M67" s="692"/>
+      <c r="N67" s="692"/>
+      <c r="O67" s="693"/>
+      <c r="P67" s="146"/>
+      <c r="Q67" s="765"/>
+      <c r="R67" s="530"/>
+      <c r="S67" s="530"/>
+      <c r="T67" s="530"/>
+      <c r="U67" s="530"/>
+      <c r="V67" s="530"/>
+      <c r="W67" s="530"/>
+      <c r="X67" s="530"/>
+      <c r="Y67" s="530"/>
+      <c r="Z67" s="530"/>
+      <c r="AA67" s="530"/>
+      <c r="AB67" s="665"/>
+      <c r="AC67" s="665"/>
+      <c r="AD67" s="665"/>
+      <c r="AE67" s="530"/>
+      <c r="AF67" s="530"/>
+      <c r="AG67" s="530"/>
+      <c r="AH67" s="663"/>
+    </row>
+    <row r="68" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="776"/>
+      <c r="B68" s="777"/>
+      <c r="C68" s="777"/>
+      <c r="D68" s="777"/>
+      <c r="E68" s="777"/>
+      <c r="F68" s="777"/>
+      <c r="G68" s="777"/>
+      <c r="H68" s="777"/>
+      <c r="I68" s="778"/>
+      <c r="J68" s="717"/>
+      <c r="K68" s="718"/>
+      <c r="L68" s="694"/>
+      <c r="M68" s="695"/>
+      <c r="N68" s="695"/>
+      <c r="O68" s="696"/>
+      <c r="P68" s="146"/>
+      <c r="Q68" s="756" t="s">
+        <v>453</v>
+      </c>
+      <c r="R68" s="309"/>
+      <c r="S68" s="309"/>
+      <c r="T68" s="309"/>
+      <c r="U68" s="309"/>
+      <c r="V68" s="759" t="s">
+        <v>398</v>
+      </c>
+      <c r="W68" s="757" t="s">
+        <v>568</v>
+      </c>
+      <c r="X68" s="499"/>
+      <c r="Y68" s="499"/>
+      <c r="Z68" s="499"/>
+      <c r="AA68" s="499"/>
+      <c r="AB68" s="550">
+        <v>401</v>
+      </c>
+      <c r="AC68" s="461"/>
+      <c r="AD68" s="461"/>
+      <c r="AE68" s="551">
+        <f>Vkladani_dat!G73</f>
+        <v>0</v>
+      </c>
+      <c r="AF68" s="463"/>
+      <c r="AG68" s="463"/>
+      <c r="AH68" s="464"/>
+    </row>
+    <row r="69" spans="1:34" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="771" t="s">
+        <v>272</v>
+      </c>
+      <c r="B69" s="710"/>
+      <c r="C69" s="710"/>
+      <c r="D69" s="710"/>
+      <c r="E69" s="710"/>
+      <c r="F69" s="710"/>
+      <c r="G69" s="710"/>
+      <c r="H69" s="710"/>
+      <c r="I69" s="711"/>
+      <c r="J69" s="715">
+        <v>115</v>
+      </c>
+      <c r="K69" s="716"/>
+      <c r="L69" s="691">
+        <f>Vkladani_dat!G32</f>
+        <v>0</v>
+      </c>
+      <c r="M69" s="692"/>
+      <c r="N69" s="692"/>
+      <c r="O69" s="693"/>
+      <c r="P69" s="146"/>
+      <c r="Q69" s="307"/>
+      <c r="R69" s="309"/>
+      <c r="S69" s="309"/>
+      <c r="T69" s="309"/>
+      <c r="U69" s="309"/>
+      <c r="V69" s="387"/>
+      <c r="W69" s="499"/>
+      <c r="X69" s="499"/>
+      <c r="Y69" s="499"/>
+      <c r="Z69" s="499"/>
+      <c r="AA69" s="499"/>
+      <c r="AB69" s="461"/>
+      <c r="AC69" s="461"/>
+      <c r="AD69" s="461"/>
+      <c r="AE69" s="463"/>
+      <c r="AF69" s="463"/>
+      <c r="AG69" s="463"/>
+      <c r="AH69" s="464"/>
+    </row>
+    <row r="70" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="772"/>
+      <c r="B70" s="713"/>
+      <c r="C70" s="713"/>
+      <c r="D70" s="713"/>
+      <c r="E70" s="713"/>
+      <c r="F70" s="713"/>
+      <c r="G70" s="713"/>
+      <c r="H70" s="713"/>
+      <c r="I70" s="714"/>
+      <c r="J70" s="717"/>
+      <c r="K70" s="718"/>
+      <c r="L70" s="694"/>
+      <c r="M70" s="695"/>
+      <c r="N70" s="695"/>
+      <c r="O70" s="696"/>
+      <c r="P70" s="146"/>
+      <c r="Q70" s="307"/>
+      <c r="R70" s="309"/>
+      <c r="S70" s="309"/>
+      <c r="T70" s="309"/>
+      <c r="U70" s="309"/>
+      <c r="V70" s="387"/>
+      <c r="W70" s="499"/>
+      <c r="X70" s="499"/>
+      <c r="Y70" s="499"/>
+      <c r="Z70" s="499"/>
+      <c r="AA70" s="499"/>
+      <c r="AB70" s="461"/>
+      <c r="AC70" s="461"/>
+      <c r="AD70" s="461"/>
+      <c r="AE70" s="463"/>
+      <c r="AF70" s="463"/>
+      <c r="AG70" s="463"/>
+      <c r="AH70" s="464"/>
+    </row>
+    <row r="71" spans="1:34" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="769" t="s">
+        <v>489</v>
+      </c>
+      <c r="B71" s="430"/>
+      <c r="C71" s="430"/>
+      <c r="D71" s="430"/>
+      <c r="E71" s="430"/>
+      <c r="F71" s="430"/>
+      <c r="G71" s="430"/>
+      <c r="H71" s="430"/>
+      <c r="I71" s="430"/>
+      <c r="J71" s="770">
+        <v>116</v>
+      </c>
+      <c r="K71" s="689"/>
+      <c r="L71" s="691">
+        <f>Vkladani_dat!G33</f>
+        <v>0</v>
+      </c>
+      <c r="M71" s="692"/>
+      <c r="N71" s="692"/>
+      <c r="O71" s="693"/>
+      <c r="P71" s="146"/>
+      <c r="Q71" s="307"/>
+      <c r="R71" s="309"/>
+      <c r="S71" s="309"/>
+      <c r="T71" s="309"/>
+      <c r="U71" s="309"/>
+      <c r="V71" s="387"/>
+      <c r="W71" s="758" t="s">
+        <v>462</v>
+      </c>
+      <c r="X71" s="323"/>
+      <c r="Y71" s="323"/>
+      <c r="Z71" s="323"/>
+      <c r="AA71" s="323"/>
+      <c r="AB71" s="550">
+        <v>402</v>
+      </c>
+      <c r="AC71" s="461"/>
+      <c r="AD71" s="461"/>
+      <c r="AE71" s="462">
+        <f>Vkladani_dat!G74</f>
+        <v>0</v>
+      </c>
+      <c r="AF71" s="739"/>
+      <c r="AG71" s="739"/>
+      <c r="AH71" s="740"/>
+    </row>
+    <row r="72" spans="1:34" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="782" t="s">
+        <v>490</v>
+      </c>
+      <c r="B72" s="783"/>
+      <c r="C72" s="783"/>
+      <c r="D72" s="783"/>
+      <c r="E72" s="783"/>
+      <c r="F72" s="783"/>
+      <c r="G72" s="783"/>
+      <c r="H72" s="783"/>
+      <c r="I72" s="784"/>
+      <c r="J72" s="785">
+        <v>117</v>
+      </c>
+      <c r="K72" s="786"/>
+      <c r="L72" s="760">
+        <f>Vkladani_dat!G34</f>
+        <v>0</v>
+      </c>
+      <c r="M72" s="761"/>
+      <c r="N72" s="761"/>
+      <c r="O72" s="762"/>
+      <c r="P72" s="146"/>
+      <c r="Q72" s="307"/>
+      <c r="R72" s="309"/>
+      <c r="S72" s="309"/>
+      <c r="T72" s="309"/>
+      <c r="U72" s="309"/>
+      <c r="V72" s="387"/>
+      <c r="W72" s="323"/>
+      <c r="X72" s="323"/>
+      <c r="Y72" s="323"/>
+      <c r="Z72" s="323"/>
+      <c r="AA72" s="323"/>
+      <c r="AB72" s="461"/>
+      <c r="AC72" s="461"/>
+      <c r="AD72" s="461"/>
+      <c r="AE72" s="739"/>
+      <c r="AF72" s="739"/>
+      <c r="AG72" s="739"/>
+      <c r="AH72" s="740"/>
+    </row>
+    <row r="73" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="84"/>
+      <c r="B73" s="84"/>
+      <c r="C73" s="84"/>
+      <c r="D73" s="84"/>
+      <c r="E73" s="84"/>
+      <c r="F73" s="84"/>
+      <c r="G73" s="84"/>
+      <c r="H73" s="84"/>
+      <c r="I73" s="84"/>
+      <c r="J73" s="139"/>
+      <c r="K73" s="139"/>
+      <c r="L73" s="145"/>
+      <c r="M73" s="145"/>
+      <c r="N73" s="145"/>
+      <c r="O73" s="145"/>
+      <c r="P73" s="146"/>
+      <c r="Q73" s="741" t="s">
+        <v>452</v>
+      </c>
+      <c r="R73" s="742"/>
+      <c r="S73" s="742"/>
+      <c r="T73" s="742"/>
+      <c r="U73" s="742"/>
+      <c r="V73" s="387"/>
+      <c r="W73" s="553" t="s">
+        <v>478</v>
+      </c>
+      <c r="X73" s="321"/>
+      <c r="Y73" s="321"/>
+      <c r="Z73" s="321"/>
+      <c r="AA73" s="321"/>
+      <c r="AB73" s="550">
+        <v>403</v>
+      </c>
+      <c r="AC73" s="461"/>
+      <c r="AD73" s="461"/>
+      <c r="AE73" s="551">
+        <f>Vkladani_dat!G75</f>
+        <v>0</v>
+      </c>
+      <c r="AF73" s="463"/>
+      <c r="AG73" s="463"/>
+      <c r="AH73" s="464"/>
+    </row>
+    <row r="74" spans="1:34" ht="4.1500000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="566" t="s">
+        <v>70</v>
+      </c>
+      <c r="B74" s="566"/>
+      <c r="C74" s="566"/>
+      <c r="D74" s="566"/>
+      <c r="E74" s="566"/>
+      <c r="F74" s="566"/>
+      <c r="G74" s="566"/>
+      <c r="H74" s="566"/>
+      <c r="I74" s="566"/>
+      <c r="J74" s="567"/>
+      <c r="K74" s="567"/>
+      <c r="L74" s="567"/>
+      <c r="M74" s="567"/>
+      <c r="N74" s="567"/>
+      <c r="O74" s="520"/>
+      <c r="P74" s="146"/>
+      <c r="Q74" s="743"/>
+      <c r="R74" s="742"/>
+      <c r="S74" s="742"/>
+      <c r="T74" s="742"/>
+      <c r="U74" s="742"/>
+      <c r="V74" s="387"/>
+      <c r="W74" s="321"/>
+      <c r="X74" s="321"/>
+      <c r="Y74" s="321"/>
+      <c r="Z74" s="321"/>
+      <c r="AA74" s="321"/>
+      <c r="AB74" s="461"/>
+      <c r="AC74" s="461"/>
+      <c r="AD74" s="461"/>
+      <c r="AE74" s="463"/>
+      <c r="AF74" s="463"/>
+      <c r="AG74" s="463"/>
+      <c r="AH74" s="464"/>
+    </row>
+    <row r="75" spans="1:34" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="568"/>
+      <c r="B75" s="568"/>
+      <c r="C75" s="568"/>
+      <c r="D75" s="568"/>
+      <c r="E75" s="568"/>
+      <c r="F75" s="568"/>
+      <c r="G75" s="568"/>
+      <c r="H75" s="568"/>
+      <c r="I75" s="568"/>
+      <c r="J75" s="569"/>
+      <c r="K75" s="569"/>
+      <c r="L75" s="569"/>
+      <c r="M75" s="569"/>
+      <c r="N75" s="569"/>
+      <c r="O75" s="522"/>
+      <c r="P75" s="146"/>
+      <c r="Q75" s="743"/>
+      <c r="R75" s="742"/>
+      <c r="S75" s="742"/>
+      <c r="T75" s="742"/>
+      <c r="U75" s="742"/>
+      <c r="V75" s="387"/>
+      <c r="W75" s="553" t="s">
+        <v>477</v>
+      </c>
+      <c r="X75" s="321"/>
+      <c r="Y75" s="321"/>
+      <c r="Z75" s="321"/>
+      <c r="AA75" s="321"/>
+      <c r="AB75" s="550">
+        <v>404</v>
+      </c>
+      <c r="AC75" s="461"/>
+      <c r="AD75" s="461"/>
+      <c r="AE75" s="551">
+        <f>Vkladani_dat!G76</f>
+        <v>0</v>
+      </c>
+      <c r="AF75" s="463"/>
+      <c r="AG75" s="463"/>
+      <c r="AH75" s="464"/>
+    </row>
+    <row r="76" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="570"/>
+      <c r="B76" s="571"/>
+      <c r="C76" s="571"/>
+      <c r="D76" s="571"/>
+      <c r="E76" s="571"/>
+      <c r="F76" s="571"/>
+      <c r="G76" s="571"/>
+      <c r="H76" s="571"/>
+      <c r="I76" s="571"/>
+      <c r="J76" s="574" t="s">
+        <v>265</v>
+      </c>
+      <c r="K76" s="575"/>
+      <c r="L76" s="766" t="s">
+        <v>62</v>
+      </c>
+      <c r="M76" s="767"/>
+      <c r="N76" s="767"/>
+      <c r="O76" s="768"/>
+      <c r="P76" s="146"/>
+      <c r="Q76" s="743"/>
+      <c r="R76" s="742"/>
+      <c r="S76" s="742"/>
+      <c r="T76" s="742"/>
+      <c r="U76" s="742"/>
+      <c r="V76" s="387"/>
+      <c r="W76" s="321"/>
+      <c r="X76" s="321"/>
+      <c r="Y76" s="321"/>
+      <c r="Z76" s="321"/>
+      <c r="AA76" s="321"/>
+      <c r="AB76" s="461"/>
+      <c r="AC76" s="461"/>
+      <c r="AD76" s="461"/>
+      <c r="AE76" s="463"/>
+      <c r="AF76" s="463"/>
+      <c r="AG76" s="463"/>
+      <c r="AH76" s="464"/>
+    </row>
+    <row r="77" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="572"/>
+      <c r="B77" s="573"/>
+      <c r="C77" s="573"/>
+      <c r="D77" s="573"/>
+      <c r="E77" s="573"/>
+      <c r="F77" s="573"/>
+      <c r="G77" s="573"/>
+      <c r="H77" s="573"/>
+      <c r="I77" s="573"/>
+      <c r="J77" s="576"/>
+      <c r="K77" s="577"/>
+      <c r="L77" s="589"/>
+      <c r="M77" s="576"/>
+      <c r="N77" s="576"/>
+      <c r="O77" s="590"/>
+      <c r="P77" s="146"/>
+      <c r="Q77" s="534" t="s">
+        <v>451</v>
+      </c>
+      <c r="R77" s="312"/>
+      <c r="S77" s="312"/>
+      <c r="T77" s="312"/>
+      <c r="U77" s="312"/>
+      <c r="V77" s="312"/>
+      <c r="W77" s="312"/>
+      <c r="X77" s="312"/>
+      <c r="Y77" s="312"/>
+      <c r="Z77" s="312"/>
+      <c r="AA77" s="312"/>
+      <c r="AB77" s="578">
+        <v>405</v>
+      </c>
+      <c r="AC77" s="309"/>
+      <c r="AD77" s="309"/>
+      <c r="AE77" s="591">
+        <f>Vkladani_dat!G77</f>
+        <v>0</v>
+      </c>
+      <c r="AF77" s="493"/>
+      <c r="AG77" s="493"/>
+      <c r="AH77" s="494"/>
+    </row>
+    <row r="78" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="579" t="s">
+        <v>63</v>
+      </c>
+      <c r="B78" s="580"/>
+      <c r="C78" s="580"/>
+      <c r="D78" s="580"/>
+      <c r="E78" s="580"/>
+      <c r="F78" s="580"/>
+      <c r="G78" s="580"/>
+      <c r="H78" s="580"/>
+      <c r="I78" s="581"/>
+      <c r="J78" s="583">
+        <v>1</v>
+      </c>
+      <c r="K78" s="584"/>
+      <c r="L78" s="587">
+        <v>2</v>
+      </c>
+      <c r="M78" s="580"/>
+      <c r="N78" s="580"/>
+      <c r="O78" s="588"/>
+      <c r="P78" s="146"/>
+      <c r="Q78" s="310"/>
+      <c r="R78" s="312"/>
+      <c r="S78" s="312"/>
+      <c r="T78" s="312"/>
+      <c r="U78" s="312"/>
+      <c r="V78" s="312"/>
+      <c r="W78" s="312"/>
+      <c r="X78" s="312"/>
+      <c r="Y78" s="312"/>
+      <c r="Z78" s="312"/>
+      <c r="AA78" s="312"/>
+      <c r="AB78" s="309"/>
+      <c r="AC78" s="309"/>
+      <c r="AD78" s="309"/>
+      <c r="AE78" s="493"/>
+      <c r="AF78" s="493"/>
+      <c r="AG78" s="493"/>
+      <c r="AH78" s="494"/>
+    </row>
+    <row r="79" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="582"/>
+      <c r="B79" s="576"/>
+      <c r="C79" s="576"/>
+      <c r="D79" s="576"/>
+      <c r="E79" s="576"/>
+      <c r="F79" s="576"/>
+      <c r="G79" s="576"/>
+      <c r="H79" s="576"/>
+      <c r="I79" s="577"/>
+      <c r="J79" s="585"/>
+      <c r="K79" s="586"/>
+      <c r="L79" s="589"/>
+      <c r="M79" s="576"/>
+      <c r="N79" s="576"/>
+      <c r="O79" s="590"/>
+      <c r="P79" s="146"/>
+      <c r="Q79" s="310"/>
+      <c r="R79" s="312"/>
+      <c r="S79" s="312"/>
+      <c r="T79" s="312"/>
+      <c r="U79" s="312"/>
+      <c r="V79" s="312"/>
+      <c r="W79" s="312"/>
+      <c r="X79" s="312"/>
+      <c r="Y79" s="312"/>
+      <c r="Z79" s="312"/>
+      <c r="AA79" s="312"/>
+      <c r="AB79" s="309"/>
+      <c r="AC79" s="309"/>
+      <c r="AD79" s="309"/>
+      <c r="AE79" s="493"/>
+      <c r="AF79" s="493"/>
+      <c r="AG79" s="493"/>
+      <c r="AH79" s="494"/>
+    </row>
+    <row r="80" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="565" t="s">
+        <v>176</v>
+      </c>
+      <c r="B80" s="549"/>
+      <c r="C80" s="549"/>
+      <c r="D80" s="549"/>
+      <c r="E80" s="549"/>
+      <c r="F80" s="549"/>
+      <c r="G80" s="549"/>
+      <c r="H80" s="549"/>
+      <c r="I80" s="549"/>
+      <c r="J80" s="550">
+        <v>201</v>
+      </c>
+      <c r="K80" s="550"/>
+      <c r="L80" s="551">
+        <f>Vkladani_dat!G39</f>
+        <v>0</v>
+      </c>
+      <c r="M80" s="462"/>
+      <c r="N80" s="462"/>
+      <c r="O80" s="552"/>
+      <c r="P80" s="146"/>
+      <c r="Q80" s="592" t="s">
+        <v>463</v>
+      </c>
+      <c r="R80" s="593"/>
+      <c r="S80" s="593"/>
+      <c r="T80" s="593"/>
+      <c r="U80" s="593"/>
+      <c r="V80" s="593"/>
+      <c r="W80" s="593"/>
+      <c r="X80" s="593"/>
+      <c r="Y80" s="593"/>
+      <c r="Z80" s="593"/>
+      <c r="AA80" s="593"/>
+      <c r="AB80" s="550">
+        <v>406</v>
+      </c>
+      <c r="AC80" s="461"/>
+      <c r="AD80" s="461"/>
+      <c r="AE80" s="551">
+        <f>Vkladani_dat!G78</f>
+        <v>0</v>
+      </c>
+      <c r="AF80" s="463"/>
+      <c r="AG80" s="463"/>
+      <c r="AH80" s="464"/>
+    </row>
+    <row r="81" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="565"/>
+      <c r="B81" s="549"/>
+      <c r="C81" s="549"/>
+      <c r="D81" s="549"/>
+      <c r="E81" s="549"/>
+      <c r="F81" s="549"/>
+      <c r="G81" s="549"/>
+      <c r="H81" s="549"/>
+      <c r="I81" s="549"/>
+      <c r="J81" s="550"/>
+      <c r="K81" s="550"/>
+      <c r="L81" s="462"/>
+      <c r="M81" s="462"/>
+      <c r="N81" s="462"/>
+      <c r="O81" s="552"/>
+      <c r="P81" s="146"/>
+      <c r="Q81" s="594"/>
+      <c r="R81" s="593"/>
+      <c r="S81" s="593"/>
+      <c r="T81" s="593"/>
+      <c r="U81" s="593"/>
+      <c r="V81" s="593"/>
+      <c r="W81" s="593"/>
+      <c r="X81" s="593"/>
+      <c r="Y81" s="593"/>
+      <c r="Z81" s="593"/>
+      <c r="AA81" s="593"/>
+      <c r="AB81" s="461"/>
+      <c r="AC81" s="461"/>
+      <c r="AD81" s="461"/>
+      <c r="AE81" s="463"/>
+      <c r="AF81" s="463"/>
+      <c r="AG81" s="463"/>
+      <c r="AH81" s="464"/>
+    </row>
+    <row r="82" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="787" t="s">
+        <v>445</v>
+      </c>
+      <c r="B82" s="498" t="s">
+        <v>443</v>
+      </c>
+      <c r="C82" s="285"/>
+      <c r="D82" s="285"/>
+      <c r="E82" s="285"/>
+      <c r="F82" s="285"/>
+      <c r="G82" s="285"/>
+      <c r="H82" s="285"/>
+      <c r="I82" s="285"/>
+      <c r="J82" s="550">
+        <v>202</v>
+      </c>
+      <c r="K82" s="460"/>
+      <c r="L82" s="551">
+        <f>Vkladani_dat!G40</f>
+        <v>0</v>
+      </c>
+      <c r="M82" s="462"/>
+      <c r="N82" s="462"/>
+      <c r="O82" s="552"/>
+      <c r="P82" s="146"/>
+      <c r="Q82" s="594"/>
+      <c r="R82" s="593"/>
+      <c r="S82" s="593"/>
+      <c r="T82" s="593"/>
+      <c r="U82" s="593"/>
+      <c r="V82" s="593"/>
+      <c r="W82" s="593"/>
+      <c r="X82" s="593"/>
+      <c r="Y82" s="593"/>
+      <c r="Z82" s="593"/>
+      <c r="AA82" s="593"/>
+      <c r="AB82" s="461"/>
+      <c r="AC82" s="461"/>
+      <c r="AD82" s="461"/>
+      <c r="AE82" s="463"/>
+      <c r="AF82" s="463"/>
+      <c r="AG82" s="463"/>
+      <c r="AH82" s="464"/>
+    </row>
+    <row r="83" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="788"/>
+      <c r="B83" s="285"/>
+      <c r="C83" s="285"/>
+      <c r="D83" s="285"/>
+      <c r="E83" s="285"/>
+      <c r="F83" s="285"/>
+      <c r="G83" s="285"/>
+      <c r="H83" s="285"/>
+      <c r="I83" s="285"/>
+      <c r="J83" s="460"/>
+      <c r="K83" s="460"/>
+      <c r="L83" s="462"/>
+      <c r="M83" s="462"/>
+      <c r="N83" s="462"/>
+      <c r="O83" s="552"/>
+      <c r="P83" s="146"/>
+      <c r="Q83" s="534" t="s">
+        <v>450</v>
+      </c>
+      <c r="R83" s="312"/>
+      <c r="S83" s="312"/>
+      <c r="T83" s="312"/>
+      <c r="U83" s="312"/>
+      <c r="V83" s="312"/>
+      <c r="W83" s="312"/>
+      <c r="X83" s="312"/>
+      <c r="Y83" s="312"/>
+      <c r="Z83" s="312"/>
+      <c r="AA83" s="312"/>
+      <c r="AB83" s="578">
+        <v>407</v>
+      </c>
+      <c r="AC83" s="309"/>
+      <c r="AD83" s="309"/>
+      <c r="AE83" s="591">
+        <f>Vkladani_dat!G79</f>
+        <v>0</v>
+      </c>
+      <c r="AF83" s="493"/>
+      <c r="AG83" s="493"/>
+      <c r="AH83" s="494"/>
+    </row>
+    <row r="84" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="788"/>
+      <c r="B84" s="498" t="s">
+        <v>442</v>
+      </c>
+      <c r="C84" s="285"/>
+      <c r="D84" s="285"/>
+      <c r="E84" s="285"/>
+      <c r="F84" s="285"/>
+      <c r="G84" s="285"/>
+      <c r="H84" s="285"/>
+      <c r="I84" s="285"/>
+      <c r="J84" s="550">
+        <v>203</v>
+      </c>
+      <c r="K84" s="460"/>
+      <c r="L84" s="551">
+        <f>Vkladani_dat!G41</f>
+        <v>0</v>
+      </c>
+      <c r="M84" s="462"/>
+      <c r="N84" s="462"/>
+      <c r="O84" s="552"/>
+      <c r="P84" s="146"/>
+      <c r="Q84" s="310"/>
+      <c r="R84" s="312"/>
+      <c r="S84" s="312"/>
+      <c r="T84" s="312"/>
+      <c r="U84" s="312"/>
+      <c r="V84" s="312"/>
+      <c r="W84" s="312"/>
+      <c r="X84" s="312"/>
+      <c r="Y84" s="312"/>
+      <c r="Z84" s="312"/>
+      <c r="AA84" s="312"/>
+      <c r="AB84" s="309"/>
+      <c r="AC84" s="309"/>
+      <c r="AD84" s="309"/>
+      <c r="AE84" s="493"/>
+      <c r="AF84" s="493"/>
+      <c r="AG84" s="493"/>
+      <c r="AH84" s="494"/>
+    </row>
+    <row r="85" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="788"/>
+      <c r="B85" s="285"/>
+      <c r="C85" s="285"/>
+      <c r="D85" s="285"/>
+      <c r="E85" s="285"/>
+      <c r="F85" s="285"/>
+      <c r="G85" s="285"/>
+      <c r="H85" s="285"/>
+      <c r="I85" s="285"/>
+      <c r="J85" s="460"/>
+      <c r="K85" s="460"/>
+      <c r="L85" s="462"/>
+      <c r="M85" s="462"/>
+      <c r="N85" s="462"/>
+      <c r="O85" s="552"/>
+      <c r="P85" s="146"/>
+      <c r="Q85" s="310"/>
+      <c r="R85" s="312"/>
+      <c r="S85" s="312"/>
+      <c r="T85" s="312"/>
+      <c r="U85" s="312"/>
+      <c r="V85" s="312"/>
+      <c r="W85" s="312"/>
+      <c r="X85" s="312"/>
+      <c r="Y85" s="312"/>
+      <c r="Z85" s="312"/>
+      <c r="AA85" s="312"/>
+      <c r="AB85" s="309"/>
+      <c r="AC85" s="309"/>
+      <c r="AD85" s="309"/>
+      <c r="AE85" s="493"/>
+      <c r="AF85" s="493"/>
+      <c r="AG85" s="493"/>
+      <c r="AH85" s="494"/>
+    </row>
+    <row r="86" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="565" t="s">
+        <v>440</v>
+      </c>
+      <c r="B86" s="500"/>
+      <c r="C86" s="500"/>
+      <c r="D86" s="500"/>
+      <c r="E86" s="500"/>
+      <c r="F86" s="500"/>
+      <c r="G86" s="500"/>
+      <c r="H86" s="500"/>
+      <c r="I86" s="500"/>
+      <c r="J86" s="550">
+        <v>204</v>
+      </c>
+      <c r="K86" s="460"/>
+      <c r="L86" s="551">
+        <f>Vkladani_dat!G42</f>
+        <v>0</v>
+      </c>
+      <c r="M86" s="462"/>
+      <c r="N86" s="462"/>
+      <c r="O86" s="552"/>
+      <c r="P86" s="146"/>
+      <c r="Q86" s="795" t="s">
+        <v>464</v>
+      </c>
+      <c r="R86" s="593"/>
+      <c r="S86" s="593"/>
+      <c r="T86" s="593"/>
+      <c r="U86" s="593"/>
+      <c r="V86" s="593"/>
+      <c r="W86" s="593"/>
+      <c r="X86" s="593"/>
+      <c r="Y86" s="593"/>
+      <c r="Z86" s="593"/>
+      <c r="AA86" s="593"/>
+      <c r="AB86" s="550">
+        <v>408</v>
+      </c>
+      <c r="AC86" s="461"/>
+      <c r="AD86" s="461"/>
+      <c r="AE86" s="551">
+        <f>Vkladani_dat!G80</f>
+        <v>0</v>
+      </c>
+      <c r="AF86" s="463"/>
+      <c r="AG86" s="463"/>
+      <c r="AH86" s="464"/>
+    </row>
+    <row r="87" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="529"/>
+      <c r="B87" s="500"/>
+      <c r="C87" s="500"/>
+      <c r="D87" s="500"/>
+      <c r="E87" s="500"/>
+      <c r="F87" s="500"/>
+      <c r="G87" s="500"/>
+      <c r="H87" s="500"/>
+      <c r="I87" s="500"/>
+      <c r="J87" s="460"/>
+      <c r="K87" s="460"/>
+      <c r="L87" s="462"/>
+      <c r="M87" s="462"/>
+      <c r="N87" s="462"/>
+      <c r="O87" s="552"/>
+      <c r="P87" s="146"/>
+      <c r="Q87" s="594"/>
+      <c r="R87" s="593"/>
+      <c r="S87" s="593"/>
+      <c r="T87" s="593"/>
+      <c r="U87" s="593"/>
+      <c r="V87" s="593"/>
+      <c r="W87" s="593"/>
+      <c r="X87" s="593"/>
+      <c r="Y87" s="593"/>
+      <c r="Z87" s="593"/>
+      <c r="AA87" s="593"/>
+      <c r="AB87" s="461"/>
+      <c r="AC87" s="461"/>
+      <c r="AD87" s="461"/>
+      <c r="AE87" s="463"/>
+      <c r="AF87" s="463"/>
+      <c r="AG87" s="463"/>
+      <c r="AH87" s="464"/>
+    </row>
+    <row r="88" spans="1:34" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="793" t="s">
+        <v>439</v>
+      </c>
+      <c r="B88" s="285"/>
+      <c r="C88" s="285"/>
+      <c r="D88" s="285"/>
+      <c r="E88" s="285"/>
+      <c r="F88" s="285"/>
+      <c r="G88" s="285"/>
+      <c r="H88" s="285"/>
+      <c r="I88" s="285"/>
+      <c r="J88" s="550">
+        <v>205</v>
+      </c>
+      <c r="K88" s="461"/>
+      <c r="L88" s="551">
+        <f>Vkladani_dat!G43</f>
+        <v>0</v>
+      </c>
+      <c r="M88" s="463"/>
+      <c r="N88" s="463"/>
+      <c r="O88" s="464"/>
+      <c r="P88" s="146"/>
+      <c r="Q88" s="594"/>
+      <c r="R88" s="593"/>
+      <c r="S88" s="593"/>
+      <c r="T88" s="593"/>
+      <c r="U88" s="593"/>
+      <c r="V88" s="593"/>
+      <c r="W88" s="593"/>
+      <c r="X88" s="593"/>
+      <c r="Y88" s="593"/>
+      <c r="Z88" s="593"/>
+      <c r="AA88" s="593"/>
+      <c r="AB88" s="461"/>
+      <c r="AC88" s="461"/>
+      <c r="AD88" s="461"/>
+      <c r="AE88" s="463"/>
+      <c r="AF88" s="463"/>
+      <c r="AG88" s="463"/>
+      <c r="AH88" s="464"/>
+    </row>
+    <row r="89" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="791" t="s">
+        <v>441</v>
+      </c>
+      <c r="B89" s="498" t="s">
         <v>486</v>
       </c>
-      <c r="B30" s="531"/>
-[...2495 lines deleted...]
-      <c r="B89" s="490" t="s">
+      <c r="C89" s="285"/>
+      <c r="D89" s="285"/>
+      <c r="E89" s="285"/>
+      <c r="F89" s="285"/>
+      <c r="G89" s="285"/>
+      <c r="H89" s="285"/>
+      <c r="I89" s="285"/>
+      <c r="J89" s="550">
+        <v>206</v>
+      </c>
+      <c r="K89" s="461"/>
+      <c r="L89" s="462">
+        <f>Vkladani_dat!G44</f>
+        <v>0</v>
+      </c>
+      <c r="M89" s="463"/>
+      <c r="N89" s="463"/>
+      <c r="O89" s="464"/>
+      <c r="P89" s="146"/>
+      <c r="Q89" s="794" t="s">
+        <v>449</v>
+      </c>
+      <c r="R89" s="498"/>
+      <c r="S89" s="498"/>
+      <c r="T89" s="498"/>
+      <c r="U89" s="498"/>
+      <c r="V89" s="498"/>
+      <c r="W89" s="498"/>
+      <c r="X89" s="498"/>
+      <c r="Y89" s="498"/>
+      <c r="Z89" s="498"/>
+      <c r="AA89" s="498"/>
+      <c r="AB89" s="578">
+        <v>409</v>
+      </c>
+      <c r="AC89" s="578"/>
+      <c r="AD89" s="578"/>
+      <c r="AE89" s="551">
+        <f>Vkladani_dat!G81</f>
+        <v>0</v>
+      </c>
+      <c r="AF89" s="462"/>
+      <c r="AG89" s="462"/>
+      <c r="AH89" s="552"/>
+    </row>
+    <row r="90" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="792"/>
+      <c r="B90" s="285"/>
+      <c r="C90" s="285"/>
+      <c r="D90" s="285"/>
+      <c r="E90" s="285"/>
+      <c r="F90" s="285"/>
+      <c r="G90" s="285"/>
+      <c r="H90" s="285"/>
+      <c r="I90" s="285"/>
+      <c r="J90" s="461"/>
+      <c r="K90" s="461"/>
+      <c r="L90" s="463"/>
+      <c r="M90" s="463"/>
+      <c r="N90" s="463"/>
+      <c r="O90" s="464"/>
+      <c r="P90" s="146"/>
+      <c r="Q90" s="793"/>
+      <c r="R90" s="498"/>
+      <c r="S90" s="498"/>
+      <c r="T90" s="498"/>
+      <c r="U90" s="498"/>
+      <c r="V90" s="498"/>
+      <c r="W90" s="498"/>
+      <c r="X90" s="498"/>
+      <c r="Y90" s="498"/>
+      <c r="Z90" s="498"/>
+      <c r="AA90" s="498"/>
+      <c r="AB90" s="578"/>
+      <c r="AC90" s="578"/>
+      <c r="AD90" s="578"/>
+      <c r="AE90" s="462"/>
+      <c r="AF90" s="462"/>
+      <c r="AG90" s="462"/>
+      <c r="AH90" s="552"/>
+    </row>
+    <row r="91" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="792"/>
+      <c r="B91" s="789" t="s">
+        <v>487</v>
+      </c>
+      <c r="C91" s="790"/>
+      <c r="D91" s="790"/>
+      <c r="E91" s="790"/>
+      <c r="F91" s="790"/>
+      <c r="G91" s="790"/>
+      <c r="H91" s="790"/>
+      <c r="I91" s="790"/>
+      <c r="J91" s="460">
+        <v>207</v>
+      </c>
+      <c r="K91" s="461"/>
+      <c r="L91" s="551">
+        <f>Vkladani_dat!G45</f>
+        <v>0</v>
+      </c>
+      <c r="M91" s="463"/>
+      <c r="N91" s="463"/>
+      <c r="O91" s="464"/>
+      <c r="P91" s="146"/>
+      <c r="Q91" s="793"/>
+      <c r="R91" s="498"/>
+      <c r="S91" s="498"/>
+      <c r="T91" s="498"/>
+      <c r="U91" s="498"/>
+      <c r="V91" s="498"/>
+      <c r="W91" s="498"/>
+      <c r="X91" s="498"/>
+      <c r="Y91" s="498"/>
+      <c r="Z91" s="498"/>
+      <c r="AA91" s="498"/>
+      <c r="AB91" s="578"/>
+      <c r="AC91" s="578"/>
+      <c r="AD91" s="578"/>
+      <c r="AE91" s="462"/>
+      <c r="AF91" s="462"/>
+      <c r="AG91" s="462"/>
+      <c r="AH91" s="552"/>
+    </row>
+    <row r="92" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="792"/>
+      <c r="B92" s="790"/>
+      <c r="C92" s="790"/>
+      <c r="D92" s="790"/>
+      <c r="E92" s="790"/>
+      <c r="F92" s="790"/>
+      <c r="G92" s="790"/>
+      <c r="H92" s="790"/>
+      <c r="I92" s="790"/>
+      <c r="J92" s="461"/>
+      <c r="K92" s="461"/>
+      <c r="L92" s="463"/>
+      <c r="M92" s="463"/>
+      <c r="N92" s="463"/>
+      <c r="O92" s="464"/>
+      <c r="P92" s="146"/>
+      <c r="Q92" s="794" t="s">
+        <v>539</v>
+      </c>
+      <c r="R92" s="498"/>
+      <c r="S92" s="498"/>
+      <c r="T92" s="498"/>
+      <c r="U92" s="498"/>
+      <c r="V92" s="498"/>
+      <c r="W92" s="498"/>
+      <c r="X92" s="498"/>
+      <c r="Y92" s="498"/>
+      <c r="Z92" s="498"/>
+      <c r="AA92" s="498"/>
+      <c r="AB92" s="578">
+        <v>410</v>
+      </c>
+      <c r="AC92" s="578"/>
+      <c r="AD92" s="578"/>
+      <c r="AE92" s="551">
+        <f>Vkladani_dat!G82</f>
+        <v>0</v>
+      </c>
+      <c r="AF92" s="462"/>
+      <c r="AG92" s="462"/>
+      <c r="AH92" s="552"/>
+    </row>
+    <row r="93" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="792"/>
+      <c r="B93" s="790"/>
+      <c r="C93" s="790"/>
+      <c r="D93" s="790"/>
+      <c r="E93" s="790"/>
+      <c r="F93" s="790"/>
+      <c r="G93" s="790"/>
+      <c r="H93" s="790"/>
+      <c r="I93" s="790"/>
+      <c r="J93" s="461"/>
+      <c r="K93" s="461"/>
+      <c r="L93" s="463"/>
+      <c r="M93" s="463"/>
+      <c r="N93" s="463"/>
+      <c r="O93" s="464"/>
+      <c r="P93" s="146"/>
+      <c r="Q93" s="793"/>
+      <c r="R93" s="498"/>
+      <c r="S93" s="498"/>
+      <c r="T93" s="498"/>
+      <c r="U93" s="498"/>
+      <c r="V93" s="498"/>
+      <c r="W93" s="498"/>
+      <c r="X93" s="498"/>
+      <c r="Y93" s="498"/>
+      <c r="Z93" s="498"/>
+      <c r="AA93" s="498"/>
+      <c r="AB93" s="578"/>
+      <c r="AC93" s="578"/>
+      <c r="AD93" s="578"/>
+      <c r="AE93" s="462"/>
+      <c r="AF93" s="462"/>
+      <c r="AG93" s="462"/>
+      <c r="AH93" s="552"/>
+    </row>
+    <row r="94" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="792"/>
+      <c r="B94" s="790"/>
+      <c r="C94" s="790"/>
+      <c r="D94" s="790"/>
+      <c r="E94" s="790"/>
+      <c r="F94" s="790"/>
+      <c r="G94" s="790"/>
+      <c r="H94" s="790"/>
+      <c r="I94" s="790"/>
+      <c r="J94" s="461"/>
+      <c r="K94" s="461"/>
+      <c r="L94" s="463"/>
+      <c r="M94" s="463"/>
+      <c r="N94" s="463"/>
+      <c r="O94" s="464"/>
+      <c r="P94" s="146"/>
+      <c r="Q94" s="793"/>
+      <c r="R94" s="498"/>
+      <c r="S94" s="498"/>
+      <c r="T94" s="498"/>
+      <c r="U94" s="498"/>
+      <c r="V94" s="498"/>
+      <c r="W94" s="498"/>
+      <c r="X94" s="498"/>
+      <c r="Y94" s="498"/>
+      <c r="Z94" s="498"/>
+      <c r="AA94" s="498"/>
+      <c r="AB94" s="578"/>
+      <c r="AC94" s="578"/>
+      <c r="AD94" s="578"/>
+      <c r="AE94" s="462"/>
+      <c r="AF94" s="462"/>
+      <c r="AG94" s="462"/>
+      <c r="AH94" s="552"/>
+    </row>
+    <row r="95" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="792"/>
+      <c r="B95" s="789" t="s">
         <v>488</v>
       </c>
-      <c r="C89" s="292"/>
-[...250 lines deleted...]
-      <c r="J95" s="554">
+      <c r="C95" s="789"/>
+      <c r="D95" s="789"/>
+      <c r="E95" s="789"/>
+      <c r="F95" s="789"/>
+      <c r="G95" s="789"/>
+      <c r="H95" s="789"/>
+      <c r="I95" s="789"/>
+      <c r="J95" s="550">
         <v>208</v>
       </c>
-      <c r="K95" s="485"/>
-      <c r="L95" s="494">
+      <c r="K95" s="460"/>
+      <c r="L95" s="551">
         <f>Vkladani_dat!G46</f>
         <v>0</v>
       </c>
-      <c r="M95" s="486"/>
-[...3 lines deleted...]
-      <c r="Q95" s="776" t="s">
+      <c r="M95" s="462"/>
+      <c r="N95" s="462"/>
+      <c r="O95" s="552"/>
+      <c r="P95" s="146"/>
+      <c r="Q95" s="794" t="s">
         <v>448</v>
       </c>
-      <c r="R95" s="452"/>
-[...9 lines deleted...]
-      <c r="AB95" s="568">
+      <c r="R95" s="491"/>
+      <c r="S95" s="491"/>
+      <c r="T95" s="491"/>
+      <c r="U95" s="491"/>
+      <c r="V95" s="491"/>
+      <c r="W95" s="491"/>
+      <c r="X95" s="491"/>
+      <c r="Y95" s="491"/>
+      <c r="Z95" s="491"/>
+      <c r="AA95" s="491"/>
+      <c r="AB95" s="578">
         <v>411</v>
       </c>
-      <c r="AC95" s="568"/>
-[...1 lines deleted...]
-      <c r="AE95" s="494">
+      <c r="AC95" s="578"/>
+      <c r="AD95" s="578"/>
+      <c r="AE95" s="551">
         <f>Vkladani_dat!G83</f>
         <v>0</v>
       </c>
-      <c r="AF95" s="486"/>
-[...1 lines deleted...]
-      <c r="AH95" s="495"/>
+      <c r="AF95" s="462"/>
+      <c r="AG95" s="462"/>
+      <c r="AH95" s="552"/>
     </row>
     <row r="96" spans="1:34" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="1173" t="s">
+      <c r="A96" s="1200" t="s">
         <v>444</v>
       </c>
-      <c r="B96" s="351"/>
-[...7 lines deleted...]
-      <c r="J96" s="785">
+      <c r="B96" s="360"/>
+      <c r="C96" s="360"/>
+      <c r="D96" s="360"/>
+      <c r="E96" s="360"/>
+      <c r="F96" s="360"/>
+      <c r="G96" s="360"/>
+      <c r="H96" s="360"/>
+      <c r="I96" s="360"/>
+      <c r="J96" s="816">
         <v>209</v>
       </c>
-      <c r="K96" s="560"/>
-      <c r="L96" s="786">
+      <c r="K96" s="558"/>
+      <c r="L96" s="805">
         <f>Vkladani_dat!G47</f>
         <v>0</v>
       </c>
-      <c r="M96" s="787"/>
-[...3 lines deleted...]
-      <c r="Q96" s="799" t="s">
+      <c r="M96" s="806"/>
+      <c r="N96" s="806"/>
+      <c r="O96" s="807"/>
+      <c r="P96" s="146"/>
+      <c r="Q96" s="802" t="s">
         <v>447</v>
       </c>
-      <c r="R96" s="800"/>
-[...9 lines deleted...]
-      <c r="AB96" s="801">
+      <c r="R96" s="803"/>
+      <c r="S96" s="803"/>
+      <c r="T96" s="803"/>
+      <c r="U96" s="803"/>
+      <c r="V96" s="803"/>
+      <c r="W96" s="803"/>
+      <c r="X96" s="803"/>
+      <c r="Y96" s="803"/>
+      <c r="Z96" s="803"/>
+      <c r="AA96" s="803"/>
+      <c r="AB96" s="804">
         <v>412</v>
       </c>
-      <c r="AC96" s="801"/>
-[...1 lines deleted...]
-      <c r="AE96" s="786">
+      <c r="AC96" s="804"/>
+      <c r="AD96" s="804"/>
+      <c r="AE96" s="805">
         <f>Vkladani_dat!G84</f>
         <v>0</v>
       </c>
-      <c r="AF96" s="787"/>
-[...1 lines deleted...]
-      <c r="AH96" s="788"/>
+      <c r="AF96" s="806"/>
+      <c r="AG96" s="806"/>
+      <c r="AH96" s="807"/>
     </row>
     <row r="97" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="1174"/>
-[...32 lines deleted...]
-      <c r="AH97" s="798"/>
+      <c r="A97" s="1201"/>
+      <c r="B97" s="1202"/>
+      <c r="C97" s="1202"/>
+      <c r="D97" s="1202"/>
+      <c r="E97" s="1202"/>
+      <c r="F97" s="1202"/>
+      <c r="G97" s="1202"/>
+      <c r="H97" s="1202"/>
+      <c r="I97" s="1202"/>
+      <c r="J97" s="1202"/>
+      <c r="K97" s="1202"/>
+      <c r="L97" s="1202"/>
+      <c r="M97" s="1202"/>
+      <c r="N97" s="1202"/>
+      <c r="O97" s="1202"/>
+      <c r="P97" s="146"/>
+      <c r="Q97" s="819"/>
+      <c r="R97" s="820"/>
+      <c r="S97" s="820"/>
+      <c r="T97" s="820"/>
+      <c r="U97" s="820"/>
+      <c r="V97" s="820"/>
+      <c r="W97" s="820"/>
+      <c r="X97" s="820"/>
+      <c r="Y97" s="820"/>
+      <c r="Z97" s="820"/>
+      <c r="AA97" s="820"/>
+      <c r="AB97" s="801"/>
+      <c r="AC97" s="801"/>
+      <c r="AD97" s="801"/>
+      <c r="AE97" s="821"/>
+      <c r="AF97" s="822"/>
+      <c r="AG97" s="822"/>
+      <c r="AH97" s="822"/>
     </row>
     <row r="98" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="789"/>
-[...32 lines deleted...]
-      <c r="AH98" s="552"/>
+      <c r="A98" s="796"/>
+      <c r="B98" s="797"/>
+      <c r="C98" s="797"/>
+      <c r="D98" s="797"/>
+      <c r="E98" s="797"/>
+      <c r="F98" s="797"/>
+      <c r="G98" s="797"/>
+      <c r="H98" s="797"/>
+      <c r="I98" s="797"/>
+      <c r="J98" s="817"/>
+      <c r="K98" s="818"/>
+      <c r="L98" s="809"/>
+      <c r="M98" s="695"/>
+      <c r="N98" s="695"/>
+      <c r="O98" s="695"/>
+      <c r="P98" s="146"/>
+      <c r="Q98" s="796"/>
+      <c r="R98" s="797"/>
+      <c r="S98" s="797"/>
+      <c r="T98" s="797"/>
+      <c r="U98" s="797"/>
+      <c r="V98" s="797"/>
+      <c r="W98" s="797"/>
+      <c r="X98" s="797"/>
+      <c r="Y98" s="797"/>
+      <c r="Z98" s="797"/>
+      <c r="AA98" s="797"/>
+      <c r="AB98" s="808"/>
+      <c r="AC98" s="808"/>
+      <c r="AD98" s="808"/>
+      <c r="AE98" s="809"/>
+      <c r="AF98" s="695"/>
+      <c r="AG98" s="695"/>
+      <c r="AH98" s="695"/>
     </row>
     <row r="99" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="790"/>
-[...32 lines deleted...]
-      <c r="AH99" s="805"/>
+      <c r="A99" s="797"/>
+      <c r="B99" s="797"/>
+      <c r="C99" s="797"/>
+      <c r="D99" s="797"/>
+      <c r="E99" s="797"/>
+      <c r="F99" s="797"/>
+      <c r="G99" s="797"/>
+      <c r="H99" s="797"/>
+      <c r="I99" s="797"/>
+      <c r="J99" s="818"/>
+      <c r="K99" s="818"/>
+      <c r="L99" s="695"/>
+      <c r="M99" s="695"/>
+      <c r="N99" s="695"/>
+      <c r="O99" s="695"/>
+      <c r="P99" s="146"/>
+      <c r="Q99" s="796"/>
+      <c r="R99" s="797"/>
+      <c r="S99" s="797"/>
+      <c r="T99" s="797"/>
+      <c r="U99" s="797"/>
+      <c r="V99" s="797"/>
+      <c r="W99" s="797"/>
+      <c r="X99" s="797"/>
+      <c r="Y99" s="797"/>
+      <c r="Z99" s="797"/>
+      <c r="AA99" s="797"/>
+      <c r="AB99" s="798"/>
+      <c r="AC99" s="799"/>
+      <c r="AD99" s="799"/>
+      <c r="AE99" s="800"/>
+      <c r="AF99" s="800"/>
+      <c r="AG99" s="800"/>
+      <c r="AH99" s="800"/>
     </row>
     <row r="100" spans="1:34" ht="3" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="88"/>
-[...32 lines deleted...]
-      <c r="AH100" s="805"/>
+      <c r="A100" s="85"/>
+      <c r="B100" s="85"/>
+      <c r="C100" s="85"/>
+      <c r="D100" s="85"/>
+      <c r="E100" s="85"/>
+      <c r="F100" s="85"/>
+      <c r="G100" s="85"/>
+      <c r="H100" s="85"/>
+      <c r="I100" s="85"/>
+      <c r="J100" s="86"/>
+      <c r="K100" s="86"/>
+      <c r="L100" s="87"/>
+      <c r="M100" s="87"/>
+      <c r="N100" s="87"/>
+      <c r="O100" s="88"/>
+      <c r="P100" s="146"/>
+      <c r="Q100" s="797"/>
+      <c r="R100" s="797"/>
+      <c r="S100" s="797"/>
+      <c r="T100" s="797"/>
+      <c r="U100" s="797"/>
+      <c r="V100" s="797"/>
+      <c r="W100" s="797"/>
+      <c r="X100" s="797"/>
+      <c r="Y100" s="797"/>
+      <c r="Z100" s="797"/>
+      <c r="AA100" s="797"/>
+      <c r="AB100" s="799"/>
+      <c r="AC100" s="799"/>
+      <c r="AD100" s="799"/>
+      <c r="AE100" s="800"/>
+      <c r="AF100" s="800"/>
+      <c r="AG100" s="800"/>
+      <c r="AH100" s="800"/>
     </row>
     <row r="101" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="812"/>
-[...5 lines deleted...]
-      <c r="G101" s="813"/>
+      <c r="A101" s="810"/>
+      <c r="B101" s="811"/>
+      <c r="C101" s="811"/>
+      <c r="D101" s="811"/>
+      <c r="E101" s="811"/>
+      <c r="F101" s="811"/>
+      <c r="G101" s="811"/>
       <c r="H101" s="14"/>
       <c r="I101" s="14"/>
       <c r="J101" s="14"/>
       <c r="K101" s="14"/>
       <c r="L101" s="14"/>
       <c r="M101" s="14"/>
       <c r="N101" s="14"/>
       <c r="O101" s="15"/>
-      <c r="P101" s="149"/>
-[...10 lines deleted...]
-      <c r="AA101" s="146"/>
+      <c r="P101" s="146"/>
+      <c r="Q101" s="143"/>
+      <c r="R101" s="143"/>
+      <c r="S101" s="143"/>
+      <c r="T101" s="143"/>
+      <c r="U101" s="143"/>
+      <c r="V101" s="143"/>
+      <c r="W101" s="143"/>
+      <c r="X101" s="143"/>
+      <c r="Y101" s="143"/>
+      <c r="Z101" s="143"/>
+      <c r="AA101" s="143"/>
       <c r="AB101" s="30"/>
       <c r="AC101" s="30"/>
       <c r="AD101" s="30"/>
       <c r="AE101" s="31"/>
       <c r="AF101" s="31"/>
       <c r="AG101" s="31"/>
       <c r="AH101" s="31"/>
     </row>
     <row r="102" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="806" t="s">
+      <c r="A102" s="812" t="s">
         <v>378</v>
       </c>
-      <c r="B102" s="814"/>
-[...14 lines deleted...]
-      <c r="Q102" s="815" t="s">
+      <c r="B102" s="813"/>
+      <c r="C102" s="813"/>
+      <c r="D102" s="813"/>
+      <c r="E102" s="813"/>
+      <c r="F102" s="813"/>
+      <c r="G102" s="813"/>
+      <c r="H102" s="813"/>
+      <c r="I102" s="813"/>
+      <c r="J102" s="813"/>
+      <c r="K102" s="813"/>
+      <c r="L102" s="813"/>
+      <c r="M102" s="813"/>
+      <c r="N102" s="813"/>
+      <c r="O102" s="813"/>
+      <c r="P102" s="146"/>
+      <c r="Q102" s="814" t="s">
         <v>381</v>
       </c>
-      <c r="R102" s="808"/>
-[...15 lines deleted...]
-      <c r="AH102" s="808"/>
+      <c r="R102" s="815"/>
+      <c r="S102" s="815"/>
+      <c r="T102" s="815"/>
+      <c r="U102" s="815"/>
+      <c r="V102" s="815"/>
+      <c r="W102" s="815"/>
+      <c r="X102" s="815"/>
+      <c r="Y102" s="815"/>
+      <c r="Z102" s="815"/>
+      <c r="AA102" s="815"/>
+      <c r="AB102" s="815"/>
+      <c r="AC102" s="815"/>
+      <c r="AD102" s="815"/>
+      <c r="AE102" s="815"/>
+      <c r="AF102" s="815"/>
+      <c r="AG102" s="815"/>
+      <c r="AH102" s="815"/>
     </row>
     <row r="103" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="806" t="s">
+      <c r="A103" s="812" t="s">
         <v>379</v>
       </c>
-      <c r="B103" s="806"/>
-[...14 lines deleted...]
-      <c r="Q103" s="807" t="s">
+      <c r="B103" s="812"/>
+      <c r="C103" s="812"/>
+      <c r="D103" s="812"/>
+      <c r="E103" s="812"/>
+      <c r="F103" s="812"/>
+      <c r="G103" s="812"/>
+      <c r="H103" s="812"/>
+      <c r="I103" s="812"/>
+      <c r="J103" s="812"/>
+      <c r="K103" s="812"/>
+      <c r="L103" s="812"/>
+      <c r="M103" s="812"/>
+      <c r="N103" s="812"/>
+      <c r="O103" s="812"/>
+      <c r="P103" s="146"/>
+      <c r="Q103" s="823" t="s">
         <v>380</v>
       </c>
-      <c r="R103" s="808"/>
-[...15 lines deleted...]
-      <c r="AH103" s="808"/>
+      <c r="R103" s="815"/>
+      <c r="S103" s="815"/>
+      <c r="T103" s="815"/>
+      <c r="U103" s="815"/>
+      <c r="V103" s="815"/>
+      <c r="W103" s="815"/>
+      <c r="X103" s="815"/>
+      <c r="Y103" s="815"/>
+      <c r="Z103" s="815"/>
+      <c r="AA103" s="815"/>
+      <c r="AB103" s="815"/>
+      <c r="AC103" s="815"/>
+      <c r="AD103" s="815"/>
+      <c r="AE103" s="815"/>
+      <c r="AF103" s="815"/>
+      <c r="AG103" s="815"/>
+      <c r="AH103" s="815"/>
     </row>
     <row r="104" spans="1:34" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="809"/>
-[...32 lines deleted...]
-      <c r="AH104" s="811"/>
+      <c r="A104" s="824"/>
+      <c r="B104" s="440"/>
+      <c r="C104" s="440"/>
+      <c r="D104" s="440"/>
+      <c r="E104" s="440"/>
+      <c r="F104" s="440"/>
+      <c r="G104" s="440"/>
+      <c r="H104" s="440"/>
+      <c r="I104" s="440"/>
+      <c r="J104" s="440"/>
+      <c r="K104" s="440"/>
+      <c r="L104" s="440"/>
+      <c r="M104" s="440"/>
+      <c r="N104" s="440"/>
+      <c r="O104" s="440"/>
+      <c r="P104" s="146"/>
+      <c r="Q104" s="825"/>
+      <c r="R104" s="826"/>
+      <c r="S104" s="826"/>
+      <c r="T104" s="826"/>
+      <c r="U104" s="826"/>
+      <c r="V104" s="826"/>
+      <c r="W104" s="826"/>
+      <c r="X104" s="826"/>
+      <c r="Y104" s="826"/>
+      <c r="Z104" s="826"/>
+      <c r="AA104" s="826"/>
+      <c r="AB104" s="826"/>
+      <c r="AC104" s="826"/>
+      <c r="AD104" s="826"/>
+      <c r="AE104" s="826"/>
+      <c r="AF104" s="826"/>
+      <c r="AG104" s="826"/>
+      <c r="AH104" s="826"/>
     </row>
     <row r="105" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="145"/>
+      <c r="A105" s="142"/>
       <c r="B105" s="16"/>
       <c r="C105" s="16"/>
       <c r="D105" s="16"/>
       <c r="E105" s="16"/>
-      <c r="F105" s="390"/>
-[...18 lines deleted...]
-      <c r="Y105" s="806"/>
+      <c r="F105" s="440"/>
+      <c r="G105" s="440"/>
+      <c r="H105" s="440"/>
+      <c r="I105" s="440"/>
+      <c r="J105" s="440"/>
+      <c r="K105" s="440"/>
+      <c r="L105" s="440"/>
+      <c r="M105" s="440"/>
+      <c r="N105" s="440"/>
+      <c r="O105" s="440"/>
+      <c r="P105" s="146"/>
+      <c r="Q105" s="812"/>
+      <c r="R105" s="812"/>
+      <c r="S105" s="812"/>
+      <c r="T105" s="812"/>
+      <c r="U105" s="812"/>
+      <c r="V105" s="812"/>
+      <c r="W105" s="812"/>
+      <c r="X105" s="812"/>
+      <c r="Y105" s="812"/>
       <c r="Z105" s="17"/>
-      <c r="AA105" s="466"/>
-[...6 lines deleted...]
-      <c r="AH105" s="466"/>
+      <c r="AA105" s="469"/>
+      <c r="AB105" s="469"/>
+      <c r="AC105" s="469"/>
+      <c r="AD105" s="469"/>
+      <c r="AE105" s="469"/>
+      <c r="AF105" s="469"/>
+      <c r="AG105" s="469"/>
+      <c r="AH105" s="469"/>
     </row>
     <row r="106" spans="1:34" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="816"/>
-[...14 lines deleted...]
-      <c r="P106" s="149"/>
+      <c r="A106" s="874"/>
+      <c r="B106" s="874"/>
+      <c r="C106" s="874"/>
+      <c r="D106" s="874"/>
+      <c r="E106" s="874"/>
+      <c r="F106" s="874"/>
+      <c r="G106" s="874"/>
+      <c r="H106" s="874"/>
+      <c r="I106" s="874"/>
+      <c r="J106" s="874"/>
+      <c r="K106" s="874"/>
+      <c r="L106" s="874"/>
+      <c r="M106" s="874"/>
+      <c r="N106" s="874"/>
+      <c r="O106" s="140"/>
+      <c r="P106" s="146"/>
     </row>
     <row r="107" spans="1:34" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="816"/>
-[...14 lines deleted...]
-      <c r="P107" s="149"/>
+      <c r="A107" s="874"/>
+      <c r="B107" s="874"/>
+      <c r="C107" s="874"/>
+      <c r="D107" s="874"/>
+      <c r="E107" s="874"/>
+      <c r="F107" s="874"/>
+      <c r="G107" s="874"/>
+      <c r="H107" s="874"/>
+      <c r="I107" s="874"/>
+      <c r="J107" s="874"/>
+      <c r="K107" s="874"/>
+      <c r="L107" s="874"/>
+      <c r="M107" s="874"/>
+      <c r="N107" s="874"/>
+      <c r="O107" s="140"/>
+      <c r="P107" s="146"/>
       <c r="Q107" s="10"/>
       <c r="R107" s="10"/>
       <c r="S107" s="10"/>
       <c r="T107" s="10"/>
       <c r="U107" s="10"/>
       <c r="V107" s="10"/>
       <c r="W107" s="10"/>
       <c r="X107" s="10"/>
       <c r="Y107" s="10"/>
       <c r="Z107" s="10"/>
       <c r="AA107" s="10"/>
       <c r="AB107" s="10"/>
       <c r="AC107" s="10"/>
       <c r="AD107" s="10"/>
       <c r="AE107" s="10"/>
       <c r="AF107" s="10"/>
       <c r="AG107" s="10"/>
       <c r="AH107" s="10"/>
     </row>
     <row r="108" spans="1:34" ht="0.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="817"/>
-[...15 lines deleted...]
-      <c r="Q108" s="818" t="s">
+      <c r="A108" s="875"/>
+      <c r="B108" s="875"/>
+      <c r="C108" s="875"/>
+      <c r="D108" s="875"/>
+      <c r="E108" s="875"/>
+      <c r="F108" s="875"/>
+      <c r="G108" s="875"/>
+      <c r="H108" s="875"/>
+      <c r="I108" s="875"/>
+      <c r="J108" s="875"/>
+      <c r="K108" s="875"/>
+      <c r="L108" s="875"/>
+      <c r="M108" s="875"/>
+      <c r="N108" s="875"/>
+      <c r="O108" s="140"/>
+      <c r="P108" s="146"/>
+      <c r="Q108" s="876" t="s">
         <v>200</v>
       </c>
-      <c r="R108" s="818"/>
-[...15 lines deleted...]
-      <c r="AH108" s="818"/>
+      <c r="R108" s="876"/>
+      <c r="S108" s="876"/>
+      <c r="T108" s="876"/>
+      <c r="U108" s="876"/>
+      <c r="V108" s="876"/>
+      <c r="W108" s="876"/>
+      <c r="X108" s="876"/>
+      <c r="Y108" s="876"/>
+      <c r="Z108" s="876"/>
+      <c r="AA108" s="876"/>
+      <c r="AB108" s="876"/>
+      <c r="AC108" s="876"/>
+      <c r="AD108" s="876"/>
+      <c r="AE108" s="876"/>
+      <c r="AF108" s="876"/>
+      <c r="AG108" s="876"/>
+      <c r="AH108" s="876"/>
     </row>
     <row r="109" spans="1:34" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="820" t="s">
+      <c r="A109" s="878" t="s">
         <v>273</v>
       </c>
-      <c r="B109" s="821"/>
-[...7 lines deleted...]
-      <c r="J109" s="823" t="s">
+      <c r="B109" s="879"/>
+      <c r="C109" s="879"/>
+      <c r="D109" s="879"/>
+      <c r="E109" s="879"/>
+      <c r="F109" s="879"/>
+      <c r="G109" s="879"/>
+      <c r="H109" s="879"/>
+      <c r="I109" s="880"/>
+      <c r="J109" s="881" t="s">
         <v>265</v>
       </c>
-      <c r="K109" s="822"/>
-      <c r="L109" s="823" t="s">
+      <c r="K109" s="880"/>
+      <c r="L109" s="881" t="s">
         <v>62</v>
       </c>
-      <c r="M109" s="821"/>
-[...20 lines deleted...]
-      <c r="AH109" s="819"/>
+      <c r="M109" s="879"/>
+      <c r="N109" s="879"/>
+      <c r="O109" s="882"/>
+      <c r="P109" s="146"/>
+      <c r="Q109" s="877"/>
+      <c r="R109" s="877"/>
+      <c r="S109" s="877"/>
+      <c r="T109" s="877"/>
+      <c r="U109" s="877"/>
+      <c r="V109" s="877"/>
+      <c r="W109" s="877"/>
+      <c r="X109" s="877"/>
+      <c r="Y109" s="877"/>
+      <c r="Z109" s="877"/>
+      <c r="AA109" s="877"/>
+      <c r="AB109" s="877"/>
+      <c r="AC109" s="877"/>
+      <c r="AD109" s="877"/>
+      <c r="AE109" s="877"/>
+      <c r="AF109" s="877"/>
+      <c r="AG109" s="877"/>
+      <c r="AH109" s="877"/>
     </row>
     <row r="110" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="842" t="s">
+      <c r="A110" s="863" t="s">
         <v>63</v>
       </c>
-      <c r="B110" s="843"/>
-[...7 lines deleted...]
-      <c r="J110" s="845">
+      <c r="B110" s="864"/>
+      <c r="C110" s="864"/>
+      <c r="D110" s="864"/>
+      <c r="E110" s="864"/>
+      <c r="F110" s="864"/>
+      <c r="G110" s="864"/>
+      <c r="H110" s="864"/>
+      <c r="I110" s="865"/>
+      <c r="J110" s="866">
         <v>1</v>
       </c>
-      <c r="K110" s="844"/>
-      <c r="L110" s="845">
+      <c r="K110" s="865"/>
+      <c r="L110" s="866">
         <v>2</v>
       </c>
-      <c r="M110" s="843"/>
-[...13 lines deleted...]
-      <c r="AA110" s="850" t="s">
+      <c r="M110" s="864"/>
+      <c r="N110" s="864"/>
+      <c r="O110" s="867"/>
+      <c r="P110" s="146"/>
+      <c r="Q110" s="868"/>
+      <c r="R110" s="869"/>
+      <c r="S110" s="869"/>
+      <c r="T110" s="869"/>
+      <c r="U110" s="869"/>
+      <c r="V110" s="869"/>
+      <c r="W110" s="869"/>
+      <c r="X110" s="869"/>
+      <c r="Y110" s="869"/>
+      <c r="Z110" s="870"/>
+      <c r="AA110" s="871" t="s">
         <v>265</v>
       </c>
-      <c r="AB110" s="848"/>
-[...1 lines deleted...]
-      <c r="AD110" s="850" t="s">
+      <c r="AB110" s="869"/>
+      <c r="AC110" s="872"/>
+      <c r="AD110" s="871" t="s">
         <v>274</v>
       </c>
-      <c r="AE110" s="848"/>
-[...2 lines deleted...]
-      <c r="AH110" s="852"/>
+      <c r="AE110" s="869"/>
+      <c r="AF110" s="869"/>
+      <c r="AG110" s="869"/>
+      <c r="AH110" s="873"/>
     </row>
     <row r="111" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="888" t="s">
+      <c r="A111" s="908" t="s">
         <v>177</v>
       </c>
-      <c r="B111" s="889"/>
-[...7 lines deleted...]
-      <c r="J111" s="775">
+      <c r="B111" s="909"/>
+      <c r="C111" s="909"/>
+      <c r="D111" s="909"/>
+      <c r="E111" s="909"/>
+      <c r="F111" s="909"/>
+      <c r="G111" s="909"/>
+      <c r="H111" s="909"/>
+      <c r="I111" s="910"/>
+      <c r="J111" s="770">
         <v>413</v>
       </c>
-      <c r="K111" s="897"/>
-      <c r="L111" s="548">
+      <c r="K111" s="902"/>
+      <c r="L111" s="691">
         <f>Vkladani_dat!G85</f>
         <v>0</v>
       </c>
-      <c r="M111" s="549"/>
-[...3 lines deleted...]
-      <c r="Q111" s="842" t="s">
+      <c r="M111" s="692"/>
+      <c r="N111" s="692"/>
+      <c r="O111" s="693"/>
+      <c r="P111" s="146"/>
+      <c r="Q111" s="863" t="s">
         <v>63</v>
       </c>
-      <c r="R111" s="843"/>
-[...8 lines deleted...]
-      <c r="AA111" s="845">
+      <c r="R111" s="864"/>
+      <c r="S111" s="864"/>
+      <c r="T111" s="864"/>
+      <c r="U111" s="864"/>
+      <c r="V111" s="864"/>
+      <c r="W111" s="864"/>
+      <c r="X111" s="864"/>
+      <c r="Y111" s="864"/>
+      <c r="Z111" s="917"/>
+      <c r="AA111" s="866">
         <v>1</v>
       </c>
-      <c r="AB111" s="900"/>
-[...1 lines deleted...]
-      <c r="AD111" s="877">
+      <c r="AB111" s="918"/>
+      <c r="AC111" s="919"/>
+      <c r="AD111" s="860">
         <v>2</v>
       </c>
-      <c r="AE111" s="878"/>
-[...2 lines deleted...]
-      <c r="AH111" s="879"/>
+      <c r="AE111" s="861"/>
+      <c r="AF111" s="861"/>
+      <c r="AG111" s="861"/>
+      <c r="AH111" s="862"/>
     </row>
     <row r="112" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="891"/>
-[...27 lines deleted...]
-      <c r="AA112" s="544">
+      <c r="A112" s="911"/>
+      <c r="B112" s="912"/>
+      <c r="C112" s="912"/>
+      <c r="D112" s="912"/>
+      <c r="E112" s="912"/>
+      <c r="F112" s="912"/>
+      <c r="G112" s="912"/>
+      <c r="H112" s="912"/>
+      <c r="I112" s="913"/>
+      <c r="J112" s="903"/>
+      <c r="K112" s="902"/>
+      <c r="L112" s="694"/>
+      <c r="M112" s="695"/>
+      <c r="N112" s="695"/>
+      <c r="O112" s="696"/>
+      <c r="P112" s="146"/>
+      <c r="Q112" s="834" t="s">
+        <v>508</v>
+      </c>
+      <c r="R112" s="835"/>
+      <c r="S112" s="835"/>
+      <c r="T112" s="835"/>
+      <c r="U112" s="835"/>
+      <c r="V112" s="835"/>
+      <c r="W112" s="835"/>
+      <c r="X112" s="835"/>
+      <c r="Y112" s="835"/>
+      <c r="Z112" s="836"/>
+      <c r="AA112" s="715">
         <v>701</v>
       </c>
-      <c r="AB112" s="869"/>
-[...1 lines deleted...]
-      <c r="AD112" s="548">
+      <c r="AB112" s="844"/>
+      <c r="AC112" s="845"/>
+      <c r="AD112" s="691">
         <f>Vkladani_dat!G136</f>
         <v>0</v>
       </c>
-      <c r="AE112" s="825"/>
-[...2 lines deleted...]
-      <c r="AH112" s="826"/>
+      <c r="AE112" s="852"/>
+      <c r="AF112" s="852"/>
+      <c r="AG112" s="852"/>
+      <c r="AH112" s="853"/>
     </row>
     <row r="113" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="894"/>
-[...32 lines deleted...]
-      <c r="AH113" s="829"/>
+      <c r="A113" s="914"/>
+      <c r="B113" s="915"/>
+      <c r="C113" s="915"/>
+      <c r="D113" s="915"/>
+      <c r="E113" s="915"/>
+      <c r="F113" s="915"/>
+      <c r="G113" s="915"/>
+      <c r="H113" s="915"/>
+      <c r="I113" s="916"/>
+      <c r="J113" s="903"/>
+      <c r="K113" s="902"/>
+      <c r="L113" s="697"/>
+      <c r="M113" s="698"/>
+      <c r="N113" s="698"/>
+      <c r="O113" s="699"/>
+      <c r="P113" s="146"/>
+      <c r="Q113" s="837"/>
+      <c r="R113" s="838"/>
+      <c r="S113" s="838"/>
+      <c r="T113" s="838"/>
+      <c r="U113" s="838"/>
+      <c r="V113" s="838"/>
+      <c r="W113" s="838"/>
+      <c r="X113" s="838"/>
+      <c r="Y113" s="838"/>
+      <c r="Z113" s="839"/>
+      <c r="AA113" s="846"/>
+      <c r="AB113" s="847"/>
+      <c r="AC113" s="848"/>
+      <c r="AD113" s="854"/>
+      <c r="AE113" s="855"/>
+      <c r="AF113" s="855"/>
+      <c r="AG113" s="855"/>
+      <c r="AH113" s="856"/>
     </row>
     <row r="114" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="880" t="s">
-[...10 lines deleted...]
-      <c r="J114" s="838">
+      <c r="A114" s="904" t="s">
+        <v>503</v>
+      </c>
+      <c r="B114" s="905"/>
+      <c r="C114" s="905"/>
+      <c r="D114" s="905"/>
+      <c r="E114" s="905"/>
+      <c r="F114" s="905"/>
+      <c r="G114" s="905"/>
+      <c r="H114" s="905"/>
+      <c r="I114" s="906"/>
+      <c r="J114" s="827">
         <v>414</v>
       </c>
-      <c r="K114" s="853"/>
-      <c r="L114" s="858">
+      <c r="K114" s="828"/>
+      <c r="L114" s="833">
         <f>Vkladani_dat!G86</f>
         <v>0</v>
       </c>
-      <c r="M114" s="549"/>
-[...20 lines deleted...]
-      <c r="AH114" s="832"/>
+      <c r="M114" s="692"/>
+      <c r="N114" s="692"/>
+      <c r="O114" s="693"/>
+      <c r="P114" s="146"/>
+      <c r="Q114" s="840"/>
+      <c r="R114" s="841"/>
+      <c r="S114" s="841"/>
+      <c r="T114" s="841"/>
+      <c r="U114" s="841"/>
+      <c r="V114" s="841"/>
+      <c r="W114" s="841"/>
+      <c r="X114" s="841"/>
+      <c r="Y114" s="841"/>
+      <c r="Z114" s="842"/>
+      <c r="AA114" s="849"/>
+      <c r="AB114" s="850"/>
+      <c r="AC114" s="851"/>
+      <c r="AD114" s="857"/>
+      <c r="AE114" s="858"/>
+      <c r="AF114" s="858"/>
+      <c r="AG114" s="858"/>
+      <c r="AH114" s="859"/>
     </row>
     <row r="115" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="880"/>
-[...27 lines deleted...]
-      <c r="AA115" s="868">
+      <c r="A115" s="904"/>
+      <c r="B115" s="905"/>
+      <c r="C115" s="905"/>
+      <c r="D115" s="905"/>
+      <c r="E115" s="905"/>
+      <c r="F115" s="905"/>
+      <c r="G115" s="905"/>
+      <c r="H115" s="905"/>
+      <c r="I115" s="906"/>
+      <c r="J115" s="829"/>
+      <c r="K115" s="830"/>
+      <c r="L115" s="694"/>
+      <c r="M115" s="695"/>
+      <c r="N115" s="695"/>
+      <c r="O115" s="696"/>
+      <c r="P115" s="146"/>
+      <c r="Q115" s="834" t="s">
+        <v>509</v>
+      </c>
+      <c r="R115" s="835"/>
+      <c r="S115" s="835"/>
+      <c r="T115" s="835"/>
+      <c r="U115" s="835"/>
+      <c r="V115" s="835"/>
+      <c r="W115" s="835"/>
+      <c r="X115" s="835"/>
+      <c r="Y115" s="835"/>
+      <c r="Z115" s="836"/>
+      <c r="AA115" s="843">
         <v>702</v>
       </c>
-      <c r="AB115" s="869"/>
-[...1 lines deleted...]
-      <c r="AD115" s="548">
+      <c r="AB115" s="844"/>
+      <c r="AC115" s="845"/>
+      <c r="AD115" s="691">
         <f>Vkladani_dat!G137</f>
         <v>0</v>
       </c>
-      <c r="AE115" s="825"/>
-[...2 lines deleted...]
-      <c r="AH115" s="826"/>
+      <c r="AE115" s="852"/>
+      <c r="AF115" s="852"/>
+      <c r="AG115" s="852"/>
+      <c r="AH115" s="853"/>
     </row>
     <row r="116" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="880"/>
-[...32 lines deleted...]
-      <c r="AH116" s="829"/>
+      <c r="A116" s="904"/>
+      <c r="B116" s="905"/>
+      <c r="C116" s="905"/>
+      <c r="D116" s="905"/>
+      <c r="E116" s="905"/>
+      <c r="F116" s="905"/>
+      <c r="G116" s="905"/>
+      <c r="H116" s="905"/>
+      <c r="I116" s="906"/>
+      <c r="J116" s="831"/>
+      <c r="K116" s="832"/>
+      <c r="L116" s="697"/>
+      <c r="M116" s="698"/>
+      <c r="N116" s="698"/>
+      <c r="O116" s="699"/>
+      <c r="P116" s="146"/>
+      <c r="Q116" s="837"/>
+      <c r="R116" s="838"/>
+      <c r="S116" s="838"/>
+      <c r="T116" s="838"/>
+      <c r="U116" s="838"/>
+      <c r="V116" s="838"/>
+      <c r="W116" s="838"/>
+      <c r="X116" s="838"/>
+      <c r="Y116" s="838"/>
+      <c r="Z116" s="839"/>
+      <c r="AA116" s="846"/>
+      <c r="AB116" s="847"/>
+      <c r="AC116" s="848"/>
+      <c r="AD116" s="854"/>
+      <c r="AE116" s="855"/>
+      <c r="AF116" s="855"/>
+      <c r="AG116" s="855"/>
+      <c r="AH116" s="856"/>
     </row>
     <row r="117" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="883" t="s">
+      <c r="A117" s="897" t="s">
         <v>179</v>
       </c>
-      <c r="B117" s="884"/>
-[...7 lines deleted...]
-      <c r="J117" s="887">
+      <c r="B117" s="898"/>
+      <c r="C117" s="898"/>
+      <c r="D117" s="898"/>
+      <c r="E117" s="898"/>
+      <c r="F117" s="898"/>
+      <c r="G117" s="898"/>
+      <c r="H117" s="898"/>
+      <c r="I117" s="899"/>
+      <c r="J117" s="901">
         <v>415</v>
       </c>
-      <c r="K117" s="855"/>
-      <c r="L117" s="548">
+      <c r="K117" s="830"/>
+      <c r="L117" s="691">
         <f>Vkladani_dat!G87</f>
         <v>0</v>
       </c>
-      <c r="M117" s="549"/>
-[...20 lines deleted...]
-      <c r="AH117" s="832"/>
+      <c r="M117" s="692"/>
+      <c r="N117" s="692"/>
+      <c r="O117" s="693"/>
+      <c r="P117" s="146"/>
+      <c r="Q117" s="840"/>
+      <c r="R117" s="841"/>
+      <c r="S117" s="841"/>
+      <c r="T117" s="841"/>
+      <c r="U117" s="841"/>
+      <c r="V117" s="841"/>
+      <c r="W117" s="841"/>
+      <c r="X117" s="841"/>
+      <c r="Y117" s="841"/>
+      <c r="Z117" s="842"/>
+      <c r="AA117" s="849"/>
+      <c r="AB117" s="850"/>
+      <c r="AC117" s="851"/>
+      <c r="AD117" s="857"/>
+      <c r="AE117" s="858"/>
+      <c r="AF117" s="858"/>
+      <c r="AG117" s="858"/>
+      <c r="AH117" s="859"/>
     </row>
     <row r="118" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="886"/>
-[...15 lines deleted...]
-      <c r="Q118" s="859" t="s">
+      <c r="A118" s="900"/>
+      <c r="B118" s="898"/>
+      <c r="C118" s="898"/>
+      <c r="D118" s="898"/>
+      <c r="E118" s="898"/>
+      <c r="F118" s="898"/>
+      <c r="G118" s="898"/>
+      <c r="H118" s="898"/>
+      <c r="I118" s="899"/>
+      <c r="J118" s="829"/>
+      <c r="K118" s="830"/>
+      <c r="L118" s="694"/>
+      <c r="M118" s="695"/>
+      <c r="N118" s="695"/>
+      <c r="O118" s="696"/>
+      <c r="P118" s="146"/>
+      <c r="Q118" s="834" t="s">
         <v>203</v>
       </c>
-      <c r="R118" s="860"/>
-[...8 lines deleted...]
-      <c r="AA118" s="544">
+      <c r="R118" s="835"/>
+      <c r="S118" s="835"/>
+      <c r="T118" s="835"/>
+      <c r="U118" s="835"/>
+      <c r="V118" s="835"/>
+      <c r="W118" s="835"/>
+      <c r="X118" s="835"/>
+      <c r="Y118" s="835"/>
+      <c r="Z118" s="836"/>
+      <c r="AA118" s="715">
         <v>703</v>
       </c>
-      <c r="AB118" s="869"/>
-[...1 lines deleted...]
-      <c r="AD118" s="548">
+      <c r="AB118" s="844"/>
+      <c r="AC118" s="845"/>
+      <c r="AD118" s="691">
         <f>Vkladani_dat!G138</f>
         <v>0</v>
       </c>
-      <c r="AE118" s="825"/>
-[...2 lines deleted...]
-      <c r="AH118" s="826"/>
+      <c r="AE118" s="852"/>
+      <c r="AF118" s="852"/>
+      <c r="AG118" s="852"/>
+      <c r="AH118" s="853"/>
     </row>
     <row r="119" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="886"/>
-[...32 lines deleted...]
-      <c r="AH119" s="829"/>
+      <c r="A119" s="900"/>
+      <c r="B119" s="898"/>
+      <c r="C119" s="898"/>
+      <c r="D119" s="898"/>
+      <c r="E119" s="898"/>
+      <c r="F119" s="898"/>
+      <c r="G119" s="898"/>
+      <c r="H119" s="898"/>
+      <c r="I119" s="899"/>
+      <c r="J119" s="829"/>
+      <c r="K119" s="830"/>
+      <c r="L119" s="694"/>
+      <c r="M119" s="695"/>
+      <c r="N119" s="695"/>
+      <c r="O119" s="696"/>
+      <c r="P119" s="146"/>
+      <c r="Q119" s="837"/>
+      <c r="R119" s="838"/>
+      <c r="S119" s="838"/>
+      <c r="T119" s="838"/>
+      <c r="U119" s="838"/>
+      <c r="V119" s="838"/>
+      <c r="W119" s="838"/>
+      <c r="X119" s="838"/>
+      <c r="Y119" s="838"/>
+      <c r="Z119" s="839"/>
+      <c r="AA119" s="846"/>
+      <c r="AB119" s="847"/>
+      <c r="AC119" s="848"/>
+      <c r="AD119" s="854"/>
+      <c r="AE119" s="855"/>
+      <c r="AF119" s="855"/>
+      <c r="AG119" s="855"/>
+      <c r="AH119" s="856"/>
     </row>
     <row r="120" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="886"/>
-[...32 lines deleted...]
-      <c r="AH120" s="829"/>
+      <c r="A120" s="900"/>
+      <c r="B120" s="898"/>
+      <c r="C120" s="898"/>
+      <c r="D120" s="898"/>
+      <c r="E120" s="898"/>
+      <c r="F120" s="898"/>
+      <c r="G120" s="898"/>
+      <c r="H120" s="898"/>
+      <c r="I120" s="899"/>
+      <c r="J120" s="831"/>
+      <c r="K120" s="832"/>
+      <c r="L120" s="697"/>
+      <c r="M120" s="698"/>
+      <c r="N120" s="698"/>
+      <c r="O120" s="699"/>
+      <c r="P120" s="146"/>
+      <c r="Q120" s="837"/>
+      <c r="R120" s="838"/>
+      <c r="S120" s="838"/>
+      <c r="T120" s="838"/>
+      <c r="U120" s="838"/>
+      <c r="V120" s="838"/>
+      <c r="W120" s="838"/>
+      <c r="X120" s="838"/>
+      <c r="Y120" s="838"/>
+      <c r="Z120" s="839"/>
+      <c r="AA120" s="846"/>
+      <c r="AB120" s="847"/>
+      <c r="AC120" s="848"/>
+      <c r="AD120" s="854"/>
+      <c r="AE120" s="855"/>
+      <c r="AF120" s="855"/>
+      <c r="AG120" s="855"/>
+      <c r="AH120" s="856"/>
     </row>
     <row r="121" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="401" t="s">
-[...10 lines deleted...]
-      <c r="J121" s="838">
+      <c r="A121" s="415" t="s">
+        <v>504</v>
+      </c>
+      <c r="B121" s="883"/>
+      <c r="C121" s="883"/>
+      <c r="D121" s="883"/>
+      <c r="E121" s="883"/>
+      <c r="F121" s="883"/>
+      <c r="G121" s="883"/>
+      <c r="H121" s="883"/>
+      <c r="I121" s="884"/>
+      <c r="J121" s="827">
         <v>416</v>
       </c>
-      <c r="K121" s="839"/>
-      <c r="L121" s="548">
+      <c r="K121" s="888"/>
+      <c r="L121" s="691">
         <f>Vkladani_dat!G88</f>
         <v>0</v>
       </c>
-      <c r="M121" s="549"/>
-[...20 lines deleted...]
-      <c r="AH121" s="832"/>
+      <c r="M121" s="692"/>
+      <c r="N121" s="692"/>
+      <c r="O121" s="693"/>
+      <c r="P121" s="146"/>
+      <c r="Q121" s="840"/>
+      <c r="R121" s="841"/>
+      <c r="S121" s="841"/>
+      <c r="T121" s="841"/>
+      <c r="U121" s="841"/>
+      <c r="V121" s="841"/>
+      <c r="W121" s="841"/>
+      <c r="X121" s="841"/>
+      <c r="Y121" s="841"/>
+      <c r="Z121" s="842"/>
+      <c r="AA121" s="849"/>
+      <c r="AB121" s="850"/>
+      <c r="AC121" s="851"/>
+      <c r="AD121" s="857"/>
+      <c r="AE121" s="858"/>
+      <c r="AF121" s="858"/>
+      <c r="AG121" s="858"/>
+      <c r="AH121" s="859"/>
     </row>
     <row r="122" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="835"/>
-[...15 lines deleted...]
-      <c r="Q122" s="859" t="s">
+      <c r="A122" s="885"/>
+      <c r="B122" s="886"/>
+      <c r="C122" s="886"/>
+      <c r="D122" s="886"/>
+      <c r="E122" s="886"/>
+      <c r="F122" s="886"/>
+      <c r="G122" s="886"/>
+      <c r="H122" s="886"/>
+      <c r="I122" s="887"/>
+      <c r="J122" s="889"/>
+      <c r="K122" s="890"/>
+      <c r="L122" s="697"/>
+      <c r="M122" s="698"/>
+      <c r="N122" s="698"/>
+      <c r="O122" s="699"/>
+      <c r="P122" s="146"/>
+      <c r="Q122" s="834" t="s">
         <v>204</v>
       </c>
-      <c r="R122" s="860"/>
-[...8 lines deleted...]
-      <c r="AA122" s="544">
+      <c r="R122" s="835"/>
+      <c r="S122" s="835"/>
+      <c r="T122" s="835"/>
+      <c r="U122" s="835"/>
+      <c r="V122" s="835"/>
+      <c r="W122" s="835"/>
+      <c r="X122" s="835"/>
+      <c r="Y122" s="835"/>
+      <c r="Z122" s="836"/>
+      <c r="AA122" s="715">
         <v>704</v>
       </c>
-      <c r="AB122" s="869"/>
-[...1 lines deleted...]
-      <c r="AD122" s="548">
+      <c r="AB122" s="844"/>
+      <c r="AC122" s="845"/>
+      <c r="AD122" s="691">
         <f>Vkladani_dat!G139</f>
         <v>0</v>
       </c>
-      <c r="AE122" s="825"/>
-[...2 lines deleted...]
-      <c r="AH122" s="826"/>
+      <c r="AE122" s="852"/>
+      <c r="AF122" s="852"/>
+      <c r="AG122" s="852"/>
+      <c r="AH122" s="853"/>
     </row>
     <row r="123" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="717" t="s">
+      <c r="A123" s="719" t="s">
         <v>180</v>
       </c>
-      <c r="B123" s="902"/>
-[...6 lines deleted...]
-      <c r="I123" s="903"/>
+      <c r="B123" s="920"/>
+      <c r="C123" s="920"/>
+      <c r="D123" s="920"/>
+      <c r="E123" s="920"/>
+      <c r="F123" s="920"/>
+      <c r="G123" s="920"/>
+      <c r="H123" s="920"/>
+      <c r="I123" s="921"/>
       <c r="J123" s="907">
         <v>417</v>
       </c>
-      <c r="K123" s="839"/>
-      <c r="L123" s="858">
+      <c r="K123" s="888"/>
+      <c r="L123" s="833">
         <f>Vkladani_dat!G89</f>
         <v>0</v>
       </c>
-      <c r="M123" s="549"/>
-[...20 lines deleted...]
-      <c r="AH123" s="829"/>
+      <c r="M123" s="692"/>
+      <c r="N123" s="692"/>
+      <c r="O123" s="693"/>
+      <c r="P123" s="146"/>
+      <c r="Q123" s="837"/>
+      <c r="R123" s="838"/>
+      <c r="S123" s="838"/>
+      <c r="T123" s="838"/>
+      <c r="U123" s="838"/>
+      <c r="V123" s="838"/>
+      <c r="W123" s="838"/>
+      <c r="X123" s="838"/>
+      <c r="Y123" s="838"/>
+      <c r="Z123" s="839"/>
+      <c r="AA123" s="846"/>
+      <c r="AB123" s="847"/>
+      <c r="AC123" s="848"/>
+      <c r="AD123" s="854"/>
+      <c r="AE123" s="855"/>
+      <c r="AF123" s="855"/>
+      <c r="AG123" s="855"/>
+      <c r="AH123" s="856"/>
     </row>
     <row r="124" spans="1:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="904"/>
-[...32 lines deleted...]
-      <c r="AH124" s="832"/>
+      <c r="A124" s="922"/>
+      <c r="B124" s="923"/>
+      <c r="C124" s="923"/>
+      <c r="D124" s="923"/>
+      <c r="E124" s="923"/>
+      <c r="F124" s="923"/>
+      <c r="G124" s="923"/>
+      <c r="H124" s="923"/>
+      <c r="I124" s="924"/>
+      <c r="J124" s="889"/>
+      <c r="K124" s="890"/>
+      <c r="L124" s="697"/>
+      <c r="M124" s="698"/>
+      <c r="N124" s="698"/>
+      <c r="O124" s="699"/>
+      <c r="P124" s="146"/>
+      <c r="Q124" s="840"/>
+      <c r="R124" s="841"/>
+      <c r="S124" s="841"/>
+      <c r="T124" s="841"/>
+      <c r="U124" s="841"/>
+      <c r="V124" s="841"/>
+      <c r="W124" s="841"/>
+      <c r="X124" s="841"/>
+      <c r="Y124" s="841"/>
+      <c r="Z124" s="842"/>
+      <c r="AA124" s="849"/>
+      <c r="AB124" s="850"/>
+      <c r="AC124" s="851"/>
+      <c r="AD124" s="857"/>
+      <c r="AE124" s="858"/>
+      <c r="AF124" s="858"/>
+      <c r="AG124" s="858"/>
+      <c r="AH124" s="859"/>
     </row>
     <row r="125" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="401" t="s">
-[...10 lines deleted...]
-      <c r="J125" s="838">
+      <c r="A125" s="415" t="s">
+        <v>505</v>
+      </c>
+      <c r="B125" s="883"/>
+      <c r="C125" s="883"/>
+      <c r="D125" s="883"/>
+      <c r="E125" s="883"/>
+      <c r="F125" s="883"/>
+      <c r="G125" s="883"/>
+      <c r="H125" s="883"/>
+      <c r="I125" s="884"/>
+      <c r="J125" s="827">
         <v>418</v>
       </c>
-      <c r="K125" s="723"/>
-      <c r="L125" s="548">
+      <c r="K125" s="725"/>
+      <c r="L125" s="691">
         <f>Vkladani_dat!G90</f>
         <v>0</v>
       </c>
-      <c r="M125" s="549"/>
-[...3 lines deleted...]
-      <c r="Q125" s="859" t="s">
+      <c r="M125" s="692"/>
+      <c r="N125" s="692"/>
+      <c r="O125" s="693"/>
+      <c r="P125" s="146"/>
+      <c r="Q125" s="834" t="s">
         <v>205</v>
       </c>
-      <c r="R125" s="860"/>
-[...8 lines deleted...]
-      <c r="AA125" s="544">
+      <c r="R125" s="835"/>
+      <c r="S125" s="835"/>
+      <c r="T125" s="835"/>
+      <c r="U125" s="835"/>
+      <c r="V125" s="835"/>
+      <c r="W125" s="835"/>
+      <c r="X125" s="835"/>
+      <c r="Y125" s="835"/>
+      <c r="Z125" s="836"/>
+      <c r="AA125" s="715">
         <v>705</v>
       </c>
-      <c r="AB125" s="869"/>
-[...1 lines deleted...]
-      <c r="AD125" s="548">
+      <c r="AB125" s="844"/>
+      <c r="AC125" s="845"/>
+      <c r="AD125" s="691">
         <f>Vkladani_dat!G140</f>
         <v>0</v>
       </c>
-      <c r="AE125" s="825"/>
-[...2 lines deleted...]
-      <c r="AH125" s="826"/>
+      <c r="AE125" s="852"/>
+      <c r="AF125" s="852"/>
+      <c r="AG125" s="852"/>
+      <c r="AH125" s="853"/>
     </row>
     <row r="126" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="835"/>
-[...32 lines deleted...]
-      <c r="AH126" s="829"/>
+      <c r="A126" s="885"/>
+      <c r="B126" s="886"/>
+      <c r="C126" s="886"/>
+      <c r="D126" s="886"/>
+      <c r="E126" s="886"/>
+      <c r="F126" s="886"/>
+      <c r="G126" s="886"/>
+      <c r="H126" s="886"/>
+      <c r="I126" s="887"/>
+      <c r="J126" s="728"/>
+      <c r="K126" s="729"/>
+      <c r="L126" s="697"/>
+      <c r="M126" s="698"/>
+      <c r="N126" s="698"/>
+      <c r="O126" s="699"/>
+      <c r="P126" s="146"/>
+      <c r="Q126" s="837"/>
+      <c r="R126" s="838"/>
+      <c r="S126" s="838"/>
+      <c r="T126" s="838"/>
+      <c r="U126" s="838"/>
+      <c r="V126" s="838"/>
+      <c r="W126" s="838"/>
+      <c r="X126" s="838"/>
+      <c r="Y126" s="838"/>
+      <c r="Z126" s="839"/>
+      <c r="AA126" s="846"/>
+      <c r="AB126" s="847"/>
+      <c r="AC126" s="848"/>
+      <c r="AD126" s="854"/>
+      <c r="AE126" s="855"/>
+      <c r="AF126" s="855"/>
+      <c r="AG126" s="855"/>
+      <c r="AH126" s="856"/>
     </row>
     <row r="127" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="731" t="s">
-[...10 lines deleted...]
-      <c r="J127" s="838">
+      <c r="A127" s="730" t="s">
+        <v>506</v>
+      </c>
+      <c r="B127" s="720"/>
+      <c r="C127" s="720"/>
+      <c r="D127" s="720"/>
+      <c r="E127" s="720"/>
+      <c r="F127" s="720"/>
+      <c r="G127" s="720"/>
+      <c r="H127" s="720"/>
+      <c r="I127" s="721"/>
+      <c r="J127" s="827">
         <v>419</v>
       </c>
-      <c r="K127" s="853"/>
-      <c r="L127" s="858">
+      <c r="K127" s="828"/>
+      <c r="L127" s="833">
         <f>Vkladani_dat!G91</f>
         <v>0</v>
       </c>
-      <c r="M127" s="549"/>
-[...20 lines deleted...]
-      <c r="AH127" s="832"/>
+      <c r="M127" s="692"/>
+      <c r="N127" s="692"/>
+      <c r="O127" s="693"/>
+      <c r="P127" s="146"/>
+      <c r="Q127" s="840"/>
+      <c r="R127" s="841"/>
+      <c r="S127" s="841"/>
+      <c r="T127" s="841"/>
+      <c r="U127" s="841"/>
+      <c r="V127" s="841"/>
+      <c r="W127" s="841"/>
+      <c r="X127" s="841"/>
+      <c r="Y127" s="841"/>
+      <c r="Z127" s="842"/>
+      <c r="AA127" s="849"/>
+      <c r="AB127" s="850"/>
+      <c r="AC127" s="851"/>
+      <c r="AD127" s="857"/>
+      <c r="AE127" s="858"/>
+      <c r="AF127" s="858"/>
+      <c r="AG127" s="858"/>
+      <c r="AH127" s="859"/>
     </row>
     <row r="128" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="720"/>
-[...15 lines deleted...]
-      <c r="Q128" s="859" t="s">
+      <c r="A128" s="722"/>
+      <c r="B128" s="723"/>
+      <c r="C128" s="723"/>
+      <c r="D128" s="723"/>
+      <c r="E128" s="723"/>
+      <c r="F128" s="723"/>
+      <c r="G128" s="723"/>
+      <c r="H128" s="723"/>
+      <c r="I128" s="724"/>
+      <c r="J128" s="829"/>
+      <c r="K128" s="830"/>
+      <c r="L128" s="694"/>
+      <c r="M128" s="695"/>
+      <c r="N128" s="695"/>
+      <c r="O128" s="696"/>
+      <c r="P128" s="146"/>
+      <c r="Q128" s="834" t="s">
         <v>275</v>
       </c>
-      <c r="R128" s="860"/>
-[...8 lines deleted...]
-      <c r="AA128" s="544">
+      <c r="R128" s="835"/>
+      <c r="S128" s="835"/>
+      <c r="T128" s="835"/>
+      <c r="U128" s="835"/>
+      <c r="V128" s="835"/>
+      <c r="W128" s="835"/>
+      <c r="X128" s="835"/>
+      <c r="Y128" s="835"/>
+      <c r="Z128" s="836"/>
+      <c r="AA128" s="715">
         <v>706</v>
       </c>
-      <c r="AB128" s="869"/>
-[...1 lines deleted...]
-      <c r="AD128" s="548">
+      <c r="AB128" s="844"/>
+      <c r="AC128" s="845"/>
+      <c r="AD128" s="691">
         <f>Vkladani_dat!G141</f>
         <v>0</v>
       </c>
-      <c r="AE128" s="825"/>
-[...2 lines deleted...]
-      <c r="AH128" s="826"/>
+      <c r="AE128" s="852"/>
+      <c r="AF128" s="852"/>
+      <c r="AG128" s="852"/>
+      <c r="AH128" s="853"/>
     </row>
     <row r="129" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="720"/>
-[...32 lines deleted...]
-      <c r="AH129" s="829"/>
+      <c r="A129" s="722"/>
+      <c r="B129" s="723"/>
+      <c r="C129" s="723"/>
+      <c r="D129" s="723"/>
+      <c r="E129" s="723"/>
+      <c r="F129" s="723"/>
+      <c r="G129" s="723"/>
+      <c r="H129" s="723"/>
+      <c r="I129" s="724"/>
+      <c r="J129" s="831"/>
+      <c r="K129" s="832"/>
+      <c r="L129" s="697"/>
+      <c r="M129" s="698"/>
+      <c r="N129" s="698"/>
+      <c r="O129" s="699"/>
+      <c r="P129" s="146"/>
+      <c r="Q129" s="837"/>
+      <c r="R129" s="838"/>
+      <c r="S129" s="838"/>
+      <c r="T129" s="838"/>
+      <c r="U129" s="838"/>
+      <c r="V129" s="838"/>
+      <c r="W129" s="838"/>
+      <c r="X129" s="838"/>
+      <c r="Y129" s="838"/>
+      <c r="Z129" s="839"/>
+      <c r="AA129" s="846"/>
+      <c r="AB129" s="847"/>
+      <c r="AC129" s="848"/>
+      <c r="AD129" s="854"/>
+      <c r="AE129" s="855"/>
+      <c r="AF129" s="855"/>
+      <c r="AG129" s="855"/>
+      <c r="AH129" s="856"/>
     </row>
     <row r="130" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="401" t="s">
-[...10 lines deleted...]
-      <c r="J130" s="838">
+      <c r="A130" s="891" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B130" s="892"/>
+      <c r="C130" s="892"/>
+      <c r="D130" s="892"/>
+      <c r="E130" s="892"/>
+      <c r="F130" s="892"/>
+      <c r="G130" s="892"/>
+      <c r="H130" s="892"/>
+      <c r="I130" s="893"/>
+      <c r="J130" s="827">
         <v>420</v>
       </c>
-      <c r="K130" s="853"/>
-      <c r="L130" s="551">
+      <c r="K130" s="828"/>
+      <c r="L130" s="694">
         <f>Vkladani_dat!G92</f>
         <v>0</v>
       </c>
-      <c r="M130" s="552"/>
-[...20 lines deleted...]
-      <c r="AH130" s="832"/>
+      <c r="M130" s="695"/>
+      <c r="N130" s="695"/>
+      <c r="O130" s="696"/>
+      <c r="P130" s="146"/>
+      <c r="Q130" s="840"/>
+      <c r="R130" s="841"/>
+      <c r="S130" s="841"/>
+      <c r="T130" s="841"/>
+      <c r="U130" s="841"/>
+      <c r="V130" s="841"/>
+      <c r="W130" s="841"/>
+      <c r="X130" s="841"/>
+      <c r="Y130" s="841"/>
+      <c r="Z130" s="842"/>
+      <c r="AA130" s="849"/>
+      <c r="AB130" s="850"/>
+      <c r="AC130" s="851"/>
+      <c r="AD130" s="857"/>
+      <c r="AE130" s="858"/>
+      <c r="AF130" s="858"/>
+      <c r="AG130" s="858"/>
+      <c r="AH130" s="859"/>
     </row>
     <row r="131" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="865"/>
-[...15 lines deleted...]
-      <c r="Q131" s="749" t="s">
+      <c r="A131" s="894"/>
+      <c r="B131" s="895"/>
+      <c r="C131" s="895"/>
+      <c r="D131" s="895"/>
+      <c r="E131" s="895"/>
+      <c r="F131" s="895"/>
+      <c r="G131" s="895"/>
+      <c r="H131" s="895"/>
+      <c r="I131" s="896"/>
+      <c r="J131" s="831"/>
+      <c r="K131" s="832"/>
+      <c r="L131" s="697"/>
+      <c r="M131" s="698"/>
+      <c r="N131" s="698"/>
+      <c r="O131" s="699"/>
+      <c r="P131" s="146"/>
+      <c r="Q131" s="771" t="s">
         <v>206</v>
       </c>
-      <c r="R131" s="860"/>
-[...8 lines deleted...]
-      <c r="AA131" s="544">
+      <c r="R131" s="835"/>
+      <c r="S131" s="835"/>
+      <c r="T131" s="835"/>
+      <c r="U131" s="835"/>
+      <c r="V131" s="835"/>
+      <c r="W131" s="835"/>
+      <c r="X131" s="835"/>
+      <c r="Y131" s="835"/>
+      <c r="Z131" s="836"/>
+      <c r="AA131" s="715">
         <v>707</v>
       </c>
-      <c r="AB131" s="869"/>
-[...1 lines deleted...]
-      <c r="AD131" s="548">
+      <c r="AB131" s="844"/>
+      <c r="AC131" s="845"/>
+      <c r="AD131" s="691">
         <f>Vkladani_dat!G142</f>
         <v>0</v>
       </c>
-      <c r="AE131" s="825"/>
-[...2 lines deleted...]
-      <c r="AH131" s="826"/>
+      <c r="AE131" s="852"/>
+      <c r="AF131" s="852"/>
+      <c r="AG131" s="852"/>
+      <c r="AH131" s="853"/>
     </row>
     <row r="132" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="401" t="s">
+      <c r="A132" s="415" t="s">
         <v>184</v>
       </c>
-      <c r="B132" s="860"/>
-[...7 lines deleted...]
-      <c r="J132" s="740">
+      <c r="B132" s="835"/>
+      <c r="C132" s="835"/>
+      <c r="D132" s="835"/>
+      <c r="E132" s="835"/>
+      <c r="F132" s="835"/>
+      <c r="G132" s="835"/>
+      <c r="H132" s="835"/>
+      <c r="I132" s="836"/>
+      <c r="J132" s="688">
         <v>421</v>
       </c>
-      <c r="K132" s="897"/>
-      <c r="L132" s="913" t="str">
+      <c r="K132" s="902"/>
+      <c r="L132" s="931" t="str">
         <f>IF(Vkladani_dat!G93=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M132" s="915" t="s">
+      <c r="M132" s="933" t="s">
         <v>276</v>
       </c>
-      <c r="N132" s="913" t="str">
+      <c r="N132" s="931" t="str">
         <f>IF(Vkladani_dat!G93=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O132" s="917" t="s">
+      <c r="O132" s="935" t="s">
         <v>277</v>
       </c>
-      <c r="P132" s="149"/>
-[...17 lines deleted...]
-      <c r="AH132" s="829"/>
+      <c r="P132" s="146"/>
+      <c r="Q132" s="837"/>
+      <c r="R132" s="838"/>
+      <c r="S132" s="838"/>
+      <c r="T132" s="838"/>
+      <c r="U132" s="838"/>
+      <c r="V132" s="838"/>
+      <c r="W132" s="838"/>
+      <c r="X132" s="838"/>
+      <c r="Y132" s="838"/>
+      <c r="Z132" s="839"/>
+      <c r="AA132" s="846"/>
+      <c r="AB132" s="847"/>
+      <c r="AC132" s="848"/>
+      <c r="AD132" s="854"/>
+      <c r="AE132" s="855"/>
+      <c r="AF132" s="855"/>
+      <c r="AG132" s="855"/>
+      <c r="AH132" s="856"/>
     </row>
     <row r="133" spans="1:34" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="865"/>
-[...32 lines deleted...]
-      <c r="AH133" s="832"/>
+      <c r="A133" s="840"/>
+      <c r="B133" s="841"/>
+      <c r="C133" s="841"/>
+      <c r="D133" s="841"/>
+      <c r="E133" s="841"/>
+      <c r="F133" s="841"/>
+      <c r="G133" s="841"/>
+      <c r="H133" s="841"/>
+      <c r="I133" s="842"/>
+      <c r="J133" s="903"/>
+      <c r="K133" s="902"/>
+      <c r="L133" s="932"/>
+      <c r="M133" s="934"/>
+      <c r="N133" s="932"/>
+      <c r="O133" s="936"/>
+      <c r="P133" s="146"/>
+      <c r="Q133" s="840"/>
+      <c r="R133" s="841"/>
+      <c r="S133" s="841"/>
+      <c r="T133" s="841"/>
+      <c r="U133" s="841"/>
+      <c r="V133" s="841"/>
+      <c r="W133" s="841"/>
+      <c r="X133" s="841"/>
+      <c r="Y133" s="841"/>
+      <c r="Z133" s="842"/>
+      <c r="AA133" s="849"/>
+      <c r="AB133" s="850"/>
+      <c r="AC133" s="851"/>
+      <c r="AD133" s="857"/>
+      <c r="AE133" s="858"/>
+      <c r="AF133" s="858"/>
+      <c r="AG133" s="858"/>
+      <c r="AH133" s="859"/>
     </row>
     <row r="134" spans="1:34" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="886" t="s">
+      <c r="A134" s="900" t="s">
         <v>185</v>
       </c>
-      <c r="B134" s="884"/>
-[...7 lines deleted...]
-      <c r="J134" s="775">
+      <c r="B134" s="898"/>
+      <c r="C134" s="898"/>
+      <c r="D134" s="898"/>
+      <c r="E134" s="898"/>
+      <c r="F134" s="898"/>
+      <c r="G134" s="898"/>
+      <c r="H134" s="898"/>
+      <c r="I134" s="899"/>
+      <c r="J134" s="770">
         <v>422</v>
       </c>
-      <c r="K134" s="908"/>
-      <c r="L134" s="99" t="str">
+      <c r="K134" s="951"/>
+      <c r="L134" s="96" t="str">
         <f>IF(Vkladani_dat!G94=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M134" s="100" t="s">
+      <c r="M134" s="97" t="s">
         <v>276</v>
       </c>
-      <c r="N134" s="102" t="str">
+      <c r="N134" s="99" t="str">
         <f>IF(Vkladani_dat!G94=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O134" s="101" t="s">
+      <c r="O134" s="98" t="s">
         <v>277</v>
       </c>
-      <c r="P134" s="149"/>
-      <c r="Q134" s="888" t="s">
+      <c r="P134" s="146"/>
+      <c r="Q134" s="908" t="s">
         <v>207</v>
       </c>
-      <c r="R134" s="860"/>
-[...8 lines deleted...]
-      <c r="AA134" s="544">
+      <c r="R134" s="835"/>
+      <c r="S134" s="835"/>
+      <c r="T134" s="835"/>
+      <c r="U134" s="835"/>
+      <c r="V134" s="835"/>
+      <c r="W134" s="835"/>
+      <c r="X134" s="835"/>
+      <c r="Y134" s="835"/>
+      <c r="Z134" s="836"/>
+      <c r="AA134" s="715">
         <v>708</v>
       </c>
-      <c r="AB134" s="869"/>
-[...1 lines deleted...]
-      <c r="AD134" s="548">
+      <c r="AB134" s="844"/>
+      <c r="AC134" s="845"/>
+      <c r="AD134" s="691">
         <f>Vkladani_dat!G143</f>
         <v>0</v>
       </c>
-      <c r="AE134" s="825"/>
-[...2 lines deleted...]
-      <c r="AH134" s="826"/>
+      <c r="AE134" s="852"/>
+      <c r="AF134" s="852"/>
+      <c r="AG134" s="852"/>
+      <c r="AH134" s="853"/>
     </row>
     <row r="135" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="947" t="s">
+      <c r="A135" s="945" t="s">
+        <v>507</v>
+      </c>
+      <c r="B135" s="946"/>
+      <c r="C135" s="946"/>
+      <c r="D135" s="946"/>
+      <c r="E135" s="946"/>
+      <c r="F135" s="946"/>
+      <c r="G135" s="946"/>
+      <c r="H135" s="946"/>
+      <c r="I135" s="946"/>
+      <c r="J135" s="952">
+        <v>423</v>
+      </c>
+      <c r="K135" s="952"/>
+      <c r="L135" s="955">
+        <f>Vkladani_dat!G95</f>
+        <v>0</v>
+      </c>
+      <c r="M135" s="956"/>
+      <c r="N135" s="956"/>
+      <c r="O135" s="957"/>
+      <c r="P135" s="146"/>
+      <c r="Q135" s="837"/>
+      <c r="R135" s="838"/>
+      <c r="S135" s="838"/>
+      <c r="T135" s="838"/>
+      <c r="U135" s="838"/>
+      <c r="V135" s="838"/>
+      <c r="W135" s="838"/>
+      <c r="X135" s="838"/>
+      <c r="Y135" s="838"/>
+      <c r="Z135" s="839"/>
+      <c r="AA135" s="846"/>
+      <c r="AB135" s="847"/>
+      <c r="AC135" s="848"/>
+      <c r="AD135" s="854"/>
+      <c r="AE135" s="855"/>
+      <c r="AF135" s="855"/>
+      <c r="AG135" s="855"/>
+      <c r="AH135" s="856"/>
+    </row>
+    <row r="136" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="947"/>
+      <c r="B136" s="948"/>
+      <c r="C136" s="948"/>
+      <c r="D136" s="948"/>
+      <c r="E136" s="948"/>
+      <c r="F136" s="948"/>
+      <c r="G136" s="948"/>
+      <c r="H136" s="948"/>
+      <c r="I136" s="948"/>
+      <c r="J136" s="953"/>
+      <c r="K136" s="953"/>
+      <c r="L136" s="958"/>
+      <c r="M136" s="959"/>
+      <c r="N136" s="959"/>
+      <c r="O136" s="960"/>
+      <c r="P136" s="146"/>
+      <c r="Q136" s="840"/>
+      <c r="R136" s="841"/>
+      <c r="S136" s="841"/>
+      <c r="T136" s="841"/>
+      <c r="U136" s="841"/>
+      <c r="V136" s="841"/>
+      <c r="W136" s="841"/>
+      <c r="X136" s="841"/>
+      <c r="Y136" s="841"/>
+      <c r="Z136" s="842"/>
+      <c r="AA136" s="849"/>
+      <c r="AB136" s="850"/>
+      <c r="AC136" s="851"/>
+      <c r="AD136" s="857"/>
+      <c r="AE136" s="858"/>
+      <c r="AF136" s="858"/>
+      <c r="AG136" s="858"/>
+      <c r="AH136" s="859"/>
+    </row>
+    <row r="137" spans="1:34" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="949"/>
+      <c r="B137" s="950"/>
+      <c r="C137" s="950"/>
+      <c r="D137" s="950"/>
+      <c r="E137" s="950"/>
+      <c r="F137" s="950"/>
+      <c r="G137" s="950"/>
+      <c r="H137" s="950"/>
+      <c r="I137" s="950"/>
+      <c r="J137" s="954"/>
+      <c r="K137" s="954"/>
+      <c r="L137" s="961"/>
+      <c r="M137" s="961"/>
+      <c r="N137" s="961"/>
+      <c r="O137" s="962"/>
+      <c r="P137" s="146"/>
+      <c r="Q137" s="908" t="s">
+        <v>208</v>
+      </c>
+      <c r="R137" s="835"/>
+      <c r="S137" s="835"/>
+      <c r="T137" s="835"/>
+      <c r="U137" s="835"/>
+      <c r="V137" s="835"/>
+      <c r="W137" s="835"/>
+      <c r="X137" s="835"/>
+      <c r="Y137" s="835"/>
+      <c r="Z137" s="836"/>
+      <c r="AA137" s="715">
+        <v>709</v>
+      </c>
+      <c r="AB137" s="844"/>
+      <c r="AC137" s="845"/>
+      <c r="AD137" s="691">
+        <f>Vkladani_dat!G144</f>
+        <v>0</v>
+      </c>
+      <c r="AE137" s="852"/>
+      <c r="AF137" s="852"/>
+      <c r="AG137" s="852"/>
+      <c r="AH137" s="853"/>
+    </row>
+    <row r="138" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="963" t="s">
+        <v>187</v>
+      </c>
+      <c r="B138" s="964"/>
+      <c r="C138" s="964"/>
+      <c r="D138" s="964"/>
+      <c r="E138" s="964"/>
+      <c r="F138" s="964"/>
+      <c r="G138" s="964"/>
+      <c r="H138" s="964"/>
+      <c r="I138" s="964"/>
+      <c r="J138" s="965"/>
+      <c r="K138" s="965"/>
+      <c r="L138" s="965"/>
+      <c r="M138" s="965"/>
+      <c r="N138" s="965"/>
+      <c r="O138" s="965"/>
+      <c r="P138" s="146"/>
+      <c r="Q138" s="837"/>
+      <c r="R138" s="838"/>
+      <c r="S138" s="838"/>
+      <c r="T138" s="838"/>
+      <c r="U138" s="838"/>
+      <c r="V138" s="838"/>
+      <c r="W138" s="838"/>
+      <c r="X138" s="838"/>
+      <c r="Y138" s="838"/>
+      <c r="Z138" s="839"/>
+      <c r="AA138" s="846"/>
+      <c r="AB138" s="847"/>
+      <c r="AC138" s="848"/>
+      <c r="AD138" s="854"/>
+      <c r="AE138" s="855"/>
+      <c r="AF138" s="855"/>
+      <c r="AG138" s="855"/>
+      <c r="AH138" s="856"/>
+    </row>
+    <row r="139" spans="1:34" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="964"/>
+      <c r="B139" s="964"/>
+      <c r="C139" s="964"/>
+      <c r="D139" s="964"/>
+      <c r="E139" s="964"/>
+      <c r="F139" s="964"/>
+      <c r="G139" s="964"/>
+      <c r="H139" s="964"/>
+      <c r="I139" s="964"/>
+      <c r="J139" s="965"/>
+      <c r="K139" s="965"/>
+      <c r="L139" s="965"/>
+      <c r="M139" s="965"/>
+      <c r="N139" s="965"/>
+      <c r="O139" s="965"/>
+      <c r="P139" s="146"/>
+      <c r="Q139" s="840"/>
+      <c r="R139" s="841"/>
+      <c r="S139" s="841"/>
+      <c r="T139" s="841"/>
+      <c r="U139" s="841"/>
+      <c r="V139" s="841"/>
+      <c r="W139" s="841"/>
+      <c r="X139" s="841"/>
+      <c r="Y139" s="841"/>
+      <c r="Z139" s="842"/>
+      <c r="AA139" s="849"/>
+      <c r="AB139" s="850"/>
+      <c r="AC139" s="851"/>
+      <c r="AD139" s="857"/>
+      <c r="AE139" s="858"/>
+      <c r="AF139" s="858"/>
+      <c r="AG139" s="858"/>
+      <c r="AH139" s="859"/>
+    </row>
+    <row r="140" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="938"/>
+      <c r="B140" s="939"/>
+      <c r="C140" s="939"/>
+      <c r="D140" s="939"/>
+      <c r="E140" s="939"/>
+      <c r="F140" s="939"/>
+      <c r="G140" s="939"/>
+      <c r="H140" s="939"/>
+      <c r="I140" s="939"/>
+      <c r="J140" s="942" t="s">
+        <v>265</v>
+      </c>
+      <c r="K140" s="943"/>
+      <c r="L140" s="925" t="s">
+        <v>62</v>
+      </c>
+      <c r="M140" s="473"/>
+      <c r="N140" s="473"/>
+      <c r="O140" s="926"/>
+      <c r="P140" s="146"/>
+      <c r="Q140" s="908" t="s">
+        <v>209</v>
+      </c>
+      <c r="R140" s="835"/>
+      <c r="S140" s="835"/>
+      <c r="T140" s="835"/>
+      <c r="U140" s="835"/>
+      <c r="V140" s="835"/>
+      <c r="W140" s="835"/>
+      <c r="X140" s="835"/>
+      <c r="Y140" s="835"/>
+      <c r="Z140" s="836"/>
+      <c r="AA140" s="715">
+        <v>710</v>
+      </c>
+      <c r="AB140" s="844"/>
+      <c r="AC140" s="845"/>
+      <c r="AD140" s="691">
+        <f>Vkladani_dat!G145</f>
+        <v>0</v>
+      </c>
+      <c r="AE140" s="852"/>
+      <c r="AF140" s="852"/>
+      <c r="AG140" s="852"/>
+      <c r="AH140" s="853"/>
+    </row>
+    <row r="141" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="940"/>
+      <c r="B141" s="941"/>
+      <c r="C141" s="941"/>
+      <c r="D141" s="941"/>
+      <c r="E141" s="941"/>
+      <c r="F141" s="941"/>
+      <c r="G141" s="941"/>
+      <c r="H141" s="941"/>
+      <c r="I141" s="941"/>
+      <c r="J141" s="944"/>
+      <c r="K141" s="944"/>
+      <c r="L141" s="530"/>
+      <c r="M141" s="530"/>
+      <c r="N141" s="530"/>
+      <c r="O141" s="663"/>
+      <c r="P141" s="146"/>
+      <c r="Q141" s="840"/>
+      <c r="R141" s="841"/>
+      <c r="S141" s="841"/>
+      <c r="T141" s="841"/>
+      <c r="U141" s="841"/>
+      <c r="V141" s="841"/>
+      <c r="W141" s="841"/>
+      <c r="X141" s="841"/>
+      <c r="Y141" s="841"/>
+      <c r="Z141" s="842"/>
+      <c r="AA141" s="849"/>
+      <c r="AB141" s="850"/>
+      <c r="AC141" s="851"/>
+      <c r="AD141" s="857"/>
+      <c r="AE141" s="858"/>
+      <c r="AF141" s="858"/>
+      <c r="AG141" s="858"/>
+      <c r="AH141" s="859"/>
+    </row>
+    <row r="142" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="452" t="s">
+        <v>63</v>
+      </c>
+      <c r="B142" s="451"/>
+      <c r="C142" s="451"/>
+      <c r="D142" s="451"/>
+      <c r="E142" s="451"/>
+      <c r="F142" s="451"/>
+      <c r="G142" s="451"/>
+      <c r="H142" s="451"/>
+      <c r="I142" s="451"/>
+      <c r="J142" s="451">
+        <v>1</v>
+      </c>
+      <c r="K142" s="451"/>
+      <c r="L142" s="937">
+        <v>2</v>
+      </c>
+      <c r="M142" s="451"/>
+      <c r="N142" s="451"/>
+      <c r="O142" s="456"/>
+      <c r="P142" s="146"/>
+      <c r="Q142" s="908" t="s">
         <v>510</v>
       </c>
-      <c r="B135" s="948"/>
-[...309 lines deleted...]
-      <c r="AA142" s="544">
+      <c r="R142" s="909"/>
+      <c r="S142" s="909"/>
+      <c r="T142" s="909"/>
+      <c r="U142" s="909"/>
+      <c r="V142" s="909"/>
+      <c r="W142" s="909"/>
+      <c r="X142" s="909"/>
+      <c r="Y142" s="909"/>
+      <c r="Z142" s="910"/>
+      <c r="AA142" s="715">
         <v>711</v>
       </c>
-      <c r="AB142" s="909"/>
-[...1 lines deleted...]
-      <c r="AD142" s="548">
+      <c r="AB142" s="927"/>
+      <c r="AC142" s="716"/>
+      <c r="AD142" s="691">
         <f>Vkladani_dat!G146</f>
         <v>0</v>
       </c>
-      <c r="AE142" s="933"/>
-[...2 lines deleted...]
-      <c r="AH142" s="934"/>
+      <c r="AE142" s="967"/>
+      <c r="AF142" s="967"/>
+      <c r="AG142" s="967"/>
+      <c r="AH142" s="968"/>
     </row>
     <row r="143" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="477"/>
-[...10 lines deleted...]
-      <c r="L143" s="500" t="s">
+      <c r="A143" s="452"/>
+      <c r="B143" s="451"/>
+      <c r="C143" s="451"/>
+      <c r="D143" s="451"/>
+      <c r="E143" s="451"/>
+      <c r="F143" s="451"/>
+      <c r="G143" s="451"/>
+      <c r="H143" s="451"/>
+      <c r="I143" s="451"/>
+      <c r="J143" s="451"/>
+      <c r="K143" s="451"/>
+      <c r="L143" s="530" t="s">
         <v>276</v>
       </c>
-      <c r="M143" s="472"/>
-      <c r="N143" s="500" t="s">
+      <c r="M143" s="475"/>
+      <c r="N143" s="530" t="s">
         <v>277</v>
       </c>
-      <c r="O143" s="474"/>
-[...18 lines deleted...]
-      <c r="AH143" s="936"/>
+      <c r="O143" s="477"/>
+      <c r="P143" s="146"/>
+      <c r="Q143" s="911"/>
+      <c r="R143" s="912"/>
+      <c r="S143" s="912"/>
+      <c r="T143" s="912"/>
+      <c r="U143" s="912"/>
+      <c r="V143" s="912"/>
+      <c r="W143" s="912"/>
+      <c r="X143" s="912"/>
+      <c r="Y143" s="912"/>
+      <c r="Z143" s="913"/>
+      <c r="AA143" s="901"/>
+      <c r="AB143" s="928"/>
+      <c r="AC143" s="929"/>
+      <c r="AD143" s="969"/>
+      <c r="AE143" s="809"/>
+      <c r="AF143" s="809"/>
+      <c r="AG143" s="809"/>
+      <c r="AH143" s="970"/>
     </row>
     <row r="144" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="503"/>
-[...32 lines deleted...]
-      <c r="AH144" s="939"/>
+      <c r="A144" s="529"/>
+      <c r="B144" s="500"/>
+      <c r="C144" s="500"/>
+      <c r="D144" s="500"/>
+      <c r="E144" s="500"/>
+      <c r="F144" s="500"/>
+      <c r="G144" s="500"/>
+      <c r="H144" s="500"/>
+      <c r="I144" s="500"/>
+      <c r="J144" s="500"/>
+      <c r="K144" s="500"/>
+      <c r="L144" s="531"/>
+      <c r="M144" s="531"/>
+      <c r="N144" s="531"/>
+      <c r="O144" s="532"/>
+      <c r="P144" s="146"/>
+      <c r="Q144" s="914"/>
+      <c r="R144" s="915"/>
+      <c r="S144" s="915"/>
+      <c r="T144" s="915"/>
+      <c r="U144" s="915"/>
+      <c r="V144" s="915"/>
+      <c r="W144" s="915"/>
+      <c r="X144" s="915"/>
+      <c r="Y144" s="915"/>
+      <c r="Z144" s="916"/>
+      <c r="AA144" s="717"/>
+      <c r="AB144" s="930"/>
+      <c r="AC144" s="718"/>
+      <c r="AD144" s="971"/>
+      <c r="AE144" s="972"/>
+      <c r="AF144" s="972"/>
+      <c r="AG144" s="972"/>
+      <c r="AH144" s="973"/>
     </row>
     <row r="145" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="954" t="s">
+      <c r="A145" s="978" t="s">
         <v>188</v>
       </c>
-      <c r="B145" s="955"/>
-[...7 lines deleted...]
-      <c r="J145" s="554">
+      <c r="B145" s="979"/>
+      <c r="C145" s="979"/>
+      <c r="D145" s="979"/>
+      <c r="E145" s="979"/>
+      <c r="F145" s="979"/>
+      <c r="G145" s="979"/>
+      <c r="H145" s="979"/>
+      <c r="I145" s="979"/>
+      <c r="J145" s="550">
         <v>501</v>
       </c>
-      <c r="K145" s="953"/>
-      <c r="L145" s="957" t="str">
+      <c r="K145" s="974"/>
+      <c r="L145" s="975" t="str">
         <f>IF(Vkladani_dat!G100=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M145" s="958"/>
-      <c r="N145" s="957" t="str">
+      <c r="M145" s="976"/>
+      <c r="N145" s="975" t="str">
         <f>IF(Vkladani_dat!G100=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O145" s="959"/>
-[...1 lines deleted...]
-      <c r="Q145" s="888" t="s">
+      <c r="O145" s="977"/>
+      <c r="P145" s="146"/>
+      <c r="Q145" s="908" t="s">
         <v>211</v>
       </c>
-      <c r="R145" s="860"/>
-[...8 lines deleted...]
-      <c r="AA145" s="838">
+      <c r="R145" s="835"/>
+      <c r="S145" s="835"/>
+      <c r="T145" s="835"/>
+      <c r="U145" s="835"/>
+      <c r="V145" s="835"/>
+      <c r="W145" s="835"/>
+      <c r="X145" s="835"/>
+      <c r="Y145" s="835"/>
+      <c r="Z145" s="836"/>
+      <c r="AA145" s="827">
         <v>712</v>
       </c>
-      <c r="AB145" s="869"/>
-[...1 lines deleted...]
-      <c r="AD145" s="548">
+      <c r="AB145" s="844"/>
+      <c r="AC145" s="845"/>
+      <c r="AD145" s="691">
         <f>Vkladani_dat!G147</f>
         <v>0</v>
       </c>
-      <c r="AE145" s="825"/>
-[...2 lines deleted...]
-      <c r="AH145" s="826"/>
+      <c r="AE145" s="852"/>
+      <c r="AF145" s="852"/>
+      <c r="AG145" s="852"/>
+      <c r="AH145" s="853"/>
     </row>
     <row r="146" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="956"/>
-[...32 lines deleted...]
-      <c r="AH146" s="829"/>
+      <c r="A146" s="980"/>
+      <c r="B146" s="979"/>
+      <c r="C146" s="979"/>
+      <c r="D146" s="979"/>
+      <c r="E146" s="979"/>
+      <c r="F146" s="979"/>
+      <c r="G146" s="979"/>
+      <c r="H146" s="979"/>
+      <c r="I146" s="979"/>
+      <c r="J146" s="974"/>
+      <c r="K146" s="974"/>
+      <c r="L146" s="976"/>
+      <c r="M146" s="976"/>
+      <c r="N146" s="976"/>
+      <c r="O146" s="977"/>
+      <c r="P146" s="146"/>
+      <c r="Q146" s="837"/>
+      <c r="R146" s="838"/>
+      <c r="S146" s="838"/>
+      <c r="T146" s="838"/>
+      <c r="U146" s="838"/>
+      <c r="V146" s="838"/>
+      <c r="W146" s="838"/>
+      <c r="X146" s="838"/>
+      <c r="Y146" s="838"/>
+      <c r="Z146" s="839"/>
+      <c r="AA146" s="846"/>
+      <c r="AB146" s="847"/>
+      <c r="AC146" s="848"/>
+      <c r="AD146" s="854"/>
+      <c r="AE146" s="855"/>
+      <c r="AF146" s="855"/>
+      <c r="AG146" s="855"/>
+      <c r="AH146" s="856"/>
     </row>
     <row r="147" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="954" t="s">
+      <c r="A147" s="978" t="s">
         <v>189</v>
       </c>
-      <c r="B147" s="955"/>
-[...7 lines deleted...]
-      <c r="J147" s="554">
+      <c r="B147" s="979"/>
+      <c r="C147" s="979"/>
+      <c r="D147" s="979"/>
+      <c r="E147" s="979"/>
+      <c r="F147" s="979"/>
+      <c r="G147" s="979"/>
+      <c r="H147" s="979"/>
+      <c r="I147" s="979"/>
+      <c r="J147" s="550">
         <v>502</v>
       </c>
-      <c r="K147" s="953"/>
-      <c r="L147" s="957" t="str">
+      <c r="K147" s="974"/>
+      <c r="L147" s="975" t="str">
         <f>IF(Vkladani_dat!G101=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M147" s="958"/>
-      <c r="N147" s="957" t="str">
+      <c r="M147" s="976"/>
+      <c r="N147" s="975" t="str">
         <f>IF(Vkladani_dat!G101=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O147" s="959"/>
-[...18 lines deleted...]
-      <c r="AH147" s="832"/>
+      <c r="O147" s="977"/>
+      <c r="P147" s="146"/>
+      <c r="Q147" s="840"/>
+      <c r="R147" s="841"/>
+      <c r="S147" s="841"/>
+      <c r="T147" s="841"/>
+      <c r="U147" s="841"/>
+      <c r="V147" s="841"/>
+      <c r="W147" s="841"/>
+      <c r="X147" s="841"/>
+      <c r="Y147" s="841"/>
+      <c r="Z147" s="842"/>
+      <c r="AA147" s="849"/>
+      <c r="AB147" s="850"/>
+      <c r="AC147" s="851"/>
+      <c r="AD147" s="857"/>
+      <c r="AE147" s="858"/>
+      <c r="AF147" s="858"/>
+      <c r="AG147" s="858"/>
+      <c r="AH147" s="859"/>
     </row>
     <row r="148" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="956"/>
-[...15 lines deleted...]
-      <c r="Q148" s="888" t="s">
+      <c r="A148" s="980"/>
+      <c r="B148" s="979"/>
+      <c r="C148" s="979"/>
+      <c r="D148" s="979"/>
+      <c r="E148" s="979"/>
+      <c r="F148" s="979"/>
+      <c r="G148" s="979"/>
+      <c r="H148" s="979"/>
+      <c r="I148" s="979"/>
+      <c r="J148" s="974"/>
+      <c r="K148" s="974"/>
+      <c r="L148" s="976"/>
+      <c r="M148" s="976"/>
+      <c r="N148" s="976"/>
+      <c r="O148" s="977"/>
+      <c r="P148" s="146"/>
+      <c r="Q148" s="908" t="s">
         <v>212</v>
       </c>
-      <c r="R148" s="860"/>
-[...8 lines deleted...]
-      <c r="AA148" s="544">
+      <c r="R148" s="835"/>
+      <c r="S148" s="835"/>
+      <c r="T148" s="835"/>
+      <c r="U148" s="835"/>
+      <c r="V148" s="835"/>
+      <c r="W148" s="835"/>
+      <c r="X148" s="835"/>
+      <c r="Y148" s="835"/>
+      <c r="Z148" s="836"/>
+      <c r="AA148" s="715">
         <v>713</v>
       </c>
-      <c r="AB148" s="869"/>
-[...1 lines deleted...]
-      <c r="AD148" s="548">
+      <c r="AB148" s="844"/>
+      <c r="AC148" s="845"/>
+      <c r="AD148" s="691">
         <f>Vkladani_dat!G148</f>
         <v>0</v>
       </c>
-      <c r="AE148" s="825"/>
-[...2 lines deleted...]
-      <c r="AH148" s="826"/>
+      <c r="AE148" s="852"/>
+      <c r="AF148" s="852"/>
+      <c r="AG148" s="852"/>
+      <c r="AH148" s="853"/>
     </row>
     <row r="149" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="960" t="s">
+      <c r="A149" s="478" t="s">
         <v>417</v>
       </c>
-      <c r="B149" s="490" t="s">
+      <c r="B149" s="498" t="s">
         <v>466</v>
       </c>
-      <c r="C149" s="292"/>
-[...6 lines deleted...]
-      <c r="J149" s="554">
+      <c r="C149" s="285"/>
+      <c r="D149" s="285"/>
+      <c r="E149" s="285"/>
+      <c r="F149" s="285"/>
+      <c r="G149" s="285"/>
+      <c r="H149" s="285"/>
+      <c r="I149" s="285"/>
+      <c r="J149" s="550">
         <v>503</v>
       </c>
-      <c r="K149" s="953"/>
-      <c r="L149" s="425">
+      <c r="K149" s="974"/>
+      <c r="L149" s="393">
         <f>Vkladani_dat!G102</f>
         <v>0</v>
       </c>
-      <c r="M149" s="486"/>
-[...20 lines deleted...]
-      <c r="AH149" s="829"/>
+      <c r="M149" s="462"/>
+      <c r="N149" s="462"/>
+      <c r="O149" s="552"/>
+      <c r="P149" s="146"/>
+      <c r="Q149" s="837"/>
+      <c r="R149" s="838"/>
+      <c r="S149" s="838"/>
+      <c r="T149" s="838"/>
+      <c r="U149" s="838"/>
+      <c r="V149" s="838"/>
+      <c r="W149" s="838"/>
+      <c r="X149" s="838"/>
+      <c r="Y149" s="838"/>
+      <c r="Z149" s="839"/>
+      <c r="AA149" s="846"/>
+      <c r="AB149" s="847"/>
+      <c r="AC149" s="848"/>
+      <c r="AD149" s="854"/>
+      <c r="AE149" s="855"/>
+      <c r="AF149" s="855"/>
+      <c r="AG149" s="855"/>
+      <c r="AH149" s="856"/>
     </row>
     <row r="150" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="961"/>
-[...32 lines deleted...]
-      <c r="AH150" s="832"/>
+      <c r="A150" s="479"/>
+      <c r="B150" s="285"/>
+      <c r="C150" s="285"/>
+      <c r="D150" s="285"/>
+      <c r="E150" s="285"/>
+      <c r="F150" s="285"/>
+      <c r="G150" s="285"/>
+      <c r="H150" s="285"/>
+      <c r="I150" s="285"/>
+      <c r="J150" s="974"/>
+      <c r="K150" s="974"/>
+      <c r="L150" s="462"/>
+      <c r="M150" s="462"/>
+      <c r="N150" s="462"/>
+      <c r="O150" s="552"/>
+      <c r="P150" s="146"/>
+      <c r="Q150" s="840"/>
+      <c r="R150" s="841"/>
+      <c r="S150" s="841"/>
+      <c r="T150" s="841"/>
+      <c r="U150" s="841"/>
+      <c r="V150" s="841"/>
+      <c r="W150" s="841"/>
+      <c r="X150" s="841"/>
+      <c r="Y150" s="841"/>
+      <c r="Z150" s="842"/>
+      <c r="AA150" s="849"/>
+      <c r="AB150" s="850"/>
+      <c r="AC150" s="851"/>
+      <c r="AD150" s="857"/>
+      <c r="AE150" s="858"/>
+      <c r="AF150" s="858"/>
+      <c r="AG150" s="858"/>
+      <c r="AH150" s="859"/>
     </row>
     <row r="151" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="961"/>
-      <c r="B151" s="452" t="s">
+      <c r="A151" s="479"/>
+      <c r="B151" s="491" t="s">
         <v>467</v>
       </c>
-      <c r="C151" s="491"/>
-[...6 lines deleted...]
-      <c r="J151" s="421">
+      <c r="C151" s="499"/>
+      <c r="D151" s="499"/>
+      <c r="E151" s="499"/>
+      <c r="F151" s="499"/>
+      <c r="G151" s="499"/>
+      <c r="H151" s="499"/>
+      <c r="I151" s="499"/>
+      <c r="J151" s="405">
         <v>504</v>
       </c>
-      <c r="K151" s="485"/>
-      <c r="L151" s="425">
+      <c r="K151" s="460"/>
+      <c r="L151" s="393">
         <f>Vkladani_dat!G103</f>
         <v>0</v>
       </c>
-      <c r="M151" s="487"/>
-[...3 lines deleted...]
-      <c r="Q151" s="888" t="s">
+      <c r="M151" s="463"/>
+      <c r="N151" s="463"/>
+      <c r="O151" s="464"/>
+      <c r="P151" s="146"/>
+      <c r="Q151" s="908" t="s">
         <v>213</v>
       </c>
-      <c r="R151" s="889"/>
-[...8 lines deleted...]
-      <c r="AA151" s="554">
+      <c r="R151" s="909"/>
+      <c r="S151" s="909"/>
+      <c r="T151" s="909"/>
+      <c r="U151" s="909"/>
+      <c r="V151" s="909"/>
+      <c r="W151" s="909"/>
+      <c r="X151" s="909"/>
+      <c r="Y151" s="909"/>
+      <c r="Z151" s="910"/>
+      <c r="AA151" s="550">
         <v>714</v>
       </c>
-      <c r="AB151" s="421"/>
-[...1 lines deleted...]
-      <c r="AD151" s="964">
+      <c r="AB151" s="405"/>
+      <c r="AC151" s="405"/>
+      <c r="AD151" s="981">
         <f>Vkladani_dat!G149</f>
         <v>0</v>
       </c>
-      <c r="AE151" s="510"/>
-[...2 lines deleted...]
-      <c r="AH151" s="965"/>
+      <c r="AE151" s="537"/>
+      <c r="AF151" s="537"/>
+      <c r="AG151" s="537"/>
+      <c r="AH151" s="982"/>
     </row>
     <row r="152" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="961"/>
-[...32 lines deleted...]
-      <c r="AH152" s="965"/>
+      <c r="A152" s="479"/>
+      <c r="B152" s="499"/>
+      <c r="C152" s="499"/>
+      <c r="D152" s="499"/>
+      <c r="E152" s="499"/>
+      <c r="F152" s="499"/>
+      <c r="G152" s="499"/>
+      <c r="H152" s="499"/>
+      <c r="I152" s="499"/>
+      <c r="J152" s="460"/>
+      <c r="K152" s="460"/>
+      <c r="L152" s="463"/>
+      <c r="M152" s="463"/>
+      <c r="N152" s="463"/>
+      <c r="O152" s="464"/>
+      <c r="P152" s="146"/>
+      <c r="Q152" s="911"/>
+      <c r="R152" s="912"/>
+      <c r="S152" s="912"/>
+      <c r="T152" s="912"/>
+      <c r="U152" s="912"/>
+      <c r="V152" s="912"/>
+      <c r="W152" s="912"/>
+      <c r="X152" s="912"/>
+      <c r="Y152" s="912"/>
+      <c r="Z152" s="913"/>
+      <c r="AA152" s="405"/>
+      <c r="AB152" s="405"/>
+      <c r="AC152" s="405"/>
+      <c r="AD152" s="983"/>
+      <c r="AE152" s="537"/>
+      <c r="AF152" s="537"/>
+      <c r="AG152" s="537"/>
+      <c r="AH152" s="982"/>
     </row>
     <row r="153" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="961"/>
-[...32 lines deleted...]
-      <c r="AH153" s="965"/>
+      <c r="A153" s="479"/>
+      <c r="B153" s="499"/>
+      <c r="C153" s="499"/>
+      <c r="D153" s="499"/>
+      <c r="E153" s="499"/>
+      <c r="F153" s="499"/>
+      <c r="G153" s="499"/>
+      <c r="H153" s="499"/>
+      <c r="I153" s="499"/>
+      <c r="J153" s="460"/>
+      <c r="K153" s="460"/>
+      <c r="L153" s="463"/>
+      <c r="M153" s="463"/>
+      <c r="N153" s="463"/>
+      <c r="O153" s="464"/>
+      <c r="P153" s="146"/>
+      <c r="Q153" s="914"/>
+      <c r="R153" s="915"/>
+      <c r="S153" s="915"/>
+      <c r="T153" s="915"/>
+      <c r="U153" s="915"/>
+      <c r="V153" s="915"/>
+      <c r="W153" s="915"/>
+      <c r="X153" s="915"/>
+      <c r="Y153" s="915"/>
+      <c r="Z153" s="916"/>
+      <c r="AA153" s="405"/>
+      <c r="AB153" s="405"/>
+      <c r="AC153" s="405"/>
+      <c r="AD153" s="983"/>
+      <c r="AE153" s="537"/>
+      <c r="AF153" s="537"/>
+      <c r="AG153" s="537"/>
+      <c r="AH153" s="982"/>
     </row>
     <row r="154" spans="1:34" ht="6.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="961"/>
-[...15 lines deleted...]
-      <c r="Q154" s="765" t="s">
+      <c r="A154" s="479"/>
+      <c r="B154" s="499"/>
+      <c r="C154" s="499"/>
+      <c r="D154" s="499"/>
+      <c r="E154" s="499"/>
+      <c r="F154" s="499"/>
+      <c r="G154" s="499"/>
+      <c r="H154" s="499"/>
+      <c r="I154" s="499"/>
+      <c r="J154" s="461"/>
+      <c r="K154" s="461"/>
+      <c r="L154" s="463"/>
+      <c r="M154" s="463"/>
+      <c r="N154" s="463"/>
+      <c r="O154" s="464"/>
+      <c r="P154" s="146"/>
+      <c r="Q154" s="773" t="s">
         <v>214</v>
       </c>
-      <c r="R154" s="766"/>
-[...8 lines deleted...]
-      <c r="AA154" s="554">
+      <c r="R154" s="774"/>
+      <c r="S154" s="774"/>
+      <c r="T154" s="774"/>
+      <c r="U154" s="774"/>
+      <c r="V154" s="774"/>
+      <c r="W154" s="774"/>
+      <c r="X154" s="774"/>
+      <c r="Y154" s="774"/>
+      <c r="Z154" s="401"/>
+      <c r="AA154" s="550">
         <v>715</v>
       </c>
-      <c r="AB154" s="421"/>
-[...1 lines deleted...]
-      <c r="AD154" s="964">
+      <c r="AB154" s="405"/>
+      <c r="AC154" s="405"/>
+      <c r="AD154" s="981">
         <f>Vkladani_dat!G150</f>
         <v>0</v>
       </c>
-      <c r="AE154" s="510"/>
-[...2 lines deleted...]
-      <c r="AH154" s="965"/>
+      <c r="AE154" s="537"/>
+      <c r="AF154" s="537"/>
+      <c r="AG154" s="537"/>
+      <c r="AH154" s="982"/>
     </row>
     <row r="155" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="961"/>
-      <c r="B155" s="492" t="s">
+      <c r="A155" s="479"/>
+      <c r="B155" s="500" t="s">
         <v>465</v>
       </c>
-      <c r="C155" s="301"/>
-[...6 lines deleted...]
-      <c r="J155" s="485">
+      <c r="C155" s="321"/>
+      <c r="D155" s="321"/>
+      <c r="E155" s="321"/>
+      <c r="F155" s="321"/>
+      <c r="G155" s="321"/>
+      <c r="H155" s="321"/>
+      <c r="I155" s="321"/>
+      <c r="J155" s="460">
         <v>505</v>
       </c>
-      <c r="K155" s="445"/>
-      <c r="L155" s="486">
+      <c r="K155" s="461"/>
+      <c r="L155" s="462">
         <f>Vkladani_dat!G104</f>
         <v>0</v>
       </c>
-      <c r="M155" s="487"/>
-[...20 lines deleted...]
-      <c r="AH155" s="965"/>
+      <c r="M155" s="463"/>
+      <c r="N155" s="463"/>
+      <c r="O155" s="464"/>
+      <c r="P155" s="146"/>
+      <c r="Q155" s="776"/>
+      <c r="R155" s="777"/>
+      <c r="S155" s="777"/>
+      <c r="T155" s="777"/>
+      <c r="U155" s="777"/>
+      <c r="V155" s="777"/>
+      <c r="W155" s="777"/>
+      <c r="X155" s="777"/>
+      <c r="Y155" s="777"/>
+      <c r="Z155" s="404"/>
+      <c r="AA155" s="405"/>
+      <c r="AB155" s="405"/>
+      <c r="AC155" s="405"/>
+      <c r="AD155" s="983"/>
+      <c r="AE155" s="537"/>
+      <c r="AF155" s="537"/>
+      <c r="AG155" s="537"/>
+      <c r="AH155" s="982"/>
     </row>
     <row r="156" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="961"/>
-[...15 lines deleted...]
-      <c r="Q156" s="765" t="s">
+      <c r="A156" s="479"/>
+      <c r="B156" s="321"/>
+      <c r="C156" s="321"/>
+      <c r="D156" s="321"/>
+      <c r="E156" s="321"/>
+      <c r="F156" s="321"/>
+      <c r="G156" s="321"/>
+      <c r="H156" s="321"/>
+      <c r="I156" s="321"/>
+      <c r="J156" s="461"/>
+      <c r="K156" s="461"/>
+      <c r="L156" s="463"/>
+      <c r="M156" s="463"/>
+      <c r="N156" s="463"/>
+      <c r="O156" s="464"/>
+      <c r="P156" s="146"/>
+      <c r="Q156" s="773" t="s">
         <v>215</v>
       </c>
-      <c r="R156" s="766"/>
-[...8 lines deleted...]
-      <c r="AA156" s="554">
+      <c r="R156" s="774"/>
+      <c r="S156" s="774"/>
+      <c r="T156" s="774"/>
+      <c r="U156" s="774"/>
+      <c r="V156" s="774"/>
+      <c r="W156" s="774"/>
+      <c r="X156" s="774"/>
+      <c r="Y156" s="774"/>
+      <c r="Z156" s="401"/>
+      <c r="AA156" s="550">
         <v>716</v>
       </c>
-      <c r="AB156" s="421"/>
-[...1 lines deleted...]
-      <c r="AD156" s="964">
+      <c r="AB156" s="405"/>
+      <c r="AC156" s="405"/>
+      <c r="AD156" s="981">
         <f>Vkladani_dat!G151</f>
         <v>0</v>
       </c>
-      <c r="AE156" s="510"/>
-[...2 lines deleted...]
-      <c r="AH156" s="965"/>
+      <c r="AE156" s="537"/>
+      <c r="AF156" s="537"/>
+      <c r="AG156" s="537"/>
+      <c r="AH156" s="982"/>
     </row>
     <row r="157" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="961"/>
-      <c r="B157" s="493" t="s">
+      <c r="A157" s="479"/>
+      <c r="B157" s="482" t="s">
         <v>468</v>
       </c>
-      <c r="C157" s="492"/>
-[...6 lines deleted...]
-      <c r="J157" s="421">
+      <c r="C157" s="500"/>
+      <c r="D157" s="500"/>
+      <c r="E157" s="500"/>
+      <c r="F157" s="500"/>
+      <c r="G157" s="500"/>
+      <c r="H157" s="500"/>
+      <c r="I157" s="500"/>
+      <c r="J157" s="405">
         <v>506</v>
       </c>
-      <c r="K157" s="485"/>
-      <c r="L157" s="425">
+      <c r="K157" s="460"/>
+      <c r="L157" s="393">
         <f>Vkladani_dat!G105</f>
         <v>0</v>
       </c>
-      <c r="M157" s="486"/>
-[...20 lines deleted...]
-      <c r="AH157" s="965"/>
+      <c r="M157" s="462"/>
+      <c r="N157" s="462"/>
+      <c r="O157" s="552"/>
+      <c r="P157" s="146"/>
+      <c r="Q157" s="776"/>
+      <c r="R157" s="777"/>
+      <c r="S157" s="777"/>
+      <c r="T157" s="777"/>
+      <c r="U157" s="777"/>
+      <c r="V157" s="777"/>
+      <c r="W157" s="777"/>
+      <c r="X157" s="777"/>
+      <c r="Y157" s="777"/>
+      <c r="Z157" s="404"/>
+      <c r="AA157" s="405"/>
+      <c r="AB157" s="405"/>
+      <c r="AC157" s="405"/>
+      <c r="AD157" s="983"/>
+      <c r="AE157" s="537"/>
+      <c r="AF157" s="537"/>
+      <c r="AG157" s="537"/>
+      <c r="AH157" s="982"/>
     </row>
     <row r="158" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="961"/>
-[...15 lines deleted...]
-      <c r="Q158" s="765" t="s">
+      <c r="A158" s="479"/>
+      <c r="B158" s="500"/>
+      <c r="C158" s="500"/>
+      <c r="D158" s="500"/>
+      <c r="E158" s="500"/>
+      <c r="F158" s="500"/>
+      <c r="G158" s="500"/>
+      <c r="H158" s="500"/>
+      <c r="I158" s="500"/>
+      <c r="J158" s="460"/>
+      <c r="K158" s="460"/>
+      <c r="L158" s="462"/>
+      <c r="M158" s="462"/>
+      <c r="N158" s="462"/>
+      <c r="O158" s="552"/>
+      <c r="P158" s="146"/>
+      <c r="Q158" s="773" t="s">
         <v>207</v>
       </c>
-      <c r="R158" s="766"/>
-[...8 lines deleted...]
-      <c r="AA158" s="554">
+      <c r="R158" s="774"/>
+      <c r="S158" s="774"/>
+      <c r="T158" s="774"/>
+      <c r="U158" s="774"/>
+      <c r="V158" s="774"/>
+      <c r="W158" s="774"/>
+      <c r="X158" s="774"/>
+      <c r="Y158" s="774"/>
+      <c r="Z158" s="401"/>
+      <c r="AA158" s="550">
         <v>717</v>
       </c>
-      <c r="AB158" s="421"/>
-[...1 lines deleted...]
-      <c r="AD158" s="964">
+      <c r="AB158" s="405"/>
+      <c r="AC158" s="405"/>
+      <c r="AD158" s="981">
         <f>Vkladani_dat!G152</f>
         <v>0</v>
       </c>
-      <c r="AE158" s="510"/>
-[...2 lines deleted...]
-      <c r="AH158" s="965"/>
+      <c r="AE158" s="537"/>
+      <c r="AF158" s="537"/>
+      <c r="AG158" s="537"/>
+      <c r="AH158" s="982"/>
     </row>
     <row r="159" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="961"/>
-      <c r="B159" s="963" t="s">
+      <c r="A159" s="479"/>
+      <c r="B159" s="481" t="s">
         <v>469</v>
       </c>
-      <c r="C159" s="306"/>
-[...6 lines deleted...]
-      <c r="J159" s="421">
+      <c r="C159" s="312"/>
+      <c r="D159" s="312"/>
+      <c r="E159" s="312"/>
+      <c r="F159" s="312"/>
+      <c r="G159" s="312"/>
+      <c r="H159" s="312"/>
+      <c r="I159" s="312"/>
+      <c r="J159" s="405">
         <v>507</v>
       </c>
-      <c r="K159" s="485"/>
-      <c r="L159" s="425">
+      <c r="K159" s="460"/>
+      <c r="L159" s="393">
         <f>Vkladani_dat!G106</f>
         <v>0</v>
       </c>
-      <c r="M159" s="486"/>
-[...20 lines deleted...]
-      <c r="AH159" s="965"/>
+      <c r="M159" s="462"/>
+      <c r="N159" s="462"/>
+      <c r="O159" s="552"/>
+      <c r="P159" s="146"/>
+      <c r="Q159" s="776"/>
+      <c r="R159" s="777"/>
+      <c r="S159" s="777"/>
+      <c r="T159" s="777"/>
+      <c r="U159" s="777"/>
+      <c r="V159" s="777"/>
+      <c r="W159" s="777"/>
+      <c r="X159" s="777"/>
+      <c r="Y159" s="777"/>
+      <c r="Z159" s="404"/>
+      <c r="AA159" s="405"/>
+      <c r="AB159" s="405"/>
+      <c r="AC159" s="405"/>
+      <c r="AD159" s="983"/>
+      <c r="AE159" s="537"/>
+      <c r="AF159" s="537"/>
+      <c r="AG159" s="537"/>
+      <c r="AH159" s="982"/>
     </row>
     <row r="160" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="961"/>
-[...15 lines deleted...]
-      <c r="Q160" s="983" t="s">
+      <c r="A160" s="479"/>
+      <c r="B160" s="312"/>
+      <c r="C160" s="312"/>
+      <c r="D160" s="312"/>
+      <c r="E160" s="312"/>
+      <c r="F160" s="312"/>
+      <c r="G160" s="312"/>
+      <c r="H160" s="312"/>
+      <c r="I160" s="312"/>
+      <c r="J160" s="460"/>
+      <c r="K160" s="460"/>
+      <c r="L160" s="462"/>
+      <c r="M160" s="462"/>
+      <c r="N160" s="462"/>
+      <c r="O160" s="552"/>
+      <c r="P160" s="146"/>
+      <c r="Q160" s="984" t="s">
+        <v>511</v>
+      </c>
+      <c r="R160" s="985"/>
+      <c r="S160" s="985"/>
+      <c r="T160" s="985"/>
+      <c r="U160" s="985"/>
+      <c r="V160" s="985"/>
+      <c r="W160" s="985"/>
+      <c r="X160" s="985"/>
+      <c r="Y160" s="985"/>
+      <c r="Z160" s="419"/>
+      <c r="AA160" s="550">
+        <v>718</v>
+      </c>
+      <c r="AB160" s="991"/>
+      <c r="AC160" s="991"/>
+      <c r="AD160" s="691">
+        <f>Vkladani_dat!G153</f>
+        <v>0</v>
+      </c>
+      <c r="AE160" s="993"/>
+      <c r="AF160" s="993"/>
+      <c r="AG160" s="993"/>
+      <c r="AH160" s="994"/>
+    </row>
+    <row r="161" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="479"/>
+      <c r="B161" s="312"/>
+      <c r="C161" s="312"/>
+      <c r="D161" s="312"/>
+      <c r="E161" s="312"/>
+      <c r="F161" s="312"/>
+      <c r="G161" s="312"/>
+      <c r="H161" s="312"/>
+      <c r="I161" s="312"/>
+      <c r="J161" s="460"/>
+      <c r="K161" s="460"/>
+      <c r="L161" s="462"/>
+      <c r="M161" s="462"/>
+      <c r="N161" s="462"/>
+      <c r="O161" s="552"/>
+      <c r="P161" s="146"/>
+      <c r="Q161" s="986"/>
+      <c r="R161" s="987"/>
+      <c r="S161" s="987"/>
+      <c r="T161" s="987"/>
+      <c r="U161" s="987"/>
+      <c r="V161" s="987"/>
+      <c r="W161" s="987"/>
+      <c r="X161" s="987"/>
+      <c r="Y161" s="987"/>
+      <c r="Z161" s="422"/>
+      <c r="AA161" s="991"/>
+      <c r="AB161" s="991"/>
+      <c r="AC161" s="991"/>
+      <c r="AD161" s="995"/>
+      <c r="AE161" s="800"/>
+      <c r="AF161" s="800"/>
+      <c r="AG161" s="800"/>
+      <c r="AH161" s="996"/>
+    </row>
+    <row r="162" spans="1:34" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="479"/>
+      <c r="B162" s="481" t="s">
+        <v>470</v>
+      </c>
+      <c r="C162" s="321"/>
+      <c r="D162" s="321"/>
+      <c r="E162" s="321"/>
+      <c r="F162" s="321"/>
+      <c r="G162" s="321"/>
+      <c r="H162" s="321"/>
+      <c r="I162" s="321"/>
+      <c r="J162" s="578">
+        <v>508</v>
+      </c>
+      <c r="K162" s="1000"/>
+      <c r="L162" s="1001">
+        <f>Vkladani_dat!G107</f>
+        <v>0</v>
+      </c>
+      <c r="M162" s="1001"/>
+      <c r="N162" s="1001"/>
+      <c r="O162" s="1002"/>
+      <c r="P162" s="146"/>
+      <c r="Q162" s="988"/>
+      <c r="R162" s="989"/>
+      <c r="S162" s="989"/>
+      <c r="T162" s="989"/>
+      <c r="U162" s="989"/>
+      <c r="V162" s="989"/>
+      <c r="W162" s="989"/>
+      <c r="X162" s="989"/>
+      <c r="Y162" s="989"/>
+      <c r="Z162" s="990"/>
+      <c r="AA162" s="992"/>
+      <c r="AB162" s="992"/>
+      <c r="AC162" s="992"/>
+      <c r="AD162" s="997"/>
+      <c r="AE162" s="998"/>
+      <c r="AF162" s="998"/>
+      <c r="AG162" s="998"/>
+      <c r="AH162" s="999"/>
+    </row>
+    <row r="163" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="479"/>
+      <c r="B163" s="321"/>
+      <c r="C163" s="321"/>
+      <c r="D163" s="321"/>
+      <c r="E163" s="321"/>
+      <c r="F163" s="321"/>
+      <c r="G163" s="321"/>
+      <c r="H163" s="321"/>
+      <c r="I163" s="321"/>
+      <c r="J163" s="1000"/>
+      <c r="K163" s="1000"/>
+      <c r="L163" s="1001"/>
+      <c r="M163" s="1001"/>
+      <c r="N163" s="1001"/>
+      <c r="O163" s="1002"/>
+      <c r="P163" s="146"/>
+      <c r="Q163" s="1003"/>
+      <c r="R163" s="1003"/>
+      <c r="S163" s="1003"/>
+      <c r="T163" s="1003"/>
+      <c r="U163" s="1003"/>
+      <c r="V163" s="1003"/>
+      <c r="W163" s="1003"/>
+      <c r="X163" s="1003"/>
+      <c r="Y163" s="1003"/>
+      <c r="Z163" s="1004"/>
+      <c r="AA163" s="1005"/>
+      <c r="AB163" s="1005"/>
+      <c r="AC163" s="1005"/>
+      <c r="AD163" s="1006"/>
+      <c r="AE163" s="1006"/>
+      <c r="AF163" s="1006"/>
+      <c r="AG163" s="1006"/>
+      <c r="AH163" s="1006"/>
+    </row>
+    <row r="164" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="479"/>
+      <c r="B164" s="482" t="s">
+        <v>471</v>
+      </c>
+      <c r="C164" s="321"/>
+      <c r="D164" s="321"/>
+      <c r="E164" s="321"/>
+      <c r="F164" s="321"/>
+      <c r="G164" s="321"/>
+      <c r="H164" s="321"/>
+      <c r="I164" s="321"/>
+      <c r="J164" s="405">
+        <v>509</v>
+      </c>
+      <c r="K164" s="461"/>
+      <c r="L164" s="393">
+        <f>Vkladani_dat!G108</f>
+        <v>0</v>
+      </c>
+      <c r="M164" s="463"/>
+      <c r="N164" s="463"/>
+      <c r="O164" s="464"/>
+      <c r="P164" s="146"/>
+      <c r="Q164" s="554" t="s">
+        <v>217</v>
+      </c>
+      <c r="R164" s="554"/>
+      <c r="S164" s="554"/>
+      <c r="T164" s="554"/>
+      <c r="U164" s="554"/>
+      <c r="V164" s="554"/>
+      <c r="W164" s="554"/>
+      <c r="X164" s="554"/>
+      <c r="Y164" s="554"/>
+      <c r="Z164" s="554"/>
+      <c r="AA164" s="554"/>
+      <c r="AB164" s="554"/>
+      <c r="AC164" s="554"/>
+      <c r="AD164" s="554"/>
+      <c r="AE164" s="554"/>
+      <c r="AF164" s="554"/>
+      <c r="AG164" s="554"/>
+      <c r="AH164" s="554"/>
+    </row>
+    <row r="165" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="479"/>
+      <c r="B165" s="321"/>
+      <c r="C165" s="321"/>
+      <c r="D165" s="321"/>
+      <c r="E165" s="321"/>
+      <c r="F165" s="321"/>
+      <c r="G165" s="321"/>
+      <c r="H165" s="321"/>
+      <c r="I165" s="321"/>
+      <c r="J165" s="461"/>
+      <c r="K165" s="461"/>
+      <c r="L165" s="463"/>
+      <c r="M165" s="463"/>
+      <c r="N165" s="463"/>
+      <c r="O165" s="464"/>
+      <c r="P165" s="146"/>
+      <c r="Q165" s="554"/>
+      <c r="R165" s="554"/>
+      <c r="S165" s="554"/>
+      <c r="T165" s="554"/>
+      <c r="U165" s="554"/>
+      <c r="V165" s="554"/>
+      <c r="W165" s="554"/>
+      <c r="X165" s="554"/>
+      <c r="Y165" s="554"/>
+      <c r="Z165" s="554"/>
+      <c r="AA165" s="554"/>
+      <c r="AB165" s="554"/>
+      <c r="AC165" s="554"/>
+      <c r="AD165" s="554"/>
+      <c r="AE165" s="554"/>
+      <c r="AF165" s="554"/>
+      <c r="AG165" s="554"/>
+      <c r="AH165" s="554"/>
+    </row>
+    <row r="166" spans="1:34" ht="1.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="479"/>
+      <c r="B166" s="321"/>
+      <c r="C166" s="321"/>
+      <c r="D166" s="321"/>
+      <c r="E166" s="321"/>
+      <c r="F166" s="321"/>
+      <c r="G166" s="321"/>
+      <c r="H166" s="321"/>
+      <c r="I166" s="321"/>
+      <c r="J166" s="461"/>
+      <c r="K166" s="461"/>
+      <c r="L166" s="463"/>
+      <c r="M166" s="463"/>
+      <c r="N166" s="463"/>
+      <c r="O166" s="464"/>
+      <c r="P166" s="146"/>
+      <c r="Q166" s="567"/>
+      <c r="R166" s="567"/>
+      <c r="S166" s="567"/>
+      <c r="T166" s="567"/>
+      <c r="U166" s="567"/>
+      <c r="V166" s="567"/>
+      <c r="W166" s="567"/>
+      <c r="X166" s="567"/>
+      <c r="Y166" s="567"/>
+      <c r="Z166" s="567"/>
+      <c r="AA166" s="567"/>
+      <c r="AB166" s="567"/>
+      <c r="AC166" s="567"/>
+      <c r="AD166" s="567"/>
+      <c r="AE166" s="567"/>
+      <c r="AF166" s="567"/>
+      <c r="AG166" s="567"/>
+      <c r="AH166" s="567"/>
+    </row>
+    <row r="167" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="479"/>
+      <c r="B167" s="966" t="s">
+        <v>472</v>
+      </c>
+      <c r="C167" s="285"/>
+      <c r="D167" s="285"/>
+      <c r="E167" s="285"/>
+      <c r="F167" s="285"/>
+      <c r="G167" s="285"/>
+      <c r="H167" s="285"/>
+      <c r="I167" s="285"/>
+      <c r="J167" s="405">
+        <v>510</v>
+      </c>
+      <c r="K167" s="461"/>
+      <c r="L167" s="393">
+        <f>Vkladani_dat!G109</f>
+        <v>0</v>
+      </c>
+      <c r="M167" s="463"/>
+      <c r="N167" s="463"/>
+      <c r="O167" s="464"/>
+      <c r="P167" s="146"/>
+      <c r="Q167" s="1007"/>
+      <c r="R167" s="1008"/>
+      <c r="S167" s="1008"/>
+      <c r="T167" s="1008"/>
+      <c r="U167" s="1008"/>
+      <c r="V167" s="1008"/>
+      <c r="W167" s="1008"/>
+      <c r="X167" s="1008"/>
+      <c r="Y167" s="1008"/>
+      <c r="Z167" s="1009"/>
+      <c r="AA167" s="1013" t="s">
+        <v>265</v>
+      </c>
+      <c r="AB167" s="1014"/>
+      <c r="AC167" s="1015"/>
+      <c r="AD167" s="1013" t="s">
+        <v>274</v>
+      </c>
+      <c r="AE167" s="1014"/>
+      <c r="AF167" s="1014"/>
+      <c r="AG167" s="1014"/>
+      <c r="AH167" s="1019"/>
+    </row>
+    <row r="168" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="479"/>
+      <c r="B168" s="285"/>
+      <c r="C168" s="285"/>
+      <c r="D168" s="285"/>
+      <c r="E168" s="285"/>
+      <c r="F168" s="285"/>
+      <c r="G168" s="285"/>
+      <c r="H168" s="285"/>
+      <c r="I168" s="285"/>
+      <c r="J168" s="461"/>
+      <c r="K168" s="461"/>
+      <c r="L168" s="463"/>
+      <c r="M168" s="463"/>
+      <c r="N168" s="463"/>
+      <c r="O168" s="464"/>
+      <c r="P168" s="146"/>
+      <c r="Q168" s="1010"/>
+      <c r="R168" s="1011"/>
+      <c r="S168" s="1011"/>
+      <c r="T168" s="1011"/>
+      <c r="U168" s="1011"/>
+      <c r="V168" s="1011"/>
+      <c r="W168" s="1011"/>
+      <c r="X168" s="1011"/>
+      <c r="Y168" s="1011"/>
+      <c r="Z168" s="1012"/>
+      <c r="AA168" s="1016"/>
+      <c r="AB168" s="1017"/>
+      <c r="AC168" s="1018"/>
+      <c r="AD168" s="1016"/>
+      <c r="AE168" s="1017"/>
+      <c r="AF168" s="1017"/>
+      <c r="AG168" s="1017"/>
+      <c r="AH168" s="1020"/>
+    </row>
+    <row r="169" spans="1:34" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="479"/>
+      <c r="B169" s="285"/>
+      <c r="C169" s="285"/>
+      <c r="D169" s="285"/>
+      <c r="E169" s="285"/>
+      <c r="F169" s="285"/>
+      <c r="G169" s="285"/>
+      <c r="H169" s="285"/>
+      <c r="I169" s="285"/>
+      <c r="J169" s="461"/>
+      <c r="K169" s="461"/>
+      <c r="L169" s="463"/>
+      <c r="M169" s="463"/>
+      <c r="N169" s="463"/>
+      <c r="O169" s="464"/>
+      <c r="P169" s="146"/>
+      <c r="Q169" s="1021" t="s">
+        <v>63</v>
+      </c>
+      <c r="R169" s="1022"/>
+      <c r="S169" s="1022"/>
+      <c r="T169" s="1022"/>
+      <c r="U169" s="1022"/>
+      <c r="V169" s="1022"/>
+      <c r="W169" s="1022"/>
+      <c r="X169" s="1022"/>
+      <c r="Y169" s="1022"/>
+      <c r="Z169" s="1023"/>
+      <c r="AA169" s="1027">
+        <v>1</v>
+      </c>
+      <c r="AB169" s="1027"/>
+      <c r="AC169" s="1027"/>
+      <c r="AD169" s="1027">
+        <v>2</v>
+      </c>
+      <c r="AE169" s="1028"/>
+      <c r="AF169" s="1028"/>
+      <c r="AG169" s="1028"/>
+      <c r="AH169" s="1029"/>
+    </row>
+    <row r="170" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="479"/>
+      <c r="B170" s="966" t="s">
+        <v>473</v>
+      </c>
+      <c r="C170" s="285"/>
+      <c r="D170" s="285"/>
+      <c r="E170" s="285"/>
+      <c r="F170" s="285"/>
+      <c r="G170" s="285"/>
+      <c r="H170" s="285"/>
+      <c r="I170" s="285"/>
+      <c r="J170" s="405">
+        <v>511</v>
+      </c>
+      <c r="K170" s="461"/>
+      <c r="L170" s="393">
+        <f>Vkladani_dat!G110</f>
+        <v>0</v>
+      </c>
+      <c r="M170" s="463"/>
+      <c r="N170" s="463"/>
+      <c r="O170" s="464"/>
+      <c r="P170" s="146"/>
+      <c r="Q170" s="1024"/>
+      <c r="R170" s="1025"/>
+      <c r="S170" s="1025"/>
+      <c r="T170" s="1025"/>
+      <c r="U170" s="1025"/>
+      <c r="V170" s="1025"/>
+      <c r="W170" s="1025"/>
+      <c r="X170" s="1025"/>
+      <c r="Y170" s="1025"/>
+      <c r="Z170" s="1026"/>
+      <c r="AA170" s="1027"/>
+      <c r="AB170" s="1027"/>
+      <c r="AC170" s="1027"/>
+      <c r="AD170" s="1028"/>
+      <c r="AE170" s="1028"/>
+      <c r="AF170" s="1028"/>
+      <c r="AG170" s="1028"/>
+      <c r="AH170" s="1029"/>
+    </row>
+    <row r="171" spans="1:34" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="479"/>
+      <c r="B171" s="285"/>
+      <c r="C171" s="285"/>
+      <c r="D171" s="285"/>
+      <c r="E171" s="285"/>
+      <c r="F171" s="285"/>
+      <c r="G171" s="285"/>
+      <c r="H171" s="285"/>
+      <c r="I171" s="285"/>
+      <c r="J171" s="461"/>
+      <c r="K171" s="461"/>
+      <c r="L171" s="463"/>
+      <c r="M171" s="463"/>
+      <c r="N171" s="463"/>
+      <c r="O171" s="464"/>
+      <c r="P171" s="146"/>
+      <c r="Q171" s="399" t="s">
+        <v>219</v>
+      </c>
+      <c r="R171" s="400"/>
+      <c r="S171" s="400"/>
+      <c r="T171" s="400"/>
+      <c r="U171" s="400"/>
+      <c r="V171" s="400"/>
+      <c r="W171" s="400"/>
+      <c r="X171" s="400"/>
+      <c r="Y171" s="400"/>
+      <c r="Z171" s="401"/>
+      <c r="AA171" s="405">
+        <v>801</v>
+      </c>
+      <c r="AB171" s="405"/>
+      <c r="AC171" s="405"/>
+      <c r="AD171" s="393">
+        <f>Vkladani_dat!G158</f>
+        <v>0</v>
+      </c>
+      <c r="AE171" s="393"/>
+      <c r="AF171" s="393"/>
+      <c r="AG171" s="393"/>
+      <c r="AH171" s="394"/>
+    </row>
+    <row r="172" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="479"/>
+      <c r="B172" s="285"/>
+      <c r="C172" s="285"/>
+      <c r="D172" s="285"/>
+      <c r="E172" s="285"/>
+      <c r="F172" s="285"/>
+      <c r="G172" s="285"/>
+      <c r="H172" s="285"/>
+      <c r="I172" s="285"/>
+      <c r="J172" s="461"/>
+      <c r="K172" s="461"/>
+      <c r="L172" s="463"/>
+      <c r="M172" s="463"/>
+      <c r="N172" s="463"/>
+      <c r="O172" s="464"/>
+      <c r="P172" s="146"/>
+      <c r="Q172" s="488"/>
+      <c r="R172" s="489"/>
+      <c r="S172" s="489"/>
+      <c r="T172" s="489"/>
+      <c r="U172" s="489"/>
+      <c r="V172" s="489"/>
+      <c r="W172" s="489"/>
+      <c r="X172" s="489"/>
+      <c r="Y172" s="489"/>
+      <c r="Z172" s="490"/>
+      <c r="AA172" s="405"/>
+      <c r="AB172" s="405"/>
+      <c r="AC172" s="405"/>
+      <c r="AD172" s="393"/>
+      <c r="AE172" s="393"/>
+      <c r="AF172" s="393"/>
+      <c r="AG172" s="393"/>
+      <c r="AH172" s="394"/>
+    </row>
+    <row r="173" spans="1:34" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="479"/>
+      <c r="B173" s="1048" t="s">
+        <v>459</v>
+      </c>
+      <c r="C173" s="742"/>
+      <c r="D173" s="491" t="s">
+        <v>542</v>
+      </c>
+      <c r="E173" s="323"/>
+      <c r="F173" s="323"/>
+      <c r="G173" s="323"/>
+      <c r="H173" s="323"/>
+      <c r="I173" s="323"/>
+      <c r="J173" s="395">
+        <v>512</v>
+      </c>
+      <c r="K173" s="309"/>
+      <c r="L173" s="492">
+        <f>Vkladani_dat!G111</f>
+        <v>0</v>
+      </c>
+      <c r="M173" s="493"/>
+      <c r="N173" s="493"/>
+      <c r="O173" s="494"/>
+      <c r="P173" s="146"/>
+      <c r="Q173" s="402"/>
+      <c r="R173" s="403"/>
+      <c r="S173" s="403"/>
+      <c r="T173" s="403"/>
+      <c r="U173" s="403"/>
+      <c r="V173" s="403"/>
+      <c r="W173" s="403"/>
+      <c r="X173" s="403"/>
+      <c r="Y173" s="403"/>
+      <c r="Z173" s="404"/>
+      <c r="AA173" s="405"/>
+      <c r="AB173" s="405"/>
+      <c r="AC173" s="405"/>
+      <c r="AD173" s="393"/>
+      <c r="AE173" s="393"/>
+      <c r="AF173" s="393"/>
+      <c r="AG173" s="393"/>
+      <c r="AH173" s="394"/>
+    </row>
+    <row r="174" spans="1:34" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="479"/>
+      <c r="B174" s="742"/>
+      <c r="C174" s="742"/>
+      <c r="D174" s="323"/>
+      <c r="E174" s="323"/>
+      <c r="F174" s="323"/>
+      <c r="G174" s="323"/>
+      <c r="H174" s="323"/>
+      <c r="I174" s="323"/>
+      <c r="J174" s="309"/>
+      <c r="K174" s="309"/>
+      <c r="L174" s="493"/>
+      <c r="M174" s="493"/>
+      <c r="N174" s="493"/>
+      <c r="O174" s="494"/>
+      <c r="P174" s="146"/>
+      <c r="Q174" s="399" t="s">
+        <v>220</v>
+      </c>
+      <c r="R174" s="400"/>
+      <c r="S174" s="400"/>
+      <c r="T174" s="400"/>
+      <c r="U174" s="400"/>
+      <c r="V174" s="400"/>
+      <c r="W174" s="400"/>
+      <c r="X174" s="400"/>
+      <c r="Y174" s="400"/>
+      <c r="Z174" s="401"/>
+      <c r="AA174" s="405">
+        <v>802</v>
+      </c>
+      <c r="AB174" s="405"/>
+      <c r="AC174" s="405"/>
+      <c r="AD174" s="393">
+        <f>Vkladani_dat!G159</f>
+        <v>0</v>
+      </c>
+      <c r="AE174" s="393"/>
+      <c r="AF174" s="393"/>
+      <c r="AG174" s="393"/>
+      <c r="AH174" s="394"/>
+    </row>
+    <row r="175" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="479"/>
+      <c r="B175" s="742"/>
+      <c r="C175" s="742"/>
+      <c r="D175" s="323"/>
+      <c r="E175" s="323"/>
+      <c r="F175" s="323"/>
+      <c r="G175" s="323"/>
+      <c r="H175" s="323"/>
+      <c r="I175" s="323"/>
+      <c r="J175" s="309"/>
+      <c r="K175" s="309"/>
+      <c r="L175" s="493"/>
+      <c r="M175" s="493"/>
+      <c r="N175" s="493"/>
+      <c r="O175" s="494"/>
+      <c r="P175" s="146"/>
+      <c r="Q175" s="488"/>
+      <c r="R175" s="489"/>
+      <c r="S175" s="489"/>
+      <c r="T175" s="489"/>
+      <c r="U175" s="489"/>
+      <c r="V175" s="489"/>
+      <c r="W175" s="489"/>
+      <c r="X175" s="489"/>
+      <c r="Y175" s="489"/>
+      <c r="Z175" s="490"/>
+      <c r="AA175" s="405"/>
+      <c r="AB175" s="405"/>
+      <c r="AC175" s="405"/>
+      <c r="AD175" s="393"/>
+      <c r="AE175" s="393"/>
+      <c r="AF175" s="393"/>
+      <c r="AG175" s="393"/>
+      <c r="AH175" s="394"/>
+    </row>
+    <row r="176" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="479"/>
+      <c r="B176" s="742"/>
+      <c r="C176" s="742"/>
+      <c r="D176" s="323"/>
+      <c r="E176" s="323"/>
+      <c r="F176" s="323"/>
+      <c r="G176" s="323"/>
+      <c r="H176" s="323"/>
+      <c r="I176" s="323"/>
+      <c r="J176" s="309"/>
+      <c r="K176" s="309"/>
+      <c r="L176" s="493"/>
+      <c r="M176" s="493"/>
+      <c r="N176" s="493"/>
+      <c r="O176" s="494"/>
+      <c r="P176" s="146"/>
+      <c r="Q176" s="402"/>
+      <c r="R176" s="403"/>
+      <c r="S176" s="403"/>
+      <c r="T176" s="403"/>
+      <c r="U176" s="403"/>
+      <c r="V176" s="403"/>
+      <c r="W176" s="403"/>
+      <c r="X176" s="403"/>
+      <c r="Y176" s="403"/>
+      <c r="Z176" s="404"/>
+      <c r="AA176" s="405"/>
+      <c r="AB176" s="405"/>
+      <c r="AC176" s="405"/>
+      <c r="AD176" s="393"/>
+      <c r="AE176" s="393"/>
+      <c r="AF176" s="393"/>
+      <c r="AG176" s="393"/>
+      <c r="AH176" s="394"/>
+    </row>
+    <row r="177" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="479"/>
+      <c r="B177" s="742"/>
+      <c r="C177" s="742"/>
+      <c r="D177" s="491" t="s">
+        <v>416</v>
+      </c>
+      <c r="E177" s="323"/>
+      <c r="F177" s="323"/>
+      <c r="G177" s="323"/>
+      <c r="H177" s="323"/>
+      <c r="I177" s="323"/>
+      <c r="J177" s="395">
+        <v>513</v>
+      </c>
+      <c r="K177" s="309"/>
+      <c r="L177" s="492">
+        <f>Vkladani_dat!G112</f>
+        <v>0</v>
+      </c>
+      <c r="M177" s="493"/>
+      <c r="N177" s="493"/>
+      <c r="O177" s="494"/>
+      <c r="P177" s="146"/>
+      <c r="Q177" s="399" t="s">
+        <v>512</v>
+      </c>
+      <c r="R177" s="400"/>
+      <c r="S177" s="400"/>
+      <c r="T177" s="400"/>
+      <c r="U177" s="400"/>
+      <c r="V177" s="400"/>
+      <c r="W177" s="400"/>
+      <c r="X177" s="400"/>
+      <c r="Y177" s="400"/>
+      <c r="Z177" s="401"/>
+      <c r="AA177" s="405">
+        <v>803</v>
+      </c>
+      <c r="AB177" s="405"/>
+      <c r="AC177" s="405"/>
+      <c r="AD177" s="393">
+        <f>Vkladani_dat!G160</f>
+        <v>0</v>
+      </c>
+      <c r="AE177" s="393"/>
+      <c r="AF177" s="393"/>
+      <c r="AG177" s="393"/>
+      <c r="AH177" s="394"/>
+    </row>
+    <row r="178" spans="1:34" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="480"/>
+      <c r="B178" s="1049"/>
+      <c r="C178" s="1049"/>
+      <c r="D178" s="385"/>
+      <c r="E178" s="385"/>
+      <c r="F178" s="385"/>
+      <c r="G178" s="385"/>
+      <c r="H178" s="385"/>
+      <c r="I178" s="385"/>
+      <c r="J178" s="495"/>
+      <c r="K178" s="495"/>
+      <c r="L178" s="496"/>
+      <c r="M178" s="496"/>
+      <c r="N178" s="496"/>
+      <c r="O178" s="497"/>
+      <c r="P178" s="146"/>
+      <c r="Q178" s="488"/>
+      <c r="R178" s="489"/>
+      <c r="S178" s="489"/>
+      <c r="T178" s="489"/>
+      <c r="U178" s="489"/>
+      <c r="V178" s="489"/>
+      <c r="W178" s="489"/>
+      <c r="X178" s="489"/>
+      <c r="Y178" s="489"/>
+      <c r="Z178" s="490"/>
+      <c r="AA178" s="405"/>
+      <c r="AB178" s="405"/>
+      <c r="AC178" s="405"/>
+      <c r="AD178" s="393"/>
+      <c r="AE178" s="393"/>
+      <c r="AF178" s="393"/>
+      <c r="AG178" s="393"/>
+      <c r="AH178" s="394"/>
+    </row>
+    <row r="179" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="465" t="s">
+        <v>460</v>
+      </c>
+      <c r="B179" s="466"/>
+      <c r="C179" s="466"/>
+      <c r="D179" s="466"/>
+      <c r="E179" s="466"/>
+      <c r="F179" s="466"/>
+      <c r="G179" s="466"/>
+      <c r="H179" s="466"/>
+      <c r="I179" s="466"/>
+      <c r="J179" s="466"/>
+      <c r="K179" s="466"/>
+      <c r="L179" s="466"/>
+      <c r="M179" s="466"/>
+      <c r="N179" s="466"/>
+      <c r="O179" s="467"/>
+      <c r="P179" s="146"/>
+      <c r="Q179" s="402"/>
+      <c r="R179" s="403"/>
+      <c r="S179" s="403"/>
+      <c r="T179" s="403"/>
+      <c r="U179" s="403"/>
+      <c r="V179" s="403"/>
+      <c r="W179" s="403"/>
+      <c r="X179" s="403"/>
+      <c r="Y179" s="403"/>
+      <c r="Z179" s="404"/>
+      <c r="AA179" s="405"/>
+      <c r="AB179" s="405"/>
+      <c r="AC179" s="405"/>
+      <c r="AD179" s="393"/>
+      <c r="AE179" s="393"/>
+      <c r="AF179" s="393"/>
+      <c r="AG179" s="393"/>
+      <c r="AH179" s="394"/>
+    </row>
+    <row r="180" spans="1:34" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="468"/>
+      <c r="B180" s="469"/>
+      <c r="C180" s="469"/>
+      <c r="D180" s="469"/>
+      <c r="E180" s="469"/>
+      <c r="F180" s="469"/>
+      <c r="G180" s="469"/>
+      <c r="H180" s="469"/>
+      <c r="I180" s="469"/>
+      <c r="J180" s="469"/>
+      <c r="K180" s="469"/>
+      <c r="L180" s="469"/>
+      <c r="M180" s="469"/>
+      <c r="N180" s="469"/>
+      <c r="O180" s="470"/>
+      <c r="P180" s="146"/>
+      <c r="Q180" s="1030" t="s">
+        <v>546</v>
+      </c>
+      <c r="R180" s="1031"/>
+      <c r="S180" s="1035" t="s">
+        <v>222</v>
+      </c>
+      <c r="T180" s="400"/>
+      <c r="U180" s="400"/>
+      <c r="V180" s="400"/>
+      <c r="W180" s="400"/>
+      <c r="X180" s="400"/>
+      <c r="Y180" s="400"/>
+      <c r="Z180" s="401"/>
+      <c r="AA180" s="395">
+        <v>804</v>
+      </c>
+      <c r="AB180" s="395"/>
+      <c r="AC180" s="395"/>
+      <c r="AD180" s="393">
+        <f>Vkladani_dat!G161</f>
+        <v>0</v>
+      </c>
+      <c r="AE180" s="393"/>
+      <c r="AF180" s="393"/>
+      <c r="AG180" s="393"/>
+      <c r="AH180" s="394"/>
+    </row>
+    <row r="181" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="471"/>
+      <c r="B181" s="472"/>
+      <c r="C181" s="472"/>
+      <c r="D181" s="472"/>
+      <c r="E181" s="472"/>
+      <c r="F181" s="472"/>
+      <c r="G181" s="472"/>
+      <c r="H181" s="472"/>
+      <c r="I181" s="472"/>
+      <c r="J181" s="473" t="s">
+        <v>265</v>
+      </c>
+      <c r="K181" s="474"/>
+      <c r="L181" s="473" t="s">
+        <v>62</v>
+      </c>
+      <c r="M181" s="474"/>
+      <c r="N181" s="474"/>
+      <c r="O181" s="476"/>
+      <c r="P181" s="146"/>
+      <c r="Q181" s="1032"/>
+      <c r="R181" s="1031"/>
+      <c r="S181" s="1036"/>
+      <c r="T181" s="403"/>
+      <c r="U181" s="403"/>
+      <c r="V181" s="403"/>
+      <c r="W181" s="403"/>
+      <c r="X181" s="403"/>
+      <c r="Y181" s="403"/>
+      <c r="Z181" s="404"/>
+      <c r="AA181" s="395"/>
+      <c r="AB181" s="395"/>
+      <c r="AC181" s="395"/>
+      <c r="AD181" s="393"/>
+      <c r="AE181" s="393"/>
+      <c r="AF181" s="393"/>
+      <c r="AG181" s="393"/>
+      <c r="AH181" s="394"/>
+    </row>
+    <row r="182" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="319"/>
+      <c r="B182" s="321"/>
+      <c r="C182" s="321"/>
+      <c r="D182" s="321"/>
+      <c r="E182" s="321"/>
+      <c r="F182" s="321"/>
+      <c r="G182" s="321"/>
+      <c r="H182" s="321"/>
+      <c r="I182" s="321"/>
+      <c r="J182" s="475"/>
+      <c r="K182" s="475"/>
+      <c r="L182" s="475"/>
+      <c r="M182" s="475"/>
+      <c r="N182" s="475"/>
+      <c r="O182" s="477"/>
+      <c r="P182" s="146"/>
+      <c r="Q182" s="1032"/>
+      <c r="R182" s="1031"/>
+      <c r="S182" s="1035" t="s">
+        <v>223</v>
+      </c>
+      <c r="T182" s="400"/>
+      <c r="U182" s="400"/>
+      <c r="V182" s="400"/>
+      <c r="W182" s="400"/>
+      <c r="X182" s="400"/>
+      <c r="Y182" s="400"/>
+      <c r="Z182" s="401"/>
+      <c r="AA182" s="405">
+        <v>805</v>
+      </c>
+      <c r="AB182" s="405"/>
+      <c r="AC182" s="405"/>
+      <c r="AD182" s="393">
+        <f>Vkladani_dat!G162</f>
+        <v>0</v>
+      </c>
+      <c r="AE182" s="393"/>
+      <c r="AF182" s="393"/>
+      <c r="AG182" s="393"/>
+      <c r="AH182" s="394"/>
+    </row>
+    <row r="183" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="450" t="s">
+        <v>63</v>
+      </c>
+      <c r="B183" s="451"/>
+      <c r="C183" s="451"/>
+      <c r="D183" s="451"/>
+      <c r="E183" s="451"/>
+      <c r="F183" s="451"/>
+      <c r="G183" s="451"/>
+      <c r="H183" s="451"/>
+      <c r="I183" s="451"/>
+      <c r="J183" s="453">
+        <v>1</v>
+      </c>
+      <c r="K183" s="454"/>
+      <c r="L183" s="455">
+        <v>2</v>
+      </c>
+      <c r="M183" s="451"/>
+      <c r="N183" s="451"/>
+      <c r="O183" s="456"/>
+      <c r="P183" s="146"/>
+      <c r="Q183" s="1032"/>
+      <c r="R183" s="1031"/>
+      <c r="S183" s="1036"/>
+      <c r="T183" s="403"/>
+      <c r="U183" s="403"/>
+      <c r="V183" s="403"/>
+      <c r="W183" s="403"/>
+      <c r="X183" s="403"/>
+      <c r="Y183" s="403"/>
+      <c r="Z183" s="404"/>
+      <c r="AA183" s="405"/>
+      <c r="AB183" s="405"/>
+      <c r="AC183" s="405"/>
+      <c r="AD183" s="393"/>
+      <c r="AE183" s="393"/>
+      <c r="AF183" s="393"/>
+      <c r="AG183" s="393"/>
+      <c r="AH183" s="394"/>
+    </row>
+    <row r="184" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="452"/>
+      <c r="B184" s="451"/>
+      <c r="C184" s="451"/>
+      <c r="D184" s="451"/>
+      <c r="E184" s="451"/>
+      <c r="F184" s="451"/>
+      <c r="G184" s="451"/>
+      <c r="H184" s="451"/>
+      <c r="I184" s="451"/>
+      <c r="J184" s="454"/>
+      <c r="K184" s="454"/>
+      <c r="L184" s="451"/>
+      <c r="M184" s="451"/>
+      <c r="N184" s="451"/>
+      <c r="O184" s="456"/>
+      <c r="P184" s="146"/>
+      <c r="Q184" s="1032"/>
+      <c r="R184" s="1031"/>
+      <c r="S184" s="1035" t="s">
+        <v>224</v>
+      </c>
+      <c r="T184" s="400"/>
+      <c r="U184" s="400"/>
+      <c r="V184" s="400"/>
+      <c r="W184" s="400"/>
+      <c r="X184" s="400"/>
+      <c r="Y184" s="400"/>
+      <c r="Z184" s="401"/>
+      <c r="AA184" s="405">
+        <v>806</v>
+      </c>
+      <c r="AB184" s="405"/>
+      <c r="AC184" s="405"/>
+      <c r="AD184" s="393">
+        <f>Vkladani_dat!G163</f>
+        <v>0</v>
+      </c>
+      <c r="AE184" s="393"/>
+      <c r="AF184" s="393"/>
+      <c r="AG184" s="393"/>
+      <c r="AH184" s="394"/>
+    </row>
+    <row r="185" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="457" t="s">
+        <v>533</v>
+      </c>
+      <c r="B185" s="458"/>
+      <c r="C185" s="458"/>
+      <c r="D185" s="458"/>
+      <c r="E185" s="458"/>
+      <c r="F185" s="458"/>
+      <c r="G185" s="458"/>
+      <c r="H185" s="458"/>
+      <c r="I185" s="458"/>
+      <c r="J185" s="460">
+        <v>601</v>
+      </c>
+      <c r="K185" s="461"/>
+      <c r="L185" s="462">
+        <f>Vkladani_dat!G117</f>
+        <v>0</v>
+      </c>
+      <c r="M185" s="463"/>
+      <c r="N185" s="463"/>
+      <c r="O185" s="464"/>
+      <c r="P185" s="146"/>
+      <c r="Q185" s="1032"/>
+      <c r="R185" s="1031"/>
+      <c r="S185" s="1036"/>
+      <c r="T185" s="403"/>
+      <c r="U185" s="403"/>
+      <c r="V185" s="403"/>
+      <c r="W185" s="403"/>
+      <c r="X185" s="403"/>
+      <c r="Y185" s="403"/>
+      <c r="Z185" s="404"/>
+      <c r="AA185" s="405"/>
+      <c r="AB185" s="405"/>
+      <c r="AC185" s="405"/>
+      <c r="AD185" s="393"/>
+      <c r="AE185" s="393"/>
+      <c r="AF185" s="393"/>
+      <c r="AG185" s="393"/>
+      <c r="AH185" s="394"/>
+    </row>
+    <row r="186" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="459"/>
+      <c r="B186" s="458"/>
+      <c r="C186" s="458"/>
+      <c r="D186" s="458"/>
+      <c r="E186" s="458"/>
+      <c r="F186" s="458"/>
+      <c r="G186" s="458"/>
+      <c r="H186" s="458"/>
+      <c r="I186" s="458"/>
+      <c r="J186" s="461"/>
+      <c r="K186" s="461"/>
+      <c r="L186" s="463"/>
+      <c r="M186" s="463"/>
+      <c r="N186" s="463"/>
+      <c r="O186" s="464"/>
+      <c r="P186" s="146"/>
+      <c r="Q186" s="1032"/>
+      <c r="R186" s="1031"/>
+      <c r="S186" s="1035" t="s">
+        <v>225</v>
+      </c>
+      <c r="T186" s="400"/>
+      <c r="U186" s="400"/>
+      <c r="V186" s="400"/>
+      <c r="W186" s="400"/>
+      <c r="X186" s="400"/>
+      <c r="Y186" s="400"/>
+      <c r="Z186" s="401"/>
+      <c r="AA186" s="405">
+        <v>807</v>
+      </c>
+      <c r="AB186" s="405"/>
+      <c r="AC186" s="405"/>
+      <c r="AD186" s="393">
+        <f>Vkladani_dat!G164</f>
+        <v>0</v>
+      </c>
+      <c r="AE186" s="393"/>
+      <c r="AF186" s="393"/>
+      <c r="AG186" s="393"/>
+      <c r="AH186" s="394"/>
+    </row>
+    <row r="187" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="457" t="s">
+        <v>534</v>
+      </c>
+      <c r="B187" s="458"/>
+      <c r="C187" s="458"/>
+      <c r="D187" s="458"/>
+      <c r="E187" s="458"/>
+      <c r="F187" s="458"/>
+      <c r="G187" s="458"/>
+      <c r="H187" s="458"/>
+      <c r="I187" s="458"/>
+      <c r="J187" s="405">
+        <v>602</v>
+      </c>
+      <c r="K187" s="461"/>
+      <c r="L187" s="1068">
+        <f>Vkladani_dat!G118</f>
+        <v>0</v>
+      </c>
+      <c r="M187" s="1037"/>
+      <c r="N187" s="1037"/>
+      <c r="O187" s="1038"/>
+      <c r="P187" s="146"/>
+      <c r="Q187" s="1033"/>
+      <c r="R187" s="1034"/>
+      <c r="S187" s="1051"/>
+      <c r="T187" s="489"/>
+      <c r="U187" s="489"/>
+      <c r="V187" s="489"/>
+      <c r="W187" s="489"/>
+      <c r="X187" s="489"/>
+      <c r="Y187" s="489"/>
+      <c r="Z187" s="490"/>
+      <c r="AA187" s="952"/>
+      <c r="AB187" s="952"/>
+      <c r="AC187" s="952"/>
+      <c r="AD187" s="1052"/>
+      <c r="AE187" s="1052"/>
+      <c r="AF187" s="1052"/>
+      <c r="AG187" s="1052"/>
+      <c r="AH187" s="1053"/>
+    </row>
+    <row r="188" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="459"/>
+      <c r="B188" s="458"/>
+      <c r="C188" s="458"/>
+      <c r="D188" s="458"/>
+      <c r="E188" s="458"/>
+      <c r="F188" s="458"/>
+      <c r="G188" s="458"/>
+      <c r="H188" s="458"/>
+      <c r="I188" s="458"/>
+      <c r="J188" s="461"/>
+      <c r="K188" s="461"/>
+      <c r="L188" s="1037"/>
+      <c r="M188" s="1037"/>
+      <c r="N188" s="1037"/>
+      <c r="O188" s="1038"/>
+      <c r="P188" s="146"/>
+      <c r="Q188" s="1039" t="s">
+        <v>544</v>
+      </c>
+      <c r="R188" s="1040"/>
+      <c r="S188" s="1040"/>
+      <c r="T188" s="1040"/>
+      <c r="U188" s="1040"/>
+      <c r="V188" s="1040"/>
+      <c r="W188" s="1040"/>
+      <c r="X188" s="1040"/>
+      <c r="Y188" s="1040"/>
+      <c r="Z188" s="1041"/>
+      <c r="AA188" s="405">
+        <v>808</v>
+      </c>
+      <c r="AB188" s="405"/>
+      <c r="AC188" s="405"/>
+      <c r="AD188" s="393">
+        <f>Vkladani_dat!G165</f>
+        <v>0</v>
+      </c>
+      <c r="AE188" s="393"/>
+      <c r="AF188" s="393"/>
+      <c r="AG188" s="393"/>
+      <c r="AH188" s="394"/>
+    </row>
+    <row r="189" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="1060" t="s">
+        <v>191</v>
+      </c>
+      <c r="B189" s="1062" t="s">
+        <v>192</v>
+      </c>
+      <c r="C189" s="484" t="s">
+        <v>193</v>
+      </c>
+      <c r="D189" s="484"/>
+      <c r="E189" s="484"/>
+      <c r="F189" s="484"/>
+      <c r="G189" s="484"/>
+      <c r="H189" s="484"/>
+      <c r="I189" s="484"/>
+      <c r="J189" s="405">
+        <v>603</v>
+      </c>
+      <c r="K189" s="461"/>
+      <c r="L189" s="1068">
+        <f>Vkladani_dat!G119</f>
+        <v>0</v>
+      </c>
+      <c r="M189" s="1037"/>
+      <c r="N189" s="1037"/>
+      <c r="O189" s="1038"/>
+      <c r="P189" s="146"/>
+      <c r="Q189" s="1042"/>
+      <c r="R189" s="1043"/>
+      <c r="S189" s="1043"/>
+      <c r="T189" s="1043"/>
+      <c r="U189" s="1043"/>
+      <c r="V189" s="1043"/>
+      <c r="W189" s="1043"/>
+      <c r="X189" s="1043"/>
+      <c r="Y189" s="1043"/>
+      <c r="Z189" s="1044"/>
+      <c r="AA189" s="405"/>
+      <c r="AB189" s="405"/>
+      <c r="AC189" s="405"/>
+      <c r="AD189" s="393"/>
+      <c r="AE189" s="393"/>
+      <c r="AF189" s="393"/>
+      <c r="AG189" s="393"/>
+      <c r="AH189" s="394"/>
+    </row>
+    <row r="190" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="1061"/>
+      <c r="B190" s="1063"/>
+      <c r="C190" s="484"/>
+      <c r="D190" s="484"/>
+      <c r="E190" s="484"/>
+      <c r="F190" s="484"/>
+      <c r="G190" s="484"/>
+      <c r="H190" s="484"/>
+      <c r="I190" s="484"/>
+      <c r="J190" s="461"/>
+      <c r="K190" s="461"/>
+      <c r="L190" s="1037"/>
+      <c r="M190" s="1037"/>
+      <c r="N190" s="1037"/>
+      <c r="O190" s="1038"/>
+      <c r="P190" s="146"/>
+      <c r="Q190" s="1042"/>
+      <c r="R190" s="1043"/>
+      <c r="S190" s="1043"/>
+      <c r="T190" s="1043"/>
+      <c r="U190" s="1043"/>
+      <c r="V190" s="1043"/>
+      <c r="W190" s="1043"/>
+      <c r="X190" s="1043"/>
+      <c r="Y190" s="1043"/>
+      <c r="Z190" s="1044"/>
+      <c r="AA190" s="405"/>
+      <c r="AB190" s="405"/>
+      <c r="AC190" s="405"/>
+      <c r="AD190" s="393"/>
+      <c r="AE190" s="393"/>
+      <c r="AF190" s="393"/>
+      <c r="AG190" s="393"/>
+      <c r="AH190" s="394"/>
+    </row>
+    <row r="191" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="1061"/>
+      <c r="B191" s="1063"/>
+      <c r="C191" s="483" t="s">
+        <v>194</v>
+      </c>
+      <c r="D191" s="484"/>
+      <c r="E191" s="484"/>
+      <c r="F191" s="484"/>
+      <c r="G191" s="484"/>
+      <c r="H191" s="484"/>
+      <c r="I191" s="484"/>
+      <c r="J191" s="405">
+        <v>604</v>
+      </c>
+      <c r="K191" s="461"/>
+      <c r="L191" s="486">
+        <f>Vkladani_dat!G120</f>
+        <v>0</v>
+      </c>
+      <c r="M191" s="1037"/>
+      <c r="N191" s="1037"/>
+      <c r="O191" s="1038"/>
+      <c r="P191" s="146"/>
+      <c r="Q191" s="1045"/>
+      <c r="R191" s="1046"/>
+      <c r="S191" s="1046"/>
+      <c r="T191" s="1046"/>
+      <c r="U191" s="1046"/>
+      <c r="V191" s="1046"/>
+      <c r="W191" s="1046"/>
+      <c r="X191" s="1046"/>
+      <c r="Y191" s="1046"/>
+      <c r="Z191" s="1047"/>
+      <c r="AA191" s="405"/>
+      <c r="AB191" s="405"/>
+      <c r="AC191" s="405"/>
+      <c r="AD191" s="393"/>
+      <c r="AE191" s="393"/>
+      <c r="AF191" s="393"/>
+      <c r="AG191" s="393"/>
+      <c r="AH191" s="394"/>
+    </row>
+    <row r="192" spans="1:34" ht="3" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="1061"/>
+      <c r="B192" s="1063"/>
+      <c r="C192" s="484"/>
+      <c r="D192" s="484"/>
+      <c r="E192" s="484"/>
+      <c r="F192" s="484"/>
+      <c r="G192" s="484"/>
+      <c r="H192" s="484"/>
+      <c r="I192" s="484"/>
+      <c r="J192" s="461"/>
+      <c r="K192" s="461"/>
+      <c r="L192" s="1037"/>
+      <c r="M192" s="1037"/>
+      <c r="N192" s="1037"/>
+      <c r="O192" s="1038"/>
+      <c r="P192" s="146"/>
+      <c r="Q192" s="114"/>
+      <c r="R192" s="115"/>
+      <c r="S192" s="115"/>
+      <c r="T192" s="115"/>
+      <c r="U192" s="115"/>
+      <c r="V192" s="115"/>
+      <c r="W192" s="115"/>
+      <c r="X192" s="115"/>
+      <c r="Y192" s="115"/>
+      <c r="Z192" s="116"/>
+      <c r="AA192" s="405"/>
+      <c r="AB192" s="405"/>
+      <c r="AC192" s="405"/>
+      <c r="AD192" s="393"/>
+      <c r="AE192" s="393"/>
+      <c r="AF192" s="393"/>
+      <c r="AG192" s="393"/>
+      <c r="AH192" s="394"/>
+    </row>
+    <row r="193" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="1061"/>
+      <c r="B193" s="1063"/>
+      <c r="C193" s="484"/>
+      <c r="D193" s="484"/>
+      <c r="E193" s="484"/>
+      <c r="F193" s="484"/>
+      <c r="G193" s="484"/>
+      <c r="H193" s="484"/>
+      <c r="I193" s="484"/>
+      <c r="J193" s="461"/>
+      <c r="K193" s="461"/>
+      <c r="L193" s="1037"/>
+      <c r="M193" s="1037"/>
+      <c r="N193" s="1037"/>
+      <c r="O193" s="1038"/>
+      <c r="P193" s="146"/>
+      <c r="Q193" s="1054" t="s">
+        <v>218</v>
+      </c>
+      <c r="R193" s="1055"/>
+      <c r="S193" s="1050" t="s">
+        <v>226</v>
+      </c>
+      <c r="T193" s="400"/>
+      <c r="U193" s="400"/>
+      <c r="V193" s="400"/>
+      <c r="W193" s="400"/>
+      <c r="X193" s="400"/>
+      <c r="Y193" s="400"/>
+      <c r="Z193" s="401"/>
+      <c r="AA193" s="405">
+        <v>809</v>
+      </c>
+      <c r="AB193" s="405"/>
+      <c r="AC193" s="405"/>
+      <c r="AD193" s="393">
+        <f>Vkladani_dat!G166</f>
+        <v>0</v>
+      </c>
+      <c r="AE193" s="393"/>
+      <c r="AF193" s="393"/>
+      <c r="AG193" s="393"/>
+      <c r="AH193" s="394"/>
+    </row>
+    <row r="194" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="1061"/>
+      <c r="B194" s="1063"/>
+      <c r="C194" s="483" t="s">
+        <v>195</v>
+      </c>
+      <c r="D194" s="484"/>
+      <c r="E194" s="484"/>
+      <c r="F194" s="484"/>
+      <c r="G194" s="484"/>
+      <c r="H194" s="484"/>
+      <c r="I194" s="484"/>
+      <c r="J194" s="405">
+        <v>605</v>
+      </c>
+      <c r="K194" s="461"/>
+      <c r="L194" s="486">
+        <f>Vkladani_dat!G121</f>
+        <v>0</v>
+      </c>
+      <c r="M194" s="1037"/>
+      <c r="N194" s="1037"/>
+      <c r="O194" s="1038"/>
+      <c r="P194" s="146"/>
+      <c r="Q194" s="1056"/>
+      <c r="R194" s="1057"/>
+      <c r="S194" s="1036"/>
+      <c r="T194" s="403"/>
+      <c r="U194" s="403"/>
+      <c r="V194" s="403"/>
+      <c r="W194" s="403"/>
+      <c r="X194" s="403"/>
+      <c r="Y194" s="403"/>
+      <c r="Z194" s="404"/>
+      <c r="AA194" s="405"/>
+      <c r="AB194" s="405"/>
+      <c r="AC194" s="405"/>
+      <c r="AD194" s="393"/>
+      <c r="AE194" s="393"/>
+      <c r="AF194" s="393"/>
+      <c r="AG194" s="393"/>
+      <c r="AH194" s="394"/>
+    </row>
+    <row r="195" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="1061"/>
+      <c r="B195" s="1063"/>
+      <c r="C195" s="484"/>
+      <c r="D195" s="484"/>
+      <c r="E195" s="484"/>
+      <c r="F195" s="484"/>
+      <c r="G195" s="484"/>
+      <c r="H195" s="484"/>
+      <c r="I195" s="484"/>
+      <c r="J195" s="461"/>
+      <c r="K195" s="461"/>
+      <c r="L195" s="1037"/>
+      <c r="M195" s="1037"/>
+      <c r="N195" s="1037"/>
+      <c r="O195" s="1038"/>
+      <c r="P195" s="146"/>
+      <c r="Q195" s="1056"/>
+      <c r="R195" s="1057"/>
+      <c r="S195" s="1050" t="s">
+        <v>475</v>
+      </c>
+      <c r="T195" s="418"/>
+      <c r="U195" s="418"/>
+      <c r="V195" s="418"/>
+      <c r="W195" s="418"/>
+      <c r="X195" s="418"/>
+      <c r="Y195" s="418"/>
+      <c r="Z195" s="419"/>
+      <c r="AA195" s="405">
+        <v>810</v>
+      </c>
+      <c r="AB195" s="405"/>
+      <c r="AC195" s="405"/>
+      <c r="AD195" s="393">
+        <f>Vkladani_dat!G167</f>
+        <v>0</v>
+      </c>
+      <c r="AE195" s="393"/>
+      <c r="AF195" s="393"/>
+      <c r="AG195" s="393"/>
+      <c r="AH195" s="394"/>
+    </row>
+    <row r="196" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="1061"/>
+      <c r="B196" s="1063"/>
+      <c r="C196" s="484"/>
+      <c r="D196" s="484"/>
+      <c r="E196" s="484"/>
+      <c r="F196" s="484"/>
+      <c r="G196" s="484"/>
+      <c r="H196" s="484"/>
+      <c r="I196" s="484"/>
+      <c r="J196" s="461"/>
+      <c r="K196" s="461"/>
+      <c r="L196" s="1037"/>
+      <c r="M196" s="1037"/>
+      <c r="N196" s="1037"/>
+      <c r="O196" s="1038"/>
+      <c r="P196" s="146"/>
+      <c r="Q196" s="1056"/>
+      <c r="R196" s="1057"/>
+      <c r="S196" s="1064"/>
+      <c r="T196" s="421"/>
+      <c r="U196" s="421"/>
+      <c r="V196" s="421"/>
+      <c r="W196" s="421"/>
+      <c r="X196" s="421"/>
+      <c r="Y196" s="421"/>
+      <c r="Z196" s="422"/>
+      <c r="AA196" s="405"/>
+      <c r="AB196" s="405"/>
+      <c r="AC196" s="405"/>
+      <c r="AD196" s="393"/>
+      <c r="AE196" s="393"/>
+      <c r="AF196" s="393"/>
+      <c r="AG196" s="393"/>
+      <c r="AH196" s="394"/>
+    </row>
+    <row r="197" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="1061"/>
+      <c r="B197" s="1063"/>
+      <c r="C197" s="483" t="s">
+        <v>196</v>
+      </c>
+      <c r="D197" s="484"/>
+      <c r="E197" s="484"/>
+      <c r="F197" s="484"/>
+      <c r="G197" s="484"/>
+      <c r="H197" s="484"/>
+      <c r="I197" s="484"/>
+      <c r="J197" s="405">
+        <v>606</v>
+      </c>
+      <c r="K197" s="461"/>
+      <c r="L197" s="485">
+        <f>Vkladani_dat!G122</f>
+        <v>0</v>
+      </c>
+      <c r="M197" s="486"/>
+      <c r="N197" s="486"/>
+      <c r="O197" s="487"/>
+      <c r="P197" s="146"/>
+      <c r="Q197" s="1058"/>
+      <c r="R197" s="1059"/>
+      <c r="S197" s="1065"/>
+      <c r="T197" s="1066"/>
+      <c r="U197" s="1066"/>
+      <c r="V197" s="1066"/>
+      <c r="W197" s="1066"/>
+      <c r="X197" s="1066"/>
+      <c r="Y197" s="1066"/>
+      <c r="Z197" s="1067"/>
+      <c r="AA197" s="405"/>
+      <c r="AB197" s="405"/>
+      <c r="AC197" s="405"/>
+      <c r="AD197" s="393"/>
+      <c r="AE197" s="393"/>
+      <c r="AF197" s="393"/>
+      <c r="AG197" s="393"/>
+      <c r="AH197" s="394"/>
+    </row>
+    <row r="198" spans="1:34" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="1061"/>
+      <c r="B198" s="1063"/>
+      <c r="C198" s="484"/>
+      <c r="D198" s="484"/>
+      <c r="E198" s="484"/>
+      <c r="F198" s="484"/>
+      <c r="G198" s="484"/>
+      <c r="H198" s="484"/>
+      <c r="I198" s="484"/>
+      <c r="J198" s="461"/>
+      <c r="K198" s="461"/>
+      <c r="L198" s="486"/>
+      <c r="M198" s="486"/>
+      <c r="N198" s="486"/>
+      <c r="O198" s="487"/>
+      <c r="P198" s="146"/>
+      <c r="Q198" s="488" t="s">
+        <v>513</v>
+      </c>
+      <c r="R198" s="489"/>
+      <c r="S198" s="489"/>
+      <c r="T198" s="489"/>
+      <c r="U198" s="489"/>
+      <c r="V198" s="489"/>
+      <c r="W198" s="489"/>
+      <c r="X198" s="489"/>
+      <c r="Y198" s="489"/>
+      <c r="Z198" s="490"/>
+      <c r="AA198" s="1091">
+        <v>811</v>
+      </c>
+      <c r="AB198" s="1091"/>
+      <c r="AC198" s="1091"/>
+      <c r="AD198" s="1069">
+        <f>Vkladani_dat!G168</f>
+        <v>0</v>
+      </c>
+      <c r="AE198" s="1069"/>
+      <c r="AF198" s="1069"/>
+      <c r="AG198" s="1069"/>
+      <c r="AH198" s="1070"/>
+    </row>
+    <row r="199" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="1061"/>
+      <c r="B199" s="1063"/>
+      <c r="C199" s="1071" t="s">
+        <v>197</v>
+      </c>
+      <c r="D199" s="458"/>
+      <c r="E199" s="458"/>
+      <c r="F199" s="458"/>
+      <c r="G199" s="458"/>
+      <c r="H199" s="458"/>
+      <c r="I199" s="458"/>
+      <c r="J199" s="405">
+        <v>607</v>
+      </c>
+      <c r="K199" s="461"/>
+      <c r="L199" s="485">
+        <f>Vkladani_dat!G123</f>
+        <v>0</v>
+      </c>
+      <c r="M199" s="486"/>
+      <c r="N199" s="486"/>
+      <c r="O199" s="487"/>
+      <c r="P199" s="146"/>
+      <c r="Q199" s="488"/>
+      <c r="R199" s="489"/>
+      <c r="S199" s="489"/>
+      <c r="T199" s="489"/>
+      <c r="U199" s="489"/>
+      <c r="V199" s="489"/>
+      <c r="W199" s="489"/>
+      <c r="X199" s="489"/>
+      <c r="Y199" s="489"/>
+      <c r="Z199" s="490"/>
+      <c r="AA199" s="405"/>
+      <c r="AB199" s="405"/>
+      <c r="AC199" s="405"/>
+      <c r="AD199" s="393"/>
+      <c r="AE199" s="393"/>
+      <c r="AF199" s="393"/>
+      <c r="AG199" s="393"/>
+      <c r="AH199" s="394"/>
+    </row>
+    <row r="200" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="1061"/>
+      <c r="B200" s="1063"/>
+      <c r="C200" s="458"/>
+      <c r="D200" s="458"/>
+      <c r="E200" s="458"/>
+      <c r="F200" s="458"/>
+      <c r="G200" s="458"/>
+      <c r="H200" s="458"/>
+      <c r="I200" s="458"/>
+      <c r="J200" s="461"/>
+      <c r="K200" s="461"/>
+      <c r="L200" s="486"/>
+      <c r="M200" s="486"/>
+      <c r="N200" s="486"/>
+      <c r="O200" s="487"/>
+      <c r="P200" s="146"/>
+      <c r="Q200" s="402"/>
+      <c r="R200" s="403"/>
+      <c r="S200" s="403"/>
+      <c r="T200" s="403"/>
+      <c r="U200" s="403"/>
+      <c r="V200" s="403"/>
+      <c r="W200" s="403"/>
+      <c r="X200" s="403"/>
+      <c r="Y200" s="403"/>
+      <c r="Z200" s="404"/>
+      <c r="AA200" s="405"/>
+      <c r="AB200" s="405"/>
+      <c r="AC200" s="405"/>
+      <c r="AD200" s="393"/>
+      <c r="AE200" s="393"/>
+      <c r="AF200" s="393"/>
+      <c r="AG200" s="393"/>
+      <c r="AH200" s="394"/>
+    </row>
+    <row r="201" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="1061"/>
+      <c r="B201" s="1063"/>
+      <c r="C201" s="458"/>
+      <c r="D201" s="458"/>
+      <c r="E201" s="458"/>
+      <c r="F201" s="458"/>
+      <c r="G201" s="458"/>
+      <c r="H201" s="458"/>
+      <c r="I201" s="458"/>
+      <c r="J201" s="461"/>
+      <c r="K201" s="461"/>
+      <c r="L201" s="1037"/>
+      <c r="M201" s="1037"/>
+      <c r="N201" s="1037"/>
+      <c r="O201" s="1038"/>
+      <c r="P201" s="146"/>
+      <c r="Q201" s="399" t="s">
         <v>514</v>
       </c>
-      <c r="R160" s="984"/>
-[...685 lines deleted...]
-      <c r="Q177" s="428" t="s">
+      <c r="R201" s="400"/>
+      <c r="S201" s="400"/>
+      <c r="T201" s="400"/>
+      <c r="U201" s="400"/>
+      <c r="V201" s="400"/>
+      <c r="W201" s="400"/>
+      <c r="X201" s="400"/>
+      <c r="Y201" s="400"/>
+      <c r="Z201" s="401"/>
+      <c r="AA201" s="405">
+        <v>812</v>
+      </c>
+      <c r="AB201" s="405"/>
+      <c r="AC201" s="405"/>
+      <c r="AD201" s="393">
+        <f>Vkladani_dat!G169</f>
+        <v>0</v>
+      </c>
+      <c r="AE201" s="393"/>
+      <c r="AF201" s="393"/>
+      <c r="AG201" s="393"/>
+      <c r="AH201" s="394"/>
+    </row>
+    <row r="202" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="1061"/>
+      <c r="B202" s="1063"/>
+      <c r="C202" s="483" t="s">
+        <v>198</v>
+      </c>
+      <c r="D202" s="484"/>
+      <c r="E202" s="484"/>
+      <c r="F202" s="484"/>
+      <c r="G202" s="484"/>
+      <c r="H202" s="484"/>
+      <c r="I202" s="484"/>
+      <c r="J202" s="405">
+        <v>608</v>
+      </c>
+      <c r="K202" s="461"/>
+      <c r="L202" s="485">
+        <f>Vkladani_dat!G124</f>
+        <v>0</v>
+      </c>
+      <c r="M202" s="486"/>
+      <c r="N202" s="486"/>
+      <c r="O202" s="487"/>
+      <c r="P202" s="146"/>
+      <c r="Q202" s="402"/>
+      <c r="R202" s="403"/>
+      <c r="S202" s="403"/>
+      <c r="T202" s="403"/>
+      <c r="U202" s="403"/>
+      <c r="V202" s="403"/>
+      <c r="W202" s="403"/>
+      <c r="X202" s="403"/>
+      <c r="Y202" s="403"/>
+      <c r="Z202" s="404"/>
+      <c r="AA202" s="405"/>
+      <c r="AB202" s="405"/>
+      <c r="AC202" s="405"/>
+      <c r="AD202" s="393"/>
+      <c r="AE202" s="393"/>
+      <c r="AF202" s="393"/>
+      <c r="AG202" s="393"/>
+      <c r="AH202" s="394"/>
+    </row>
+    <row r="203" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="1061"/>
+      <c r="B203" s="1063"/>
+      <c r="C203" s="484"/>
+      <c r="D203" s="484"/>
+      <c r="E203" s="484"/>
+      <c r="F203" s="484"/>
+      <c r="G203" s="484"/>
+      <c r="H203" s="484"/>
+      <c r="I203" s="484"/>
+      <c r="J203" s="461"/>
+      <c r="K203" s="461"/>
+      <c r="L203" s="486"/>
+      <c r="M203" s="486"/>
+      <c r="N203" s="486"/>
+      <c r="O203" s="487"/>
+      <c r="P203" s="146"/>
+      <c r="Q203" s="399" t="s">
+        <v>230</v>
+      </c>
+      <c r="R203" s="400"/>
+      <c r="S203" s="400"/>
+      <c r="T203" s="400"/>
+      <c r="U203" s="400"/>
+      <c r="V203" s="400"/>
+      <c r="W203" s="400"/>
+      <c r="X203" s="400"/>
+      <c r="Y203" s="400"/>
+      <c r="Z203" s="401"/>
+      <c r="AA203" s="405">
+        <v>813</v>
+      </c>
+      <c r="AB203" s="405"/>
+      <c r="AC203" s="405"/>
+      <c r="AD203" s="393">
+        <f>Vkladani_dat!G170</f>
+        <v>0</v>
+      </c>
+      <c r="AE203" s="393"/>
+      <c r="AF203" s="393"/>
+      <c r="AG203" s="393"/>
+      <c r="AH203" s="394"/>
+    </row>
+    <row r="204" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="1061"/>
+      <c r="B204" s="483" t="s">
+        <v>199</v>
+      </c>
+      <c r="C204" s="484"/>
+      <c r="D204" s="484"/>
+      <c r="E204" s="484"/>
+      <c r="F204" s="484"/>
+      <c r="G204" s="484"/>
+      <c r="H204" s="484"/>
+      <c r="I204" s="484"/>
+      <c r="J204" s="405">
+        <v>609</v>
+      </c>
+      <c r="K204" s="461"/>
+      <c r="L204" s="485">
+        <f>Vkladani_dat!G125</f>
+        <v>0</v>
+      </c>
+      <c r="M204" s="486"/>
+      <c r="N204" s="486"/>
+      <c r="O204" s="487"/>
+      <c r="P204" s="146"/>
+      <c r="Q204" s="402"/>
+      <c r="R204" s="403"/>
+      <c r="S204" s="403"/>
+      <c r="T204" s="403"/>
+      <c r="U204" s="403"/>
+      <c r="V204" s="403"/>
+      <c r="W204" s="403"/>
+      <c r="X204" s="403"/>
+      <c r="Y204" s="403"/>
+      <c r="Z204" s="404"/>
+      <c r="AA204" s="405"/>
+      <c r="AB204" s="405"/>
+      <c r="AC204" s="405"/>
+      <c r="AD204" s="393"/>
+      <c r="AE204" s="393"/>
+      <c r="AF204" s="393"/>
+      <c r="AG204" s="393"/>
+      <c r="AH204" s="394"/>
+    </row>
+    <row r="205" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="1061"/>
+      <c r="B205" s="484"/>
+      <c r="C205" s="484"/>
+      <c r="D205" s="484"/>
+      <c r="E205" s="484"/>
+      <c r="F205" s="484"/>
+      <c r="G205" s="484"/>
+      <c r="H205" s="484"/>
+      <c r="I205" s="484"/>
+      <c r="J205" s="461"/>
+      <c r="K205" s="461"/>
+      <c r="L205" s="486"/>
+      <c r="M205" s="486"/>
+      <c r="N205" s="486"/>
+      <c r="O205" s="487"/>
+      <c r="P205" s="146"/>
+      <c r="Q205" s="399" t="s">
+        <v>231</v>
+      </c>
+      <c r="R205" s="400"/>
+      <c r="S205" s="400"/>
+      <c r="T205" s="400"/>
+      <c r="U205" s="400"/>
+      <c r="V205" s="400"/>
+      <c r="W205" s="400"/>
+      <c r="X205" s="400"/>
+      <c r="Y205" s="400"/>
+      <c r="Z205" s="401"/>
+      <c r="AA205" s="405">
+        <v>814</v>
+      </c>
+      <c r="AB205" s="405"/>
+      <c r="AC205" s="405"/>
+      <c r="AD205" s="393">
+        <f>Vkladani_dat!G171</f>
+        <v>0</v>
+      </c>
+      <c r="AE205" s="393"/>
+      <c r="AF205" s="393"/>
+      <c r="AG205" s="393"/>
+      <c r="AH205" s="394"/>
+    </row>
+    <row r="206" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="1061"/>
+      <c r="B206" s="484"/>
+      <c r="C206" s="484"/>
+      <c r="D206" s="484"/>
+      <c r="E206" s="484"/>
+      <c r="F206" s="484"/>
+      <c r="G206" s="484"/>
+      <c r="H206" s="484"/>
+      <c r="I206" s="484"/>
+      <c r="J206" s="461"/>
+      <c r="K206" s="461"/>
+      <c r="L206" s="486"/>
+      <c r="M206" s="486"/>
+      <c r="N206" s="486"/>
+      <c r="O206" s="487"/>
+      <c r="P206" s="146"/>
+      <c r="Q206" s="402"/>
+      <c r="R206" s="403"/>
+      <c r="S206" s="403"/>
+      <c r="T206" s="403"/>
+      <c r="U206" s="403"/>
+      <c r="V206" s="403"/>
+      <c r="W206" s="403"/>
+      <c r="X206" s="403"/>
+      <c r="Y206" s="403"/>
+      <c r="Z206" s="404"/>
+      <c r="AA206" s="405"/>
+      <c r="AB206" s="405"/>
+      <c r="AC206" s="405"/>
+      <c r="AD206" s="393"/>
+      <c r="AE206" s="393"/>
+      <c r="AF206" s="393"/>
+      <c r="AG206" s="393"/>
+      <c r="AH206" s="394"/>
+    </row>
+    <row r="207" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="406" t="s">
+        <v>536</v>
+      </c>
+      <c r="B207" s="407"/>
+      <c r="C207" s="407"/>
+      <c r="D207" s="407"/>
+      <c r="E207" s="407"/>
+      <c r="F207" s="407"/>
+      <c r="G207" s="407"/>
+      <c r="H207" s="407"/>
+      <c r="I207" s="408"/>
+      <c r="J207" s="395">
+        <v>610</v>
+      </c>
+      <c r="K207" s="309"/>
+      <c r="L207" s="396">
+        <f>Vkladani_dat!G126</f>
+        <v>0</v>
+      </c>
+      <c r="M207" s="397"/>
+      <c r="N207" s="397"/>
+      <c r="O207" s="398"/>
+      <c r="P207" s="146"/>
+      <c r="Q207" s="415" t="s">
         <v>515</v>
       </c>
-      <c r="R177" s="429"/>
-[...396 lines deleted...]
-      <c r="A187" s="482" t="s">
+      <c r="R207" s="418"/>
+      <c r="S207" s="418"/>
+      <c r="T207" s="418"/>
+      <c r="U207" s="418"/>
+      <c r="V207" s="418"/>
+      <c r="W207" s="418"/>
+      <c r="X207" s="418"/>
+      <c r="Y207" s="418"/>
+      <c r="Z207" s="419"/>
+      <c r="AA207" s="405">
+        <v>815</v>
+      </c>
+      <c r="AB207" s="405"/>
+      <c r="AC207" s="405"/>
+      <c r="AD207" s="393">
+        <f>Vkladani_dat!G172</f>
+        <v>0</v>
+      </c>
+      <c r="AE207" s="393"/>
+      <c r="AF207" s="393"/>
+      <c r="AG207" s="393"/>
+      <c r="AH207" s="394"/>
+    </row>
+    <row r="208" spans="1:34" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="409" t="s">
+        <v>569</v>
+      </c>
+      <c r="B208" s="410"/>
+      <c r="C208" s="410"/>
+      <c r="D208" s="410"/>
+      <c r="E208" s="410"/>
+      <c r="F208" s="410"/>
+      <c r="G208" s="410"/>
+      <c r="H208" s="410"/>
+      <c r="I208" s="411"/>
+      <c r="J208" s="309"/>
+      <c r="K208" s="309"/>
+      <c r="L208" s="397"/>
+      <c r="M208" s="397"/>
+      <c r="N208" s="397"/>
+      <c r="O208" s="398"/>
+      <c r="P208" s="146"/>
+      <c r="Q208" s="1108"/>
+      <c r="R208" s="1066"/>
+      <c r="S208" s="1066"/>
+      <c r="T208" s="1066"/>
+      <c r="U208" s="1066"/>
+      <c r="V208" s="1066"/>
+      <c r="W208" s="1066"/>
+      <c r="X208" s="1066"/>
+      <c r="Y208" s="1066"/>
+      <c r="Z208" s="1067"/>
+      <c r="AA208" s="405"/>
+      <c r="AB208" s="405"/>
+      <c r="AC208" s="405"/>
+      <c r="AD208" s="393"/>
+      <c r="AE208" s="393"/>
+      <c r="AF208" s="393"/>
+      <c r="AG208" s="393"/>
+      <c r="AH208" s="394"/>
+    </row>
+    <row r="209" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="426" t="s">
+        <v>535</v>
+      </c>
+      <c r="B209" s="427"/>
+      <c r="C209" s="427"/>
+      <c r="D209" s="427"/>
+      <c r="E209" s="427"/>
+      <c r="F209" s="427"/>
+      <c r="G209" s="427"/>
+      <c r="H209" s="427"/>
+      <c r="I209" s="427"/>
+      <c r="J209" s="395">
+        <v>611</v>
+      </c>
+      <c r="K209" s="309"/>
+      <c r="L209" s="396">
+        <f>Vkladani_dat!G127</f>
+        <v>0</v>
+      </c>
+      <c r="M209" s="397"/>
+      <c r="N209" s="397"/>
+      <c r="O209" s="398"/>
+      <c r="P209" s="146"/>
+      <c r="Q209" s="399" t="s">
+        <v>516</v>
+      </c>
+      <c r="R209" s="400"/>
+      <c r="S209" s="400"/>
+      <c r="T209" s="400"/>
+      <c r="U209" s="400"/>
+      <c r="V209" s="400"/>
+      <c r="W209" s="400"/>
+      <c r="X209" s="400"/>
+      <c r="Y209" s="400"/>
+      <c r="Z209" s="401"/>
+      <c r="AA209" s="405">
+        <v>816</v>
+      </c>
+      <c r="AB209" s="405"/>
+      <c r="AC209" s="405"/>
+      <c r="AD209" s="393">
+        <f>Vkladani_dat!G173</f>
+        <v>0</v>
+      </c>
+      <c r="AE209" s="393"/>
+      <c r="AF209" s="393"/>
+      <c r="AG209" s="393"/>
+      <c r="AH209" s="394"/>
+    </row>
+    <row r="210" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="428"/>
+      <c r="B210" s="427"/>
+      <c r="C210" s="427"/>
+      <c r="D210" s="427"/>
+      <c r="E210" s="427"/>
+      <c r="F210" s="427"/>
+      <c r="G210" s="427"/>
+      <c r="H210" s="427"/>
+      <c r="I210" s="427"/>
+      <c r="J210" s="309"/>
+      <c r="K210" s="309"/>
+      <c r="L210" s="397"/>
+      <c r="M210" s="397"/>
+      <c r="N210" s="397"/>
+      <c r="O210" s="398"/>
+      <c r="P210" s="146"/>
+      <c r="Q210" s="402"/>
+      <c r="R210" s="403"/>
+      <c r="S210" s="403"/>
+      <c r="T210" s="403"/>
+      <c r="U210" s="403"/>
+      <c r="V210" s="403"/>
+      <c r="W210" s="403"/>
+      <c r="X210" s="403"/>
+      <c r="Y210" s="403"/>
+      <c r="Z210" s="404"/>
+      <c r="AA210" s="405"/>
+      <c r="AB210" s="405"/>
+      <c r="AC210" s="405"/>
+      <c r="AD210" s="393"/>
+      <c r="AE210" s="393"/>
+      <c r="AF210" s="393"/>
+      <c r="AG210" s="393"/>
+      <c r="AH210" s="394"/>
+    </row>
+    <row r="211" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="415" t="s">
         <v>537</v>
       </c>
-      <c r="B187" s="483"/>
-[...592 lines deleted...]
-      <c r="Q201" s="428" t="s">
+      <c r="B211" s="416"/>
+      <c r="C211" s="416"/>
+      <c r="D211" s="416"/>
+      <c r="E211" s="416"/>
+      <c r="F211" s="416"/>
+      <c r="G211" s="416"/>
+      <c r="H211" s="416"/>
+      <c r="I211" s="417"/>
+      <c r="J211" s="395">
+        <v>612</v>
+      </c>
+      <c r="K211" s="309"/>
+      <c r="L211" s="396">
+        <f>Vkladani_dat!G128</f>
+        <v>0</v>
+      </c>
+      <c r="M211" s="397"/>
+      <c r="N211" s="397"/>
+      <c r="O211" s="398"/>
+      <c r="P211" s="146"/>
+      <c r="Q211" s="415" t="s">
         <v>517</v>
       </c>
-      <c r="R201" s="429"/>
-[...254 lines deleted...]
-      <c r="Q207" s="401" t="s">
+      <c r="R211" s="418"/>
+      <c r="S211" s="418"/>
+      <c r="T211" s="418"/>
+      <c r="U211" s="418"/>
+      <c r="V211" s="418"/>
+      <c r="W211" s="418"/>
+      <c r="X211" s="418"/>
+      <c r="Y211" s="418"/>
+      <c r="Z211" s="419"/>
+      <c r="AA211" s="827">
+        <v>817</v>
+      </c>
+      <c r="AB211" s="1109"/>
+      <c r="AC211" s="828"/>
+      <c r="AD211" s="1094">
+        <f>Vkladani_dat!G174</f>
+        <v>0</v>
+      </c>
+      <c r="AE211" s="993"/>
+      <c r="AF211" s="993"/>
+      <c r="AG211" s="993"/>
+      <c r="AH211" s="994"/>
+    </row>
+    <row r="212" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="412" t="s">
+        <v>538</v>
+      </c>
+      <c r="B212" s="413"/>
+      <c r="C212" s="413"/>
+      <c r="D212" s="413"/>
+      <c r="E212" s="413"/>
+      <c r="F212" s="413"/>
+      <c r="G212" s="413"/>
+      <c r="H212" s="413"/>
+      <c r="I212" s="414"/>
+      <c r="J212" s="309"/>
+      <c r="K212" s="309"/>
+      <c r="L212" s="397"/>
+      <c r="M212" s="397"/>
+      <c r="N212" s="397"/>
+      <c r="O212" s="398"/>
+      <c r="P212" s="146"/>
+      <c r="Q212" s="420"/>
+      <c r="R212" s="421"/>
+      <c r="S212" s="421"/>
+      <c r="T212" s="421"/>
+      <c r="U212" s="421"/>
+      <c r="V212" s="421"/>
+      <c r="W212" s="421"/>
+      <c r="X212" s="421"/>
+      <c r="Y212" s="421"/>
+      <c r="Z212" s="422"/>
+      <c r="AA212" s="829"/>
+      <c r="AB212" s="1110"/>
+      <c r="AC212" s="830"/>
+      <c r="AD212" s="995"/>
+      <c r="AE212" s="800"/>
+      <c r="AF212" s="800"/>
+      <c r="AG212" s="800"/>
+      <c r="AH212" s="996"/>
+    </row>
+    <row r="213" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="429" t="s">
+        <v>474</v>
+      </c>
+      <c r="B213" s="430"/>
+      <c r="C213" s="430"/>
+      <c r="D213" s="430"/>
+      <c r="E213" s="430"/>
+      <c r="F213" s="430"/>
+      <c r="G213" s="430"/>
+      <c r="H213" s="430"/>
+      <c r="I213" s="430"/>
+      <c r="J213" s="405">
+        <v>613</v>
+      </c>
+      <c r="K213" s="432"/>
+      <c r="L213" s="396">
+        <f>Vkladani_dat!G129</f>
+        <v>0</v>
+      </c>
+      <c r="M213" s="433"/>
+      <c r="N213" s="433"/>
+      <c r="O213" s="434"/>
+      <c r="P213" s="146"/>
+      <c r="Q213" s="423"/>
+      <c r="R213" s="424"/>
+      <c r="S213" s="424"/>
+      <c r="T213" s="424"/>
+      <c r="U213" s="424"/>
+      <c r="V213" s="424"/>
+      <c r="W213" s="424"/>
+      <c r="X213" s="424"/>
+      <c r="Y213" s="424"/>
+      <c r="Z213" s="425"/>
+      <c r="AA213" s="728"/>
+      <c r="AB213" s="1093"/>
+      <c r="AC213" s="729"/>
+      <c r="AD213" s="697"/>
+      <c r="AE213" s="698"/>
+      <c r="AF213" s="698"/>
+      <c r="AG213" s="698"/>
+      <c r="AH213" s="699"/>
+    </row>
+    <row r="214" spans="1:34" ht="4.1500000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="431"/>
+      <c r="B214" s="430"/>
+      <c r="C214" s="430"/>
+      <c r="D214" s="430"/>
+      <c r="E214" s="430"/>
+      <c r="F214" s="430"/>
+      <c r="G214" s="430"/>
+      <c r="H214" s="430"/>
+      <c r="I214" s="430"/>
+      <c r="J214" s="432"/>
+      <c r="K214" s="432"/>
+      <c r="L214" s="433"/>
+      <c r="M214" s="433"/>
+      <c r="N214" s="433"/>
+      <c r="O214" s="434"/>
+      <c r="P214" s="146"/>
+      <c r="Q214" s="1082" t="s">
+        <v>584</v>
+      </c>
+      <c r="R214" s="1083"/>
+      <c r="S214" s="1083"/>
+      <c r="T214" s="1084"/>
+      <c r="U214" s="400" t="s">
         <v>518</v>
       </c>
-      <c r="R207" s="404"/>
-[...84 lines deleted...]
-      <c r="Q209" s="428" t="s">
+      <c r="V214" s="720"/>
+      <c r="W214" s="720"/>
+      <c r="X214" s="720"/>
+      <c r="Y214" s="720"/>
+      <c r="Z214" s="721"/>
+      <c r="AA214" s="827">
+        <v>818</v>
+      </c>
+      <c r="AB214" s="1077"/>
+      <c r="AC214" s="725"/>
+      <c r="AD214" s="1094">
+        <f>Vkladani_dat!G175</f>
+        <v>0</v>
+      </c>
+      <c r="AE214" s="692"/>
+      <c r="AF214" s="692"/>
+      <c r="AG214" s="692"/>
+      <c r="AH214" s="693"/>
+    </row>
+    <row r="215" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="431"/>
+      <c r="B215" s="430"/>
+      <c r="C215" s="430"/>
+      <c r="D215" s="430"/>
+      <c r="E215" s="430"/>
+      <c r="F215" s="430"/>
+      <c r="G215" s="430"/>
+      <c r="H215" s="430"/>
+      <c r="I215" s="430"/>
+      <c r="J215" s="432"/>
+      <c r="K215" s="432"/>
+      <c r="L215" s="433"/>
+      <c r="M215" s="433"/>
+      <c r="N215" s="433"/>
+      <c r="O215" s="434"/>
+      <c r="P215" s="146"/>
+      <c r="Q215" s="1085"/>
+      <c r="R215" s="1086"/>
+      <c r="S215" s="1086"/>
+      <c r="T215" s="1087"/>
+      <c r="U215" s="723"/>
+      <c r="V215" s="723"/>
+      <c r="W215" s="723"/>
+      <c r="X215" s="723"/>
+      <c r="Y215" s="723"/>
+      <c r="Z215" s="724"/>
+      <c r="AA215" s="726"/>
+      <c r="AB215" s="1078"/>
+      <c r="AC215" s="727"/>
+      <c r="AD215" s="694"/>
+      <c r="AE215" s="695"/>
+      <c r="AF215" s="695"/>
+      <c r="AG215" s="695"/>
+      <c r="AH215" s="696"/>
+    </row>
+    <row r="216" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="1103" t="s">
+        <v>422</v>
+      </c>
+      <c r="B216" s="1104"/>
+      <c r="C216" s="1104"/>
+      <c r="D216" s="1104"/>
+      <c r="E216" s="1104"/>
+      <c r="F216" s="1104"/>
+      <c r="G216" s="1104"/>
+      <c r="H216" s="1104"/>
+      <c r="I216" s="1104"/>
+      <c r="J216" s="405">
+        <v>614</v>
+      </c>
+      <c r="K216" s="432"/>
+      <c r="L216" s="393">
+        <f>Vkladani_dat!G130</f>
+        <v>0</v>
+      </c>
+      <c r="M216" s="463"/>
+      <c r="N216" s="463"/>
+      <c r="O216" s="464"/>
+      <c r="P216" s="146"/>
+      <c r="Q216" s="1085"/>
+      <c r="R216" s="1086"/>
+      <c r="S216" s="1086"/>
+      <c r="T216" s="1087"/>
+      <c r="U216" s="424"/>
+      <c r="V216" s="424"/>
+      <c r="W216" s="424"/>
+      <c r="X216" s="424"/>
+      <c r="Y216" s="424"/>
+      <c r="Z216" s="425"/>
+      <c r="AA216" s="728"/>
+      <c r="AB216" s="1093"/>
+      <c r="AC216" s="729"/>
+      <c r="AD216" s="697"/>
+      <c r="AE216" s="698"/>
+      <c r="AF216" s="698"/>
+      <c r="AG216" s="698"/>
+      <c r="AH216" s="699"/>
+    </row>
+    <row r="217" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="1105"/>
+      <c r="B217" s="1104"/>
+      <c r="C217" s="1104"/>
+      <c r="D217" s="1104"/>
+      <c r="E217" s="1104"/>
+      <c r="F217" s="1104"/>
+      <c r="G217" s="1104"/>
+      <c r="H217" s="1104"/>
+      <c r="I217" s="1104"/>
+      <c r="J217" s="432"/>
+      <c r="K217" s="432"/>
+      <c r="L217" s="463"/>
+      <c r="M217" s="463"/>
+      <c r="N217" s="463"/>
+      <c r="O217" s="464"/>
+      <c r="P217" s="146"/>
+      <c r="Q217" s="1085"/>
+      <c r="R217" s="1086"/>
+      <c r="S217" s="1086"/>
+      <c r="T217" s="1087"/>
+      <c r="U217" s="400" t="s">
         <v>519</v>
       </c>
-      <c r="R209" s="429"/>
-[...342 lines deleted...]
-      <c r="AA217" s="838">
+      <c r="V217" s="720"/>
+      <c r="W217" s="720"/>
+      <c r="X217" s="720"/>
+      <c r="Y217" s="720"/>
+      <c r="Z217" s="721"/>
+      <c r="AA217" s="827">
         <v>819</v>
       </c>
-      <c r="AB217" s="1066"/>
-[...1 lines deleted...]
-      <c r="AD217" s="1062">
+      <c r="AB217" s="1077"/>
+      <c r="AC217" s="725"/>
+      <c r="AD217" s="1094">
         <f>Vkladani_dat!G176</f>
         <v>0</v>
       </c>
-      <c r="AE217" s="549"/>
-[...2 lines deleted...]
-      <c r="AH217" s="550"/>
+      <c r="AE217" s="692"/>
+      <c r="AF217" s="692"/>
+      <c r="AG217" s="692"/>
+      <c r="AH217" s="693"/>
     </row>
     <row r="218" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A218" s="1055" t="s">
+      <c r="A218" s="1105" t="s">
         <v>423</v>
       </c>
-      <c r="B218" s="1054"/>
-[...7 lines deleted...]
-      <c r="J218" s="421">
+      <c r="B218" s="1104"/>
+      <c r="C218" s="1104"/>
+      <c r="D218" s="1104"/>
+      <c r="E218" s="1104"/>
+      <c r="F218" s="1104"/>
+      <c r="G218" s="1104"/>
+      <c r="H218" s="1104"/>
+      <c r="I218" s="1104"/>
+      <c r="J218" s="405">
         <v>615</v>
       </c>
-      <c r="K218" s="422"/>
-      <c r="L218" s="419">
+      <c r="K218" s="432"/>
+      <c r="L218" s="397">
         <f>Vkladani_dat!G131</f>
         <v>0</v>
       </c>
-      <c r="M218" s="423"/>
-[...20 lines deleted...]
-      <c r="AH218" s="553"/>
+      <c r="M218" s="433"/>
+      <c r="N218" s="433"/>
+      <c r="O218" s="434"/>
+      <c r="P218" s="146"/>
+      <c r="Q218" s="1085"/>
+      <c r="R218" s="1086"/>
+      <c r="S218" s="1086"/>
+      <c r="T218" s="1087"/>
+      <c r="U218" s="723"/>
+      <c r="V218" s="723"/>
+      <c r="W218" s="723"/>
+      <c r="X218" s="723"/>
+      <c r="Y218" s="723"/>
+      <c r="Z218" s="724"/>
+      <c r="AA218" s="726"/>
+      <c r="AB218" s="1078"/>
+      <c r="AC218" s="727"/>
+      <c r="AD218" s="694"/>
+      <c r="AE218" s="695"/>
+      <c r="AF218" s="695"/>
+      <c r="AG218" s="695"/>
+      <c r="AH218" s="696"/>
     </row>
     <row r="219" spans="1:34" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A219" s="1055"/>
-[...32 lines deleted...]
-      <c r="AH219" s="1070"/>
+      <c r="A219" s="1105"/>
+      <c r="B219" s="1104"/>
+      <c r="C219" s="1104"/>
+      <c r="D219" s="1104"/>
+      <c r="E219" s="1104"/>
+      <c r="F219" s="1104"/>
+      <c r="G219" s="1104"/>
+      <c r="H219" s="1104"/>
+      <c r="I219" s="1104"/>
+      <c r="J219" s="432"/>
+      <c r="K219" s="432"/>
+      <c r="L219" s="433"/>
+      <c r="M219" s="433"/>
+      <c r="N219" s="433"/>
+      <c r="O219" s="434"/>
+      <c r="P219" s="146"/>
+      <c r="Q219" s="1088"/>
+      <c r="R219" s="1089"/>
+      <c r="S219" s="1089"/>
+      <c r="T219" s="1090"/>
+      <c r="U219" s="1072"/>
+      <c r="V219" s="1072"/>
+      <c r="W219" s="1072"/>
+      <c r="X219" s="1072"/>
+      <c r="Y219" s="1072"/>
+      <c r="Z219" s="1073"/>
+      <c r="AA219" s="1079"/>
+      <c r="AB219" s="1080"/>
+      <c r="AC219" s="1081"/>
+      <c r="AD219" s="1095"/>
+      <c r="AE219" s="1096"/>
+      <c r="AF219" s="1096"/>
+      <c r="AG219" s="1096"/>
+      <c r="AH219" s="1097"/>
     </row>
     <row r="220" spans="1:34" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A220" s="1056"/>
-[...32 lines deleted...]
-      <c r="AH220" s="798"/>
+      <c r="A220" s="1106"/>
+      <c r="B220" s="1107"/>
+      <c r="C220" s="1107"/>
+      <c r="D220" s="1107"/>
+      <c r="E220" s="1107"/>
+      <c r="F220" s="1107"/>
+      <c r="G220" s="1107"/>
+      <c r="H220" s="1107"/>
+      <c r="I220" s="1107"/>
+      <c r="J220" s="1074"/>
+      <c r="K220" s="1074"/>
+      <c r="L220" s="1075"/>
+      <c r="M220" s="1075"/>
+      <c r="N220" s="1075"/>
+      <c r="O220" s="1076"/>
+      <c r="P220" s="146"/>
+      <c r="Q220" s="1098"/>
+      <c r="R220" s="1098"/>
+      <c r="S220" s="1098"/>
+      <c r="T220" s="1098"/>
+      <c r="U220" s="1098"/>
+      <c r="V220" s="1098"/>
+      <c r="W220" s="1098"/>
+      <c r="X220" s="1098"/>
+      <c r="Y220" s="1098"/>
+      <c r="Z220" s="1098"/>
+      <c r="AA220" s="1100"/>
+      <c r="AB220" s="1100"/>
+      <c r="AC220" s="1100"/>
+      <c r="AD220" s="822"/>
+      <c r="AE220" s="822"/>
+      <c r="AF220" s="822"/>
+      <c r="AG220" s="822"/>
+      <c r="AH220" s="822"/>
     </row>
     <row r="221" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A221" s="1051" t="s">
+      <c r="A221" s="1101" t="s">
         <v>278</v>
       </c>
-      <c r="B221" s="463"/>
-[...30 lines deleted...]
-      <c r="AH221" s="552"/>
+      <c r="B221" s="466"/>
+      <c r="C221" s="466"/>
+      <c r="D221" s="466"/>
+      <c r="E221" s="466"/>
+      <c r="F221" s="466"/>
+      <c r="G221" s="466"/>
+      <c r="H221" s="466"/>
+      <c r="I221" s="466"/>
+      <c r="J221" s="466"/>
+      <c r="K221" s="138"/>
+      <c r="L221" s="1111"/>
+      <c r="M221" s="1111"/>
+      <c r="N221" s="1111"/>
+      <c r="O221" s="1111"/>
+      <c r="Q221" s="1099"/>
+      <c r="R221" s="1099"/>
+      <c r="S221" s="1099"/>
+      <c r="T221" s="1099"/>
+      <c r="U221" s="1099"/>
+      <c r="V221" s="1099"/>
+      <c r="W221" s="1099"/>
+      <c r="X221" s="1099"/>
+      <c r="Y221" s="1099"/>
+      <c r="Z221" s="1099"/>
+      <c r="AA221" s="818"/>
+      <c r="AB221" s="818"/>
+      <c r="AC221" s="818"/>
+      <c r="AD221" s="695"/>
+      <c r="AE221" s="695"/>
+      <c r="AF221" s="695"/>
+      <c r="AG221" s="695"/>
+      <c r="AH221" s="695"/>
     </row>
     <row r="222" spans="1:34" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A222" s="466"/>
-[...31 lines deleted...]
-      <c r="AH222" s="552"/>
+      <c r="A222" s="469"/>
+      <c r="B222" s="469"/>
+      <c r="C222" s="469"/>
+      <c r="D222" s="469"/>
+      <c r="E222" s="469"/>
+      <c r="F222" s="469"/>
+      <c r="G222" s="469"/>
+      <c r="H222" s="469"/>
+      <c r="I222" s="469"/>
+      <c r="J222" s="469"/>
+      <c r="K222" s="131"/>
+      <c r="L222" s="1112"/>
+      <c r="M222" s="1112"/>
+      <c r="N222" s="1112"/>
+      <c r="O222" s="1112"/>
+      <c r="Q222" s="1099"/>
+      <c r="R222" s="1099"/>
+      <c r="S222" s="1099"/>
+      <c r="T222" s="1099"/>
+      <c r="U222" s="1099"/>
+      <c r="V222" s="1099"/>
+      <c r="W222" s="1099"/>
+      <c r="X222" s="1099"/>
+      <c r="Y222" s="1099"/>
+      <c r="Z222" s="1099"/>
+      <c r="AA222" s="818"/>
+      <c r="AB222" s="818"/>
+      <c r="AC222" s="818"/>
+      <c r="AD222" s="695"/>
+      <c r="AE222" s="695"/>
+      <c r="AF222" s="695"/>
+      <c r="AG222" s="695"/>
+      <c r="AH222" s="695"/>
     </row>
     <row r="223" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A223" s="1052"/>
-[...32 lines deleted...]
-      <c r="AH223" s="1065"/>
+      <c r="A223" s="1102"/>
+      <c r="B223" s="1102"/>
+      <c r="C223" s="1102"/>
+      <c r="D223" s="1102"/>
+      <c r="E223" s="1102"/>
+      <c r="F223" s="1102"/>
+      <c r="G223" s="1102"/>
+      <c r="H223" s="1102"/>
+      <c r="I223" s="1102"/>
+      <c r="J223" s="1102"/>
+      <c r="K223" s="1092"/>
+      <c r="L223" s="1092"/>
+      <c r="M223" s="1092"/>
+      <c r="N223" s="1092"/>
+      <c r="O223" s="1092"/>
+      <c r="P223" s="1092"/>
+      <c r="Q223" s="1092"/>
+      <c r="R223" s="1092"/>
+      <c r="S223" s="1092"/>
+      <c r="T223" s="1092"/>
+      <c r="U223" s="1092"/>
+      <c r="V223" s="1092"/>
+      <c r="W223" s="1092"/>
+      <c r="X223" s="1092"/>
+      <c r="Y223" s="1092"/>
+      <c r="Z223" s="1092"/>
+      <c r="AA223" s="1092"/>
+      <c r="AB223" s="1092"/>
+      <c r="AC223" s="1092"/>
+      <c r="AD223" s="1092"/>
+      <c r="AE223" s="1092"/>
+      <c r="AF223" s="1092"/>
+      <c r="AG223" s="1092"/>
+      <c r="AH223" s="1092"/>
     </row>
     <row r="224" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A224" s="1099"/>
-[...2 lines deleted...]
-      <c r="D224" s="1101"/>
+      <c r="A224" s="1115"/>
+      <c r="B224" s="1116"/>
+      <c r="C224" s="1116"/>
+      <c r="D224" s="1117"/>
       <c r="E224" s="18" t="s">
         <v>265</v>
       </c>
-      <c r="F224" s="1089" t="s">
+      <c r="F224" s="1118" t="s">
         <v>279</v>
       </c>
-      <c r="G224" s="1091"/>
-      <c r="H224" s="1089" t="s">
+      <c r="G224" s="1119"/>
+      <c r="H224" s="1118" t="s">
         <v>280</v>
       </c>
-      <c r="I224" s="1090"/>
-[...1 lines deleted...]
-      <c r="K224" s="1089" t="s">
+      <c r="I224" s="1120"/>
+      <c r="J224" s="1120"/>
+      <c r="K224" s="1118" t="s">
         <v>281</v>
       </c>
-      <c r="L224" s="1090"/>
-[...1 lines deleted...]
-      <c r="N224" s="1089" t="s">
+      <c r="L224" s="1120"/>
+      <c r="M224" s="1119"/>
+      <c r="N224" s="1118" t="s">
         <v>476</v>
       </c>
-      <c r="O224" s="1090"/>
-[...23 lines deleted...]
-      <c r="AG224" s="1089" t="s">
+      <c r="O224" s="1120"/>
+      <c r="P224" s="1120"/>
+      <c r="Q224" s="1120"/>
+      <c r="R224" s="1120"/>
+      <c r="S224" s="1119"/>
+      <c r="T224" s="1121" t="s">
+        <v>582</v>
+      </c>
+      <c r="U224" s="1121"/>
+      <c r="V224" s="1121"/>
+      <c r="W224" s="1121"/>
+      <c r="X224" s="1121"/>
+      <c r="Y224" s="137" t="s">
+        <v>583</v>
+      </c>
+      <c r="Z224" s="1118" t="s">
+        <v>543</v>
+      </c>
+      <c r="AA224" s="1120"/>
+      <c r="AB224" s="1120"/>
+      <c r="AC224" s="1120"/>
+      <c r="AD224" s="1120"/>
+      <c r="AE224" s="1120"/>
+      <c r="AF224" s="1119"/>
+      <c r="AG224" s="1118" t="s">
         <v>282</v>
       </c>
-      <c r="AH224" s="1092"/>
+      <c r="AH224" s="1127"/>
     </row>
     <row r="225" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A225" s="842" t="s">
+      <c r="A225" s="863" t="s">
         <v>63</v>
       </c>
-      <c r="B225" s="1094"/>
-[...2 lines deleted...]
-      <c r="E225" s="138" t="s">
+      <c r="B225" s="1114"/>
+      <c r="C225" s="1114"/>
+      <c r="D225" s="917"/>
+      <c r="E225" s="135" t="s">
         <v>283</v>
       </c>
-      <c r="F225" s="1096" t="s">
+      <c r="F225" s="1129" t="s">
         <v>267</v>
       </c>
-      <c r="G225" s="899"/>
-      <c r="H225" s="1097">
+      <c r="G225" s="917"/>
+      <c r="H225" s="1130">
         <v>2</v>
       </c>
-      <c r="I225" s="1098"/>
-[...1 lines deleted...]
-      <c r="K225" s="1093">
+      <c r="I225" s="1131"/>
+      <c r="J225" s="1131"/>
+      <c r="K225" s="1113">
         <v>3</v>
       </c>
-      <c r="L225" s="1094"/>
-[...1 lines deleted...]
-      <c r="N225" s="1093">
+      <c r="L225" s="1114"/>
+      <c r="M225" s="917"/>
+      <c r="N225" s="1113">
         <v>4</v>
       </c>
-      <c r="O225" s="1094"/>
-[...4 lines deleted...]
-      <c r="T225" s="990">
+      <c r="O225" s="1114"/>
+      <c r="P225" s="1114"/>
+      <c r="Q225" s="1114"/>
+      <c r="R225" s="1114"/>
+      <c r="S225" s="917"/>
+      <c r="T225" s="1027">
         <v>5</v>
       </c>
-      <c r="U225" s="990"/>
-[...3 lines deleted...]
-      <c r="Y225" s="139">
+      <c r="U225" s="1027"/>
+      <c r="V225" s="1027"/>
+      <c r="W225" s="1027"/>
+      <c r="X225" s="1027"/>
+      <c r="Y225" s="136">
         <v>6</v>
       </c>
-      <c r="Z225" s="1093">
+      <c r="Z225" s="1113">
         <v>7</v>
       </c>
-      <c r="AA225" s="1094"/>
-[...5 lines deleted...]
-      <c r="AG225" s="1093">
+      <c r="AA225" s="1114"/>
+      <c r="AB225" s="1114"/>
+      <c r="AC225" s="1114"/>
+      <c r="AD225" s="1114"/>
+      <c r="AE225" s="1114"/>
+      <c r="AF225" s="917"/>
+      <c r="AG225" s="1113">
         <v>8</v>
       </c>
-      <c r="AH225" s="1095"/>
+      <c r="AH225" s="1128"/>
     </row>
     <row r="226" spans="1:34" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A226" s="1103" t="s">
+      <c r="A226" s="1146" t="s">
         <v>284</v>
       </c>
-      <c r="B226" s="1104"/>
-[...2 lines deleted...]
-      <c r="E226" s="96" t="s">
+      <c r="B226" s="1147"/>
+      <c r="C226" s="1147"/>
+      <c r="D226" s="1148"/>
+      <c r="E226" s="93" t="s">
         <v>285</v>
       </c>
-      <c r="F226" s="1106">
-[...28 lines deleted...]
-      <c r="Y226" s="136">
+      <c r="F226" s="1149">
+        <v>0</v>
+      </c>
+      <c r="G226" s="1137"/>
+      <c r="H226" s="1135">
+        <v>0</v>
+      </c>
+      <c r="I226" s="1136"/>
+      <c r="J226" s="1137"/>
+      <c r="K226" s="1135">
+        <v>0</v>
+      </c>
+      <c r="L226" s="1136"/>
+      <c r="M226" s="1137"/>
+      <c r="N226" s="1135">
+        <v>0</v>
+      </c>
+      <c r="O226" s="1136"/>
+      <c r="P226" s="1136"/>
+      <c r="Q226" s="1136"/>
+      <c r="R226" s="1136"/>
+      <c r="S226" s="1137"/>
+      <c r="T226" s="1151">
+        <v>0</v>
+      </c>
+      <c r="U226" s="1151"/>
+      <c r="V226" s="1151"/>
+      <c r="W226" s="1151"/>
+      <c r="X226" s="1151"/>
+      <c r="Y226" s="133">
         <v>1</v>
       </c>
-      <c r="Z226" s="1108">
-[...8 lines deleted...]
-      <c r="AG226" s="1116">
+      <c r="Z226" s="1135">
+        <v>0</v>
+      </c>
+      <c r="AA226" s="1136"/>
+      <c r="AB226" s="1136"/>
+      <c r="AC226" s="1136"/>
+      <c r="AD226" s="1136"/>
+      <c r="AE226" s="1136"/>
+      <c r="AF226" s="1137"/>
+      <c r="AG226" s="1138">
         <f>SUM(F226:Z226)</f>
         <v>1</v>
       </c>
-      <c r="AH226" s="1117"/>
+      <c r="AH226" s="1139"/>
     </row>
     <row r="227" spans="1:34" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A227" s="1103" t="s">
+      <c r="A227" s="1146" t="s">
         <v>286</v>
       </c>
-      <c r="B227" s="1181"/>
-[...2 lines deleted...]
-      <c r="E227" s="97" t="s">
+      <c r="B227" s="1191"/>
+      <c r="C227" s="1191"/>
+      <c r="D227" s="1192"/>
+      <c r="E227" s="94" t="s">
         <v>287</v>
       </c>
-      <c r="F227" s="1183" t="s">
+      <c r="F227" s="1193" t="s">
         <v>288</v>
       </c>
-      <c r="G227" s="1107"/>
-[...25 lines deleted...]
-      <c r="Y227" s="133">
+      <c r="G227" s="1137"/>
+      <c r="H227" s="1135">
+        <v>0</v>
+      </c>
+      <c r="I227" s="1136"/>
+      <c r="J227" s="1136"/>
+      <c r="K227" s="1135">
+        <v>0</v>
+      </c>
+      <c r="L227" s="1136"/>
+      <c r="M227" s="1137"/>
+      <c r="N227" s="1140">
+        <v>0</v>
+      </c>
+      <c r="O227" s="1194"/>
+      <c r="P227" s="1194"/>
+      <c r="Q227" s="1194"/>
+      <c r="R227" s="1194"/>
+      <c r="S227" s="1195"/>
+      <c r="T227" s="1196">
+        <v>0</v>
+      </c>
+      <c r="U227" s="1196"/>
+      <c r="V227" s="1196"/>
+      <c r="W227" s="1196"/>
+      <c r="X227" s="1196"/>
+      <c r="Y227" s="130">
         <f>Vkladani_dat!G12</f>
         <v>0</v>
       </c>
-      <c r="Z227" s="1108">
-[...8 lines deleted...]
-      <c r="AG227" s="1118">
+      <c r="Z227" s="1135">
+        <v>0</v>
+      </c>
+      <c r="AA227" s="1136"/>
+      <c r="AB227" s="1136"/>
+      <c r="AC227" s="1136"/>
+      <c r="AD227" s="1136"/>
+      <c r="AE227" s="1136"/>
+      <c r="AF227" s="1137"/>
+      <c r="AG227" s="1140">
         <f>SUM(F227:Z227)</f>
         <v>0</v>
       </c>
-      <c r="AH227" s="1119"/>
+      <c r="AH227" s="1141"/>
     </row>
     <row r="228" spans="1:34" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A228" s="1120" t="s">
+      <c r="A228" s="1142" t="s">
+        <v>520</v>
+      </c>
+      <c r="B228" s="1143"/>
+      <c r="C228" s="1143"/>
+      <c r="D228" s="1144"/>
+      <c r="E228" s="95" t="s">
+        <v>289</v>
+      </c>
+      <c r="F228" s="1145" t="s">
+        <v>288</v>
+      </c>
+      <c r="G228" s="1134"/>
+      <c r="H228" s="1132">
+        <v>0</v>
+      </c>
+      <c r="I228" s="1133"/>
+      <c r="J228" s="1133"/>
+      <c r="K228" s="1132">
+        <v>0</v>
+      </c>
+      <c r="L228" s="1133"/>
+      <c r="M228" s="1134"/>
+      <c r="N228" s="1132">
+        <v>0</v>
+      </c>
+      <c r="O228" s="1133"/>
+      <c r="P228" s="1133"/>
+      <c r="Q228" s="1133"/>
+      <c r="R228" s="1133"/>
+      <c r="S228" s="1134"/>
+      <c r="T228" s="1197">
+        <v>0</v>
+      </c>
+      <c r="U228" s="1197"/>
+      <c r="V228" s="1197"/>
+      <c r="W228" s="1197"/>
+      <c r="X228" s="1197"/>
+      <c r="Y228" s="134">
+        <f>Vkladani_dat!G13</f>
+        <v>0</v>
+      </c>
+      <c r="Z228" s="1132">
+        <v>0</v>
+      </c>
+      <c r="AA228" s="1133"/>
+      <c r="AB228" s="1133"/>
+      <c r="AC228" s="1133"/>
+      <c r="AD228" s="1133"/>
+      <c r="AE228" s="1133"/>
+      <c r="AF228" s="1134"/>
+      <c r="AG228" s="1122">
+        <f>SUM(F228:Z228)</f>
+        <v>0</v>
+      </c>
+      <c r="AH228" s="1123"/>
+    </row>
+    <row r="229" spans="1:34" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="1124"/>
+      <c r="B229" s="1124"/>
+      <c r="C229" s="1124"/>
+      <c r="D229" s="1124"/>
+      <c r="E229" s="144"/>
+      <c r="F229" s="1125"/>
+      <c r="G229" s="1126"/>
+      <c r="H229" s="1126"/>
+      <c r="I229" s="1126"/>
+      <c r="J229" s="1126"/>
+      <c r="K229" s="1126"/>
+      <c r="L229" s="1126"/>
+      <c r="M229" s="1126"/>
+      <c r="N229" s="1188"/>
+      <c r="O229" s="1188"/>
+      <c r="P229" s="1188"/>
+      <c r="Q229" s="1188"/>
+      <c r="R229" s="1188"/>
+      <c r="S229" s="1188"/>
+      <c r="T229" s="1189"/>
+      <c r="U229" s="1190"/>
+      <c r="V229" s="1190"/>
+      <c r="W229" s="1190"/>
+      <c r="X229" s="1190"/>
+      <c r="Y229" s="128"/>
+      <c r="Z229" s="1126"/>
+      <c r="AA229" s="1126"/>
+      <c r="AB229" s="1126"/>
+      <c r="AC229" s="1126"/>
+      <c r="AD229" s="1126"/>
+      <c r="AE229" s="1126"/>
+      <c r="AF229" s="1126"/>
+      <c r="AG229" s="1189"/>
+      <c r="AH229" s="1190"/>
+    </row>
+    <row r="230" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="1198"/>
+      <c r="B230" s="1199"/>
+      <c r="C230" s="1199"/>
+      <c r="D230" s="1199"/>
+      <c r="E230" s="1199"/>
+      <c r="F230" s="1199"/>
+      <c r="G230" s="1199"/>
+      <c r="H230" s="1199"/>
+      <c r="I230" s="469"/>
+      <c r="J230" s="469"/>
+      <c r="K230" s="469"/>
+      <c r="L230" s="469"/>
+      <c r="M230" s="469"/>
+      <c r="N230" s="469"/>
+      <c r="O230" s="469"/>
+      <c r="P230" s="469"/>
+      <c r="Q230" s="469"/>
+      <c r="R230" s="469"/>
+      <c r="S230" s="469"/>
+      <c r="T230" s="469"/>
+      <c r="U230" s="469"/>
+      <c r="V230" s="469"/>
+      <c r="W230" s="469"/>
+      <c r="X230" s="469"/>
+      <c r="Y230" s="469"/>
+      <c r="Z230" s="469"/>
+      <c r="AA230" s="469"/>
+      <c r="AB230" s="469"/>
+      <c r="AC230" s="469"/>
+      <c r="AD230" s="469"/>
+      <c r="AE230" s="469"/>
+      <c r="AF230" s="469"/>
+      <c r="AG230" s="469"/>
+      <c r="AH230" s="469"/>
+    </row>
+    <row r="231" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="1150" t="s">
+        <v>524</v>
+      </c>
+      <c r="B231" s="1150"/>
+      <c r="C231" s="1150"/>
+      <c r="D231" s="1150"/>
+      <c r="E231" s="1150"/>
+      <c r="F231" s="1150"/>
+      <c r="G231" s="1150"/>
+      <c r="H231" s="1150"/>
+      <c r="I231" s="1150"/>
+      <c r="J231" s="1150"/>
+      <c r="K231" s="1150"/>
+      <c r="L231" s="1150"/>
+      <c r="M231" s="1150"/>
+      <c r="N231" s="1150"/>
+      <c r="O231" s="1150"/>
+      <c r="P231" s="1150"/>
+      <c r="Q231" s="440" t="s">
+        <v>531</v>
+      </c>
+      <c r="R231" s="440"/>
+      <c r="S231" s="440"/>
+      <c r="T231" s="440"/>
+      <c r="U231" s="440"/>
+      <c r="V231" s="440"/>
+      <c r="W231" s="440"/>
+      <c r="X231" s="440"/>
+      <c r="Y231" s="440"/>
+      <c r="Z231" s="440"/>
+      <c r="AA231" s="440"/>
+      <c r="AB231" s="440"/>
+      <c r="AC231" s="440"/>
+      <c r="AD231" s="440"/>
+      <c r="AE231" s="440"/>
+      <c r="AF231" s="440"/>
+      <c r="AG231" s="440"/>
+      <c r="AH231" s="440"/>
+    </row>
+    <row r="232" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="438" t="s">
+        <v>525</v>
+      </c>
+      <c r="B232" s="438"/>
+      <c r="C232" s="438"/>
+      <c r="D232" s="438"/>
+      <c r="E232" s="438"/>
+      <c r="F232" s="438"/>
+      <c r="G232" s="438"/>
+      <c r="H232" s="438"/>
+      <c r="I232" s="438"/>
+      <c r="J232" s="438"/>
+      <c r="K232" s="438"/>
+      <c r="L232" s="438"/>
+      <c r="M232" s="438"/>
+      <c r="N232" s="438"/>
+      <c r="O232" s="438"/>
+      <c r="P232" s="438"/>
+      <c r="Q232" s="440" t="s">
+        <v>532</v>
+      </c>
+      <c r="R232" s="440"/>
+      <c r="S232" s="440"/>
+      <c r="T232" s="440"/>
+      <c r="U232" s="440"/>
+      <c r="V232" s="440"/>
+      <c r="W232" s="440"/>
+      <c r="X232" s="440"/>
+      <c r="Y232" s="440"/>
+      <c r="Z232" s="440"/>
+      <c r="AA232" s="440"/>
+      <c r="AB232" s="440"/>
+      <c r="AC232" s="440"/>
+      <c r="AD232" s="440"/>
+      <c r="AE232" s="440"/>
+      <c r="AF232" s="440"/>
+      <c r="AG232" s="440"/>
+      <c r="AH232" s="440"/>
+    </row>
+    <row r="233" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="438" t="s">
+        <v>526</v>
+      </c>
+      <c r="B233" s="439"/>
+      <c r="C233" s="439"/>
+      <c r="D233" s="439"/>
+      <c r="E233" s="439"/>
+      <c r="F233" s="439"/>
+      <c r="G233" s="439"/>
+      <c r="H233" s="439"/>
+      <c r="I233" s="439"/>
+      <c r="J233" s="439"/>
+      <c r="K233" s="439"/>
+      <c r="L233" s="439"/>
+      <c r="M233" s="439"/>
+      <c r="N233" s="439"/>
+      <c r="O233" s="439"/>
+      <c r="P233" s="132"/>
+      <c r="Q233" s="440" t="s">
+        <v>521</v>
+      </c>
+      <c r="R233" s="440"/>
+      <c r="S233" s="440"/>
+      <c r="T233" s="440"/>
+      <c r="U233" s="440"/>
+      <c r="V233" s="440"/>
+      <c r="W233" s="440"/>
+      <c r="X233" s="440"/>
+      <c r="Y233" s="440"/>
+      <c r="Z233" s="440"/>
+      <c r="AA233" s="440"/>
+      <c r="AB233" s="440"/>
+      <c r="AC233" s="440"/>
+      <c r="AD233" s="440"/>
+      <c r="AE233" s="440"/>
+      <c r="AF233" s="440"/>
+      <c r="AG233" s="440"/>
+      <c r="AH233" s="440"/>
+    </row>
+    <row r="234" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="1150" t="s">
+        <v>527</v>
+      </c>
+      <c r="B234" s="1150"/>
+      <c r="C234" s="1150"/>
+      <c r="D234" s="1150"/>
+      <c r="E234" s="1150"/>
+      <c r="F234" s="1150"/>
+      <c r="G234" s="1150"/>
+      <c r="H234" s="1150"/>
+      <c r="I234" s="1150"/>
+      <c r="J234" s="1150"/>
+      <c r="K234" s="1150"/>
+      <c r="L234" s="1150"/>
+      <c r="M234" s="1150"/>
+      <c r="N234" s="1150"/>
+      <c r="O234" s="1150"/>
+      <c r="P234" s="1150"/>
+      <c r="Q234" s="440" t="s">
+        <v>522</v>
+      </c>
+      <c r="R234" s="440"/>
+      <c r="S234" s="440"/>
+      <c r="T234" s="440"/>
+      <c r="U234" s="440"/>
+      <c r="V234" s="440"/>
+      <c r="W234" s="440"/>
+      <c r="X234" s="440"/>
+      <c r="Y234" s="440"/>
+      <c r="Z234" s="440"/>
+      <c r="AA234" s="440"/>
+      <c r="AB234" s="440"/>
+      <c r="AC234" s="440"/>
+      <c r="AD234" s="440"/>
+      <c r="AE234" s="440"/>
+      <c r="AF234" s="440"/>
+      <c r="AG234" s="440"/>
+      <c r="AH234" s="440"/>
+    </row>
+    <row r="235" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="440" t="s">
+        <v>528</v>
+      </c>
+      <c r="B235" s="440"/>
+      <c r="C235" s="440"/>
+      <c r="D235" s="440"/>
+      <c r="E235" s="440"/>
+      <c r="F235" s="440"/>
+      <c r="G235" s="440"/>
+      <c r="H235" s="440"/>
+      <c r="I235" s="440"/>
+      <c r="J235" s="440"/>
+      <c r="K235" s="440"/>
+      <c r="L235" s="440"/>
+      <c r="M235" s="440"/>
+      <c r="N235" s="440"/>
+      <c r="O235" s="440"/>
+      <c r="P235" s="440"/>
+      <c r="Q235" s="440" t="s">
+        <v>529</v>
+      </c>
+      <c r="R235" s="440"/>
+      <c r="S235" s="440"/>
+      <c r="T235" s="440"/>
+      <c r="U235" s="440"/>
+      <c r="V235" s="440"/>
+      <c r="W235" s="440"/>
+      <c r="X235" s="440"/>
+      <c r="Y235" s="440"/>
+      <c r="Z235" s="440"/>
+      <c r="AA235" s="440"/>
+      <c r="AB235" s="440"/>
+      <c r="AC235" s="440"/>
+      <c r="AD235" s="440"/>
+      <c r="AE235" s="440"/>
+      <c r="AF235" s="440"/>
+      <c r="AG235" s="440"/>
+      <c r="AH235" s="440"/>
+    </row>
+    <row r="236" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="440" t="s">
         <v>523</v>
       </c>
-      <c r="B228" s="1121"/>
-[...246 lines deleted...]
-      <c r="A234" s="1110" t="s">
+      <c r="B236" s="440"/>
+      <c r="C236" s="440"/>
+      <c r="D236" s="440"/>
+      <c r="E236" s="440"/>
+      <c r="F236" s="440"/>
+      <c r="G236" s="440"/>
+      <c r="H236" s="440"/>
+      <c r="I236" s="440"/>
+      <c r="J236" s="440"/>
+      <c r="K236" s="440"/>
+      <c r="L236" s="440"/>
+      <c r="M236" s="440"/>
+      <c r="N236" s="440"/>
+      <c r="O236" s="440"/>
+      <c r="P236" s="127"/>
+      <c r="Q236" s="440" t="s">
         <v>530</v>
       </c>
-      <c r="B234" s="1110"/>
-[...113 lines deleted...]
-      <c r="AH236" s="391"/>
+      <c r="R236" s="441"/>
+      <c r="S236" s="441"/>
+      <c r="T236" s="441"/>
+      <c r="U236" s="441"/>
+      <c r="V236" s="441"/>
+      <c r="W236" s="441"/>
+      <c r="X236" s="441"/>
+      <c r="Y236" s="441"/>
+      <c r="Z236" s="441"/>
+      <c r="AA236" s="441"/>
+      <c r="AB236" s="441"/>
+      <c r="AC236" s="441"/>
+      <c r="AD236" s="441"/>
+      <c r="AE236" s="441"/>
+      <c r="AF236" s="441"/>
+      <c r="AG236" s="441"/>
+      <c r="AH236" s="441"/>
     </row>
     <row r="237" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A237" s="390" t="s">
+      <c r="A237" s="440" t="s">
+        <v>585</v>
+      </c>
+      <c r="B237" s="440"/>
+      <c r="C237" s="440"/>
+      <c r="D237" s="440"/>
+      <c r="E237" s="440"/>
+      <c r="F237" s="440"/>
+      <c r="G237" s="440"/>
+      <c r="H237" s="440"/>
+      <c r="I237" s="440"/>
+      <c r="J237" s="440"/>
+      <c r="K237" s="440"/>
+      <c r="L237" s="440"/>
+      <c r="M237" s="440"/>
+      <c r="N237" s="440"/>
+      <c r="O237" s="440"/>
+      <c r="P237" s="127"/>
+      <c r="Q237" s="117"/>
+      <c r="R237" s="117"/>
+      <c r="S237" s="117"/>
+      <c r="T237" s="117"/>
+      <c r="U237" s="117"/>
+      <c r="V237" s="117"/>
+      <c r="W237" s="117"/>
+      <c r="X237" s="117"/>
+      <c r="Y237" s="117"/>
+      <c r="Z237" s="117"/>
+      <c r="AA237" s="117"/>
+      <c r="AB237" s="117"/>
+      <c r="AC237" s="117"/>
+      <c r="AD237" s="117"/>
+      <c r="AE237" s="117"/>
+      <c r="AF237" s="117"/>
+      <c r="AG237" s="117"/>
+      <c r="AH237" s="117"/>
+    </row>
+    <row r="238" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="440" t="s">
+        <v>586</v>
+      </c>
+      <c r="B238" s="440"/>
+      <c r="C238" s="440"/>
+      <c r="D238" s="440"/>
+      <c r="E238" s="440"/>
+      <c r="F238" s="440"/>
+      <c r="G238" s="440"/>
+      <c r="H238" s="440"/>
+      <c r="I238" s="440"/>
+      <c r="J238" s="440"/>
+      <c r="K238" s="440"/>
+      <c r="L238" s="440"/>
+      <c r="M238" s="440"/>
+      <c r="N238" s="440"/>
+      <c r="O238" s="440"/>
+      <c r="P238" s="127"/>
+      <c r="Q238" s="117"/>
+      <c r="R238" s="117"/>
+      <c r="S238" s="117"/>
+      <c r="T238" s="117"/>
+      <c r="U238" s="117"/>
+      <c r="V238" s="117"/>
+      <c r="W238" s="117"/>
+      <c r="X238" s="117"/>
+      <c r="Y238" s="117"/>
+      <c r="Z238" s="117"/>
+      <c r="AA238" s="117"/>
+      <c r="AB238" s="117"/>
+      <c r="AC238" s="117"/>
+      <c r="AD238" s="117"/>
+      <c r="AE238" s="117"/>
+      <c r="AF238" s="117"/>
+      <c r="AG238" s="117"/>
+      <c r="AH238" s="117"/>
+    </row>
+    <row r="239" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="440" t="s">
         <v>588</v>
       </c>
-      <c r="B237" s="390"/>
-[...107 lines deleted...]
-      <c r="AH239" s="120"/>
+      <c r="B239" s="440"/>
+      <c r="C239" s="440"/>
+      <c r="D239" s="440"/>
+      <c r="E239" s="440"/>
+      <c r="F239" s="440"/>
+      <c r="G239" s="440"/>
+      <c r="H239" s="440"/>
+      <c r="I239" s="440"/>
+      <c r="J239" s="440"/>
+      <c r="K239" s="440"/>
+      <c r="L239" s="440"/>
+      <c r="M239" s="440"/>
+      <c r="N239" s="440"/>
+      <c r="O239" s="440"/>
+      <c r="P239" s="127"/>
+      <c r="Q239" s="117"/>
+      <c r="R239" s="117"/>
+      <c r="S239" s="117"/>
+      <c r="T239" s="117"/>
+      <c r="U239" s="117"/>
+      <c r="V239" s="117"/>
+      <c r="W239" s="117"/>
+      <c r="X239" s="117"/>
+      <c r="Y239" s="117"/>
+      <c r="Z239" s="117"/>
+      <c r="AA239" s="117"/>
+      <c r="AB239" s="117"/>
+      <c r="AC239" s="117"/>
+      <c r="AD239" s="117"/>
+      <c r="AE239" s="117"/>
+      <c r="AF239" s="117"/>
+      <c r="AG239" s="117"/>
+      <c r="AH239" s="117"/>
     </row>
     <row r="240" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A240" s="390" t="s">
-[...34 lines deleted...]
-      <c r="AH240" s="120"/>
+      <c r="A240" s="440" t="s">
+        <v>587</v>
+      </c>
+      <c r="B240" s="441"/>
+      <c r="C240" s="441"/>
+      <c r="D240" s="441"/>
+      <c r="E240" s="441"/>
+      <c r="F240" s="441"/>
+      <c r="G240" s="441"/>
+      <c r="H240" s="441"/>
+      <c r="I240" s="441"/>
+      <c r="J240" s="441"/>
+      <c r="K240" s="441"/>
+      <c r="L240" s="441"/>
+      <c r="M240" s="441"/>
+      <c r="N240" s="441"/>
+      <c r="O240" s="441"/>
+      <c r="P240" s="127"/>
+      <c r="Q240" s="117"/>
+      <c r="R240" s="117"/>
+      <c r="S240" s="117"/>
+      <c r="T240" s="117"/>
+      <c r="U240" s="117"/>
+      <c r="V240" s="117"/>
+      <c r="W240" s="117"/>
+      <c r="X240" s="117"/>
+      <c r="Y240" s="117"/>
+      <c r="Z240" s="117"/>
+      <c r="AA240" s="117"/>
+      <c r="AB240" s="117"/>
+      <c r="AC240" s="117"/>
+      <c r="AD240" s="117"/>
+      <c r="AE240" s="117"/>
+      <c r="AF240" s="117"/>
+      <c r="AG240" s="117"/>
+      <c r="AH240" s="117"/>
     </row>
     <row r="241" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A241" s="1172" t="s">
+      <c r="A241" s="1159" t="s">
         <v>290</v>
       </c>
-      <c r="B241" s="1172"/>
-[...31 lines deleted...]
-      <c r="AH241" s="1172"/>
+      <c r="B241" s="1159"/>
+      <c r="C241" s="1159"/>
+      <c r="D241" s="1159"/>
+      <c r="E241" s="1159"/>
+      <c r="F241" s="1159"/>
+      <c r="G241" s="1159"/>
+      <c r="H241" s="1159"/>
+      <c r="I241" s="1159"/>
+      <c r="J241" s="1159"/>
+      <c r="K241" s="1159"/>
+      <c r="L241" s="1159"/>
+      <c r="M241" s="1159"/>
+      <c r="N241" s="1159"/>
+      <c r="O241" s="1159"/>
+      <c r="P241" s="1159"/>
+      <c r="Q241" s="1159"/>
+      <c r="R241" s="1159"/>
+      <c r="S241" s="1159"/>
+      <c r="T241" s="1159"/>
+      <c r="U241" s="1159"/>
+      <c r="V241" s="1159"/>
+      <c r="W241" s="1159"/>
+      <c r="X241" s="1159"/>
+      <c r="Y241" s="1159"/>
+      <c r="Z241" s="1159"/>
+      <c r="AA241" s="1159"/>
+      <c r="AB241" s="1159"/>
+      <c r="AC241" s="1159"/>
+      <c r="AD241" s="1159"/>
+      <c r="AE241" s="1159"/>
+      <c r="AF241" s="1159"/>
+      <c r="AG241" s="1159"/>
+      <c r="AH241" s="1159"/>
     </row>
     <row r="242" spans="1:34" ht="1.1499999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A242" s="19"/>
       <c r="B242" s="20"/>
       <c r="C242" s="20"/>
       <c r="D242" s="20"/>
       <c r="E242" s="20"/>
       <c r="F242" s="20"/>
       <c r="G242" s="20"/>
       <c r="H242" s="20"/>
       <c r="I242" s="20"/>
       <c r="J242" s="20"/>
       <c r="K242" s="20"/>
       <c r="L242" s="20"/>
       <c r="M242" s="20"/>
       <c r="N242" s="20"/>
       <c r="O242" s="20"/>
       <c r="P242" s="20"/>
       <c r="Q242" s="20"/>
       <c r="R242" s="20"/>
       <c r="S242" s="20"/>
     </row>
     <row r="243" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A243" s="1144" t="s">
+      <c r="A243" s="1175" t="s">
         <v>291</v>
       </c>
-      <c r="B243" s="1145"/>
-[...2 lines deleted...]
-      <c r="E243" s="1147" t="s">
+      <c r="B243" s="1176"/>
+      <c r="C243" s="1176"/>
+      <c r="D243" s="1177"/>
+      <c r="E243" s="1178" t="s">
         <v>292</v>
       </c>
-      <c r="F243" s="1148"/>
-[...14 lines deleted...]
-      <c r="U243" s="1144" t="s">
+      <c r="F243" s="1179"/>
+      <c r="G243" s="1179"/>
+      <c r="H243" s="1179"/>
+      <c r="I243" s="1179"/>
+      <c r="J243" s="1179"/>
+      <c r="K243" s="1179"/>
+      <c r="L243" s="1179"/>
+      <c r="M243" s="1179"/>
+      <c r="N243" s="1179"/>
+      <c r="O243" s="1179"/>
+      <c r="P243" s="1179"/>
+      <c r="Q243" s="1179"/>
+      <c r="R243" s="1179"/>
+      <c r="S243" s="1179"/>
+      <c r="T243" s="1180"/>
+      <c r="U243" s="1175" t="s">
         <v>293</v>
       </c>
-      <c r="V243" s="1145"/>
-[...11 lines deleted...]
-      <c r="AH243" s="1146"/>
+      <c r="V243" s="1176"/>
+      <c r="W243" s="1176"/>
+      <c r="X243" s="1176"/>
+      <c r="Y243" s="1176"/>
+      <c r="Z243" s="1176"/>
+      <c r="AA243" s="1176"/>
+      <c r="AB243" s="1176"/>
+      <c r="AC243" s="1176"/>
+      <c r="AD243" s="1176"/>
+      <c r="AE243" s="1176"/>
+      <c r="AF243" s="1176"/>
+      <c r="AG243" s="1176"/>
+      <c r="AH243" s="1177"/>
     </row>
     <row r="244" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A244" s="1153"/>
-[...32 lines deleted...]
-      <c r="AH244" s="1159"/>
+      <c r="A244" s="1184"/>
+      <c r="B244" s="1185"/>
+      <c r="C244" s="1185"/>
+      <c r="D244" s="1186"/>
+      <c r="E244" s="1181"/>
+      <c r="F244" s="1182"/>
+      <c r="G244" s="1182"/>
+      <c r="H244" s="1182"/>
+      <c r="I244" s="1182"/>
+      <c r="J244" s="1182"/>
+      <c r="K244" s="1182"/>
+      <c r="L244" s="1182"/>
+      <c r="M244" s="1182"/>
+      <c r="N244" s="1182"/>
+      <c r="O244" s="1182"/>
+      <c r="P244" s="1182"/>
+      <c r="Q244" s="1182"/>
+      <c r="R244" s="1182"/>
+      <c r="S244" s="1182"/>
+      <c r="T244" s="1183"/>
+      <c r="U244" s="442"/>
+      <c r="V244" s="443"/>
+      <c r="W244" s="443"/>
+      <c r="X244" s="443"/>
+      <c r="Y244" s="443"/>
+      <c r="Z244" s="443"/>
+      <c r="AA244" s="443"/>
+      <c r="AB244" s="443"/>
+      <c r="AC244" s="443"/>
+      <c r="AD244" s="443"/>
+      <c r="AE244" s="443"/>
+      <c r="AF244" s="443"/>
+      <c r="AG244" s="443"/>
+      <c r="AH244" s="444"/>
     </row>
     <row r="245" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A245" s="1153"/>
-[...32 lines deleted...]
-      <c r="AH245" s="1159"/>
+      <c r="A245" s="1184"/>
+      <c r="B245" s="1185"/>
+      <c r="C245" s="1185"/>
+      <c r="D245" s="1186"/>
+      <c r="E245" s="1181"/>
+      <c r="F245" s="1182"/>
+      <c r="G245" s="1182"/>
+      <c r="H245" s="1182"/>
+      <c r="I245" s="1182"/>
+      <c r="J245" s="1182"/>
+      <c r="K245" s="1182"/>
+      <c r="L245" s="1182"/>
+      <c r="M245" s="1182"/>
+      <c r="N245" s="1182"/>
+      <c r="O245" s="1182"/>
+      <c r="P245" s="1182"/>
+      <c r="Q245" s="1182"/>
+      <c r="R245" s="1182"/>
+      <c r="S245" s="1182"/>
+      <c r="T245" s="1183"/>
+      <c r="U245" s="445"/>
+      <c r="V245" s="443"/>
+      <c r="W245" s="443"/>
+      <c r="X245" s="443"/>
+      <c r="Y245" s="443"/>
+      <c r="Z245" s="443"/>
+      <c r="AA245" s="443"/>
+      <c r="AB245" s="443"/>
+      <c r="AC245" s="443"/>
+      <c r="AD245" s="443"/>
+      <c r="AE245" s="443"/>
+      <c r="AF245" s="443"/>
+      <c r="AG245" s="443"/>
+      <c r="AH245" s="444"/>
     </row>
     <row r="246" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A246" s="1156"/>
-[...3 lines deleted...]
-      <c r="E246" s="1161" t="s">
+      <c r="A246" s="1187"/>
+      <c r="B246" s="1185"/>
+      <c r="C246" s="1185"/>
+      <c r="D246" s="1186"/>
+      <c r="E246" s="446" t="s">
         <v>294</v>
       </c>
-      <c r="F246" s="1162"/>
-[...14 lines deleted...]
-      <c r="U246" s="1161" t="s">
+      <c r="F246" s="447"/>
+      <c r="G246" s="447"/>
+      <c r="H246" s="447"/>
+      <c r="I246" s="447"/>
+      <c r="J246" s="447"/>
+      <c r="K246" s="447"/>
+      <c r="L246" s="447"/>
+      <c r="M246" s="447"/>
+      <c r="N246" s="447"/>
+      <c r="O246" s="448"/>
+      <c r="P246" s="448"/>
+      <c r="Q246" s="448"/>
+      <c r="R246" s="448"/>
+      <c r="S246" s="448"/>
+      <c r="T246" s="449"/>
+      <c r="U246" s="446" t="s">
         <v>295</v>
       </c>
-      <c r="V246" s="1165"/>
-[...11 lines deleted...]
-      <c r="AH246" s="1169"/>
+      <c r="V246" s="1152"/>
+      <c r="W246" s="1152"/>
+      <c r="X246" s="1152"/>
+      <c r="Y246" s="1155"/>
+      <c r="Z246" s="1155"/>
+      <c r="AA246" s="1155"/>
+      <c r="AB246" s="1155"/>
+      <c r="AC246" s="1155"/>
+      <c r="AD246" s="1155"/>
+      <c r="AE246" s="1155"/>
+      <c r="AF246" s="1155"/>
+      <c r="AG246" s="1155"/>
+      <c r="AH246" s="1156"/>
     </row>
     <row r="247" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A247" s="465"/>
-[...3 lines deleted...]
-      <c r="E247" s="1131" t="s">
+      <c r="A247" s="468"/>
+      <c r="B247" s="469"/>
+      <c r="C247" s="469"/>
+      <c r="D247" s="470"/>
+      <c r="E247" s="1162" t="s">
         <v>296</v>
       </c>
-      <c r="F247" s="1132"/>
-[...27 lines deleted...]
-      <c r="AH247" s="1171"/>
+      <c r="F247" s="1163"/>
+      <c r="G247" s="1163"/>
+      <c r="H247" s="1163"/>
+      <c r="I247" s="1166"/>
+      <c r="J247" s="1166"/>
+      <c r="K247" s="1166"/>
+      <c r="L247" s="1166"/>
+      <c r="M247" s="1166"/>
+      <c r="N247" s="1166"/>
+      <c r="O247" s="1166"/>
+      <c r="P247" s="1166"/>
+      <c r="Q247" s="1166"/>
+      <c r="R247" s="1166"/>
+      <c r="S247" s="1166"/>
+      <c r="T247" s="1167"/>
+      <c r="U247" s="1153"/>
+      <c r="V247" s="1154"/>
+      <c r="W247" s="1154"/>
+      <c r="X247" s="1154"/>
+      <c r="Y247" s="1157"/>
+      <c r="Z247" s="1157"/>
+      <c r="AA247" s="1157"/>
+      <c r="AB247" s="1157"/>
+      <c r="AC247" s="1157"/>
+      <c r="AD247" s="1157"/>
+      <c r="AE247" s="1157"/>
+      <c r="AF247" s="1157"/>
+      <c r="AG247" s="1157"/>
+      <c r="AH247" s="1158"/>
     </row>
     <row r="248" spans="1:34" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A248" s="1129"/>
-[...19 lines deleted...]
-      <c r="U248" s="1139" t="s">
+      <c r="A248" s="1160"/>
+      <c r="B248" s="1102"/>
+      <c r="C248" s="1102"/>
+      <c r="D248" s="1161"/>
+      <c r="E248" s="1164"/>
+      <c r="F248" s="1165"/>
+      <c r="G248" s="1165"/>
+      <c r="H248" s="1165"/>
+      <c r="I248" s="1168"/>
+      <c r="J248" s="1168"/>
+      <c r="K248" s="1168"/>
+      <c r="L248" s="1168"/>
+      <c r="M248" s="1168"/>
+      <c r="N248" s="1168"/>
+      <c r="O248" s="1168"/>
+      <c r="P248" s="1168"/>
+      <c r="Q248" s="1168"/>
+      <c r="R248" s="1168"/>
+      <c r="S248" s="1168"/>
+      <c r="T248" s="1169"/>
+      <c r="U248" s="1170" t="s">
         <v>297</v>
       </c>
-      <c r="V248" s="1140"/>
-[...11 lines deleted...]
-      <c r="AH248" s="1143"/>
+      <c r="V248" s="1171"/>
+      <c r="W248" s="1171"/>
+      <c r="X248" s="1171"/>
+      <c r="Y248" s="1172"/>
+      <c r="Z248" s="1172"/>
+      <c r="AA248" s="1173"/>
+      <c r="AB248" s="1173"/>
+      <c r="AC248" s="1173"/>
+      <c r="AD248" s="1173"/>
+      <c r="AE248" s="1173"/>
+      <c r="AF248" s="1173"/>
+      <c r="AG248" s="1173"/>
+      <c r="AH248" s="1174"/>
     </row>
     <row r="250" spans="1:34" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A250" s="385"/>
-[...14 lines deleted...]
-      <c r="P250" s="385"/>
+      <c r="A250" s="435"/>
+      <c r="B250" s="435"/>
+      <c r="C250" s="435"/>
+      <c r="D250" s="435"/>
+      <c r="E250" s="435"/>
+      <c r="F250" s="435"/>
+      <c r="G250" s="435"/>
+      <c r="H250" s="435"/>
+      <c r="I250" s="435"/>
+      <c r="J250" s="435"/>
+      <c r="K250" s="435"/>
+      <c r="L250" s="435"/>
+      <c r="M250" s="435"/>
+      <c r="N250" s="435"/>
+      <c r="O250" s="435"/>
+      <c r="P250" s="435"/>
     </row>
     <row r="251" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A251" s="386"/>
-[...14 lines deleted...]
-      <c r="P251" s="386"/>
+      <c r="A251" s="436"/>
+      <c r="B251" s="436"/>
+      <c r="C251" s="436"/>
+      <c r="D251" s="436"/>
+      <c r="E251" s="436"/>
+      <c r="F251" s="436"/>
+      <c r="G251" s="436"/>
+      <c r="H251" s="436"/>
+      <c r="I251" s="436"/>
+      <c r="J251" s="436"/>
+      <c r="K251" s="436"/>
+      <c r="L251" s="436"/>
+      <c r="M251" s="436"/>
+      <c r="N251" s="436"/>
+      <c r="O251" s="436"/>
+      <c r="P251" s="436"/>
     </row>
     <row r="252" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A252" s="387"/>
-[...14 lines deleted...]
-      <c r="P252" s="387"/>
+      <c r="A252" s="437"/>
+      <c r="B252" s="437"/>
+      <c r="C252" s="437"/>
+      <c r="D252" s="437"/>
+      <c r="E252" s="437"/>
+      <c r="F252" s="437"/>
+      <c r="G252" s="437"/>
+      <c r="H252" s="437"/>
+      <c r="I252" s="437"/>
+      <c r="J252" s="437"/>
+      <c r="K252" s="437"/>
+      <c r="L252" s="437"/>
+      <c r="M252" s="437"/>
+      <c r="N252" s="437"/>
+      <c r="O252" s="437"/>
+      <c r="P252" s="437"/>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="649">
+    <mergeCell ref="AE39:AH40"/>
+    <mergeCell ref="AE41:AH42"/>
+    <mergeCell ref="AE66:AH67"/>
     <mergeCell ref="T13:AF13"/>
     <mergeCell ref="T12:AF12"/>
     <mergeCell ref="T11:AF11"/>
     <mergeCell ref="T14:AF15"/>
     <mergeCell ref="AG14:AG15"/>
     <mergeCell ref="AH14:AH15"/>
-    <mergeCell ref="Q65:AA65"/>
-[...5 lines deleted...]
-    <mergeCell ref="Q63:AH64"/>
     <mergeCell ref="T20:AF22"/>
     <mergeCell ref="AG20:AG22"/>
     <mergeCell ref="AH20:AH22"/>
-    <mergeCell ref="T19:AF19"/>
-[...12 lines deleted...]
-    <mergeCell ref="A97:O97"/>
+    <mergeCell ref="A227:D227"/>
+    <mergeCell ref="F227:G227"/>
+    <mergeCell ref="H227:J227"/>
+    <mergeCell ref="K227:M227"/>
+    <mergeCell ref="N227:S227"/>
+    <mergeCell ref="T227:X227"/>
+    <mergeCell ref="T228:X228"/>
     <mergeCell ref="A235:P235"/>
     <mergeCell ref="Q235:AH235"/>
     <mergeCell ref="Z229:AF229"/>
     <mergeCell ref="AG229:AH229"/>
     <mergeCell ref="A230:H230"/>
     <mergeCell ref="I230:AH230"/>
     <mergeCell ref="A231:P231"/>
     <mergeCell ref="Q231:AH231"/>
     <mergeCell ref="H229:J229"/>
     <mergeCell ref="K229:M229"/>
-    <mergeCell ref="N229:S229"/>
-[...6 lines deleted...]
-    <mergeCell ref="T227:X227"/>
+    <mergeCell ref="A232:P232"/>
+    <mergeCell ref="Q232:AH232"/>
+    <mergeCell ref="A234:P234"/>
+    <mergeCell ref="Q234:AH234"/>
+    <mergeCell ref="K226:M226"/>
+    <mergeCell ref="N226:S226"/>
+    <mergeCell ref="T226:X226"/>
+    <mergeCell ref="U246:X247"/>
+    <mergeCell ref="Y246:AH247"/>
+    <mergeCell ref="A237:O237"/>
+    <mergeCell ref="A238:O238"/>
+    <mergeCell ref="A239:O239"/>
+    <mergeCell ref="A241:AH241"/>
     <mergeCell ref="A236:O236"/>
     <mergeCell ref="A247:D248"/>
     <mergeCell ref="E247:H248"/>
     <mergeCell ref="I247:T248"/>
     <mergeCell ref="U248:X248"/>
     <mergeCell ref="Y248:AH248"/>
     <mergeCell ref="A243:D243"/>
     <mergeCell ref="E243:T245"/>
     <mergeCell ref="U243:AH243"/>
     <mergeCell ref="A244:D246"/>
-    <mergeCell ref="U244:AH245"/>
-[...18 lines deleted...]
-    <mergeCell ref="T228:X228"/>
+    <mergeCell ref="N229:S229"/>
+    <mergeCell ref="AG228:AH228"/>
+    <mergeCell ref="A229:D229"/>
+    <mergeCell ref="F229:G229"/>
+    <mergeCell ref="Z224:AF224"/>
+    <mergeCell ref="AG224:AH224"/>
+    <mergeCell ref="Z225:AF225"/>
+    <mergeCell ref="AG225:AH225"/>
+    <mergeCell ref="A225:D225"/>
+    <mergeCell ref="F225:G225"/>
+    <mergeCell ref="H225:J225"/>
     <mergeCell ref="Z228:AF228"/>
     <mergeCell ref="Z226:AF226"/>
     <mergeCell ref="AG226:AH226"/>
     <mergeCell ref="Z227:AF227"/>
     <mergeCell ref="AG227:AH227"/>
     <mergeCell ref="A228:D228"/>
     <mergeCell ref="F228:G228"/>
     <mergeCell ref="H228:J228"/>
     <mergeCell ref="K228:M228"/>
     <mergeCell ref="N228:S228"/>
-    <mergeCell ref="AG228:AH228"/>
-[...8 lines deleted...]
-    <mergeCell ref="H225:J225"/>
+    <mergeCell ref="A226:D226"/>
+    <mergeCell ref="F226:G226"/>
+    <mergeCell ref="H226:J226"/>
+    <mergeCell ref="T229:X229"/>
     <mergeCell ref="K225:M225"/>
     <mergeCell ref="N225:S225"/>
     <mergeCell ref="T225:X225"/>
     <mergeCell ref="A224:D224"/>
     <mergeCell ref="F224:G224"/>
     <mergeCell ref="H224:J224"/>
     <mergeCell ref="K224:M224"/>
     <mergeCell ref="N224:S224"/>
     <mergeCell ref="T224:X224"/>
-    <mergeCell ref="A221:J223"/>
-[...8 lines deleted...]
-    <mergeCell ref="L221:O222"/>
     <mergeCell ref="K223:AH223"/>
     <mergeCell ref="AA214:AC216"/>
     <mergeCell ref="AD214:AH216"/>
     <mergeCell ref="AD217:AH219"/>
     <mergeCell ref="Q220:Z222"/>
     <mergeCell ref="AA220:AC222"/>
-    <mergeCell ref="AD220:AH222"/>
-[...2 lines deleted...]
-    <mergeCell ref="U214:Z216"/>
+    <mergeCell ref="A221:J223"/>
+    <mergeCell ref="A216:I217"/>
+    <mergeCell ref="A218:I220"/>
+    <mergeCell ref="L221:O222"/>
+    <mergeCell ref="J199:K201"/>
+    <mergeCell ref="L199:O201"/>
+    <mergeCell ref="Q201:Z202"/>
+    <mergeCell ref="AA203:AC204"/>
+    <mergeCell ref="AD203:AH204"/>
+    <mergeCell ref="AA201:AC202"/>
+    <mergeCell ref="AD201:AH202"/>
     <mergeCell ref="U217:Z219"/>
     <mergeCell ref="J216:K217"/>
     <mergeCell ref="J218:K220"/>
     <mergeCell ref="L216:O217"/>
     <mergeCell ref="L218:O220"/>
+    <mergeCell ref="AD220:AH222"/>
+    <mergeCell ref="AA217:AC219"/>
+    <mergeCell ref="Q214:T219"/>
+    <mergeCell ref="U214:Z216"/>
     <mergeCell ref="AA198:AC200"/>
-    <mergeCell ref="AD198:AH200"/>
-[...5 lines deleted...]
-    <mergeCell ref="AD203:AH204"/>
     <mergeCell ref="Q205:Z206"/>
     <mergeCell ref="AA205:AC206"/>
-    <mergeCell ref="AA201:AC202"/>
-    <mergeCell ref="AD201:AH202"/>
+    <mergeCell ref="AA207:AC208"/>
+    <mergeCell ref="Q207:Z208"/>
+    <mergeCell ref="AD209:AH210"/>
+    <mergeCell ref="J207:K208"/>
+    <mergeCell ref="AA211:AC213"/>
+    <mergeCell ref="A189:A206"/>
+    <mergeCell ref="B189:B203"/>
+    <mergeCell ref="S195:Z197"/>
+    <mergeCell ref="AA195:AC197"/>
+    <mergeCell ref="AD195:AH197"/>
+    <mergeCell ref="AA188:AC192"/>
+    <mergeCell ref="AD188:AH192"/>
+    <mergeCell ref="A187:I188"/>
+    <mergeCell ref="J187:K188"/>
+    <mergeCell ref="L187:O188"/>
+    <mergeCell ref="C189:I190"/>
+    <mergeCell ref="J189:K190"/>
+    <mergeCell ref="L189:O190"/>
+    <mergeCell ref="C191:I193"/>
     <mergeCell ref="AD205:AH206"/>
     <mergeCell ref="Q203:Z204"/>
     <mergeCell ref="C202:I203"/>
     <mergeCell ref="J202:K203"/>
     <mergeCell ref="L202:O203"/>
     <mergeCell ref="B204:I206"/>
     <mergeCell ref="J204:K206"/>
     <mergeCell ref="L204:O206"/>
-    <mergeCell ref="AA188:AC192"/>
-[...19 lines deleted...]
-    <mergeCell ref="Q193:R197"/>
+    <mergeCell ref="AD198:AH200"/>
+    <mergeCell ref="C199:I201"/>
     <mergeCell ref="C194:I196"/>
     <mergeCell ref="J194:K196"/>
     <mergeCell ref="L194:O196"/>
     <mergeCell ref="AA177:AC179"/>
     <mergeCell ref="AD177:AH179"/>
     <mergeCell ref="AD180:AH181"/>
     <mergeCell ref="AA182:AC183"/>
     <mergeCell ref="AD182:AH183"/>
+    <mergeCell ref="Q188:Z191"/>
+    <mergeCell ref="B173:C178"/>
     <mergeCell ref="S184:Z185"/>
-    <mergeCell ref="AA184:AC185"/>
-[...5 lines deleted...]
-    <mergeCell ref="AA186:AC187"/>
+    <mergeCell ref="J191:K193"/>
+    <mergeCell ref="L191:O193"/>
+    <mergeCell ref="S193:Z194"/>
+    <mergeCell ref="AA193:AC194"/>
+    <mergeCell ref="AD193:AH194"/>
+    <mergeCell ref="S186:Z187"/>
     <mergeCell ref="AD186:AH187"/>
+    <mergeCell ref="Q193:R197"/>
     <mergeCell ref="Q177:Z179"/>
     <mergeCell ref="AD169:AH170"/>
     <mergeCell ref="Q171:Z173"/>
     <mergeCell ref="AA171:AC173"/>
     <mergeCell ref="AD171:AH173"/>
     <mergeCell ref="Q174:Z176"/>
     <mergeCell ref="AA174:AC176"/>
     <mergeCell ref="AD174:AH176"/>
+    <mergeCell ref="AA184:AC185"/>
+    <mergeCell ref="AD184:AH185"/>
+    <mergeCell ref="Q180:R187"/>
+    <mergeCell ref="S180:Z181"/>
+    <mergeCell ref="AA180:AC181"/>
+    <mergeCell ref="S182:Z183"/>
+    <mergeCell ref="AA186:AC187"/>
+    <mergeCell ref="AA163:AC163"/>
+    <mergeCell ref="AD163:AH163"/>
     <mergeCell ref="Q164:AH166"/>
+    <mergeCell ref="J164:K166"/>
+    <mergeCell ref="L164:O166"/>
     <mergeCell ref="Q167:Z168"/>
     <mergeCell ref="AA167:AC168"/>
     <mergeCell ref="AD167:AH168"/>
     <mergeCell ref="Q169:Z170"/>
     <mergeCell ref="AA169:AC170"/>
-    <mergeCell ref="AA160:AC162"/>
-[...13 lines deleted...]
-    <mergeCell ref="Q160:Z162"/>
+    <mergeCell ref="AD145:AH147"/>
+    <mergeCell ref="A147:I148"/>
     <mergeCell ref="AD151:AH153"/>
     <mergeCell ref="Q154:Z155"/>
     <mergeCell ref="AA154:AC155"/>
     <mergeCell ref="AD154:AH155"/>
     <mergeCell ref="Q156:Z157"/>
     <mergeCell ref="AA156:AC157"/>
     <mergeCell ref="AD156:AH157"/>
     <mergeCell ref="Q151:Z153"/>
     <mergeCell ref="AA151:AC153"/>
+    <mergeCell ref="J157:K158"/>
+    <mergeCell ref="L157:O158"/>
+    <mergeCell ref="Q158:Z159"/>
+    <mergeCell ref="AA158:AC159"/>
+    <mergeCell ref="AD158:AH159"/>
+    <mergeCell ref="J159:K161"/>
+    <mergeCell ref="L159:O161"/>
+    <mergeCell ref="Q160:Z162"/>
+    <mergeCell ref="AA160:AC162"/>
+    <mergeCell ref="AD160:AH162"/>
+    <mergeCell ref="J162:K163"/>
+    <mergeCell ref="L162:O163"/>
+    <mergeCell ref="Q163:Z163"/>
+    <mergeCell ref="B167:I169"/>
+    <mergeCell ref="J167:K169"/>
+    <mergeCell ref="L167:O169"/>
+    <mergeCell ref="B170:I172"/>
+    <mergeCell ref="AD142:AH144"/>
+    <mergeCell ref="Q137:Z139"/>
+    <mergeCell ref="AA137:AC139"/>
+    <mergeCell ref="AD137:AH139"/>
+    <mergeCell ref="Q140:Z141"/>
+    <mergeCell ref="AA140:AC141"/>
+    <mergeCell ref="J147:K148"/>
+    <mergeCell ref="L145:M146"/>
+    <mergeCell ref="N145:O146"/>
+    <mergeCell ref="L147:M148"/>
+    <mergeCell ref="N147:O148"/>
+    <mergeCell ref="L149:O150"/>
     <mergeCell ref="Q148:Z150"/>
     <mergeCell ref="AA148:AC150"/>
     <mergeCell ref="AD148:AH150"/>
     <mergeCell ref="J149:K150"/>
     <mergeCell ref="A145:I146"/>
     <mergeCell ref="J145:K146"/>
     <mergeCell ref="Q145:Z147"/>
     <mergeCell ref="AA145:AC147"/>
-    <mergeCell ref="AD145:AH147"/>
-[...20 lines deleted...]
-    <mergeCell ref="AA140:AC141"/>
+    <mergeCell ref="AD134:AH136"/>
+    <mergeCell ref="AA131:AC133"/>
+    <mergeCell ref="AD131:AH133"/>
+    <mergeCell ref="AD122:AH124"/>
+    <mergeCell ref="A123:I124"/>
+    <mergeCell ref="L140:O141"/>
+    <mergeCell ref="Q131:Z133"/>
+    <mergeCell ref="Q142:Z144"/>
+    <mergeCell ref="AA142:AC144"/>
+    <mergeCell ref="L132:L133"/>
+    <mergeCell ref="M132:M133"/>
+    <mergeCell ref="N132:N133"/>
+    <mergeCell ref="O132:O133"/>
+    <mergeCell ref="L142:O142"/>
     <mergeCell ref="AD140:AH141"/>
     <mergeCell ref="A140:I141"/>
     <mergeCell ref="J140:K141"/>
     <mergeCell ref="A135:I137"/>
     <mergeCell ref="J134:K134"/>
     <mergeCell ref="Q134:Z136"/>
     <mergeCell ref="AA134:AC136"/>
-    <mergeCell ref="L125:O126"/>
-[...8 lines deleted...]
-    <mergeCell ref="O132:O133"/>
     <mergeCell ref="J135:K137"/>
     <mergeCell ref="L135:O137"/>
     <mergeCell ref="A138:O139"/>
-    <mergeCell ref="A111:I113"/>
-[...8 lines deleted...]
-    <mergeCell ref="A123:I124"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A114:I116"/>
+    <mergeCell ref="Q128:Z130"/>
     <mergeCell ref="J123:K124"/>
     <mergeCell ref="L123:O124"/>
     <mergeCell ref="A125:I126"/>
     <mergeCell ref="J125:K126"/>
+    <mergeCell ref="L130:O131"/>
     <mergeCell ref="AA125:AC127"/>
-    <mergeCell ref="AD125:AH127"/>
     <mergeCell ref="Q122:Z124"/>
     <mergeCell ref="AA122:AC124"/>
     <mergeCell ref="A127:I129"/>
     <mergeCell ref="J127:K129"/>
-    <mergeCell ref="L127:O129"/>
-[...4 lines deleted...]
-    <mergeCell ref="Q128:Z130"/>
+    <mergeCell ref="L125:O126"/>
+    <mergeCell ref="Q125:Z127"/>
     <mergeCell ref="AA128:AC130"/>
-    <mergeCell ref="AD128:AH130"/>
     <mergeCell ref="A130:I131"/>
     <mergeCell ref="J130:K131"/>
     <mergeCell ref="A117:I120"/>
     <mergeCell ref="J117:K120"/>
     <mergeCell ref="L117:O120"/>
     <mergeCell ref="Q118:Z121"/>
+    <mergeCell ref="L121:O122"/>
+    <mergeCell ref="A132:I133"/>
+    <mergeCell ref="J132:K133"/>
     <mergeCell ref="AA118:AC121"/>
+    <mergeCell ref="L127:O129"/>
     <mergeCell ref="A106:N108"/>
     <mergeCell ref="Q108:AH109"/>
     <mergeCell ref="A109:I109"/>
     <mergeCell ref="J109:K109"/>
     <mergeCell ref="L109:O109"/>
     <mergeCell ref="AD118:AH121"/>
     <mergeCell ref="A121:I122"/>
     <mergeCell ref="J121:K122"/>
-    <mergeCell ref="L121:O122"/>
-[...5 lines deleted...]
-    <mergeCell ref="AD110:AH110"/>
+    <mergeCell ref="AD125:AH127"/>
+    <mergeCell ref="AD128:AH130"/>
+    <mergeCell ref="A111:I113"/>
+    <mergeCell ref="J111:K113"/>
+    <mergeCell ref="L111:O113"/>
+    <mergeCell ref="Q111:Z111"/>
+    <mergeCell ref="AA111:AC111"/>
+    <mergeCell ref="A103:O103"/>
+    <mergeCell ref="Q103:AH103"/>
+    <mergeCell ref="A104:O104"/>
+    <mergeCell ref="Q104:AH104"/>
+    <mergeCell ref="F105:O105"/>
+    <mergeCell ref="Q105:Y105"/>
+    <mergeCell ref="AA105:AH105"/>
     <mergeCell ref="J114:K116"/>
     <mergeCell ref="L114:O116"/>
     <mergeCell ref="Q115:Z117"/>
     <mergeCell ref="AA115:AC117"/>
     <mergeCell ref="AD115:AH117"/>
     <mergeCell ref="AD111:AH111"/>
     <mergeCell ref="Q112:Z114"/>
     <mergeCell ref="AA112:AC114"/>
     <mergeCell ref="AD112:AH114"/>
-    <mergeCell ref="A103:O103"/>
-[...5 lines deleted...]
-    <mergeCell ref="AA105:AH105"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="J110:K110"/>
+    <mergeCell ref="L110:O110"/>
+    <mergeCell ref="Q110:Z110"/>
+    <mergeCell ref="AA110:AC110"/>
+    <mergeCell ref="AD110:AH110"/>
     <mergeCell ref="A101:G101"/>
     <mergeCell ref="A102:O102"/>
     <mergeCell ref="Q102:AH102"/>
     <mergeCell ref="J96:K96"/>
     <mergeCell ref="L96:O96"/>
     <mergeCell ref="A98:I99"/>
     <mergeCell ref="J98:K99"/>
     <mergeCell ref="L98:O99"/>
     <mergeCell ref="Q97:AA97"/>
+    <mergeCell ref="AE97:AH97"/>
+    <mergeCell ref="A96:I96"/>
+    <mergeCell ref="A97:O97"/>
+    <mergeCell ref="Q99:AA100"/>
+    <mergeCell ref="J91:K94"/>
+    <mergeCell ref="L88:O88"/>
+    <mergeCell ref="L89:O90"/>
+    <mergeCell ref="L91:O94"/>
+    <mergeCell ref="AB99:AD100"/>
+    <mergeCell ref="AE99:AH100"/>
+    <mergeCell ref="Q89:AA91"/>
+    <mergeCell ref="AB89:AD91"/>
+    <mergeCell ref="AE89:AH91"/>
+    <mergeCell ref="AB95:AD95"/>
+    <mergeCell ref="AE95:AH95"/>
+    <mergeCell ref="AB92:AD94"/>
+    <mergeCell ref="AE92:AH94"/>
     <mergeCell ref="AB97:AD97"/>
-    <mergeCell ref="AE97:AH97"/>
     <mergeCell ref="Q96:AA96"/>
     <mergeCell ref="AB96:AD96"/>
     <mergeCell ref="AE96:AH96"/>
     <mergeCell ref="Q98:AA98"/>
     <mergeCell ref="AB98:AD98"/>
     <mergeCell ref="AE98:AH98"/>
-    <mergeCell ref="Q99:AA100"/>
-[...18 lines deleted...]
-    <mergeCell ref="Q86:AA88"/>
     <mergeCell ref="AB86:AD88"/>
     <mergeCell ref="AE86:AH88"/>
     <mergeCell ref="B89:I90"/>
     <mergeCell ref="B91:I94"/>
     <mergeCell ref="A89:A95"/>
     <mergeCell ref="A88:I88"/>
-    <mergeCell ref="B82:I83"/>
-[...25 lines deleted...]
-    <mergeCell ref="J65:K66"/>
+    <mergeCell ref="A86:I87"/>
+    <mergeCell ref="J86:K87"/>
+    <mergeCell ref="L86:O87"/>
+    <mergeCell ref="L95:O95"/>
+    <mergeCell ref="Q95:AA95"/>
+    <mergeCell ref="Q92:AA94"/>
+    <mergeCell ref="B95:I95"/>
+    <mergeCell ref="J95:K95"/>
+    <mergeCell ref="Q86:AA88"/>
+    <mergeCell ref="AE75:AH76"/>
+    <mergeCell ref="L59:O60"/>
+    <mergeCell ref="L61:O62"/>
+    <mergeCell ref="Q73:U76"/>
+    <mergeCell ref="L69:O70"/>
+    <mergeCell ref="Q63:AH64"/>
+    <mergeCell ref="AB65:AD65"/>
+    <mergeCell ref="AE65:AH65"/>
+    <mergeCell ref="AB66:AD67"/>
     <mergeCell ref="L65:O66"/>
     <mergeCell ref="Q68:U72"/>
     <mergeCell ref="W68:AA70"/>
     <mergeCell ref="W71:AA72"/>
     <mergeCell ref="V68:V76"/>
-    <mergeCell ref="AB68:AD70"/>
-[...5 lines deleted...]
-    <mergeCell ref="J57:K58"/>
+    <mergeCell ref="L72:O72"/>
+    <mergeCell ref="Q65:AA65"/>
+    <mergeCell ref="Q66:AA67"/>
+    <mergeCell ref="L76:O77"/>
+    <mergeCell ref="L71:O71"/>
+    <mergeCell ref="L63:O64"/>
+    <mergeCell ref="L67:O68"/>
     <mergeCell ref="AB55:AD56"/>
     <mergeCell ref="AE55:AH56"/>
     <mergeCell ref="AE53:AH54"/>
     <mergeCell ref="B57:I58"/>
     <mergeCell ref="L57:O58"/>
     <mergeCell ref="AB53:AD54"/>
-    <mergeCell ref="L61:O62"/>
     <mergeCell ref="B55:I56"/>
     <mergeCell ref="J55:K56"/>
     <mergeCell ref="L55:O56"/>
+    <mergeCell ref="J53:K54"/>
+    <mergeCell ref="L53:O54"/>
+    <mergeCell ref="B53:I54"/>
+    <mergeCell ref="AB47:AD48"/>
+    <mergeCell ref="AE47:AH48"/>
     <mergeCell ref="B51:I52"/>
     <mergeCell ref="J51:K52"/>
     <mergeCell ref="L51:O52"/>
     <mergeCell ref="S51:AA52"/>
     <mergeCell ref="B49:I50"/>
     <mergeCell ref="J49:K50"/>
     <mergeCell ref="L49:O50"/>
     <mergeCell ref="S49:AA50"/>
     <mergeCell ref="AE51:AH52"/>
     <mergeCell ref="AB51:AD52"/>
-    <mergeCell ref="B47:I48"/>
-[...4 lines deleted...]
-    <mergeCell ref="AE47:AH48"/>
+    <mergeCell ref="AB36:AD37"/>
+    <mergeCell ref="AB41:AD42"/>
     <mergeCell ref="B45:I46"/>
     <mergeCell ref="J45:K46"/>
     <mergeCell ref="L45:O46"/>
     <mergeCell ref="S45:AA46"/>
     <mergeCell ref="A39:I41"/>
     <mergeCell ref="J39:K41"/>
     <mergeCell ref="L39:O41"/>
     <mergeCell ref="S39:AA40"/>
+    <mergeCell ref="S41:AA42"/>
+    <mergeCell ref="A42:I44"/>
+    <mergeCell ref="A45:A66"/>
+    <mergeCell ref="B59:I60"/>
     <mergeCell ref="AB39:AD40"/>
-    <mergeCell ref="AE39:AH40"/>
-[...35 lines deleted...]
-    <mergeCell ref="A6:AH6"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="M1:X3"/>
     <mergeCell ref="Y1:AH2"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A4:X4"/>
     <mergeCell ref="AG4:AH4"/>
+    <mergeCell ref="F26:O26"/>
+    <mergeCell ref="AE27:AH27"/>
+    <mergeCell ref="AB27:AD27"/>
+    <mergeCell ref="A20:C21"/>
+    <mergeCell ref="D20:O21"/>
+    <mergeCell ref="A22:C23"/>
+    <mergeCell ref="D22:O23"/>
+    <mergeCell ref="A24:C25"/>
+    <mergeCell ref="D24:O25"/>
+    <mergeCell ref="T17:AF17"/>
+    <mergeCell ref="T16:AF16"/>
+    <mergeCell ref="AB26:AD26"/>
+    <mergeCell ref="AE26:AH26"/>
+    <mergeCell ref="Q26:AA26"/>
+    <mergeCell ref="Q24:AH25"/>
+    <mergeCell ref="Q23:AH23"/>
+    <mergeCell ref="Q11:S22"/>
     <mergeCell ref="A7:AH7"/>
     <mergeCell ref="A8:AH8"/>
     <mergeCell ref="A10:AH10"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:O13"/>
     <mergeCell ref="A16:O16"/>
+    <mergeCell ref="A9:AH9"/>
+    <mergeCell ref="L80:O81"/>
+    <mergeCell ref="A5:AH5"/>
+    <mergeCell ref="A6:AH6"/>
+    <mergeCell ref="Q30:AA31"/>
+    <mergeCell ref="Q28:AA29"/>
+    <mergeCell ref="AB28:AD29"/>
+    <mergeCell ref="AE28:AH29"/>
+    <mergeCell ref="AB30:AD31"/>
+    <mergeCell ref="AE30:AH31"/>
+    <mergeCell ref="J28:K29"/>
+    <mergeCell ref="J42:K44"/>
+    <mergeCell ref="L42:O44"/>
+    <mergeCell ref="S43:AA44"/>
+    <mergeCell ref="AB43:AD44"/>
+    <mergeCell ref="AE43:AH44"/>
+    <mergeCell ref="J36:K37"/>
+    <mergeCell ref="L36:O37"/>
     <mergeCell ref="A17:O18"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="D19:O19"/>
     <mergeCell ref="A14:B15"/>
     <mergeCell ref="C14:F15"/>
     <mergeCell ref="G14:L15"/>
     <mergeCell ref="M14:O15"/>
-    <mergeCell ref="A9:AH9"/>
-[...17 lines deleted...]
-    <mergeCell ref="J82:K83"/>
+    <mergeCell ref="A26:E26"/>
+    <mergeCell ref="AB34:AD35"/>
+    <mergeCell ref="T19:AF19"/>
+    <mergeCell ref="T18:AF18"/>
+    <mergeCell ref="AE68:AH70"/>
+    <mergeCell ref="AB71:AD72"/>
     <mergeCell ref="L82:O83"/>
     <mergeCell ref="J84:K85"/>
     <mergeCell ref="L84:O85"/>
     <mergeCell ref="A80:I81"/>
     <mergeCell ref="J80:K81"/>
     <mergeCell ref="W75:AA76"/>
-    <mergeCell ref="AB38:AD38"/>
-[...8 lines deleted...]
-    <mergeCell ref="AB49:AD50"/>
+    <mergeCell ref="Q77:AA79"/>
+    <mergeCell ref="A74:O75"/>
+    <mergeCell ref="A76:I77"/>
+    <mergeCell ref="J76:K77"/>
+    <mergeCell ref="AB77:AD79"/>
+    <mergeCell ref="A78:I79"/>
+    <mergeCell ref="J78:K79"/>
+    <mergeCell ref="L78:O79"/>
+    <mergeCell ref="AE77:AH79"/>
+    <mergeCell ref="AB83:AD85"/>
+    <mergeCell ref="AE83:AH85"/>
+    <mergeCell ref="Q80:AA82"/>
+    <mergeCell ref="AB80:AD82"/>
+    <mergeCell ref="AE80:AH82"/>
+    <mergeCell ref="AB75:AD76"/>
+    <mergeCell ref="AE71:AH72"/>
+    <mergeCell ref="AB32:AD33"/>
+    <mergeCell ref="AE36:AH37"/>
+    <mergeCell ref="S38:AA38"/>
     <mergeCell ref="AE49:AH50"/>
     <mergeCell ref="AB57:AD58"/>
     <mergeCell ref="AE57:AH58"/>
+    <mergeCell ref="S34:AA35"/>
     <mergeCell ref="W73:AA74"/>
     <mergeCell ref="S53:AA54"/>
     <mergeCell ref="Q61:AH62"/>
     <mergeCell ref="Q59:AA60"/>
     <mergeCell ref="AB59:AD60"/>
     <mergeCell ref="AE59:AH60"/>
     <mergeCell ref="Q32:R58"/>
-    <mergeCell ref="S57:AA58"/>
-[...10 lines deleted...]
-    <mergeCell ref="N143:O144"/>
+    <mergeCell ref="AB38:AD38"/>
+    <mergeCell ref="AE38:AH38"/>
+    <mergeCell ref="AE32:AH33"/>
+    <mergeCell ref="AB73:AD74"/>
+    <mergeCell ref="AE73:AH74"/>
+    <mergeCell ref="AB45:AD46"/>
+    <mergeCell ref="AE45:AH46"/>
+    <mergeCell ref="AB49:AD50"/>
+    <mergeCell ref="AE34:AH35"/>
+    <mergeCell ref="AB68:AD70"/>
     <mergeCell ref="Q27:AA27"/>
     <mergeCell ref="Q83:AA85"/>
     <mergeCell ref="A27:H27"/>
     <mergeCell ref="I27:O27"/>
     <mergeCell ref="A28:F29"/>
     <mergeCell ref="G28:I29"/>
-    <mergeCell ref="J28:K29"/>
+    <mergeCell ref="S57:AA58"/>
+    <mergeCell ref="S55:AA56"/>
+    <mergeCell ref="S32:AA33"/>
+    <mergeCell ref="S36:AA37"/>
+    <mergeCell ref="B47:I48"/>
+    <mergeCell ref="J47:K48"/>
+    <mergeCell ref="L47:O48"/>
+    <mergeCell ref="S47:AA48"/>
+    <mergeCell ref="J57:K58"/>
+    <mergeCell ref="J69:K70"/>
+    <mergeCell ref="J59:K60"/>
+    <mergeCell ref="B61:I62"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="J71:K71"/>
+    <mergeCell ref="J61:K62"/>
+    <mergeCell ref="A69:I70"/>
+    <mergeCell ref="J65:K66"/>
+    <mergeCell ref="B63:I64"/>
     <mergeCell ref="L28:M29"/>
     <mergeCell ref="N28:O29"/>
     <mergeCell ref="A30:O33"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="J38:K38"/>
     <mergeCell ref="L38:O38"/>
     <mergeCell ref="A34:O35"/>
-    <mergeCell ref="J69:K70"/>
-[...2 lines deleted...]
-    <mergeCell ref="B170:I172"/>
+    <mergeCell ref="A36:I37"/>
+    <mergeCell ref="J142:K144"/>
+    <mergeCell ref="A142:I144"/>
+    <mergeCell ref="L143:M144"/>
+    <mergeCell ref="N143:O144"/>
+    <mergeCell ref="J63:K64"/>
+    <mergeCell ref="J67:K68"/>
+    <mergeCell ref="B65:I66"/>
+    <mergeCell ref="A67:I68"/>
+    <mergeCell ref="B82:I83"/>
+    <mergeCell ref="B84:I85"/>
+    <mergeCell ref="J88:K88"/>
+    <mergeCell ref="J89:K90"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="J72:K72"/>
+    <mergeCell ref="J82:K83"/>
+    <mergeCell ref="A82:A85"/>
+    <mergeCell ref="A149:A178"/>
+    <mergeCell ref="B159:I161"/>
+    <mergeCell ref="B162:I163"/>
+    <mergeCell ref="B164:I166"/>
+    <mergeCell ref="C197:I198"/>
+    <mergeCell ref="J197:K198"/>
+    <mergeCell ref="L197:O198"/>
+    <mergeCell ref="Q198:Z200"/>
+    <mergeCell ref="D173:I176"/>
+    <mergeCell ref="J173:K176"/>
+    <mergeCell ref="L173:O176"/>
+    <mergeCell ref="D177:I178"/>
+    <mergeCell ref="J177:K178"/>
+    <mergeCell ref="L177:O178"/>
     <mergeCell ref="J170:K172"/>
     <mergeCell ref="L170:O172"/>
     <mergeCell ref="B149:I150"/>
     <mergeCell ref="B151:I154"/>
     <mergeCell ref="B155:I156"/>
     <mergeCell ref="J151:K154"/>
     <mergeCell ref="J155:K156"/>
     <mergeCell ref="L151:O154"/>
     <mergeCell ref="L155:O156"/>
     <mergeCell ref="B157:I158"/>
-    <mergeCell ref="Q188:Z191"/>
-[...14 lines deleted...]
-    <mergeCell ref="L181:O182"/>
     <mergeCell ref="A183:I184"/>
     <mergeCell ref="J183:K184"/>
     <mergeCell ref="L183:O184"/>
     <mergeCell ref="A185:I186"/>
     <mergeCell ref="J185:K186"/>
     <mergeCell ref="L185:O186"/>
+    <mergeCell ref="A179:O180"/>
+    <mergeCell ref="A181:I182"/>
+    <mergeCell ref="J181:K182"/>
+    <mergeCell ref="L181:O182"/>
     <mergeCell ref="A250:P250"/>
     <mergeCell ref="A251:P251"/>
     <mergeCell ref="A252:P252"/>
     <mergeCell ref="A233:O233"/>
     <mergeCell ref="Q236:AH236"/>
     <mergeCell ref="Q233:AH233"/>
     <mergeCell ref="A240:O240"/>
+    <mergeCell ref="U244:AH245"/>
+    <mergeCell ref="E246:N246"/>
+    <mergeCell ref="O246:T246"/>
+    <mergeCell ref="AD207:AH208"/>
+    <mergeCell ref="J209:K210"/>
+    <mergeCell ref="L209:O210"/>
+    <mergeCell ref="Q209:Z210"/>
+    <mergeCell ref="AA209:AC210"/>
+    <mergeCell ref="L207:O208"/>
     <mergeCell ref="A207:I207"/>
     <mergeCell ref="A208:I208"/>
     <mergeCell ref="A212:I212"/>
     <mergeCell ref="A211:I211"/>
     <mergeCell ref="Q211:Z213"/>
     <mergeCell ref="A209:I210"/>
     <mergeCell ref="A213:I215"/>
     <mergeCell ref="L211:O212"/>
     <mergeCell ref="J213:K215"/>
     <mergeCell ref="L213:O215"/>
-    <mergeCell ref="AA207:AC208"/>
-[...5 lines deleted...]
-    <mergeCell ref="L207:O208"/>
+    <mergeCell ref="AD211:AH213"/>
+    <mergeCell ref="J211:K212"/>
   </mergeCells>
   <pageMargins left="0.27791666666666665" right="9.5833333333333326E-3" top="0.19685039370078741" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="91" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="105" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="AH11:AH14 F225 E226:E228" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.85546875" customWidth="1"/>
     <col min="2" max="2" width="7.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="31.28515625" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="153">
+      <c r="A1" s="150">
         <v>2025</v>
       </c>
-      <c r="B1" s="71"/>
-      <c r="C1" s="127" t="s">
+      <c r="B1" s="69"/>
+      <c r="C1" s="124" t="s">
         <v>325</v>
       </c>
-      <c r="D1" s="272" t="str">
+      <c r="D1" s="264" t="str">
         <f>Vkladani_dat!F3</f>
         <v>6 Neprofesionální</v>
       </c>
-      <c r="E1" s="271"/>
+      <c r="E1" s="263"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
-      <c r="B2" s="128"/>
-      <c r="C2" s="69" t="s">
+      <c r="B2" s="125"/>
+      <c r="C2" s="67" t="s">
         <v>309</v>
       </c>
-      <c r="D2" s="270">
+      <c r="D2" s="262">
         <f>Vkladani_dat!F4</f>
         <v>0</v>
       </c>
-      <c r="E2" s="271"/>
+      <c r="E2" s="263"/>
       <c r="H2" s="1"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
-      <c r="B3" s="128"/>
+      <c r="B3" s="125"/>
       <c r="C3" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="D3" s="126">
+      <c r="D3" s="123">
         <f>Vkladani_dat!F5</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="69"/>
-[...1 lines deleted...]
-      <c r="C4" s="69" t="s">
+      <c r="A4" s="67"/>
+      <c r="B4" s="69"/>
+      <c r="C4" s="67" t="s">
         <v>165</v>
       </c>
-      <c r="D4" s="77">
+      <c r="D4" s="75">
         <f>Vkladani_dat!F6</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="132"/>
-[...1 lines deleted...]
-      <c r="C5" s="132" t="s">
+      <c r="A5" s="129"/>
+      <c r="B5" s="70"/>
+      <c r="C5" s="129" t="s">
         <v>166</v>
       </c>
-      <c r="D5" s="77">
+      <c r="D5" s="75">
         <f>Vkladani_dat!F10</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="70" t="s">
+      <c r="A6" s="68" t="s">
         <v>327</v>
       </c>
-      <c r="B6" s="122">
+      <c r="B6" s="119">
         <v>902</v>
       </c>
-      <c r="C6" s="80" t="s">
+      <c r="C6" s="78" t="s">
         <v>326</v>
       </c>
-      <c r="D6" s="77">
+      <c r="D6" s="75">
         <f>Vkladani_dat!G12</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="73"/>
-      <c r="B7" s="123">
+      <c r="A7" s="71"/>
+      <c r="B7" s="120">
         <v>903</v>
       </c>
-      <c r="C7" s="78" t="s">
+      <c r="C7" s="76" t="s">
         <v>311</v>
       </c>
-      <c r="D7" s="77">
+      <c r="D7" s="75">
         <f>Vkladani_dat!G13</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A8" s="74" t="s">
+      <c r="A8" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="B8" s="124">
+      <c r="B8" s="121">
         <v>101</v>
       </c>
-      <c r="C8" s="81" t="s">
+      <c r="C8" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="D8" s="79">
+      <c r="D8" s="77">
         <f>Vkladani_dat!G18</f>
         <v>0</v>
       </c>
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="32"/>
-      <c r="B9" s="125">
+      <c r="B9" s="122">
         <v>102</v>
       </c>
-      <c r="C9" s="82" t="s">
+      <c r="C9" s="80" t="s">
         <v>81</v>
       </c>
-      <c r="D9" s="79">
+      <c r="D9" s="77">
         <f>Vkladani_dat!G19</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="32"/>
-      <c r="B10" s="125">
+      <c r="B10" s="122">
         <v>103</v>
       </c>
-      <c r="C10" s="82" t="s">
+      <c r="C10" s="80" t="s">
         <v>82</v>
       </c>
-      <c r="D10" s="79">
+      <c r="D10" s="77">
         <f>Vkladani_dat!G20</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="32"/>
-      <c r="B11" s="125">
+      <c r="B11" s="122">
         <v>104</v>
       </c>
-      <c r="C11" s="82" t="s">
+      <c r="C11" s="80" t="s">
         <v>83</v>
       </c>
-      <c r="D11" s="79">
+      <c r="D11" s="77">
         <f>Vkladani_dat!G21</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="32"/>
-      <c r="B12" s="125">
+      <c r="B12" s="122">
         <v>105</v>
       </c>
-      <c r="C12" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="79">
+      <c r="C12" s="80" t="s">
+        <v>547</v>
+      </c>
+      <c r="D12" s="77">
         <f>Vkladani_dat!G22</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="32"/>
-      <c r="B13" s="125">
+      <c r="B13" s="122">
         <v>106</v>
       </c>
-      <c r="C13" s="82" t="s">
+      <c r="C13" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="D13" s="79">
+      <c r="D13" s="77">
         <f>Vkladani_dat!G23</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="32"/>
-      <c r="B14" s="125">
+      <c r="B14" s="122">
         <v>107</v>
       </c>
-      <c r="C14" s="82" t="s">
+      <c r="C14" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="D14" s="79">
+      <c r="D14" s="77">
         <f>Vkladani_dat!G24</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="32"/>
-      <c r="B15" s="125">
+      <c r="B15" s="122">
         <v>108</v>
       </c>
-      <c r="C15" s="82" t="s">
+      <c r="C15" s="80" t="s">
         <v>86</v>
       </c>
-      <c r="D15" s="79">
+      <c r="D15" s="77">
         <f>Vkladani_dat!G25</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="32"/>
-      <c r="B16" s="125">
+      <c r="B16" s="122">
         <v>109</v>
       </c>
-      <c r="C16" s="82" t="s">
+      <c r="C16" s="80" t="s">
         <v>87</v>
       </c>
-      <c r="D16" s="79">
+      <c r="D16" s="77">
         <f>Vkladani_dat!G26</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="32"/>
-      <c r="B17" s="125">
+      <c r="B17" s="122">
         <v>110</v>
       </c>
-      <c r="C17" s="82" t="s">
+      <c r="C17" s="80" t="s">
         <v>88</v>
       </c>
-      <c r="D17" s="79">
+      <c r="D17" s="77">
         <f>Vkladani_dat!G27</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="32"/>
-      <c r="B18" s="125">
+      <c r="B18" s="122">
         <v>111</v>
       </c>
-      <c r="C18" s="82" t="s">
+      <c r="C18" s="80" t="s">
         <v>89</v>
       </c>
-      <c r="D18" s="79">
+      <c r="D18" s="77">
         <f>Vkladani_dat!G28</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="32"/>
-      <c r="B19" s="125">
+      <c r="B19" s="122">
         <v>112</v>
       </c>
-      <c r="C19" s="82" t="s">
+      <c r="C19" s="80" t="s">
         <v>90</v>
       </c>
-      <c r="D19" s="79">
+      <c r="D19" s="77">
         <f>Vkladani_dat!G29</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="32"/>
-      <c r="B20" s="125">
+      <c r="B20" s="122">
         <v>113</v>
       </c>
-      <c r="C20" s="82" t="s">
+      <c r="C20" s="80" t="s">
         <v>91</v>
       </c>
-      <c r="D20" s="79">
+      <c r="D20" s="77">
         <f>Vkladani_dat!G30</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="32"/>
-      <c r="B21" s="125">
+      <c r="B21" s="122">
         <v>114</v>
       </c>
-      <c r="C21" s="82" t="s">
+      <c r="C21" s="80" t="s">
         <v>41</v>
       </c>
-      <c r="D21" s="79">
+      <c r="D21" s="77">
         <f>Vkladani_dat!G31</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="32"/>
-      <c r="B22" s="125">
+      <c r="B22" s="122">
         <v>115</v>
       </c>
-      <c r="C22" s="82" t="s">
+      <c r="C22" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="D22" s="79">
+      <c r="D22" s="77">
         <f>Vkladani_dat!G32</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="32"/>
-      <c r="B23" s="125">
+      <c r="B23" s="122">
         <v>116</v>
       </c>
-      <c r="C23" s="82" t="s">
+      <c r="C23" s="80" t="s">
         <v>92</v>
       </c>
-      <c r="D23" s="79">
+      <c r="D23" s="77">
         <f>Vkladani_dat!G33</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="32"/>
-      <c r="B24" s="125">
+      <c r="B24" s="122">
         <v>117</v>
       </c>
-      <c r="C24" s="82" t="s">
+      <c r="C24" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="D24" s="79">
+      <c r="D24" s="77">
         <f>Vkladani_dat!G34</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B25" s="125">
+      <c r="B25" s="122">
         <v>201</v>
       </c>
-      <c r="C25" s="82" t="s">
+      <c r="C25" s="80" t="s">
         <v>93</v>
       </c>
-      <c r="D25" s="79">
+      <c r="D25" s="77">
         <f>Vkladani_dat!G39</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="32"/>
-      <c r="B26" s="125">
+      <c r="B26" s="122">
         <v>202</v>
       </c>
-      <c r="C26" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="79">
+      <c r="C26" s="80" t="s">
+        <v>570</v>
+      </c>
+      <c r="D26" s="77">
         <f>Vkladani_dat!G40</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="32"/>
-      <c r="B27" s="125">
+      <c r="B27" s="122">
         <v>203</v>
       </c>
-      <c r="C27" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="79">
+      <c r="C27" s="80" t="s">
+        <v>571</v>
+      </c>
+      <c r="D27" s="77">
         <f>Vkladani_dat!G41</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="32"/>
-      <c r="B28" s="125">
+      <c r="B28" s="122">
         <v>204</v>
       </c>
-      <c r="C28" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="79">
+      <c r="C28" s="80" t="s">
+        <v>573</v>
+      </c>
+      <c r="D28" s="77">
         <f>Vkladani_dat!G42</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="32"/>
-      <c r="B29" s="125">
+      <c r="B29" s="122">
         <v>205</v>
       </c>
-      <c r="C29" s="82" t="s">
+      <c r="C29" s="80" t="s">
         <v>94</v>
       </c>
-      <c r="D29" s="79">
+      <c r="D29" s="77">
         <f>Vkladani_dat!G43</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="32"/>
-      <c r="B30" s="125">
+      <c r="B30" s="122">
         <v>206</v>
       </c>
-      <c r="C30" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="79">
+      <c r="C30" s="80" t="s">
+        <v>548</v>
+      </c>
+      <c r="D30" s="77">
         <f>Vkladani_dat!G44</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="32"/>
-      <c r="B31" s="125">
+      <c r="B31" s="122">
         <v>207</v>
       </c>
-      <c r="C31" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="79">
+      <c r="C31" s="80" t="s">
+        <v>549</v>
+      </c>
+      <c r="D31" s="77">
         <f>Vkladani_dat!G45</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="32"/>
-      <c r="B32" s="125">
+      <c r="B32" s="122">
         <v>208</v>
       </c>
-      <c r="C32" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="79">
+      <c r="C32" s="80" t="s">
+        <v>550</v>
+      </c>
+      <c r="D32" s="77">
         <f>Vkladani_dat!G46</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="32"/>
-      <c r="B33" s="125">
+      <c r="B33" s="122">
         <v>209</v>
       </c>
-      <c r="C33" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="79">
+      <c r="C33" s="80" t="s">
+        <v>572</v>
+      </c>
+      <c r="D33" s="77">
         <f>Vkladani_dat!G47</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="32" t="s">
         <v>95</v>
       </c>
-      <c r="B34" s="125">
+      <c r="B34" s="122">
         <v>301</v>
       </c>
-      <c r="C34" s="82" t="s">
+      <c r="C34" s="80" t="s">
         <v>377</v>
       </c>
-      <c r="D34" s="79">
+      <c r="D34" s="77">
         <f>Vkladani_dat!G52</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="32"/>
-      <c r="B35" s="125">
+      <c r="B35" s="122">
         <v>302</v>
       </c>
-      <c r="C35" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="79">
+      <c r="C35" s="80" t="s">
+        <v>574</v>
+      </c>
+      <c r="D35" s="77">
         <f>Vkladani_dat!G53</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="32"/>
-      <c r="B36" s="125">
+      <c r="B36" s="122">
         <v>303</v>
       </c>
-      <c r="C36" s="82" t="s">
+      <c r="C36" s="80" t="s">
         <v>96</v>
       </c>
-      <c r="D36" s="79">
+      <c r="D36" s="77">
         <f>Vkladani_dat!G54</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="32"/>
-      <c r="B37" s="125">
+      <c r="B37" s="122">
         <v>304</v>
       </c>
-      <c r="C37" s="82" t="s">
+      <c r="C37" s="80" t="s">
         <v>97</v>
       </c>
-      <c r="D37" s="79">
+      <c r="D37" s="77">
         <f>Vkladani_dat!G55</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="32"/>
-      <c r="B38" s="125">
+      <c r="B38" s="122">
         <v>305</v>
       </c>
-      <c r="C38" s="82" t="s">
+      <c r="C38" s="80" t="s">
         <v>98</v>
       </c>
-      <c r="D38" s="79">
+      <c r="D38" s="77">
         <f>Vkladani_dat!G56</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="32"/>
-      <c r="B39" s="125">
+      <c r="B39" s="122">
         <v>306</v>
       </c>
-      <c r="C39" s="82" t="s">
+      <c r="C39" s="80" t="s">
         <v>99</v>
       </c>
-      <c r="D39" s="79">
+      <c r="D39" s="77">
         <f>Vkladani_dat!G57</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="32"/>
-      <c r="B40" s="125">
+      <c r="B40" s="122">
         <v>307</v>
       </c>
-      <c r="C40" s="82" t="s">
+      <c r="C40" s="80" t="s">
         <v>100</v>
       </c>
-      <c r="D40" s="79">
+      <c r="D40" s="77">
         <f>Vkladani_dat!G58</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="32"/>
-      <c r="B41" s="125">
+      <c r="B41" s="122">
         <v>308</v>
       </c>
-      <c r="C41" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="79">
+      <c r="C41" s="80" t="s">
+        <v>547</v>
+      </c>
+      <c r="D41" s="77">
         <f>Vkladani_dat!G59</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="32"/>
-      <c r="B42" s="125">
+      <c r="B42" s="122">
         <v>309</v>
       </c>
-      <c r="C42" s="82" t="s">
+      <c r="C42" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="D42" s="79">
+      <c r="D42" s="77">
         <f>Vkladani_dat!G60</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="32"/>
-      <c r="B43" s="125">
+      <c r="B43" s="122">
         <v>310</v>
       </c>
-      <c r="C43" s="82" t="s">
+      <c r="C43" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="D43" s="79">
+      <c r="D43" s="77">
         <f>Vkladani_dat!G61</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="32"/>
-      <c r="B44" s="125">
+      <c r="B44" s="122">
         <v>311</v>
       </c>
-      <c r="C44" s="82" t="s">
+      <c r="C44" s="80" t="s">
         <v>86</v>
       </c>
-      <c r="D44" s="79">
+      <c r="D44" s="77">
         <f>Vkladani_dat!G62</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="32"/>
-      <c r="B45" s="125">
+      <c r="B45" s="122">
         <v>312</v>
       </c>
-      <c r="C45" s="82" t="s">
+      <c r="C45" s="80" t="s">
         <v>87</v>
       </c>
-      <c r="D45" s="79">
+      <c r="D45" s="77">
         <f>Vkladani_dat!G63</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="32"/>
-      <c r="B46" s="125">
+      <c r="B46" s="122">
         <v>313</v>
       </c>
-      <c r="C46" s="82" t="s">
+      <c r="C46" s="80" t="s">
         <v>88</v>
       </c>
-      <c r="D46" s="79">
+      <c r="D46" s="77">
         <f>Vkladani_dat!G64</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="32"/>
-      <c r="B47" s="125">
+      <c r="B47" s="122">
         <v>314</v>
       </c>
-      <c r="C47" s="82" t="s">
+      <c r="C47" s="80" t="s">
         <v>89</v>
       </c>
-      <c r="D47" s="79">
+      <c r="D47" s="77">
         <f>Vkladani_dat!G65</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="32"/>
-      <c r="B48" s="125">
+      <c r="B48" s="122">
         <v>315</v>
       </c>
-      <c r="C48" s="82" t="s">
+      <c r="C48" s="80" t="s">
         <v>90</v>
       </c>
-      <c r="D48" s="79">
+      <c r="D48" s="77">
         <f>Vkladani_dat!G66</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="32"/>
-      <c r="B49" s="125">
+      <c r="B49" s="122">
         <v>316</v>
       </c>
-      <c r="C49" s="82" t="s">
+      <c r="C49" s="80" t="s">
         <v>91</v>
       </c>
-      <c r="D49" s="79">
+      <c r="D49" s="77">
         <f>Vkladani_dat!G67</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="32"/>
-      <c r="B50" s="125">
+      <c r="B50" s="122">
         <v>317</v>
       </c>
-      <c r="C50" s="82" t="s">
+      <c r="C50" s="80" t="s">
         <v>46</v>
       </c>
-      <c r="D50" s="79">
+      <c r="D50" s="77">
         <f>Vkladani_dat!G68</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="32" t="s">
         <v>101</v>
       </c>
-      <c r="B51" s="125">
+      <c r="B51" s="122">
         <v>401</v>
       </c>
-      <c r="C51" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="79">
+      <c r="C51" s="80" t="s">
+        <v>551</v>
+      </c>
+      <c r="D51" s="77">
         <f>Vkladani_dat!G73</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="32"/>
-      <c r="B52" s="125">
+      <c r="B52" s="122">
         <v>402</v>
       </c>
-      <c r="C52" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="79">
+      <c r="C52" s="80" t="s">
+        <v>552</v>
+      </c>
+      <c r="D52" s="77">
         <f>Vkladani_dat!G74</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="32"/>
-      <c r="B53" s="125">
+      <c r="B53" s="122">
         <v>403</v>
       </c>
-      <c r="C53" s="82" t="s">
+      <c r="C53" s="80" t="s">
         <v>102</v>
       </c>
-      <c r="D53" s="79">
+      <c r="D53" s="77">
         <f>Vkladani_dat!G75</f>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="32"/>
-      <c r="B54" s="125">
+      <c r="B54" s="122">
         <v>404</v>
       </c>
-      <c r="C54" s="82" t="s">
+      <c r="C54" s="80" t="s">
         <v>103</v>
       </c>
-      <c r="D54" s="79">
+      <c r="D54" s="77">
         <f>Vkladani_dat!G76</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="32"/>
-      <c r="B55" s="125">
+      <c r="B55" s="122">
         <v>405</v>
       </c>
-      <c r="C55" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="79">
+      <c r="C55" s="80" t="s">
+        <v>553</v>
+      </c>
+      <c r="D55" s="77">
         <f>Vkladani_dat!G77</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="32"/>
-      <c r="B56" s="125">
+      <c r="B56" s="122">
         <v>406</v>
       </c>
-      <c r="C56" s="82" t="s">
+      <c r="C56" s="80" t="s">
         <v>104</v>
       </c>
-      <c r="D56" s="79">
+      <c r="D56" s="77">
         <f>Vkladani_dat!G78</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="32"/>
-      <c r="B57" s="125">
+      <c r="B57" s="122">
         <v>407</v>
       </c>
-      <c r="C57" s="82" t="s">
+      <c r="C57" s="80" t="s">
         <v>105</v>
       </c>
-      <c r="D57" s="79">
+      <c r="D57" s="77">
         <f>Vkladani_dat!G79</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="32"/>
-      <c r="B58" s="125">
+      <c r="B58" s="122">
         <v>408</v>
       </c>
-      <c r="C58" s="82" t="s">
+      <c r="C58" s="80" t="s">
         <v>106</v>
       </c>
-      <c r="D58" s="79">
+      <c r="D58" s="77">
         <f>Vkladani_dat!G80</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="32"/>
-      <c r="B59" s="125">
+      <c r="B59" s="122">
         <v>409</v>
       </c>
-      <c r="C59" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="79">
+      <c r="C59" s="80" t="s">
+        <v>554</v>
+      </c>
+      <c r="D59" s="77">
         <f>Vkladani_dat!G81</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="32"/>
-      <c r="B60" s="125">
+      <c r="B60" s="122">
         <v>410</v>
       </c>
-      <c r="C60" s="82" t="s">
+      <c r="C60" s="80" t="s">
         <v>107</v>
       </c>
-      <c r="D60" s="79">
+      <c r="D60" s="77">
         <f>Vkladani_dat!G82</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="32"/>
-      <c r="B61" s="125">
+      <c r="B61" s="122">
         <v>411</v>
       </c>
-      <c r="C61" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="79">
+      <c r="C61" s="80" t="s">
+        <v>555</v>
+      </c>
+      <c r="D61" s="77">
         <f>Vkladani_dat!G83</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="32"/>
-      <c r="B62" s="125">
+      <c r="B62" s="122">
         <v>412</v>
       </c>
-      <c r="C62" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="79">
+      <c r="C62" s="80" t="s">
+        <v>556</v>
+      </c>
+      <c r="D62" s="77">
         <f>Vkladani_dat!G84</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="32"/>
-      <c r="B63" s="125">
+      <c r="B63" s="122">
         <v>413</v>
       </c>
-      <c r="C63" s="82" t="s">
+      <c r="C63" s="80" t="s">
         <v>108</v>
       </c>
-      <c r="D63" s="79">
+      <c r="D63" s="77">
         <f>Vkladani_dat!G85</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="32"/>
-      <c r="B64" s="125">
+      <c r="B64" s="122">
         <v>414</v>
       </c>
-      <c r="C64" s="82" t="s">
+      <c r="C64" s="80" t="s">
         <v>109</v>
       </c>
-      <c r="D64" s="79">
+      <c r="D64" s="77">
         <f>Vkladani_dat!G86</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="32"/>
-      <c r="B65" s="125">
+      <c r="B65" s="122">
         <v>415</v>
       </c>
-      <c r="C65" s="82" t="s">
+      <c r="C65" s="80" t="s">
         <v>110</v>
       </c>
-      <c r="D65" s="79">
+      <c r="D65" s="77">
         <f>Vkladani_dat!G87</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="32"/>
-      <c r="B66" s="125">
+      <c r="B66" s="122">
         <v>416</v>
       </c>
-      <c r="C66" s="82" t="s">
+      <c r="C66" s="80" t="s">
         <v>109</v>
       </c>
-      <c r="D66" s="79">
+      <c r="D66" s="77">
         <f>Vkladani_dat!G88</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" s="32"/>
-      <c r="B67" s="125">
+      <c r="B67" s="122">
         <v>417</v>
       </c>
-      <c r="C67" s="82" t="s">
+      <c r="C67" s="80" t="s">
         <v>111</v>
       </c>
-      <c r="D67" s="79">
+      <c r="D67" s="77">
         <f>Vkladani_dat!G89</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="32"/>
-      <c r="B68" s="125">
+      <c r="B68" s="122">
         <v>418</v>
       </c>
-      <c r="C68" s="82" t="s">
+      <c r="C68" s="80" t="s">
         <v>112</v>
       </c>
-      <c r="D68" s="79">
+      <c r="D68" s="77">
         <f>Vkladani_dat!G90</f>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" s="32"/>
-      <c r="B69" s="125">
+      <c r="B69" s="122">
         <v>419</v>
       </c>
-      <c r="C69" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="79">
+      <c r="C69" s="80" t="s">
+        <v>0</v>
+      </c>
+      <c r="D69" s="77">
         <f>Vkladani_dat!G91</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" s="32"/>
-      <c r="B70" s="125">
+      <c r="B70" s="122">
         <v>420</v>
       </c>
-      <c r="C70" s="82" t="s">
+      <c r="C70" s="80" t="s">
         <v>113</v>
       </c>
-      <c r="D70" s="79">
+      <c r="D70" s="77">
         <f>Vkladani_dat!G92</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="32"/>
-      <c r="B71" s="125">
+      <c r="B71" s="122">
         <v>421</v>
       </c>
-      <c r="C71" s="82" t="s">
+      <c r="C71" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="D71" s="79">
+      <c r="D71" s="77">
         <f>Vkladani_dat!G93</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" s="32"/>
-      <c r="B72" s="125">
+      <c r="B72" s="122">
         <v>422</v>
       </c>
-      <c r="C72" s="82" t="s">
+      <c r="C72" s="80" t="s">
         <v>114</v>
       </c>
-      <c r="D72" s="79">
+      <c r="D72" s="77">
         <f>Vkladani_dat!G94</f>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" s="32"/>
-      <c r="B73" s="125">
+      <c r="B73" s="122">
         <v>423</v>
       </c>
-      <c r="C73" s="82" t="s">
+      <c r="C73" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="D73" s="79">
+      <c r="D73" s="268">
         <f>Vkladani_dat!G95</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" s="32" t="s">
         <v>115</v>
       </c>
-      <c r="B74" s="125">
+      <c r="B74" s="122">
         <v>501</v>
       </c>
-      <c r="C74" s="82" t="s">
+      <c r="C74" s="80" t="s">
         <v>48</v>
       </c>
-      <c r="D74" s="79">
+      <c r="D74" s="77">
         <f>Vkladani_dat!G100</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" s="32"/>
-      <c r="B75" s="125">
+      <c r="B75" s="122">
         <v>502</v>
       </c>
-      <c r="C75" s="82" t="s">
+      <c r="C75" s="80" t="s">
         <v>49</v>
       </c>
-      <c r="D75" s="79">
+      <c r="D75" s="77">
         <f>Vkladani_dat!G101</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" s="32"/>
-      <c r="B76" s="125">
+      <c r="B76" s="122">
         <v>503</v>
       </c>
-      <c r="C76" s="82" t="s">
+      <c r="C76" s="80" t="s">
         <v>116</v>
       </c>
-      <c r="D76" s="79">
+      <c r="D76" s="77">
         <f>Vkladani_dat!G102</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="32"/>
-      <c r="B77" s="125">
+      <c r="B77" s="122">
         <v>504</v>
       </c>
-      <c r="C77" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D77" s="79">
+      <c r="C77" s="80" t="s">
+        <v>557</v>
+      </c>
+      <c r="D77" s="77">
         <f>Vkladani_dat!G103</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="32"/>
-      <c r="B78" s="125">
+      <c r="B78" s="122">
         <v>505</v>
       </c>
-      <c r="C78" s="82" t="s">
+      <c r="C78" s="80" t="s">
         <v>117</v>
       </c>
-      <c r="D78" s="79">
+      <c r="D78" s="77">
         <f>Vkladani_dat!G104</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="32"/>
-      <c r="B79" s="125">
+      <c r="B79" s="122">
         <v>506</v>
       </c>
-      <c r="C79" s="82" t="s">
+      <c r="C79" s="80" t="s">
         <v>118</v>
       </c>
-      <c r="D79" s="79">
+      <c r="D79" s="77">
         <f>Vkladani_dat!G105</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" s="32"/>
-      <c r="B80" s="125">
+      <c r="B80" s="122">
         <v>507</v>
       </c>
-      <c r="C80" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D80" s="79">
+      <c r="C80" s="80" t="s">
+        <v>558</v>
+      </c>
+      <c r="D80" s="77">
         <f>Vkladani_dat!G106</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" s="32"/>
-      <c r="B81" s="125">
+      <c r="B81" s="122">
         <v>508</v>
       </c>
-      <c r="C81" s="82" t="s">
+      <c r="C81" s="80" t="s">
         <v>119</v>
       </c>
-      <c r="D81" s="79">
+      <c r="D81" s="77">
         <f>Vkladani_dat!G107</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" s="32"/>
-      <c r="B82" s="125">
+      <c r="B82" s="122">
         <v>509</v>
       </c>
-      <c r="C82" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D82" s="79">
+      <c r="C82" s="80" t="s">
+        <v>559</v>
+      </c>
+      <c r="D82" s="77">
         <f>Vkladani_dat!G108</f>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="32"/>
-      <c r="B83" s="125">
+      <c r="B83" s="122">
         <v>510</v>
       </c>
-      <c r="C83" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="79">
+      <c r="C83" s="80" t="s">
+        <v>560</v>
+      </c>
+      <c r="D83" s="77">
         <f>Vkladani_dat!G109</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="32"/>
-      <c r="B84" s="125">
+      <c r="B84" s="122">
         <v>511</v>
       </c>
-      <c r="C84" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="79">
+      <c r="C84" s="80" t="s">
+        <v>561</v>
+      </c>
+      <c r="D84" s="77">
         <f>Vkladani_dat!G110</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="32"/>
-      <c r="B85" s="125">
+      <c r="B85" s="122">
         <v>512</v>
       </c>
-      <c r="C85" s="82" t="s">
+      <c r="C85" s="80" t="s">
         <v>120</v>
       </c>
-      <c r="D85" s="79">
+      <c r="D85" s="77">
         <f>Vkladani_dat!G111</f>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" s="32"/>
-      <c r="B86" s="125">
+      <c r="B86" s="122">
         <v>513</v>
       </c>
-      <c r="C86" s="82" t="s">
+      <c r="C86" s="80" t="s">
         <v>121</v>
       </c>
-      <c r="D86" s="79">
+      <c r="D86" s="77">
         <f>Vkladani_dat!G112</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" s="32" t="s">
         <v>122</v>
       </c>
-      <c r="B87" s="125">
+      <c r="B87" s="122">
         <v>601</v>
       </c>
-      <c r="C87" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D87" s="76">
+      <c r="C87" s="80" t="s">
+        <v>562</v>
+      </c>
+      <c r="D87" s="74">
         <f>Vkladani_dat!G117</f>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" s="6"/>
-      <c r="B88" s="125">
+      <c r="B88" s="122">
         <v>602</v>
       </c>
-      <c r="C88" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D88" s="83">
+      <c r="C88" s="80" t="s">
+        <v>563</v>
+      </c>
+      <c r="D88" s="267">
         <f>Vkladani_dat!G118</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" s="32"/>
-      <c r="B89" s="125">
+      <c r="B89" s="122">
         <v>603</v>
       </c>
-      <c r="C89" s="82" t="s">
+      <c r="C89" s="80" t="s">
         <v>50</v>
       </c>
-      <c r="D89" s="83">
+      <c r="D89" s="267">
         <f>Vkladani_dat!G119</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" s="32"/>
-      <c r="B90" s="125">
+      <c r="B90" s="122">
         <v>604</v>
       </c>
-      <c r="C90" s="82" t="s">
+      <c r="C90" s="80" t="s">
         <v>51</v>
       </c>
-      <c r="D90" s="83">
+      <c r="D90" s="267">
         <f>Vkladani_dat!G120</f>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" s="32"/>
-      <c r="B91" s="125">
+      <c r="B91" s="122">
         <v>605</v>
       </c>
-      <c r="C91" s="82" t="s">
+      <c r="C91" s="80" t="s">
         <v>52</v>
       </c>
-      <c r="D91" s="83">
+      <c r="D91" s="267">
         <f>Vkladani_dat!G121</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" s="32"/>
-      <c r="B92" s="125">
+      <c r="B92" s="122">
         <v>606</v>
       </c>
-      <c r="C92" s="82" t="s">
+      <c r="C92" s="80" t="s">
         <v>53</v>
       </c>
-      <c r="D92" s="83">
+      <c r="D92" s="267">
         <f>Vkladani_dat!G122</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" s="32"/>
-      <c r="B93" s="125">
+      <c r="B93" s="122">
         <v>607</v>
       </c>
-      <c r="C93" s="82" t="s">
+      <c r="C93" s="80" t="s">
         <v>54</v>
       </c>
-      <c r="D93" s="83">
+      <c r="D93" s="267">
         <f>Vkladani_dat!G123</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" s="32"/>
-      <c r="B94" s="125">
+      <c r="B94" s="122">
         <v>608</v>
       </c>
-      <c r="C94" s="82" t="s">
+      <c r="C94" s="80" t="s">
         <v>55</v>
       </c>
-      <c r="D94" s="83">
+      <c r="D94" s="267">
         <f>Vkladani_dat!G124</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" s="32"/>
-      <c r="B95" s="125">
+      <c r="B95" s="122">
         <v>609</v>
       </c>
-      <c r="C95" s="82" t="s">
+      <c r="C95" s="80" t="s">
         <v>56</v>
       </c>
-      <c r="D95" s="83">
+      <c r="D95" s="267">
         <f>Vkladani_dat!G125</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" s="32"/>
-      <c r="B96" s="125">
+      <c r="B96" s="122">
         <v>610</v>
       </c>
-      <c r="C96" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D96" s="77">
+      <c r="C96" s="80" t="s">
+        <v>564</v>
+      </c>
+      <c r="D96" s="75">
         <f>Vkladani_dat!G126</f>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" s="32"/>
-      <c r="B97" s="125">
+      <c r="B97" s="122">
         <v>611</v>
       </c>
-      <c r="C97" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="77">
+      <c r="C97" s="80" t="s">
+        <v>565</v>
+      </c>
+      <c r="D97" s="75">
         <f>Vkladani_dat!G127</f>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="32"/>
-      <c r="B98" s="125">
+      <c r="B98" s="122">
         <v>612</v>
       </c>
-      <c r="C98" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D98" s="77">
+      <c r="C98" s="80" t="s">
+        <v>566</v>
+      </c>
+      <c r="D98" s="75">
         <f>Vkladani_dat!G128</f>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" s="32"/>
-      <c r="B99" s="125">
+      <c r="B99" s="122">
         <v>613</v>
       </c>
-      <c r="C99" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D99" s="77">
+      <c r="C99" s="80" t="s">
+        <v>567</v>
+      </c>
+      <c r="D99" s="75">
         <f>Vkladani_dat!G129</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="32"/>
-      <c r="B100" s="125">
+      <c r="B100" s="122">
         <v>614</v>
       </c>
-      <c r="C100" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D100" s="79">
+      <c r="C100" s="80" t="s">
+        <v>575</v>
+      </c>
+      <c r="D100" s="77">
         <f>Vkladani_dat!G130</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" s="32"/>
-      <c r="B101" s="125">
+      <c r="B101" s="122">
         <v>615</v>
       </c>
-      <c r="C101" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D101" s="79">
+      <c r="C101" s="80" t="s">
+        <v>576</v>
+      </c>
+      <c r="D101" s="77">
         <f>Vkladani_dat!G131</f>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" s="32" t="s">
         <v>123</v>
       </c>
-      <c r="B102" s="125">
+      <c r="B102" s="122">
         <v>701</v>
       </c>
-      <c r="C102" s="82" t="s">
+      <c r="C102" s="80" t="s">
         <v>124</v>
       </c>
-      <c r="D102" s="79">
+      <c r="D102" s="77">
         <f>Vkladani_dat!G136</f>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" s="32"/>
-      <c r="B103" s="125">
+      <c r="B103" s="122">
         <v>702</v>
       </c>
-      <c r="C103" s="82" t="s">
+      <c r="C103" s="80" t="s">
         <v>125</v>
       </c>
-      <c r="D103" s="79">
+      <c r="D103" s="77">
         <f>Vkladani_dat!G137</f>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" s="32"/>
-      <c r="B104" s="125">
+      <c r="B104" s="122">
         <v>703</v>
       </c>
-      <c r="C104" s="82" t="s">
+      <c r="C104" s="80" t="s">
         <v>126</v>
       </c>
-      <c r="D104" s="79">
+      <c r="D104" s="77">
         <f>Vkladani_dat!G138</f>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="32"/>
-      <c r="B105" s="125">
+      <c r="B105" s="122">
         <v>704</v>
       </c>
-      <c r="C105" s="82" t="s">
+      <c r="C105" s="80" t="s">
         <v>127</v>
       </c>
-      <c r="D105" s="79">
+      <c r="D105" s="77">
         <f>Vkladani_dat!G139</f>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" s="32"/>
-      <c r="B106" s="125">
+      <c r="B106" s="122">
         <v>705</v>
       </c>
-      <c r="C106" s="82" t="s">
+      <c r="C106" s="80" t="s">
         <v>128</v>
       </c>
-      <c r="D106" s="79">
+      <c r="D106" s="77">
         <f>Vkladani_dat!G140</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" s="32"/>
-      <c r="B107" s="125">
+      <c r="B107" s="122">
         <v>706</v>
       </c>
-      <c r="C107" s="82" t="s">
+      <c r="C107" s="80" t="s">
         <v>129</v>
       </c>
-      <c r="D107" s="79">
+      <c r="D107" s="77">
         <f>Vkladani_dat!G141</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" s="32"/>
-      <c r="B108" s="125">
+      <c r="B108" s="122">
         <v>707</v>
       </c>
-      <c r="C108" s="82" t="s">
+      <c r="C108" s="80" t="s">
         <v>130</v>
       </c>
-      <c r="D108" s="79">
+      <c r="D108" s="77">
         <f>Vkladani_dat!G142</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" s="32"/>
-      <c r="B109" s="125">
+      <c r="B109" s="122">
         <v>708</v>
       </c>
-      <c r="C109" s="82" t="s">
+      <c r="C109" s="80" t="s">
         <v>131</v>
       </c>
-      <c r="D109" s="79">
+      <c r="D109" s="77">
         <f>Vkladani_dat!G143</f>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="32"/>
-      <c r="B110" s="125">
+      <c r="B110" s="122">
         <v>709</v>
       </c>
-      <c r="C110" s="82" t="s">
+      <c r="C110" s="80" t="s">
         <v>132</v>
       </c>
-      <c r="D110" s="79">
+      <c r="D110" s="77">
         <f>Vkladani_dat!G144</f>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="32"/>
-      <c r="B111" s="125">
+      <c r="B111" s="122">
         <v>710</v>
       </c>
-      <c r="C111" s="82" t="s">
+      <c r="C111" s="80" t="s">
         <v>57</v>
       </c>
-      <c r="D111" s="79">
+      <c r="D111" s="77">
         <f>Vkladani_dat!G145</f>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" s="32"/>
-      <c r="B112" s="125">
+      <c r="B112" s="122">
         <v>711</v>
       </c>
-      <c r="C112" s="82" t="s">
+      <c r="C112" s="80" t="s">
         <v>133</v>
       </c>
-      <c r="D112" s="79">
+      <c r="D112" s="77">
         <f>Vkladani_dat!G146</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" s="32"/>
-      <c r="B113" s="125">
+      <c r="B113" s="122">
         <v>712</v>
       </c>
-      <c r="C113" s="82" t="s">
+      <c r="C113" s="80" t="s">
         <v>134</v>
       </c>
-      <c r="D113" s="79">
+      <c r="D113" s="77">
         <f>Vkladani_dat!G147</f>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" s="32"/>
-      <c r="B114" s="125">
+      <c r="B114" s="122">
         <v>713</v>
       </c>
-      <c r="C114" s="82" t="s">
+      <c r="C114" s="80" t="s">
         <v>135</v>
       </c>
-      <c r="D114" s="79">
+      <c r="D114" s="77">
         <f>Vkladani_dat!G148</f>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" s="32"/>
-      <c r="B115" s="125">
+      <c r="B115" s="122">
         <v>714</v>
       </c>
-      <c r="C115" s="82" t="s">
+      <c r="C115" s="80" t="s">
         <v>136</v>
       </c>
-      <c r="D115" s="79">
+      <c r="D115" s="77">
         <f>Vkladani_dat!G149</f>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" s="32"/>
-      <c r="B116" s="125">
+      <c r="B116" s="122">
         <v>715</v>
       </c>
-      <c r="C116" s="82" t="s">
+      <c r="C116" s="80" t="s">
         <v>137</v>
       </c>
-      <c r="D116" s="79">
+      <c r="D116" s="77">
         <f>Vkladani_dat!G150</f>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" s="32"/>
-      <c r="B117" s="125">
+      <c r="B117" s="122">
         <v>716</v>
       </c>
-      <c r="C117" s="82" t="s">
+      <c r="C117" s="80" t="s">
         <v>138</v>
       </c>
-      <c r="D117" s="79">
+      <c r="D117" s="77">
         <f>Vkladani_dat!G151</f>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" s="32"/>
-      <c r="B118" s="125">
+      <c r="B118" s="122">
         <v>717</v>
       </c>
-      <c r="C118" s="82" t="s">
+      <c r="C118" s="80" t="s">
         <v>131</v>
       </c>
-      <c r="D118" s="79">
+      <c r="D118" s="77">
         <f>Vkladani_dat!G152</f>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" s="32"/>
-      <c r="B119" s="125">
+      <c r="B119" s="122">
         <v>718</v>
       </c>
-      <c r="C119" s="82" t="s">
+      <c r="C119" s="80" t="s">
         <v>139</v>
       </c>
-      <c r="D119" s="79">
+      <c r="D119" s="77">
         <f>Vkladani_dat!G153</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" s="32" t="s">
         <v>140</v>
       </c>
-      <c r="B120" s="125">
+      <c r="B120" s="122">
         <v>801</v>
       </c>
-      <c r="C120" s="82" t="s">
+      <c r="C120" s="80" t="s">
         <v>141</v>
       </c>
-      <c r="D120" s="79">
+      <c r="D120" s="77">
         <f>Vkladani_dat!G158</f>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" s="32"/>
-      <c r="B121" s="125">
+      <c r="B121" s="122">
         <v>802</v>
       </c>
-      <c r="C121" s="82" t="s">
+      <c r="C121" s="80" t="s">
         <v>142</v>
       </c>
-      <c r="D121" s="79">
+      <c r="D121" s="77">
         <f>Vkladani_dat!G159</f>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" s="32"/>
-      <c r="B122" s="125">
+      <c r="B122" s="122">
         <v>803</v>
       </c>
-      <c r="C122" s="82" t="s">
+      <c r="C122" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="D122" s="79">
+      <c r="D122" s="77">
         <f>Vkladani_dat!G160</f>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" s="32"/>
-      <c r="B123" s="125">
+      <c r="B123" s="122">
         <v>804</v>
       </c>
-      <c r="C123" s="82" t="s">
+      <c r="C123" s="80" t="s">
         <v>143</v>
       </c>
-      <c r="D123" s="79">
+      <c r="D123" s="77">
         <f>Vkladani_dat!G161</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" s="32"/>
-      <c r="B124" s="125">
+      <c r="B124" s="122">
         <v>805</v>
       </c>
-      <c r="C124" s="82" t="s">
+      <c r="C124" s="80" t="s">
         <v>144</v>
       </c>
-      <c r="D124" s="79">
+      <c r="D124" s="77">
         <f>Vkladani_dat!G162</f>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" s="32"/>
-      <c r="B125" s="125">
+      <c r="B125" s="122">
         <v>806</v>
       </c>
-      <c r="C125" s="82" t="s">
+      <c r="C125" s="80" t="s">
         <v>145</v>
       </c>
-      <c r="D125" s="79">
+      <c r="D125" s="77">
         <f>Vkladani_dat!G163</f>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" s="32"/>
-      <c r="B126" s="125">
+      <c r="B126" s="122">
         <v>807</v>
       </c>
-      <c r="C126" s="82" t="s">
+      <c r="C126" s="80" t="s">
         <v>146</v>
       </c>
-      <c r="D126" s="79">
+      <c r="D126" s="77">
         <f>Vkladani_dat!G164</f>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" s="32"/>
-      <c r="B127" s="125">
+      <c r="B127" s="122">
         <v>808</v>
       </c>
-      <c r="C127" s="82" t="s">
+      <c r="C127" s="80" t="s">
         <v>147</v>
       </c>
-      <c r="D127" s="79">
+      <c r="D127" s="77">
         <f>Vkladani_dat!G165</f>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" s="32"/>
-      <c r="B128" s="125">
+      <c r="B128" s="122">
         <v>809</v>
       </c>
-      <c r="C128" s="82" t="s">
+      <c r="C128" s="80" t="s">
         <v>148</v>
       </c>
-      <c r="D128" s="79">
+      <c r="D128" s="77">
         <f>Vkladani_dat!G166</f>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" s="32"/>
-      <c r="B129" s="125">
+      <c r="B129" s="122">
         <v>810</v>
       </c>
-      <c r="C129" s="82" t="s">
+      <c r="C129" s="80" t="s">
         <v>149</v>
       </c>
-      <c r="D129" s="79">
+      <c r="D129" s="77">
         <f>Vkladani_dat!G167</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" s="32"/>
-      <c r="B130" s="125">
+      <c r="B130" s="122">
         <v>811</v>
       </c>
-      <c r="C130" s="82" t="s">
+      <c r="C130" s="80" t="s">
         <v>150</v>
       </c>
-      <c r="D130" s="79">
+      <c r="D130" s="77">
         <f>Vkladani_dat!G168</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" s="32"/>
-      <c r="B131" s="125">
+      <c r="B131" s="122">
         <v>812</v>
       </c>
-      <c r="C131" s="82" t="s">
+      <c r="C131" s="80" t="s">
         <v>151</v>
       </c>
-      <c r="D131" s="79">
+      <c r="D131" s="77">
         <f>Vkladani_dat!G169</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" s="32"/>
-      <c r="B132" s="125">
+      <c r="B132" s="122">
         <v>813</v>
       </c>
-      <c r="C132" s="82" t="s">
+      <c r="C132" s="80" t="s">
         <v>152</v>
       </c>
-      <c r="D132" s="79">
+      <c r="D132" s="77">
         <f>Vkladani_dat!G170</f>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" s="32"/>
-      <c r="B133" s="125">
+      <c r="B133" s="122">
         <v>814</v>
       </c>
-      <c r="C133" s="82" t="s">
+      <c r="C133" s="80" t="s">
         <v>58</v>
       </c>
-      <c r="D133" s="79">
+      <c r="D133" s="77">
         <f>Vkladani_dat!G171</f>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" s="32"/>
-      <c r="B134" s="125">
+      <c r="B134" s="122">
         <v>815</v>
       </c>
-      <c r="C134" s="82" t="s">
+      <c r="C134" s="80" t="s">
         <v>153</v>
       </c>
-      <c r="D134" s="79">
+      <c r="D134" s="77">
         <f>Vkladani_dat!G172</f>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" s="32"/>
-      <c r="B135" s="125">
+      <c r="B135" s="122">
         <v>816</v>
       </c>
-      <c r="C135" s="82" t="s">
+      <c r="C135" s="80" t="s">
         <v>154</v>
       </c>
-      <c r="D135" s="79">
+      <c r="D135" s="77">
         <f>Vkladani_dat!G173</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" s="32"/>
-      <c r="B136" s="125">
+      <c r="B136" s="122">
         <v>817</v>
       </c>
-      <c r="C136" s="82" t="s">
+      <c r="C136" s="80" t="s">
         <v>59</v>
       </c>
-      <c r="D136" s="79">
+      <c r="D136" s="77">
         <f>Vkladani_dat!G174</f>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" s="32"/>
-      <c r="B137" s="125">
+      <c r="B137" s="122">
         <v>818</v>
       </c>
-      <c r="C137" s="82" t="s">
+      <c r="C137" s="80" t="s">
         <v>155</v>
       </c>
-      <c r="D137" s="79">
+      <c r="D137" s="77">
         <f>Vkladani_dat!G175</f>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" s="32"/>
-      <c r="B138" s="125">
+      <c r="B138" s="122">
         <v>819</v>
       </c>
-      <c r="C138" s="82" t="s">
+      <c r="C138" s="80" t="s">
         <v>156</v>
       </c>
-      <c r="D138" s="79">
+      <c r="D138" s="77">
         <f>Vkladani_dat!G176</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.78740157480314965" bottom="0.39370078740157483" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="50" max="16383" man="1"/>
     <brk id="101" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:C188"/>
+  <dimension ref="A1:C187"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
-    <col min="2" max="2" width="27.5703125" style="162" customWidth="1"/>
-    <col min="3" max="3" width="133.7109375" style="187" customWidth="1"/>
+    <col min="2" max="2" width="27.5703125" style="159" customWidth="1"/>
+    <col min="3" max="3" width="133.7109375" style="179" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="177"/>
-[...1 lines deleted...]
-      <c r="C1" s="212"/>
+      <c r="A1" s="274"/>
+      <c r="B1" s="276"/>
+      <c r="C1" s="204"/>
     </row>
     <row r="2" spans="1:3" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="163" t="s">
+      <c r="A2" s="160" t="s">
+        <v>592</v>
+      </c>
+      <c r="B2" s="161"/>
+      <c r="C2" s="178"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="274"/>
+      <c r="B3" s="1237" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C3" s="469"/>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="205"/>
+      <c r="B4" s="276"/>
+      <c r="C4" s="206"/>
+    </row>
+    <row r="5" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="207" t="s">
+        <v>595</v>
+      </c>
+      <c r="B5" s="208" t="s">
         <v>596</v>
       </c>
-      <c r="B2" s="164"/>
-[...4 lines deleted...]
-      <c r="B3" s="1227" t="s">
+      <c r="C5" s="209" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="210" t="s">
+        <v>597</v>
+      </c>
+      <c r="B6" s="211" t="s">
         <v>598</v>
       </c>
-      <c r="C3" s="466"/>
-[...7 lines deleted...]
-      <c r="A5" s="215" t="s">
+      <c r="C6" s="212" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="205"/>
+      <c r="B7" s="213"/>
+      <c r="C7" s="214" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="215"/>
+      <c r="B8" s="216"/>
+      <c r="C8" s="217" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="207" t="s">
         <v>599</v>
       </c>
-      <c r="B5" s="216" t="s">
+      <c r="B9" s="208" t="s">
         <v>600</v>
       </c>
-      <c r="C5" s="217" t="s">
+      <c r="C9" s="218" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="207" t="s">
+        <v>602</v>
+      </c>
+      <c r="B10" s="208" t="s">
+        <v>603</v>
+      </c>
+      <c r="C10" s="218" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="207" t="s">
+        <v>605</v>
+      </c>
+      <c r="B11" s="208" t="s">
+        <v>606</v>
+      </c>
+      <c r="C11" s="218" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="207" t="s">
+        <v>607</v>
+      </c>
+      <c r="B12" s="208" t="s">
+        <v>608</v>
+      </c>
+      <c r="C12" s="218" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="207" t="s">
+        <v>610</v>
+      </c>
+      <c r="B13" s="208" t="s">
+        <v>611</v>
+      </c>
+      <c r="C13" s="218" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="207" t="s">
+        <v>613</v>
+      </c>
+      <c r="B14" s="208" t="s">
+        <v>614</v>
+      </c>
+      <c r="C14" s="218" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="207" t="s">
+        <v>615</v>
+      </c>
+      <c r="B15" s="208" t="s">
+        <v>616</v>
+      </c>
+      <c r="C15" s="218" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="207" t="s">
+        <v>617</v>
+      </c>
+      <c r="B16" s="208" t="s">
+        <v>618</v>
+      </c>
+      <c r="C16" s="218" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="207" t="s">
+        <v>619</v>
+      </c>
+      <c r="B17" s="208" t="s">
+        <v>620</v>
+      </c>
+      <c r="C17" s="218" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="207" t="s">
+        <v>622</v>
+      </c>
+      <c r="B18" s="208" t="s">
+        <v>623</v>
+      </c>
+      <c r="C18" s="218" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="207" t="s">
+        <v>624</v>
+      </c>
+      <c r="B19" s="208" t="s">
+        <v>625</v>
+      </c>
+      <c r="C19" s="218" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="207" t="s">
+        <v>627</v>
+      </c>
+      <c r="B20" s="208" t="s">
+        <v>628</v>
+      </c>
+      <c r="C20" s="218" t="s">
         <v>878</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C6" s="220" t="s">
+    <row r="21" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="207" t="s">
+        <v>629</v>
+      </c>
+      <c r="B21" s="208" t="s">
+        <v>630</v>
+      </c>
+      <c r="C21" s="218" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="210" t="s">
+        <v>632</v>
+      </c>
+      <c r="B22" s="211" t="s">
+        <v>633</v>
+      </c>
+      <c r="C22" s="219" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="275"/>
+      <c r="B23" s="220"/>
+      <c r="C23" s="221" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="207" t="s">
+        <v>634</v>
+      </c>
+      <c r="B24" s="208" t="s">
+        <v>635</v>
+      </c>
+      <c r="C24" s="218" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="207" t="s">
+        <v>636</v>
+      </c>
+      <c r="B25" s="208" t="s">
+        <v>637</v>
+      </c>
+      <c r="C25" s="218" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="207" t="s">
+        <v>638</v>
+      </c>
+      <c r="B26" s="208" t="s">
+        <v>639</v>
+      </c>
+      <c r="C26" s="218" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="207" t="s">
+        <v>641</v>
+      </c>
+      <c r="B27" s="208" t="s">
+        <v>642</v>
+      </c>
+      <c r="C27" s="218" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="222"/>
+      <c r="B28" s="223"/>
+      <c r="C28" s="224"/>
+    </row>
+    <row r="29" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="210" t="s">
+        <v>643</v>
+      </c>
+      <c r="B29" s="225" t="s">
+        <v>644</v>
+      </c>
+      <c r="C29" s="219" t="s">
         <v>879</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="C11" s="226" t="s">
+    <row r="30" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="275"/>
+      <c r="B30" s="226"/>
+      <c r="C30" s="221" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="207" t="s">
+        <v>645</v>
+      </c>
+      <c r="B31" s="227" t="s">
+        <v>646</v>
+      </c>
+      <c r="C31" s="218" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="210" t="s">
+        <v>647</v>
+      </c>
+      <c r="B32" s="225" t="s">
+        <v>648</v>
+      </c>
+      <c r="C32" s="219" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="275"/>
+      <c r="B33" s="226"/>
+      <c r="C33" s="228" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="207" t="s">
+        <v>649</v>
+      </c>
+      <c r="B34" s="227" t="s">
+        <v>650</v>
+      </c>
+      <c r="C34" s="218" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="207" t="s">
+        <v>651</v>
+      </c>
+      <c r="B35" s="227" t="s">
+        <v>652</v>
+      </c>
+      <c r="C35" s="218" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="210" t="s">
+        <v>653</v>
+      </c>
+      <c r="B36" s="225" t="s">
+        <v>654</v>
+      </c>
+      <c r="C36" s="219" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="274"/>
+      <c r="B37" s="229"/>
+      <c r="C37" s="230" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="274"/>
+      <c r="B38" s="229"/>
+      <c r="C38" s="230" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="274"/>
+      <c r="B39" s="229"/>
+      <c r="C39" s="230" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="274"/>
+      <c r="B40" s="229"/>
+      <c r="C40" s="230" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="274"/>
+      <c r="B41" s="229"/>
+      <c r="C41" s="230" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="274"/>
+      <c r="B42" s="229"/>
+      <c r="C42" s="230" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="275"/>
+      <c r="B43" s="226"/>
+      <c r="C43" s="228" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="207" t="s">
+        <v>657</v>
+      </c>
+      <c r="B44" s="227" t="s">
+        <v>658</v>
+      </c>
+      <c r="C44" s="218" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="210" t="s">
+        <v>659</v>
+      </c>
+      <c r="B45" s="225" t="s">
+        <v>660</v>
+      </c>
+      <c r="C45" s="212" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="12" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-[...94 lines deleted...]
-      <c r="C20" s="226" t="s">
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="215"/>
+      <c r="B46" s="231"/>
+      <c r="C46" s="217" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A47" s="210" t="s">
+        <v>661</v>
+      </c>
+      <c r="B47" s="225" t="s">
+        <v>662</v>
+      </c>
+      <c r="C47" s="219" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="275"/>
+      <c r="B48" s="226"/>
+      <c r="C48" s="228" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A49" s="210" t="s">
+        <v>664</v>
+      </c>
+      <c r="B49" s="225" t="s">
+        <v>665</v>
+      </c>
+      <c r="C49" s="212" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="215"/>
+      <c r="B50" s="231"/>
+      <c r="C50" s="217" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="207" t="s">
+        <v>666</v>
+      </c>
+      <c r="B51" s="227" t="s">
+        <v>667</v>
+      </c>
+      <c r="C51" s="218" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="232"/>
+      <c r="B52" s="233"/>
+      <c r="C52" s="224"/>
+    </row>
+    <row r="53" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="210" t="s">
+        <v>668</v>
+      </c>
+      <c r="B53" s="234" t="s">
+        <v>669</v>
+      </c>
+      <c r="C53" s="276" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="21" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...68 lines deleted...]
-      <c r="C27" s="226" t="s">
+    <row r="54" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="274"/>
+      <c r="B54" s="229"/>
+      <c r="C54" s="235" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="274"/>
+      <c r="B55" s="229"/>
+      <c r="C55" s="235" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="274"/>
+      <c r="B56" s="229"/>
+      <c r="C56" s="235" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="275"/>
+      <c r="B57" s="226"/>
+      <c r="C57" s="236" t="s">
         <v>889</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="C29" s="227" t="s">
+    <row r="58" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="207" t="s">
+        <v>670</v>
+      </c>
+      <c r="B58" s="237" t="s">
+        <v>671</v>
+      </c>
+      <c r="C58" s="218" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="210" t="s">
+        <v>673</v>
+      </c>
+      <c r="B59" s="234" t="s">
+        <v>674</v>
+      </c>
+      <c r="C59" s="219" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="30" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C30" s="229" t="s">
+    <row r="60" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="275"/>
+      <c r="B60" s="226"/>
+      <c r="C60" s="236" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="210" t="s">
+        <v>675</v>
+      </c>
+      <c r="B61" s="234" t="s">
+        <v>676</v>
+      </c>
+      <c r="C61" s="219" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="31" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C31" s="226" t="s">
+    <row r="62" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="275"/>
+      <c r="B62" s="226"/>
+      <c r="C62" s="228" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="210" t="s">
+        <v>677</v>
+      </c>
+      <c r="B63" s="238" t="s">
+        <v>678</v>
+      </c>
+      <c r="C63" s="219" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A64" s="274"/>
+      <c r="B64" s="276"/>
+      <c r="C64" s="230" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="275"/>
+      <c r="B65" s="220"/>
+      <c r="C65" s="228" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="207" t="s">
+        <v>680</v>
+      </c>
+      <c r="B66" s="237" t="s">
+        <v>681</v>
+      </c>
+      <c r="C66" s="218" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="210" t="s">
+        <v>682</v>
+      </c>
+      <c r="B67" s="238" t="s">
+        <v>683</v>
+      </c>
+      <c r="C67" s="219" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A68" s="274"/>
+      <c r="B68" s="276"/>
+      <c r="C68" s="230" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="275"/>
+      <c r="B69" s="220"/>
+      <c r="C69" s="228" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="207" t="s">
+        <v>684</v>
+      </c>
+      <c r="B70" s="237" t="s">
+        <v>685</v>
+      </c>
+      <c r="C70" s="218" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="207" t="s">
+        <v>686</v>
+      </c>
+      <c r="B71" s="237" t="s">
+        <v>687</v>
+      </c>
+      <c r="C71" s="218" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A72" s="232"/>
+      <c r="B72" s="233"/>
+      <c r="C72" s="224"/>
+    </row>
+    <row r="73" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="210" t="s">
+        <v>688</v>
+      </c>
+      <c r="B73" s="234" t="s">
+        <v>689</v>
+      </c>
+      <c r="C73" s="276" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="205"/>
+      <c r="B74" s="239"/>
+      <c r="C74" s="276" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A75" s="205"/>
+      <c r="B75" s="240"/>
+      <c r="C75" s="241" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="275"/>
+      <c r="B76" s="226"/>
+      <c r="C76" s="228" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="77.25" x14ac:dyDescent="0.25">
+      <c r="A77" s="207" t="s">
+        <v>690</v>
+      </c>
+      <c r="B77" s="237" t="s">
+        <v>691</v>
+      </c>
+      <c r="C77" s="218" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A78" s="207" t="s">
+        <v>692</v>
+      </c>
+      <c r="B78" s="237" t="s">
+        <v>693</v>
+      </c>
+      <c r="C78" s="218" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="207" t="s">
+        <v>694</v>
+      </c>
+      <c r="B79" s="237" t="s">
+        <v>695</v>
+      </c>
+      <c r="C79" s="218" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="207" t="s">
+        <v>696</v>
+      </c>
+      <c r="B80" s="237" t="s">
+        <v>697</v>
+      </c>
+      <c r="C80" s="218" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="C33" s="236" t="s">
+    <row r="81" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="207" t="s">
+        <v>698</v>
+      </c>
+      <c r="B81" s="237" t="s">
+        <v>699</v>
+      </c>
+      <c r="C81" s="218" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="34" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-[...169 lines deleted...]
-      <c r="C53" s="181" t="s">
+    <row r="82" spans="1:3" ht="120" x14ac:dyDescent="0.25">
+      <c r="A82" s="207" t="s">
+        <v>700</v>
+      </c>
+      <c r="B82" s="237" t="s">
+        <v>701</v>
+      </c>
+      <c r="C82" s="218" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A83" s="210" t="s">
+        <v>702</v>
+      </c>
+      <c r="B83" s="234" t="s">
+        <v>703</v>
+      </c>
+      <c r="C83" s="272" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A84" s="275"/>
+      <c r="B84" s="242"/>
+      <c r="C84" s="243" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="54" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="C57" s="244" t="s">
+    <row r="85" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="207" t="s">
+        <v>704</v>
+      </c>
+      <c r="B85" s="237" t="s">
+        <v>705</v>
+      </c>
+      <c r="C85" s="271" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="58" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="C59" s="227" t="s">
+    <row r="86" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A86" s="207" t="s">
+        <v>706</v>
+      </c>
+      <c r="B86" s="237" t="s">
+        <v>707</v>
+      </c>
+      <c r="C86" s="271" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="210" t="s">
+        <v>708</v>
+      </c>
+      <c r="B87" s="234" t="s">
+        <v>709</v>
+      </c>
+      <c r="C87" s="272" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A88" s="275"/>
+      <c r="B88" s="242"/>
+      <c r="C88" s="272" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A89" s="207" t="s">
+        <v>710</v>
+      </c>
+      <c r="B89" s="237" t="s">
+        <v>711</v>
+      </c>
+      <c r="C89" s="271" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A90" s="207" t="s">
+        <v>712</v>
+      </c>
+      <c r="B90" s="237" t="s">
+        <v>713</v>
+      </c>
+      <c r="C90" s="271" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A91" s="244"/>
+      <c r="B91" s="245"/>
+      <c r="C91" s="246"/>
+    </row>
+    <row r="92" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A92" s="207" t="s">
+        <v>714</v>
+      </c>
+      <c r="B92" s="237" t="s">
+        <v>715</v>
+      </c>
+      <c r="C92" s="247" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="207" t="s">
+        <v>716</v>
+      </c>
+      <c r="B93" s="237" t="s">
+        <v>717</v>
+      </c>
+      <c r="C93" s="248" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="207" t="s">
+        <v>718</v>
+      </c>
+      <c r="B94" s="237" t="s">
+        <v>719</v>
+      </c>
+      <c r="C94" s="248" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A95" s="210" t="s">
+        <v>720</v>
+      </c>
+      <c r="B95" s="238" t="s">
+        <v>721</v>
+      </c>
+      <c r="C95" s="249" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A96" s="274"/>
+      <c r="B96" s="250"/>
+      <c r="C96" s="249" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="275"/>
+      <c r="B97" s="242"/>
+      <c r="C97" s="247" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="210" t="s">
+        <v>722</v>
+      </c>
+      <c r="B98" s="234" t="s">
+        <v>723</v>
+      </c>
+      <c r="C98" s="251" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="275"/>
+      <c r="B99" s="242"/>
+      <c r="C99" s="247" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="210" t="s">
+        <v>724</v>
+      </c>
+      <c r="B100" s="234" t="s">
+        <v>725</v>
+      </c>
+      <c r="C100" s="251" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="275"/>
+      <c r="B101" s="242"/>
+      <c r="C101" s="252" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="210" t="s">
+        <v>726</v>
+      </c>
+      <c r="B102" s="234" t="s">
+        <v>727</v>
+      </c>
+      <c r="C102" s="247" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A103" s="274"/>
+      <c r="B103" s="253"/>
+      <c r="C103" s="247" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="275"/>
+      <c r="B104" s="226"/>
+      <c r="C104" s="252" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A105" s="210" t="s">
+        <v>728</v>
+      </c>
+      <c r="B105" s="225" t="s">
+        <v>729</v>
+      </c>
+      <c r="C105" s="247" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="207" t="s">
+        <v>730</v>
+      </c>
+      <c r="B106" s="227" t="s">
+        <v>731</v>
+      </c>
+      <c r="C106" s="248" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="207" t="s">
+        <v>732</v>
+      </c>
+      <c r="B107" s="227" t="s">
+        <v>733</v>
+      </c>
+      <c r="C107" s="248" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="207" t="s">
+        <v>734</v>
+      </c>
+      <c r="B108" s="227" t="s">
+        <v>735</v>
+      </c>
+      <c r="C108" s="248" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A109" s="207" t="s">
+        <v>736</v>
+      </c>
+      <c r="B109" s="227" t="s">
+        <v>737</v>
+      </c>
+      <c r="C109" s="248" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="210" t="s">
+        <v>738</v>
+      </c>
+      <c r="B110" s="225" t="s">
+        <v>856</v>
+      </c>
+      <c r="C110" s="247" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A111" s="275"/>
+      <c r="B111" s="226"/>
+      <c r="C111" s="247" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A112" s="207" t="s">
+        <v>739</v>
+      </c>
+      <c r="B112" s="227" t="s">
+        <v>740</v>
+      </c>
+      <c r="C112" s="248" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A113" s="244"/>
+      <c r="B113" s="254"/>
+      <c r="C113" s="246"/>
+    </row>
+    <row r="114" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="207" t="s">
+        <v>741</v>
+      </c>
+      <c r="B114" s="227" t="s">
+        <v>742</v>
+      </c>
+      <c r="C114" s="248" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A115" s="207" t="s">
+        <v>743</v>
+      </c>
+      <c r="B115" s="227" t="s">
+        <v>744</v>
+      </c>
+      <c r="C115" s="248" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A116" s="210" t="s">
+        <v>745</v>
+      </c>
+      <c r="B116" s="225" t="s">
+        <v>746</v>
+      </c>
+      <c r="C116" s="255" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="274"/>
+      <c r="B117" s="229"/>
+      <c r="C117" s="247" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="274"/>
+      <c r="B118" s="229"/>
+      <c r="C118" s="247" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A119" s="274"/>
+      <c r="B119" s="229"/>
+      <c r="C119" s="247" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A120" s="274"/>
+      <c r="B120" s="229"/>
+      <c r="C120" s="247" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A121" s="274"/>
+      <c r="B121" s="229"/>
+      <c r="C121" s="255" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A122" s="274"/>
+      <c r="B122" s="229"/>
+      <c r="C122" s="247" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A123" s="274"/>
+      <c r="B123" s="229"/>
+      <c r="C123" s="247" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="274"/>
+      <c r="B124" s="229"/>
+      <c r="C124" s="247" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="275"/>
+      <c r="B125" s="226"/>
+      <c r="C125" s="247" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A126" s="210" t="s">
+        <v>748</v>
+      </c>
+      <c r="B126" s="225" t="s">
+        <v>749</v>
+      </c>
+      <c r="C126" s="251" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A127" s="274"/>
+      <c r="B127" s="229"/>
+      <c r="C127" s="249" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A128" s="275"/>
+      <c r="B128" s="226"/>
+      <c r="C128" s="252" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A129" s="210" t="s">
+        <v>750</v>
+      </c>
+      <c r="B129" s="211" t="s">
+        <v>751</v>
+      </c>
+      <c r="C129" s="248" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A130" s="256" t="s">
+        <v>752</v>
+      </c>
+      <c r="B130" s="208" t="s">
+        <v>753</v>
+      </c>
+      <c r="C130" s="248" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="207" t="s">
+        <v>754</v>
+      </c>
+      <c r="B131" s="208" t="s">
+        <v>755</v>
+      </c>
+      <c r="C131" s="248" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="207" t="s">
+        <v>757</v>
+      </c>
+      <c r="B132" s="208" t="s">
+        <v>758</v>
+      </c>
+      <c r="C132" s="248" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="207" t="s">
+        <v>759</v>
+      </c>
+      <c r="B133" s="208" t="s">
+        <v>760</v>
+      </c>
+      <c r="C133" s="248" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A134" s="207" t="s">
+        <v>761</v>
+      </c>
+      <c r="B134" s="208" t="s">
+        <v>762</v>
+      </c>
+      <c r="C134" s="248" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A135" s="207" t="s">
+        <v>763</v>
+      </c>
+      <c r="B135" s="208" t="s">
+        <v>764</v>
+      </c>
+      <c r="C135" s="248" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" ht="210" x14ac:dyDescent="0.25">
+      <c r="A136" s="210" t="s">
+        <v>765</v>
+      </c>
+      <c r="B136" s="225" t="s">
+        <v>766</v>
+      </c>
+      <c r="C136" s="247" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A137" s="257"/>
+      <c r="B137" s="233"/>
+      <c r="C137" s="224"/>
+    </row>
+    <row r="138" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A138" s="207" t="s">
+        <v>767</v>
+      </c>
+      <c r="B138" s="258"/>
+      <c r="C138" s="248" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A139" s="207" t="s">
+        <v>768</v>
+      </c>
+      <c r="B139" s="227" t="s">
+        <v>769</v>
+      </c>
+      <c r="C139" s="248" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A140" s="207" t="s">
+        <v>771</v>
+      </c>
+      <c r="B140" s="227" t="s">
+        <v>772</v>
+      </c>
+      <c r="C140" s="248" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A141" s="207" t="s">
+        <v>773</v>
+      </c>
+      <c r="B141" s="227" t="s">
+        <v>774</v>
+      </c>
+      <c r="C141" s="248" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="207" t="s">
+        <v>775</v>
+      </c>
+      <c r="B142" s="227" t="s">
+        <v>776</v>
+      </c>
+      <c r="C142" s="248" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A143" s="207" t="s">
+        <v>777</v>
+      </c>
+      <c r="B143" s="227" t="s">
+        <v>778</v>
+      </c>
+      <c r="C143" s="248" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A144" s="207" t="s">
+        <v>779</v>
+      </c>
+      <c r="B144" s="227" t="s">
+        <v>780</v>
+      </c>
+      <c r="C144" s="248" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A145" s="207" t="s">
+        <v>782</v>
+      </c>
+      <c r="B145" s="227" t="s">
+        <v>783</v>
+      </c>
+      <c r="C145" s="248" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A146" s="207" t="s">
+        <v>785</v>
+      </c>
+      <c r="B146" s="227" t="s">
+        <v>786</v>
+      </c>
+      <c r="C146" s="248" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A147" s="207" t="s">
+        <v>787</v>
+      </c>
+      <c r="B147" s="227" t="s">
+        <v>788</v>
+      </c>
+      <c r="C147" s="248" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A148" s="207" t="s">
+        <v>790</v>
+      </c>
+      <c r="B148" s="227" t="s">
+        <v>791</v>
+      </c>
+      <c r="C148" s="248" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A149" s="210" t="s">
+        <v>793</v>
+      </c>
+      <c r="B149" s="225" t="s">
+        <v>794</v>
+      </c>
+      <c r="C149" s="251" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A150" s="275"/>
+      <c r="B150" s="226"/>
+      <c r="C150" s="252" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A151" s="207" t="s">
+        <v>797</v>
+      </c>
+      <c r="B151" s="227" t="s">
+        <v>798</v>
+      </c>
+      <c r="C151" s="248" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A152" s="207" t="s">
+        <v>799</v>
+      </c>
+      <c r="B152" s="227" t="s">
+        <v>800</v>
+      </c>
+      <c r="C152" s="248" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A153" s="207" t="s">
+        <v>802</v>
+      </c>
+      <c r="B153" s="227" t="s">
+        <v>803</v>
+      </c>
+      <c r="C153" s="248" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A154" s="207" t="s">
+        <v>805</v>
+      </c>
+      <c r="B154" s="227" t="s">
         <v>906</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="C61" s="227" t="s">
+      <c r="C154" s="248" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A155" s="207" t="s">
+        <v>806</v>
+      </c>
+      <c r="B155" s="227" t="s">
+        <v>807</v>
+      </c>
+      <c r="C155" s="248" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A156" s="207" t="s">
+        <v>808</v>
+      </c>
+      <c r="B156" s="227" t="s">
+        <v>809</v>
+      </c>
+      <c r="C156" s="248" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A157" s="210" t="s">
+        <v>810</v>
+      </c>
+      <c r="B157" s="225" t="s">
+        <v>811</v>
+      </c>
+      <c r="C157" s="251" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A158" s="275"/>
+      <c r="B158" s="226"/>
+      <c r="C158" s="252" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="207" t="s">
+        <v>812</v>
+      </c>
+      <c r="B159" s="227" t="s">
+        <v>813</v>
+      </c>
+      <c r="C159" s="248" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="207" t="s">
+        <v>814</v>
+      </c>
+      <c r="B160" s="227" t="s">
+        <v>815</v>
+      </c>
+      <c r="C160" s="248" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A161" s="210" t="s">
+        <v>816</v>
+      </c>
+      <c r="B161" s="225" t="s">
+        <v>817</v>
+      </c>
+      <c r="C161" s="247" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A162" s="274"/>
+      <c r="B162" s="229"/>
+      <c r="C162" s="247" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A163" s="274"/>
+      <c r="B163" s="259">
+        <v>521</v>
+      </c>
+      <c r="C163" s="247" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A164" s="274"/>
+      <c r="B164" s="259">
+        <v>524</v>
+      </c>
+      <c r="C164" s="247" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A165" s="274"/>
+      <c r="B165" s="259">
+        <v>525</v>
+      </c>
+      <c r="C165" s="247" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A166" s="274"/>
+      <c r="B166" s="259">
+        <v>527</v>
+      </c>
+      <c r="C166" s="247" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A167" s="275"/>
+      <c r="B167" s="260">
+        <v>528</v>
+      </c>
+      <c r="C167" s="247" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="207" t="s">
+        <v>823</v>
+      </c>
+      <c r="B168" s="227" t="s">
+        <v>824</v>
+      </c>
+      <c r="C168" s="248" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="207" t="s">
+        <v>825</v>
+      </c>
+      <c r="B169" s="227" t="s">
+        <v>826</v>
+      </c>
+      <c r="C169" s="248" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A170" s="207" t="s">
+        <v>827</v>
+      </c>
+      <c r="B170" s="227" t="s">
+        <v>828</v>
+      </c>
+      <c r="C170" s="248" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="207" t="s">
+        <v>829</v>
+      </c>
+      <c r="B171" s="227" t="s">
+        <v>830</v>
+      </c>
+      <c r="C171" s="248" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="207" t="s">
+        <v>831</v>
+      </c>
+      <c r="B172" s="227" t="s">
+        <v>832</v>
+      </c>
+      <c r="C172" s="248" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A173" s="207" t="s">
+        <v>833</v>
+      </c>
+      <c r="B173" s="227" t="s">
+        <v>834</v>
+      </c>
+      <c r="C173" s="248" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A174" s="207" t="s">
+        <v>835</v>
+      </c>
+      <c r="B174" s="227" t="s">
+        <v>836</v>
+      </c>
+      <c r="C174" s="248" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A175" s="207" t="s">
+        <v>837</v>
+      </c>
+      <c r="B175" s="227" t="s">
+        <v>838</v>
+      </c>
+      <c r="C175" s="248" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="207" t="s">
+        <v>840</v>
+      </c>
+      <c r="B176" s="227" t="s">
+        <v>841</v>
+      </c>
+      <c r="C176" s="248" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A177" s="207" t="s">
+        <v>857</v>
+      </c>
+      <c r="B177" s="227" t="s">
+        <v>858</v>
+      </c>
+      <c r="C177" s="248" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A178" s="210" t="s">
+        <v>844</v>
+      </c>
+      <c r="B178" s="225" t="s">
+        <v>845</v>
+      </c>
+      <c r="C178" s="247" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A179" s="274"/>
+      <c r="B179" s="229"/>
+      <c r="C179" s="247" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="275"/>
+      <c r="B180" s="226"/>
+      <c r="C180" s="247" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A181" s="207" t="s">
+        <v>847</v>
+      </c>
+      <c r="B181" s="227" t="s">
+        <v>848</v>
+      </c>
+      <c r="C181" s="248" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A182" s="207" t="s">
+        <v>849</v>
+      </c>
+      <c r="B182" s="227" t="s">
+        <v>850</v>
+      </c>
+      <c r="C182" s="248" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A183" s="207" t="s">
+        <v>851</v>
+      </c>
+      <c r="B183" s="227" t="s">
         <v>907</v>
       </c>
-    </row>
-[...906 lines deleted...]
-      <c r="C157" s="256" t="s">
+      <c r="C183" s="248" t="s">
         <v>977</v>
       </c>
     </row>
-    <row r="158" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C158" s="259" t="s">
+    <row r="184" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="207" t="s">
+        <v>852</v>
+      </c>
+      <c r="B184" s="227" t="s">
+        <v>853</v>
+      </c>
+      <c r="C184" s="248" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A185" s="207" t="s">
+        <v>854</v>
+      </c>
+      <c r="B185" s="227" t="s">
+        <v>855</v>
+      </c>
+      <c r="C185" s="248" t="s">
         <v>978</v>
       </c>
     </row>
-    <row r="159" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...279 lines deleted...]
-      </c>
+    <row r="186" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B186"/>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A187" s="162"/>
       <c r="B187"/>
-    </row>
-[...2 lines deleted...]
-      <c r="B188"/>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1"/>
     <hyperlink ref="C46" r:id="rId2"/>
     <hyperlink ref="C50" r:id="rId3"/>
     <hyperlink ref="C75" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:T195"/>
+  <dimension ref="A1:T217"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.28515625" style="188" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" style="182"/>
+    <col min="1" max="1" width="21.28515625" style="180" customWidth="1"/>
+    <col min="2" max="2" width="191" style="180" customWidth="1"/>
+    <col min="3" max="16384" width="9.140625" style="174"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A1" s="193"/>
-[...18 lines deleted...]
-      <c r="T1" s="190"/>
+      <c r="A1" s="185"/>
+      <c r="B1" s="185"/>
+      <c r="C1" s="182"/>
+      <c r="D1" s="182"/>
+      <c r="E1" s="182"/>
+      <c r="F1" s="182"/>
+      <c r="G1" s="182"/>
+      <c r="H1" s="182"/>
+      <c r="I1" s="182"/>
+      <c r="J1" s="182"/>
+      <c r="K1" s="182"/>
+      <c r="L1" s="182"/>
+      <c r="M1" s="182"/>
+      <c r="N1" s="182"/>
+      <c r="O1" s="182"/>
+      <c r="P1" s="182"/>
+      <c r="Q1" s="182"/>
+      <c r="R1" s="182"/>
+      <c r="S1" s="182"/>
+      <c r="T1" s="182"/>
     </row>
     <row r="2" spans="1:20" ht="21" x14ac:dyDescent="0.25">
-      <c r="A2" s="194"/>
-[...20 lines deleted...]
-      <c r="T2" s="184"/>
+      <c r="A2" s="186"/>
+      <c r="B2" s="181" t="s">
+        <v>593</v>
+      </c>
+      <c r="C2" s="176"/>
+      <c r="D2" s="176"/>
+      <c r="E2" s="176"/>
+      <c r="F2" s="176"/>
+      <c r="G2" s="176"/>
+      <c r="H2" s="176"/>
+      <c r="I2" s="176"/>
+      <c r="J2" s="176"/>
+      <c r="K2" s="176"/>
+      <c r="L2" s="176"/>
+      <c r="M2" s="176"/>
+      <c r="N2" s="176"/>
+      <c r="O2" s="176"/>
+      <c r="P2" s="176"/>
+      <c r="Q2" s="176"/>
+      <c r="R2" s="176"/>
+      <c r="S2" s="176"/>
+      <c r="T2" s="176"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A3" s="191"/>
-[...20 lines deleted...]
-      <c r="T3" s="184"/>
+      <c r="A3" s="183"/>
+      <c r="B3" s="175" t="s">
+        <v>594</v>
+      </c>
+      <c r="C3" s="176"/>
+      <c r="D3" s="176"/>
+      <c r="E3" s="176"/>
+      <c r="F3" s="176"/>
+      <c r="G3" s="176"/>
+      <c r="H3" s="176"/>
+      <c r="I3" s="176"/>
+      <c r="J3" s="176"/>
+      <c r="K3" s="176"/>
+      <c r="L3" s="176"/>
+      <c r="M3" s="176"/>
+      <c r="N3" s="176"/>
+      <c r="O3" s="176"/>
+      <c r="P3" s="176"/>
+      <c r="Q3" s="176"/>
+      <c r="R3" s="176"/>
+      <c r="S3" s="176"/>
+      <c r="T3" s="176"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A4" s="193"/>
-      <c r="B4" s="195"/>
+      <c r="A4" s="185"/>
+      <c r="B4" s="187"/>
     </row>
     <row r="5" spans="1:20" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="193"/>
-[...1 lines deleted...]
-        <v>1157</v>
+      <c r="A5" s="185"/>
+      <c r="B5" s="188" t="s">
+        <v>1133</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A6" s="193"/>
-      <c r="B6" s="197" t="s">
+      <c r="A6" s="185"/>
+      <c r="B6" s="189" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="7" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A7" s="185"/>
+      <c r="B7" s="189" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20" ht="60" x14ac:dyDescent="0.25">
+      <c r="A8" s="185"/>
+      <c r="B8" s="188" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A9" s="185"/>
+      <c r="B9" s="190" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="185"/>
+      <c r="B10" s="191" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="11" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="185"/>
+      <c r="B11" s="188" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="12" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="185"/>
+      <c r="B12" s="188" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="185"/>
+      <c r="B13" s="188" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="185"/>
+      <c r="B14" s="188" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="15" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="185"/>
+      <c r="B15" s="188" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="16" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="185"/>
+      <c r="B16" s="188" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="185"/>
+      <c r="B17" s="188" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="185"/>
+      <c r="B18" s="188" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="185"/>
+      <c r="B19" s="192" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="185"/>
+      <c r="B20" s="188" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="185"/>
+      <c r="B21" s="188" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" s="193"/>
+      <c r="B22" s="193"/>
+    </row>
+    <row r="23" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="194" t="s">
+        <v>984</v>
+      </c>
+      <c r="B23" s="195"/>
+    </row>
+    <row r="24" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="196"/>
+      <c r="B24" s="197" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" s="185"/>
+      <c r="B25" s="272" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" s="185"/>
+      <c r="B26" s="272" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="185"/>
+      <c r="B27" s="272" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="185"/>
+      <c r="B28" s="272" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" s="177" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="185"/>
+      <c r="B29" s="198" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="185"/>
+      <c r="B30" s="272" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="185"/>
+      <c r="B31" s="272" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="185"/>
+      <c r="B32" s="272" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="185"/>
+      <c r="B33" s="272" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="185"/>
+      <c r="B34" s="272" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="199" t="s">
+        <v>2</v>
+      </c>
+      <c r="B35" s="200"/>
+    </row>
+    <row r="36" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="201"/>
+      <c r="B36" s="197" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" s="177" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="185"/>
+      <c r="B37" s="272" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="185"/>
+      <c r="B38" s="272" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" s="177" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="185"/>
+      <c r="B39" s="272" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" s="177" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="185"/>
+      <c r="B40" s="272" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="185"/>
+      <c r="B41" s="272" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="185"/>
+      <c r="B42" s="272" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" s="177" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="185"/>
+      <c r="B43" s="272" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" s="177" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="185"/>
+      <c r="B44" s="272" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" s="177" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="185"/>
+      <c r="B45" s="272" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" s="177" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="199" t="s">
+        <v>990</v>
+      </c>
+      <c r="B46" s="199"/>
+    </row>
+    <row r="47" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="185"/>
+      <c r="B47" s="272" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="185"/>
+      <c r="B48" s="272" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" s="177" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="185"/>
+      <c r="B49" s="272" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="185"/>
+      <c r="B50" s="272" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="185"/>
+      <c r="B51" s="272" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="185"/>
+      <c r="B52" s="272" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="185"/>
+      <c r="B53" s="272" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="185"/>
+      <c r="B54" s="272" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="185"/>
+      <c r="B55" s="272" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="185"/>
+      <c r="B56" s="272" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="185"/>
+      <c r="B57" s="272" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="185"/>
+      <c r="B58" s="272" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="185"/>
+      <c r="B59" s="272" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="185"/>
+      <c r="B60" s="272" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="185"/>
+      <c r="B61" s="272" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="185"/>
+      <c r="B62" s="272" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" s="177" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="185"/>
+      <c r="B63" s="272" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="185"/>
+      <c r="B64" s="272" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="199" t="s">
+        <v>991</v>
+      </c>
+      <c r="B65" s="199"/>
+    </row>
+    <row r="66" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="185"/>
+      <c r="B66" s="272" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="185"/>
+      <c r="B67" s="272" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="185"/>
+      <c r="B68" s="272" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="185"/>
+      <c r="B69" s="272" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="185"/>
+      <c r="B70" s="272" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="185"/>
+      <c r="B71" s="272" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="185"/>
+      <c r="B72" s="272" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="185"/>
+      <c r="B73" s="272" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="185"/>
+      <c r="B74" s="272" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="185"/>
+      <c r="B75" s="272" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="185"/>
+      <c r="B76" s="272" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="185"/>
+      <c r="B77" s="272" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="185"/>
+      <c r="B78" s="272" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="185"/>
+      <c r="B79" s="272" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="185"/>
+      <c r="B80" s="272" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="185"/>
+      <c r="B81" s="272" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="185"/>
+      <c r="B82" s="272" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="185"/>
+      <c r="B83" s="272" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="185"/>
+      <c r="B84" s="272" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="185"/>
+      <c r="B85" s="272" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="185"/>
+      <c r="B86" s="272" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="185"/>
+      <c r="B87" s="272" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="185"/>
+      <c r="B88" s="272" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="185"/>
+      <c r="B89" s="272" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="185"/>
+      <c r="B90" s="272" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="185"/>
+      <c r="B91" s="272" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="185"/>
+      <c r="B92" s="272" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="185"/>
+      <c r="B93" s="272" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="185"/>
+      <c r="B94" s="272" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" s="177" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="199" t="s">
+        <v>999</v>
+      </c>
+      <c r="B95" s="199"/>
+    </row>
+    <row r="96" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="185"/>
+      <c r="B96" s="273" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="185"/>
+      <c r="B97" s="273" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="185"/>
+      <c r="B98" s="273" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="185"/>
+      <c r="B99" s="273" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="185"/>
+      <c r="B100" s="273" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="185"/>
+      <c r="B101" s="273" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="185"/>
+      <c r="B102" s="273" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="185"/>
+      <c r="B103" s="273" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="185"/>
+      <c r="B104" s="273" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="185"/>
+      <c r="B105" s="273" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="185"/>
+      <c r="B106" s="273" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="185"/>
+      <c r="B107" s="273" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="185"/>
+      <c r="B108" s="273" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="185"/>
+      <c r="B109" s="273" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" s="177" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="199" t="s">
         <v>996</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="B10" s="196" t="s">
+      <c r="B110" s="199"/>
+    </row>
+    <row r="111" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="185"/>
+      <c r="B111" s="272" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="185"/>
+      <c r="B112" s="272" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="185"/>
+      <c r="B113" s="272" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="185"/>
+      <c r="B114" s="272" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="185"/>
+      <c r="B115" s="272" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="185"/>
+      <c r="B116" s="272" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="185"/>
+      <c r="B117" s="272" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="185"/>
+      <c r="B118" s="272" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="185"/>
+      <c r="B119" s="272" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="185"/>
+      <c r="B120" s="272" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" s="177" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="185"/>
+      <c r="B121" s="272" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" s="177" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="185"/>
+      <c r="B122" s="272" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" s="177" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="185"/>
+      <c r="B123" s="272" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="185"/>
+      <c r="B124" s="272" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="11" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B11" s="196" t="s">
+    <row r="125" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="185"/>
+      <c r="B125" s="272" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="185"/>
+      <c r="B126" s="272" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" s="177" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="199" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B127" s="199"/>
+    </row>
+    <row r="128" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="185"/>
+      <c r="B128" s="272" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="185"/>
+      <c r="B129" s="272" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" s="177" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="185"/>
+      <c r="B130" s="272" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="185"/>
+      <c r="B131" s="272" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="185"/>
+      <c r="B132" s="272" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="185"/>
+      <c r="B133" s="272" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="185"/>
+      <c r="B134" s="272" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" s="177" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="185"/>
+      <c r="B135" s="272" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="185"/>
+      <c r="B136" s="272" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="185"/>
+      <c r="B137" s="272" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" s="177" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="185"/>
+      <c r="B138" s="272" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="185"/>
+      <c r="B139" s="272" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="185"/>
+      <c r="B140" s="272" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="185"/>
+      <c r="B141" s="272" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="185"/>
+      <c r="B142" s="272" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="185"/>
+      <c r="B143" s="272" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="185"/>
+      <c r="B144" s="272" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="185"/>
+      <c r="B145" s="272" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="185"/>
+      <c r="B146" s="272" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" s="177" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="185"/>
+      <c r="B147" s="272" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" s="177" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="199" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B148" s="199"/>
+    </row>
+    <row r="149" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="185"/>
+      <c r="B149" s="272" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="185"/>
+      <c r="B150" s="272" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A151" s="185"/>
+      <c r="B151" s="272" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="185"/>
+      <c r="B152" s="272" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="185"/>
+      <c r="B153" s="272" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="185"/>
+      <c r="B154" s="272" t="s">
         <v>998</v>
       </c>
     </row>
-    <row r="12" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...701 lines deleted...]
-      <c r="B129" s="179" t="s">
+    <row r="155" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="185"/>
+      <c r="B155" s="272" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="202"/>
+      <c r="B156" s="203" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="202"/>
+      <c r="B157" s="203" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="202"/>
+      <c r="B158" s="203" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="202"/>
+      <c r="B159" s="203" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="202"/>
+      <c r="B160" s="203" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="185"/>
+      <c r="B161" s="272" t="s">
         <v>1114</v>
       </c>
     </row>
-    <row r="130" spans="1:2" s="185" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B130" s="179" t="s">
+    <row r="162" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="185"/>
+      <c r="B162" s="272" t="s">
         <v>1115</v>
       </c>
     </row>
-    <row r="131" spans="1:2" s="185" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B131" s="179" t="s">
+    <row r="163" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="185"/>
+      <c r="B163" s="272" t="s">
         <v>1116</v>
       </c>
     </row>
-    <row r="132" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B132" s="179" t="s">
+    <row r="164" spans="1:2" s="177" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="185"/>
+      <c r="B164" s="272" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="133" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B133" s="179" t="s">
+    <row r="165" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="185"/>
+      <c r="B165" s="272" t="s">
         <v>1118</v>
       </c>
     </row>
-    <row r="134" spans="1:2" s="185" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B134" s="179" t="s">
+    <row r="166" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="185"/>
+      <c r="B166" s="272" t="s">
         <v>1119</v>
       </c>
     </row>
-    <row r="135" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B135" s="179" t="s">
+    <row r="167" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="185"/>
+      <c r="B167" s="272" t="s">
         <v>1120</v>
       </c>
     </row>
-    <row r="136" spans="1:2" s="185" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B136" s="179" t="s">
+    <row r="168" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="185"/>
+      <c r="B168" s="272" t="s">
         <v>1121</v>
       </c>
     </row>
-    <row r="137" spans="1:2" s="185" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B137" s="179" t="s">
+    <row r="169" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="185"/>
+      <c r="B169" s="272" t="s">
         <v>1122</v>
       </c>
     </row>
-    <row r="138" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B138" s="179" t="s">
+    <row r="170" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="185"/>
+      <c r="B170" s="272" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="139" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B139" s="179" t="s">
+    <row r="171" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="185"/>
+      <c r="B171" s="272" t="s">
         <v>1124</v>
       </c>
     </row>
-    <row r="140" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="B144" s="179" t="s">
+    <row r="172" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="185"/>
+      <c r="B172" s="272" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="145" spans="1:2" s="185" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B145" s="179" t="s">
+    <row r="173" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="185"/>
+      <c r="B173" s="272" t="s">
         <v>1126</v>
       </c>
     </row>
-    <row r="146" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B146" s="179" t="s">
+    <row r="174" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="185"/>
+      <c r="B174" s="272" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="185"/>
+      <c r="B175" s="272" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="185"/>
+      <c r="B176" s="272" t="s">
         <v>1127</v>
       </c>
     </row>
-    <row r="147" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...179 lines deleted...]
-    <row r="177" spans="1:2" s="185" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A177" s="193"/>
-      <c r="B177" s="179" t="s">
-[...75 lines deleted...]
-      <c r="B195" s="188"/>
+      <c r="B177" s="193"/>
+    </row>
+    <row r="178" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="180"/>
+      <c r="B178" s="180"/>
+    </row>
+    <row r="179" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="180"/>
+      <c r="B179" s="277" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="180"/>
+      <c r="B180" s="278" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="180"/>
+      <c r="B181" s="279" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A182" s="180"/>
+      <c r="B182" s="280" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="180"/>
+      <c r="B183" s="280" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="180"/>
+      <c r="B184" s="280" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A185" s="180"/>
+      <c r="B185" s="280" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A186" s="180"/>
+      <c r="B186" s="280" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="180"/>
+      <c r="B187" s="280" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="180"/>
+      <c r="B188" s="280" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="180"/>
+      <c r="B189" s="280" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="180"/>
+      <c r="B190" s="280" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A191" s="180"/>
+      <c r="B191" s="280" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A192" s="180"/>
+      <c r="B192" s="280" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="180"/>
+      <c r="B193" s="280" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B194" s="280" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B195" s="280" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B196" s="280" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B197" s="280" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B198" s="280" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B199" s="280" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B200" s="279" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B201" s="280" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B202" s="280" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B203" s="280" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B204" s="280" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B205" s="280" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B206" s="280" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B207" s="280" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B208" s="280" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="209" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B209" s="280" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="210" spans="2:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B210" s="280" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="211" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B211" s="280" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="212" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B212" s="280" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="213" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B213" s="280" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="214" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B214" s="280" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="215" spans="2:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B215" s="279" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="216" spans="2:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B216" s="279" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="217" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B217" s="280" t="s">
+        <v>1208</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
-    <hyperlink ref="B18" r:id="rId1"/>
+    <hyperlink ref="B19" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
+    <hyperlink ref="B7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>126</vt:i4>
       </vt:variant>
     </vt:vector>