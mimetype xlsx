--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -9,98 +9,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <workbookProtection workbookPassword="D024" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15720"/>
+    <workbookView xWindow="-15" yWindow="6450" windowWidth="25230" windowHeight="6510"/>
   </bookViews>
   <sheets>
     <sheet name="Vkladani_dat" sheetId="5" r:id="rId1"/>
     <sheet name="Tisk_Kult" sheetId="12" r:id="rId2"/>
     <sheet name="Kopirovani" sheetId="14" r:id="rId3"/>
-    <sheet name="Definice" sheetId="15" r:id="rId4"/>
-    <sheet name="Pokyny" sheetId="16" r:id="rId5"/>
+    <sheet name="Definice" sheetId="17" r:id="rId4"/>
+    <sheet name="Pokyny" sheetId="18" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Vkladani_dat!$A$50</definedName>
     <definedName name="_ftn2" localSheetId="0">Vkladani_dat!$A$51</definedName>
     <definedName name="_ftn3" localSheetId="0">Vkladani_dat!$A$52</definedName>
     <definedName name="_ftnref1" localSheetId="0">Vkladani_dat!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Vkladani_dat!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Vkladani_dat!#REF!</definedName>
     <definedName name="_Toc184593579" localSheetId="3">Definice!#REF!</definedName>
     <definedName name="_Toc326153052" localSheetId="0">Vkladani_dat!$A$15</definedName>
     <definedName name="_Toc326153053" localSheetId="0">Vkladani_dat!$A$36</definedName>
     <definedName name="_Toc326153054" localSheetId="0">Vkladani_dat!$A$49</definedName>
     <definedName name="Def_01" localSheetId="3">Definice!$A$5</definedName>
     <definedName name="Def_02" localSheetId="3">Definice!$A$6</definedName>
     <definedName name="Def_03" localSheetId="3">Definice!$A$9</definedName>
     <definedName name="Def_04" localSheetId="3">Definice!$A$10</definedName>
     <definedName name="Def_05" localSheetId="3">Definice!$A$11</definedName>
     <definedName name="Def_06" localSheetId="3">Definice!$A$12</definedName>
     <definedName name="Def_07" localSheetId="3">Definice!$A$13</definedName>
     <definedName name="Def_08" localSheetId="3">Definice!$A$14</definedName>
     <definedName name="Def_09" localSheetId="3">Definice!$A$15</definedName>
     <definedName name="Def_10" localSheetId="3">Definice!$A$16</definedName>
-    <definedName name="Def_100" localSheetId="3">Definice!$A$162</definedName>
-[...8 lines deleted...]
-    <definedName name="Def_109" localSheetId="3">Definice!$A$177</definedName>
+    <definedName name="Def_100" localSheetId="3">Definice!$A$161</definedName>
+    <definedName name="Def_101" localSheetId="3">Definice!$A$168</definedName>
+    <definedName name="Def_102" localSheetId="3">Definice!$A$169</definedName>
+    <definedName name="Def_103" localSheetId="3">Definice!$A$170</definedName>
+    <definedName name="Def_104" localSheetId="3">Definice!$A$171</definedName>
+    <definedName name="Def_105" localSheetId="3">Definice!$A$172</definedName>
+    <definedName name="Def_106" localSheetId="3">Definice!$A$173</definedName>
+    <definedName name="Def_107" localSheetId="3">Definice!$A$174</definedName>
+    <definedName name="Def_108" localSheetId="3">Definice!$A$175</definedName>
+    <definedName name="Def_109" localSheetId="3">Definice!$A$176</definedName>
     <definedName name="Def_11" localSheetId="3">Definice!$A$17</definedName>
-    <definedName name="Def_110" localSheetId="3">Definice!$A$178</definedName>
-[...5 lines deleted...]
-    <definedName name="Def_116" localSheetId="3">Definice!$A$186</definedName>
+    <definedName name="Def_110" localSheetId="3">Definice!$A$177</definedName>
+    <definedName name="Def_111" localSheetId="3">Definice!$A$178</definedName>
+    <definedName name="Def_112" localSheetId="3">Definice!$A$181</definedName>
+    <definedName name="Def_113" localSheetId="3">Definice!$A$182</definedName>
+    <definedName name="Def_114" localSheetId="3">Definice!$A$183</definedName>
+    <definedName name="Def_115" localSheetId="3">Definice!$A$184</definedName>
+    <definedName name="Def_116" localSheetId="3">Definice!$A$185</definedName>
     <definedName name="Def_12" localSheetId="3">Definice!$A$18</definedName>
     <definedName name="Def_13" localSheetId="3">Definice!$A$19</definedName>
     <definedName name="Def_14" localSheetId="3">Definice!$A$20</definedName>
     <definedName name="Def_15" localSheetId="3">Definice!$A$21</definedName>
     <definedName name="Def_16" localSheetId="3">Definice!$A$22</definedName>
     <definedName name="Def_17" localSheetId="3">Definice!$A$24</definedName>
     <definedName name="Def_18" localSheetId="3">Definice!$A$25</definedName>
     <definedName name="Def_19" localSheetId="3">Definice!$A$26</definedName>
     <definedName name="Def_20" localSheetId="3">Definice!$A$27</definedName>
     <definedName name="Def_21" localSheetId="3">Definice!$A$29</definedName>
     <definedName name="Def_22" localSheetId="3">Definice!$A$31</definedName>
     <definedName name="Def_23" localSheetId="3">Definice!$A$32</definedName>
     <definedName name="Def_24" localSheetId="3">Definice!$A$34</definedName>
     <definedName name="Def_25" localSheetId="3">Definice!$A$35</definedName>
     <definedName name="Def_26" localSheetId="3">Definice!$A$36</definedName>
     <definedName name="Def_27" localSheetId="3">Definice!$A$44</definedName>
     <definedName name="Def_28" localSheetId="3">Definice!$A$45</definedName>
     <definedName name="Def_29" localSheetId="3">Definice!$A$47</definedName>
     <definedName name="Def_30" localSheetId="3">Definice!$A$49</definedName>
     <definedName name="Def_31" localSheetId="3">Definice!$A$51</definedName>
     <definedName name="Def_32" localSheetId="3">Definice!$A$53</definedName>
     <definedName name="Def_33" localSheetId="3">Definice!$A$58</definedName>
     <definedName name="Def_34" localSheetId="3">Definice!$A$59</definedName>
     <definedName name="Def_35" localSheetId="3">Definice!$A$61</definedName>
     <definedName name="Def_36" localSheetId="3">Definice!$A$63</definedName>
@@ -125,75 +125,75 @@
     <definedName name="Def_55" localSheetId="3">Definice!$A$93</definedName>
     <definedName name="Def_56" localSheetId="3">Definice!$A$94</definedName>
     <definedName name="Def_57" localSheetId="3">Definice!$A$95</definedName>
     <definedName name="Def_58" localSheetId="3">Definice!$A$98</definedName>
     <definedName name="Def_59" localSheetId="3">Definice!$A$100</definedName>
     <definedName name="Def_60" localSheetId="3">Definice!$A$102</definedName>
     <definedName name="Def_61" localSheetId="3">Definice!$A$105</definedName>
     <definedName name="Def_62" localSheetId="3">Definice!$A$106</definedName>
     <definedName name="Def_63" localSheetId="3">Definice!$A$107</definedName>
     <definedName name="Def_64" localSheetId="3">Definice!$A$108</definedName>
     <definedName name="Def_65" localSheetId="3">Definice!$A$109</definedName>
     <definedName name="Def_66" localSheetId="3">Definice!$A$110</definedName>
     <definedName name="Def_67" localSheetId="3">Definice!$A$112</definedName>
     <definedName name="Def_68" localSheetId="3">Definice!$A$114</definedName>
     <definedName name="Def_69" localSheetId="3">Definice!$A$115</definedName>
     <definedName name="Def_70" localSheetId="3">Definice!$A$116</definedName>
     <definedName name="Def_71" localSheetId="3">Definice!$A$126</definedName>
     <definedName name="Def_72" localSheetId="3">Definice!$A$129</definedName>
     <definedName name="Def_73" localSheetId="3">Definice!$A$130</definedName>
     <definedName name="Def_74" localSheetId="3">Definice!$A$131</definedName>
     <definedName name="Def_75" localSheetId="3">Definice!$A$132</definedName>
     <definedName name="Def_76" localSheetId="3">Definice!$A$133</definedName>
     <definedName name="Def_77" localSheetId="3">Definice!$A$134</definedName>
     <definedName name="Def_78" localSheetId="3">Definice!$A$135</definedName>
     <definedName name="Def_79" localSheetId="3">Definice!$A$136</definedName>
-    <definedName name="Def_80" localSheetId="3">Definice!$A$140</definedName>
-[...15 lines deleted...]
-    <definedName name="Def_96" localSheetId="3">Definice!$A$157</definedName>
+    <definedName name="Def_80" localSheetId="3">Definice!$A$139</definedName>
+    <definedName name="Def_81" localSheetId="3">Definice!$A$140</definedName>
+    <definedName name="Def_82" localSheetId="3">Definice!$A$141</definedName>
+    <definedName name="Def_83" localSheetId="3">Definice!$A$142</definedName>
+    <definedName name="Def_84" localSheetId="3">Definice!$A$143</definedName>
+    <definedName name="Def_85" localSheetId="3">Definice!$A$144</definedName>
+    <definedName name="Def_86" localSheetId="3">Definice!$A$145</definedName>
+    <definedName name="Def_87" localSheetId="3">Definice!$A$146</definedName>
+    <definedName name="Def_88" localSheetId="3">Definice!$A$147</definedName>
+    <definedName name="Def_89" localSheetId="3">Definice!$A$148</definedName>
+    <definedName name="Def_90" localSheetId="3">Definice!$A$149</definedName>
+    <definedName name="Def_91" localSheetId="3">Definice!$A$151</definedName>
+    <definedName name="Def_92" localSheetId="3">Definice!$A$152</definedName>
+    <definedName name="Def_93" localSheetId="3">Definice!$A$153</definedName>
+    <definedName name="Def_94" localSheetId="3">Definice!$A$154</definedName>
+    <definedName name="Def_95" localSheetId="3">Definice!$A$155</definedName>
+    <definedName name="Def_96" localSheetId="3">Definice!$A$156</definedName>
     <definedName name="Def_97" localSheetId="3">Definice!#REF!</definedName>
-    <definedName name="Def_98" localSheetId="3">Definice!$A$160</definedName>
-    <definedName name="Def_99" localSheetId="3">Definice!$A$161</definedName>
+    <definedName name="Def_98" localSheetId="3">Definice!$A$159</definedName>
+    <definedName name="Def_99" localSheetId="3">Definice!$A$160</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">Kopirovani!$2:$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Tisk_Kult!$A$1:$AH$248</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Vkladani_dat!$A$1:$I$176</definedName>
     <definedName name="OLE_LINK1" localSheetId="1">Tisk_Kult!$Q$188</definedName>
-    <definedName name="Ř0414" localSheetId="4">Pokyny!$A$83</definedName>
+    <definedName name="Ř0414" localSheetId="4">Pokyny!$A$84</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I79" i="5" l="1"/>
   <c r="I78" i="5"/>
   <c r="I131" i="5"/>
   <c r="I129" i="5"/>
   <c r="I127" i="5"/>
   <c r="L218" i="12"/>
   <c r="L213" i="12"/>
   <c r="L211" i="12"/>
   <c r="L209" i="12"/>
   <c r="L207" i="12"/>
   <c r="L204" i="12"/>
   <c r="L202" i="12"/>
   <c r="L199" i="12"/>
   <c r="L197" i="12"/>
   <c r="L194" i="12"/>
   <c r="L191" i="12"/>
   <c r="L189" i="12"/>
   <c r="L185" i="12"/>
@@ -364,88 +364,90 @@
   <c r="D14" i="14"/>
   <c r="D13" i="14"/>
   <c r="D12" i="14"/>
   <c r="D11" i="14"/>
   <c r="D10" i="14"/>
   <c r="D8" i="14"/>
   <c r="D7" i="14"/>
   <c r="D6" i="14"/>
   <c r="D5" i="14"/>
   <c r="D4" i="14"/>
   <c r="D3" i="14"/>
   <c r="D2" i="14"/>
   <c r="D1" i="14"/>
   <c r="AG16" i="12"/>
   <c r="AG17" i="12"/>
   <c r="AG18" i="12"/>
   <c r="AG19" i="12"/>
   <c r="AG20" i="12"/>
   <c r="AD174" i="12"/>
   <c r="I128" i="5"/>
   <c r="I126" i="5"/>
   <c r="I101" i="5"/>
   <c r="I88" i="5"/>
   <c r="I86" i="5"/>
   <c r="I84" i="5"/>
-  <c r="I83" i="5"/>
-  <c r="I81" i="5"/>
   <c r="N147" i="12"/>
   <c r="N145" i="12"/>
   <c r="N134" i="12"/>
   <c r="L134" i="12"/>
   <c r="L89" i="12"/>
   <c r="L84" i="12"/>
   <c r="L82" i="12"/>
   <c r="G160" i="5"/>
   <c r="D122" i="14" s="1"/>
   <c r="G153" i="5"/>
+  <c r="J174" i="5" s="1"/>
   <c r="D119" i="14"/>
   <c r="G146" i="5"/>
+  <c r="AD142" i="12" s="1"/>
   <c r="D112" i="14"/>
   <c r="G47" i="5"/>
-  <c r="L96" i="12"/>
-  <c r="D33" i="14"/>
+  <c r="L96" i="12" s="1"/>
   <c r="L95" i="12"/>
   <c r="L91" i="12"/>
   <c r="L80" i="12"/>
   <c r="F226" i="12"/>
-  <c r="AG226" i="12" s="1"/>
   <c r="G53" i="5"/>
-  <c r="AE30" i="12" s="1"/>
-  <c r="D35" i="14"/>
+  <c r="D35" i="14" s="1"/>
+  <c r="AE30" i="12"/>
+  <c r="I53" i="5"/>
+  <c r="G52" i="5"/>
+  <c r="D34" i="14" s="1"/>
+  <c r="I68" i="5"/>
+  <c r="AE28" i="12"/>
   <c r="AG14" i="12"/>
   <c r="AG13" i="12"/>
   <c r="AG12" i="12"/>
   <c r="AG11" i="12"/>
   <c r="I82" i="5"/>
   <c r="I80" i="5"/>
   <c r="T228" i="12"/>
+  <c r="AG228" i="12" s="1"/>
   <c r="T227" i="12"/>
   <c r="K228" i="12"/>
-  <c r="AG228" i="12" s="1"/>
   <c r="K227" i="12"/>
-  <c r="AG227" i="12" s="1"/>
   <c r="H228" i="12"/>
   <c r="H227" i="12"/>
   <c r="N228" i="12"/>
   <c r="N227" i="12"/>
   <c r="T226" i="12"/>
   <c r="N226" i="12"/>
   <c r="K226" i="12"/>
   <c r="H226" i="12"/>
   <c r="I130" i="5"/>
   <c r="I100" i="5"/>
   <c r="I46" i="5"/>
   <c r="I45" i="5"/>
   <c r="AD217" i="12"/>
   <c r="AD214" i="12"/>
   <c r="AD209" i="12"/>
   <c r="AD205" i="12"/>
   <c r="AD203" i="12"/>
   <c r="AD201" i="12"/>
   <c r="AD198" i="12"/>
   <c r="AD195" i="12"/>
   <c r="AD193" i="12"/>
   <c r="AD188" i="12"/>
   <c r="AD186" i="12"/>
   <c r="AD184" i="12"/>
   <c r="AD182" i="12"/>
@@ -477,156 +479,152 @@
   <c r="L61" i="12"/>
   <c r="L59" i="12"/>
   <c r="L57" i="12"/>
   <c r="L55" i="12"/>
   <c r="L53" i="12"/>
   <c r="L51" i="12"/>
   <c r="L49" i="12"/>
   <c r="L47" i="12"/>
   <c r="L45" i="12"/>
   <c r="L39" i="12"/>
   <c r="N28" i="12"/>
   <c r="J28" i="12"/>
   <c r="I27" i="12"/>
   <c r="F26" i="12"/>
   <c r="D24" i="12"/>
   <c r="D22" i="12"/>
   <c r="D20" i="12"/>
   <c r="D19" i="12"/>
   <c r="A17" i="12"/>
   <c r="M14" i="12"/>
   <c r="C14" i="12"/>
   <c r="A12" i="12"/>
   <c r="G118" i="5"/>
   <c r="L187" i="12" s="1"/>
   <c r="G174" i="5"/>
-  <c r="AD211" i="12" s="1"/>
+  <c r="I170" i="5" s="1"/>
   <c r="D136" i="14"/>
   <c r="AD160" i="12"/>
   <c r="G43" i="5"/>
-  <c r="G42" i="5" s="1"/>
+  <c r="L88" i="12" s="1"/>
   <c r="G19" i="5"/>
-  <c r="I32" i="5" s="1"/>
-[...1 lines deleted...]
-  <c r="D29" i="14"/>
+  <c r="I32" i="5"/>
+  <c r="D9" i="14"/>
   <c r="G172" i="5"/>
   <c r="AD207" i="12" s="1"/>
   <c r="AD177" i="12"/>
+  <c r="L42" i="12"/>
+  <c r="I18" i="5"/>
+  <c r="I19" i="5"/>
+  <c r="AG226" i="12"/>
+  <c r="AG227" i="12"/>
   <c r="I174" i="5"/>
-  <c r="I170" i="5"/>
-  <c r="AD142" i="12"/>
   <c r="I173" i="5"/>
-  <c r="J172" i="5"/>
-[...3 lines deleted...]
-  <c r="L42" i="12"/>
+  <c r="J172" i="5" l="1"/>
+  <c r="D88" i="14"/>
   <c r="D134" i="14"/>
-  <c r="D88" i="14"/>
-[...7 lines deleted...]
-  <c r="AE28" i="12"/>
+  <c r="AD211" i="12"/>
+  <c r="D29" i="14"/>
+  <c r="G42" i="5"/>
+  <c r="D33" i="14"/>
+  <c r="D28" i="14" l="1"/>
+  <c r="L86" i="12"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Doma</author>
   </authors>
   <commentList>
     <comment ref="H90" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Pouze u knihovny uvedené dočasně mimo provoz nebo u knihovny zrušené je možné vykázat nulu.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="H95" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
-          <t xml:space="preserve">Pouze u knihovny uvedené dočasně mimo provoz nebo u knihovny zrušené je možné vykázat nulu.
-</t>
+          <t>Pouze u knihovny uvedené dočasně mimo provoz nebo u knihovny zrušené je možné vykázat nulu.
+Otevírací hodiny je možné vykázat s 1 desetinným místem.</t>
         </r>
       </text>
     </comment>
     <comment ref="H117" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Počet zaměstnanců (fyzické osoby) v hlavním pracovním poměru k 31.12. Tzn. zaměstnanci s pracovní smlouvou, jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="H128" authorId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
-          <t xml:space="preserve">Vztahuje se na osoby pracující na základě smlouvy (licenční smlouvy, autorské dohody, smlouvy o spolupráci, smlouvy o dílo aj.), osoby samostatně výdělečně činné pracující ve vlastním podniku a pomáhající rodinné příslušníky. Nezahrnuje jednorázové služby. Pokud se alespoň jedna smlouva či dohoda vztahovala k odborné činnosti, uvede se pouze jednou jako odborný pracovník.
+          <t xml:space="preserve">Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1340" uniqueCount="1171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1376" uniqueCount="1209">
   <si>
     <t>Studijní místa</t>
   </si>
   <si>
     <t>WiFi pro uživatele</t>
   </si>
   <si>
     <t>II. Uživatelé</t>
   </si>
   <si>
     <t>Osobní náklady</t>
   </si>
   <si>
     <t>0101</t>
   </si>
   <si>
     <t>0102</t>
   </si>
   <si>
     <t>0103</t>
   </si>
   <si>
     <t>0104</t>
   </si>
   <si>
@@ -3050,56 +3048,50 @@
   <si>
     <t xml:space="preserve"> nákup a pořízení licencí na elektronické zdroje </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Základní knihovny pověřené výkonem regionálních funkcí </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>13</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> svazků půjčených od jiných knihoven</t>
   </si>
   <si>
     <t xml:space="preserve"> svazků půjčených jiným knihovnám</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pouze virtuální akce. Kontrola: vazba na ř. 0513 návštěvníci online akcí.</t>
   </si>
   <si>
     <t>Z ř.  0410 akce k inform. technologiím ve fyzickém i virtuálním prostoru</t>
   </si>
   <si>
     <t>ČV 111/25 ze dne 19. 9. 2024</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Knihovní jednotky celkem k 31. 12. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>sledovaného roku</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
@@ -3447,66 +3439,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Počet studijních míst </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>k 31.12.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve"> Počet počítačů připojených na internet pro uživatele </t>
-[...14 lines deleted...]
-    <r>
       <t xml:space="preserve"> Počet hodin pro veřejnost týdně </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Tržby za vlastní výkony (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
@@ -4383,53 +4359,50 @@
         <sz val="5.5"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">   o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní</t>
   </si>
   <si>
     <t xml:space="preserve">   </t>
   </si>
   <si>
     <t xml:space="preserve">   vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.</t>
   </si>
   <si>
     <t>Uvede se počet fyzických osob bez ohledu na počet uzavřených smluv.</t>
   </si>
   <si>
     <t>Pokyn k vyplňování</t>
   </si>
   <si>
-    <t xml:space="preserve">Počet zaměstnanců knihovny v hlavním pracovním poměru, přepočtený na plně zaměstnané za rok. Tzn. Zaměstnanci s pracovní smlouvou, jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance. Vykazujeme na 1 desetinné místo. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Odborní pracovníci (z ř. 0405), kteří se během roku vzdělávali minimálně 48 hod. </t>
   </si>
   <si>
     <t>V počtu studijních míst jsou zahrnuta i místa u počítačů pro veřejnost.</t>
   </si>
   <si>
     <t xml:space="preserve">ZÁVAZNÉ DEFINICE </t>
   </si>
   <si>
     <t>Pokyny pro vyplňování jednotlivých ukazatelů výkazu o knihovně za rok … Kult (MK) 12-01</t>
   </si>
   <si>
     <t>Zdroj: Deník knihovny vydaný ve spolupráci NIPOS a Knihovnického institutu Národní knihovny ČR</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>Veřejná knihovna</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Obsluhovaná populace</t>
@@ -4905,72 +4878,60 @@
   <si>
     <t>Pobočka</t>
   </si>
   <si>
     <t>Lokálně vyčleněná část knihovny, která je její organizační částí a pracuje pod jejím přímým vedením.</t>
   </si>
   <si>
     <t>75.</t>
   </si>
   <si>
     <t>Profesionální knihovna</t>
   </si>
   <si>
     <t>76.</t>
   </si>
   <si>
     <t>Neprofesionální knihovna</t>
   </si>
   <si>
     <t>77.</t>
   </si>
   <si>
     <t>Dohoda o provedení práce (DPP)</t>
   </si>
   <si>
-    <t>Dohoda o provedení práce je specifický druh pracovního vztahu, který je upraven zákoníkem práce. Na rozdíl od klasického pracovního poměru, DPP je omezena na určitý rozsah práce a nemá charakter trvalého pracovního zařazení.</t>
-[...1 lines deleted...]
-  <si>
     <t>78.</t>
   </si>
   <si>
     <t>Dohoda o pracovní činnosti (DPČ)</t>
   </si>
   <si>
-    <t>Dohoda o pracovní činnosti je druh pracovněprávního vztahu, který je upraven zákoníkem práce. Podobá se dohodě o provedení práce (DPP), ale má některé odlišnosti. Obě tyto dohody se liší od klasického pracovního poměru.</t>
-[...1 lines deleted...]
-  <si>
     <t>79.</t>
   </si>
   <si>
     <t>Jiný než pracovněprávní vztah (OSVČ, smlouvy o dílo aj.)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob.</t>
   </si>
   <si>
     <t>Definice č. 80 až č. 116</t>
   </si>
   <si>
     <t>80.</t>
   </si>
   <si>
     <t>Výnosy z vlastních výkonů a za zboží (Kult ř. 0701)</t>
   </si>
   <si>
     <t>Výnosy z vlastních výkonů a zboží (účtová skupina 60). z hlavní i hospodářské činnosti.</t>
   </si>
   <si>
     <t>81.</t>
   </si>
   <si>
     <t>Výnosy (příjmy) z hlavní činnosti (Kult ř. 0702)</t>
   </si>
   <si>
     <t>82.</t>
   </si>
   <si>
     <t>Příspěvky, dotace a granty na provoz ze státního rozpočtu (Kult ř. 0703)</t>
   </si>
@@ -5340,50 +5301,1081 @@
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>(Kult ř. 0813)</t>
     </r>
   </si>
   <si>
     <t>1.     Pokud konkrétní uživatel využije služby půjčovny nebo studovny (jednoho oddělení) v jeden den více než jednou, například 3x (1x dopoledne a 2x odpoledne) do Ročního výkazu o knihovně bude započtena jedna fyzická návštěva. Netýká se knihoven, které počítají fyzické návštěvy prostřednictvím turniketů či RFID bran.</t>
   </si>
   <si>
     <t>2.     Pokud konkrétní uživatel využije v jeden den služeb více než jednoho oddělení knihovny (hudební, dětské odd., čítárna, internet.) v rámci jedné budovy, bude započítána jedna fyzická návštěva. Netýká se knihoven které počítají fyzické návštěvy prostřednictvím turniketů či RFID bran.</t>
   </si>
   <si>
     <t>3.     Pokud konkrétní uživatel navštíví v jeden den půjčovnu nebo studovnu v hlavní budově knihovny, a ještě pobočku knihovny, která sídlí v jiné budově, budou započítány dvě fyzické návštěvy.</t>
   </si>
   <si>
     <t>4.     Pokud konkrétní uživatel využije v jeden den návratový box nebo selfcheck, bude započtena jedna fyzická návštěva.</t>
   </si>
   <si>
     <t>5.     Pokud konkrétní uživatel využije v jeden den návratový box nebo selfcheck a pobočku v jiné budově, budou započítány dvě fyzické návštěvy.</t>
   </si>
   <si>
     <t>6.     Pokud konkrétní uživatel využije v jeden den služby knihoboxu (zařízení pro vyzvednutí předem objednaných dokumentů), bude započítána jedna fyzická návštěva.</t>
   </si>
   <si>
+    <t>https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D</t>
+  </si>
+  <si>
+    <t>Údaje o počtech obyvatel v obcích jsou dostupné z:</t>
+  </si>
+  <si>
+    <t>Zařízení, v němž jsou způsobem zaručujícím rovný přístup všem bez rozdílu poskytovány veřejné knihovnické a informační služby.</t>
+  </si>
+  <si>
+    <r>
+      <t>Počet obyvatel okruhu působnosti knihovny, počet obyvatel obce nebo obcí, obecní nebo městské části, pro jejíž obyvatele je vykazující knihovna zřízena. U krajské knihovny je obsluhovanou populací počet obyvatel krajského města. Uvádí se stav k 31. 12. vykazovaného roku</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>. Celkový součet obyvatel by měl odpovídat statisticky sledovanému území (např. obec, městská část). Do počtu obsluhované populace se započítávají také cizinci s realizovaným pobytem (trvalý a přechodný).</t>
+    </r>
+  </si>
+  <si>
+    <t>Knihovní dokument, který vznikl před rokem 1860 nebo který má v daném oboru pro svou jedinečnost historickou hodnotu. Případně jiný dokument zvláštní historické a kulturní hodnoty, pokud byl takto vymezen ve statutu knihovny nebo v jiném právním předpisu. Zahrnuje rukopisy, tištěné knihy, archiválie apod.</t>
+  </si>
+  <si>
+    <t>Dokument, jenž vznikl mikrografickou cestou, je uložen na mikrografických médiích (mikrofilmech, mikrofiších apod.) a vyžaduje pro čtení technické zařízení. Nezahrnuje diapozitivy.</t>
+  </si>
+  <si>
+    <t>Dvojrozměrné a trojrozměrné mapy, plány, atlasy s kartografickou informací, globusy, topografické modely, plastické mapy a letecké snímky (nezahrnuje kartografické dokumenty ve formě knihy, v mikrografické, audiovizuální a elektronické formě).</t>
+  </si>
+  <si>
+    <t>Dokument (fyzický nosič) se záznamem zvuku (zejména hudby a mluveného slova), např. MP3, CD, magnetofonový pásek, kazeta, gramofonová deska apod. Poslech vyžaduje technické zařízení.</t>
+  </si>
+  <si>
+    <t>Základní jednotka evidence a statistiky knihovního fondu zapsaná v přírůstkovém se­znamu.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Všechny zbývající nezařazené dokumenty, např. normy, patentové spisy, firemní literatura, separáty, trojrozměrné dokumenty, multimediální soubory, deskové (společenské) hry atd. </t>
+  </si>
+  <si>
+    <t>Dokument v tištěné nebo elektronické formě, vydávaný postupně s pravidelnou nebo nepravidelnou periodicitou, obvykle s číselným nebo chronologickým označením, pod stejným názvem a se záměrem stálého pokračování. Zahrnuje např. časopisy, noviny, sborníky, výroční zprávy.</t>
+  </si>
+  <si>
+    <t>Knihovní fond, který je přímo přístupný uživatelům bez zprostředkování knihovníkem.</t>
+  </si>
+  <si>
+    <t>Souhrn knihovních jednotek, které byly vyřazené z knihovního fondu během vykazovaného období (ztráty, poškození, aktualizace, převod do jiné knihovny při organizační změně apod.) a evidovány v seznamu úbytků.</t>
+  </si>
+  <si>
+    <t>Dokument, jehož základní charakteristikou je dvojrozměrné obrazové vyjádření, a to buď statické (např. fotografie, malba, umělecká reprodukce aj.) nebo dynamické (napři. filmový záznam bez zvuku).</t>
+  </si>
+  <si>
+    <t>Fyzická nebo právnická osoba, která měla během alespoň části vykazovaného období platnou registraci v knihovně (nově založenou, obnovenou, nebo platnou z minulého období) a v průběhu běžného roku realizovala evidovanou operaci v knihovně (například: výpůjčka, rezervace aj.). Tato fyzická nebo právnická osoba se v jedné knihovně započítává pouze jednou ve vykazovaném roce.</t>
+  </si>
+  <si>
+    <t>Fyzická nebo právnická osoba, která se ve vykazovaném období zaregistrovala do knihovny online formou. Například prostřednictvím bankovní identity nebo jiné elektronické aplikace, kterou knihovna využívá.</t>
+  </si>
+  <si>
+    <t>Fyzická osoba, která nedovršila ve vykazovaném období (1. 1. – 31. 12.) 15 let, a která měla během alespoň části vykazovaného období platnou registraci v knihovně (nově založenou, obnovenou, nebo platnou z minulého období) a v průběhu běžného roku realizovala evidovanou operaci v knihovně (například: výpůjčka, rezervace aj.). Tato fyzická osoba se v jedné knihovně započítává pouze jednou ve vykazovaném roce.</t>
+  </si>
+  <si>
+    <t>Každý, kdo toho dne osobně navštívil knihovnu a využil některou z jejích služeb, kulturních, komunitních nebo vzdělávacích akcí (fyzická návštěva). Dále každý, kdo vstoupil do elektronického katalogu prostřednictvím webového rozhraní, resp. každý adresný vstup do výpůjčního protokolu, do specializovaných databází a licencovaných elektronických zdrojů apod. Dále každý, kdo se zúčastnil online (virtuální) vzdělávací, kulturní, komunitní nebo volnočasové akce z prostor mimo knihovnu.</t>
+  </si>
+  <si>
+    <t>Každý návštěvník kulturní, komunitní nebo volnočasové akce, která byla pořádána knihovnou nebo jinou organizací ve spolupráci s knihovnou, bez ohledu na to, zda je nebo není registrovaným uživatelem knihovny.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Každý, kdo se účastnil nebo následně sledoval knihovnou pořádané online (virtuální) kulturní komunitní nebo volnočasové akce. Tzn. každý, kdo sledoval akci prostřednictvím sociálních sítí nebo webové stránky knihovny ať už v reálném čase konání akce nebo zpětně. Metodika vykazování počtu návštěvníků online akcí je dostupná na webové stránce Knihovnického institutu v oddíle statistika: </t>
+  </si>
+  <si>
+    <t>https://ipk.nkp.cz/statistika-pruzkumy-dokumenty/statistiky</t>
+  </si>
+  <si>
+    <t>Fyzická nebo právnická osoba, která není ve vykazovaném období registrována v knihovně, ale která využije některou službu v knihovně, která není vázána na registraci (např. prezenční výpůjčky, vzdělávací, kulturní nebo komunitní akci, přístup na internet nebo jinou digitální službu…)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Každý, kdo se účastnil nebo následně sledoval knihovnou pořádané online (virtuální) vzdělávací akce. Tzn. každý, kdo sledoval akci prostřednictvím sociálních sítí nebo webové stránky knihovny ať už v reálném čase konání akce nebo zpětně. Metodika vykazování počtu návště­níků online akcí je dostupná na webové stránce Knihovnického institutu v oddíle statistika: </t>
+  </si>
+  <si>
+    <t>Každý, kdo vstoupil do elektronického katalogu prostřednictvím webového rozhraní, resp. každý adresný vstup do výpůjčního protokolu, do specializovaných databází a licencovaných elektronických zdrojů apod. Dále osoba, která se zúčastnila online (virtuální) vzdělávací, kulturní, komunitní nebo volnočasové akce z prostor mimo knihovnu.</t>
+  </si>
+  <si>
+    <t>Při evidenci ve výpůjčním protokolu musí být rozlišeno, zda se jedná o absenční výpůjčku, prezenční výpůjčku nebo prolongaci. PROLONGACE se NEEVIDUJÍ.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Výpůjčka je primární absenční nebo prezenční evidované půjčení jedné knihovní jednotky jednomu uživateli. Půjčení je na omezenou dobu danou výpůjčním řádem knihovny </t>
+  </si>
+  <si>
+    <t>Knihovnou registrované a zaevidované půjčení jedné knihovní jednotky v prostorách knihovny </t>
+  </si>
+  <si>
+    <t>Knihovnou registrované a zaevidované půjčení jedné knihovní jednotky mimo prostor knihovny.</t>
+  </si>
+  <si>
+    <t>Primární fyzická výpůjčka vědecké, odborné a populárně naučné literatury ze všech oborů lidské činnosti nebo encyklopedické literatury ve formě papírové knihy dospělému uživateli.</t>
+  </si>
+  <si>
+    <t>Primární fyzická výpůjčka vědecké, odborné a populárně naučné literatury ze všech oborů lidské činnosti nebo encyklopedické literatury ve formě papírové knihy uživateli mladšímu 15 let.</t>
+  </si>
+  <si>
+    <t>Primární fyzická výpůjčka jednoho vázaného ročníku (nebo svazku, tj. knihovní jednotky). U průběžně docházejících periodik je výpůjčkou každý jednotlivý sešit nebo číslo periodika (evidovaného v evidenci docházejících periodik). Ukončený ročník docházejících periodik má být zkompletován a půjčován (a evidován) jako jedna knihovní jednotka.</t>
+  </si>
+  <si>
+    <t>https://ipk.nkp.cz/legislativa/normy-standardy-doporuceni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Základní doporučené údaje, které by měla obsahovat web/webová stránka knihovny jsou popsány v dokumentu Standard pro dobrou knihovnu                             (v aktuálním znění), dostupný z: </t>
+  </si>
+  <si>
+    <t>Při započítávání návštěv odfiltrovat v nejvyšší možné míře návštěvy robotů a jiných automatických nástrojů, které nelze považovat za návštěvy reálných uživatelů.</t>
+  </si>
+  <si>
+    <t>Elektronická služba knihovny, která má jednoznačnou doménu na internetu nebo využívá domény jiného subjektu. Obsahuje základní informace o knihovně a jejích službách a zprostředkovává elektronické služby knihovny (např. elektronický katalog, licencované i vlastní databáze, online výpůjční služby, online informační služby</t>
+  </si>
+  <si>
+    <t>Připojení uživatele do vlastního uživatelského konta z elektronického zařízení.</t>
+  </si>
+  <si>
+    <t>Elektronická evidence uživatelů, výpůjček a dalších operací vztahujících se k jednotlivým uživatelským kontům. Statistika sleduje vstupy registrovaných uživatelů do protokolu, které mohou uživatelé realizovat pouze na základě svých přihlašovacích údajů.</t>
+  </si>
+  <si>
+    <t>Úspěšný požadavek na elektronický katalog (OPAC) uskutečněný z libovolného elektronického zařízení bez ohledu na místo připojení (z prostor i mimo prostor knihovny). Je to jeden cyklus uživatelských aktivit, který začíná připojením uživatele k OPAC a končí ukončením aktivit v OPAC. Průměrná doba časové prodlevy je stanovena na 30 minut. Delší potřebná doba se vykazuje jako další připojení. Nerozlišují se vstupy uživatelů a zaměstnanců knihovny. Údaje o po­čtech vstupů jsou k dispozici z automatizovaného knihovního systému.</t>
+  </si>
+  <si>
+    <t>Veřejně dostupný online elektronický katalog knihovny přístupný prostřednictvím počítačové sítě, např. internetu. Je určen fyzickým i virtuálním uživatelům knihovny. Kromě vlastního vyhledávání záznamů dokumentů obvykle zpřístupňuje i řadu dalších služeb, např. umožňuje správu uživatelského konta, přístup k dalším informačním zdrojům apod.</t>
+  </si>
+  <si>
+    <t>Zpřístupnění digitálního dokumentu nebo jeho části. Nezapočítává se pouhé stažení obálky, obsahu či jiné doprovodné součásti dokumentu.</t>
+  </si>
+  <si>
+    <t>Pro dokumenty zpřístupňované ze serverů jiných poskytovatelů dodává statistiky poskytovatel příslušné služby případně vedoucí konsorcia. Zpřístupňuje-li knihovna vlastní digitální dokumenty (např. vlastní digitalizované objekty, elektronické disertace apod.), vykazuje statistiky sama.</t>
+  </si>
+  <si>
+    <t>Dotace a granty na investice od ostatních tuzemských subjektů (Kult ř. 0715)</t>
+  </si>
+  <si>
+    <t>Investiční výdaje na dlouhodobý hmotný a nehmotný majetek celkem (Kult ř. 0817</t>
+  </si>
+  <si>
+    <t>mzdové náklady (mzda, plat, OON)</t>
+  </si>
+  <si>
+    <t>https://ipk.nkp.cz/docs/Koncepce_CZV_20212027.pdf/</t>
+  </si>
+  <si>
+    <t>Za elektronické informační zdroje považujeme báze dat zařazené do fondu knihovny, zpracované v lokálních informačních systémech a zpřístupňované prostřednictvím sítě. Jejich akvizice se uskutečňuje: nákupem dat, získáním přístupových práv v rámci lokální, regionální, národní, skupinové (konsorcia) nebo individuální licenční smlouvy, získáním přístupových práv na základě legislativní úpravy (povinný výtisk) digitalizací nebo cíleným lokálním ukládáním digitálních dokumentů v souladu s autorským právem. Za databázi se považují soubory či sestavy dat, faktografických údajů, textů a jiných digitálních objektů, které se zpřístupňují prostřednictvím společného rozhraní. Zahrnujeme sem zejména báze elektronických periodik zpřístupňované v rámci konsorcií, agregační báze typu EBSCO, JSTOR, ANOPRESS, které nabízejí periodika různých vydavatelů. Nezahrnují se volné zdroje, portály knihoven (např. virtuální odborné knihovny), soubory odkazů zpracované v bázi dat nebo elektronické kurzy. Nezahrnují se rovněž tituly přístupné jako pay-per-view nebo báze přístupné pouze na testování.</t>
+  </si>
+  <si>
+    <t>Vstup (připojení) do elektronických informačních zdrojů a databází (dále jen databáze). Je definován jako úspěšný požadavek na databázi. Průměrná doba časové prodlevy je stanovena na 30 minut. Delší potřebná doba se vykazuje jako další připojení. Nerozlišují se vstupy uživatelů a zaměstnanců knihovny. Zahrnuje se počet vstupů do elektronických informačních zdrojů a databází vlastních i licencovaných. Úspěšný požadavek na databázi nebo informační zdroj uskutečněný z počítače v prostorách knihovny. Zahrnuje se počet vstupů do vlastních i licencovaných elektronických informačních zdrojů a databází.</t>
+  </si>
+  <si>
+    <t>Počet stažených ("download“) dokumentů z vlastních specializovaných databází a licencovaných elektronických informačních zdrojů, případně z OPAC, které si uživatel stáhl a mohl nadále využívat ve svém zařízení, aniž by zůstal připojen k elektronickým službám knihovny. Lze započítat i zobrazování (stahování) samostatných digitálních dokumentů umístěných na webové stránce knihovny, např. digitalizované knihy a periodika. Podmínkou je, aby tyto dokumenty byly evidovány a zpracovány jakou součást knihovního fondu. Pro dokumenty zpřístupňované ze serverů jiných poskytovatelů dodává statistiky poskytovatel příslušné služby případně vedoucí konsorcia. Zpřístupňuje-li knihovna vlastní digitální dokumenty (např. vlastní digitalizované objekty, elektronické disertace apod.), vykazuje statistiky sama knihovna.</t>
+  </si>
+  <si>
+    <t>Stažení elektronického dokumentu (zpravidla e-knihy a e-audioknihy) jednomu uživateli na časově omezenou dobu na vlastní zařízení uživatele.</t>
+  </si>
+  <si>
+    <t>Pozn. Zahrnuje e-výpůjčky ze systémů typu např. Palmknihy, EBSCO, Ebrary, Flexibooks a jiné.</t>
+  </si>
+  <si>
+    <t>Počet elektronických databází, které knihovna sama vytváří, jejichž obsah je speciálně tematicky, regionálně nebo jinak vymezen, a které zpřístupňuje uživatelům na místě (prostřednictvím PC v prostoru knihovny) i prostřednictvím sítě internet. Nezahrnuje elektronický katalog knihovny a výpůjční protokol.</t>
+  </si>
+  <si>
+    <t>Všechny služby, které knihovna poskytuje uživatelům prostřednictvím sítě, např. internetu, intranetu, extranetu (online výpůjční služby, tj. objednávky, rezervace, prodlužování výpůjček, on­line informační a referenční služby, elektronické dodávání dokumentů, online vzdělávací, kulturní, komunitní a volnočasové akce).</t>
+  </si>
+  <si>
+    <t>Typ výpůjční služby, která umožňuje kterékoliv knihovně vy­žádat si a půjčit pro svého uživatele od jiné knihovny v rámci státu ty dokumenty, které nemá ve svém fondu, a naopak půjčovat na vyžádání dokumenty z vlastních fondů jiným knihovnám. Může být realizována výpůjčkou fyzického dokumentu, kopií nebo elektronickou formou.</t>
+  </si>
+  <si>
+    <t>Samostatná část knihovního fondu pověřené knihovny, která je určena k půjčování v knihovnách obsluhovaných v rámci regionálních funkcí.</t>
+  </si>
+  <si>
+    <t>Jednorázově dodaný a zapůjčený soubor knih a dalších dokumentů do (obsluhované) knihovny na určitou dobu (obvykle delší, než je řádná výpůjční doba půjčující knihovny) z výměnného fondu. Tato služba se neřídí zásadami meziknihovní výpůjční služby. Výměnné soubory se nezapočítávají do stavu knihovního fondu v ř. 0101, ani do počtu k. j. ve volném výběru v ř. 0115.</t>
+  </si>
+  <si>
+    <t>Knihovnou pořádané akce pro uživatele a veřejnost, jejichž přínosem je kultivace osobnosti, poskytují zábavu a estetický zážitek, např. besedy, výstavy, literární pásma, hudební pořady, koncerty, kvízy, di­vadlo jednoho herce, literární čtení, besedy s převažující kulturní složkou, Muzejní noc, cestovatelské besedy, besedy s dětmi (pohádky, říkadla…), autorská čtení, S knížkou do života (Bookstart), pasování prvňáčků, Knížka pro prvňáčka, Noc s Andersenem, Lovci perel, soutěže, hraní společenských her, výtvarné, tvůrčí dílny, vyhodnocení soutěží, filmové projekce, divadelní představení, křty knih, recitační pásma, vernisáže výstav, komunitní, pohybové a relaxační aktivity. Nezahrnují se nástěnky a drobné výstavky (např. novinek).</t>
+  </si>
+  <si>
+    <t>Započítávají se také akce, kde knihovna není hlavním pořadatelem.</t>
+  </si>
+  <si>
+    <t>Knihovnou pořádané akce v online (virtuálním) prostoru pro uživatele a veřejnost, jejichž přínosem je kultivace osobnosti, poskytují zábavu a estetický zážitek, například besedy, a další akce, které uvádí Definice č. 57, a které je možné realizovat ve virtuální podobě.</t>
+  </si>
+  <si>
+    <t>Započítávají se také akce, kde knihovna není hlavním pořadatelem. Nezapočítávají se upoutávky na připravované akce a instruktážní videa (například videa, která učí návštěvníky používat OPAC nebo jiné služby, které knihovna nabízí atd.).</t>
+  </si>
+  <si>
+    <t>Započítávají se také akce, kde knihovna není hlavním pořadatelem a vzdělávacích akce určené pro knihovníky a zřizovatele/provozovatele knihoven, které NEJSOU organizovány v rámci regionálních funkcí.</t>
+  </si>
+  <si>
+    <t>Knihovnou pořádané akce v online (virtuálním) prostoru pro uživatele a veřejnost, jejichž přínosem je rozvoj vědomostí a znalostí, poskytují nové informace a poznatky, například webináře a další akce, které uvádí definice 64, a které je možné realizovat ve virtuální podobě.</t>
+  </si>
+  <si>
+    <t>Do vzdělávacích akcí se nezapočítávají upoutávky na připravované akce a instruktážní videa (například videa, která učí návštěvníky používat OPAC nebo jiné služby, které knihovna nabízí).</t>
+  </si>
+  <si>
+    <t>Publikace vydané knihovnou (v tištěné i elektronické podobě) v předem nestanoveném časovém období. Vykazují se publikace, které obsahují tiráž (nebo titulní list) s údaji potřebnými pro knihovnické zpracování, resp. předepsanými příslušným zákonem. Nezahrnují se interní publikace administrativního charakteru (plány činnosti, oběžníky apod.).</t>
+  </si>
+  <si>
+    <t>Knihovnou vydávaná řada dokumentů vycházejících průběžně pod jedním názvem v pravidelných nebo nepravidelných intervalech po neurčitou dobu; jednotlivá čísla v řadě jsou souvisle číslována nebo je každé číslo datováno, například: zpravodaje, bulletiny, periodické sborníky. Do evidence knihovnou vydávaných periodik jsou zahrnována i periodika vydávaná elektronicky.</t>
+  </si>
+  <si>
+    <t>Knihovnou vydané dokumenty v elektronické formě, které lze přečíst či přehrát pouze s pomocí PC nebo podobného elektronického zařízení. Viz Definice č. 15.</t>
+  </si>
+  <si>
+    <t>Místo v knihovně určené uživatelům ke čtení, studiu, hraní společenských her apod., ať už se sedadly nebo bez nich (například neformální místa k sezení – křesla, sedací vaky, pohovky, pobytové schody aj.) s technickým vybavením nebo bez něj. Místo pro uživatele se může nacházet v interiéru i exteriéru knihovny. Nezahrnují se místa v učebnách a přednáškových sálech. Nezahrnuje se podlahová plocha, kde se příležitostně rozloží polštáře, na kterých mohou uživatelé sedět.</t>
+  </si>
+  <si>
+    <t>Počítač (pracovní stanice), který umožňuje uživatelům knihovny přístup k internetu.</t>
+  </si>
+  <si>
+    <t>Zahrnuje celkovou užitnou plochu knihovny určenou ná­vštěvníkům (v hlavní budově a pobočkách), např. volný výběr, studovny, čítárny včetně venkovních čítáren, přednáškové (divadelní) sály apod. Nezahrnují se uzavřená skladiště, schodiště, vstupní prostory, sociální zařízení atd. Je možné zahrnout plochu např. informačního centra nebo jiné části, pokud poskytuje knihovnické a informační služby.</t>
+  </si>
+  <si>
+    <t>V jednotlivých dnech se započítává vždy provozní doba nejdéle otevřeného útvaru nebo pobočky. Celkové provozní doby jednotlivých útvarů a poboček za týden se nesčítají. v případě nestandardní provozní doby, kdy se například pravidelně střídá tzv. dlouhý a krátký týden, se doporučuje uvádět průměr těchto dvou týdnů.</t>
+  </si>
+  <si>
+    <t>Knihovnou pořádané akce pro uživatele a veřejnost, jejichž přínosem je rozvoj vědomostí a znalostí, poskytují nové informace a poznatky (např. školení, kurzy, konference, přednášky, výstavy s informacemi, exkurze, knihovnicko-informační lekce, workshopy, univerzity volného času, akce konané ve spolupráci se školou jako součást výuky, komentované hudební a filmové pořady).</t>
+  </si>
+  <si>
+    <t>Odborný zaměstnanec je:</t>
+  </si>
+  <si>
+    <t>a) zaměstnanec pracující podle katalogu prací na pozici knihovník a vzdělaný v oboru knihovnictví a/nebo informační vědy. Vzdělání může být získáno formálním vzděláním (VŠ, VOŠ, SŠ), úspěšným složením zkoušky v rámci Národní soustavy kvalifikací nebo nejméně desetiletou praxí na konkrétní pracovní pozici v knihovně (viz. Koncepce celoživotního vzdělávání pracovníků knihoven</t>
+  </si>
+  <si>
+    <t>b) zaměstnanec pracující na odborné pozici podle katalogu prací s vysokoškolským, vyšším odborným nebo středním vzděláním ukončeným maturitou v ostatních oborech.</t>
+  </si>
+  <si>
+    <t>Například: zaměstnanec, který pracuje na pozici knihovníka, ale nesplňuje podmínky uvedené v bodu a), ekonom, personalista, IT specialista, specialista na PR, aj.</t>
+  </si>
+  <si>
+    <t>Ostatní zaměstnanec je:</t>
+  </si>
+  <si>
+    <t>Například: vyučený knihař, uklízečka, zaměstnanec pracující na pozici knihovník dle katalogu prací v 6. platové třídě, který nemá maturitu aj.</t>
+  </si>
+  <si>
+    <t>Poznámka: Tato definice se vztahuje k řádkům ročního výkazu 603–609, kde se uvádí počty odborných a ostatních zaměstnanců v pracovním poměru.</t>
+  </si>
+  <si>
+    <t>Knihovníci zaměstnaní na DPP či DPČ se do těchto řádků nevykazují.</t>
+  </si>
+  <si>
+    <t>Profesním vzděláváním se rozumí vzdělávání zaměstnanců jejichž pracovní náplň odpovídá v katalogu prací pozici 2.03.01 KNIHOVNÍK. Je to soubor aktivit, které mají za cíl rozvíjet a prohlubovat znalosti, dovednosti a kompetence knihovníků, aby mohli lépe a efektivněji vykonávat svou práci.</t>
+  </si>
+  <si>
+    <t>Započítávají se všechny formy profesního odborného vzdělávání (školního i mimoškolního) v průběhu aktivního pracovního života. Jeho podstatou je stálé přizpůsobování kvalifikace pracovníka. Do odborného vzdělávání lze zahrnout také individuální studium odborné periodické i neperiodické literatury (časová dotace je max. 2 hodiny za kalendářní měsíc).</t>
+  </si>
+  <si>
+    <t>Standard vzdělávání – profesionální knihovny: 48 hodin / rok na jednoho pracovníka, neprofesionální knihovny (pracovní úvazek nižší než 15 hod. / týden): 8 hodin / rok na jednoho pracovníka.</t>
+  </si>
+  <si>
+    <t>Dobrovolník je člověk, který bez nároku na finanční odměnu a ze své svobodné vůle poskytuje svůj čas, zkušenosti, dovednosti a energii k rozšíření či zkvalitnění služeb knihovny, příp. napomáhá při aktivitách spojených se službami knihovny. Dobrovolník je člověk starší patnácti let.</t>
+  </si>
+  <si>
+    <t>Součet všech odpracovaných hodin dobrovolnými pracovníky za rok.</t>
+  </si>
+  <si>
+    <t>Je základní knihovna s pracovním úvazkem knihovníka vyšším než 15 hodin týdně.</t>
+  </si>
+  <si>
+    <t>Je základní knihovna s pracovním úvazkem knihovníka maximálně 15 hodin týdně.</t>
+  </si>
+  <si>
+    <t>Počet zaměstnanců knihovny v hlavním pracovním poměru, přepočtený na plně zaměstnané za rok. Tzn. zaměstnanci s pracovní smlouvou jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance.</t>
+  </si>
+  <si>
+    <t>Počet zaměstnanců (fyzické osoby) v hlavním pracovním poměru k 31.12. Tzn. zaměstnanci s pracovní smlouvou jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance.</t>
+  </si>
+  <si>
+    <t>Tyto definice se vztahují k vykazování údajů o hospodaření. Oddíly VII. a VIII. Oddíly vyplňují všechny knihovny dle skutečnosti. Údaje se získají z Výkazu zisku a ztráty sestaveného k 31. 12. b. r., a analytického účtování, resp. platné směrné účtové osnovy, vyhláška č. 410/2009 Sb., v platném znění.</t>
+  </si>
+  <si>
+    <t>Z řádku 0701 pouze výnosy (příjmy) z hlavní činnosti, tj. ponížené o příjmy z hospodářské činnosti. Nemá-li knihovna hospodářskou činnost, řádek 0702 se rovná řádku 0701.</t>
+  </si>
+  <si>
+    <t>V jedné částce se uvádí součet všech příspěvků, dotací a grantů, subvencí, nenávratné finanční výpomoci, podpor, peněžních darů na provoz knihovny ze státního rozpočtu, tj. z ministerstev a jiných subjektů státu, (účet 67).</t>
+  </si>
+  <si>
+    <t>V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu kraje. (úč. 67).</t>
+  </si>
+  <si>
+    <t>V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu obce. (účet 67).</t>
+  </si>
+  <si>
+    <t>V jedné částce se uvádí součet všech dotací, příspěvků a grantů na provoz knihovny získaných z fondů EU z celkové částky získané ze zahraničí, tj. z ř. 0707 viz definice č. 86 (účtová skupina 67).</t>
+  </si>
+  <si>
+    <t>Součet všech dotací a grantů na investice ze státního rozpočtu, tj. ministerstev a jiných subjektů státu.</t>
+  </si>
+  <si>
+    <t>Součet všech dotací a grantů na investice získaných od jiných subjektů, než je stát, kraj nebo obec, tj. neuvedených v položkách dle definic č. 91, 92, 93 (tj. v Kult ř. 0712, 0713, 0714).</t>
+  </si>
+  <si>
+    <t>Součet všech dotací a grantů na investice získaných od zahraničních subjektů (včetně fondů EU).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Z částky uvedené v definici č. 95 (tj. Kult ř. 0716) se uvedou pouze dotace a granty na investice z fondů EU.  </t>
+  </si>
+  <si>
+    <t>Součet všech dotací a grantů, které knihovna získala za vykazované období. Je součtem částek uvedených v definicích č. 91 až 95. (Kult ř. 0718 = součet řádků 0712 až 0716).</t>
+  </si>
+  <si>
+    <t>Pozn. k definicím dále. Ř. 0801 až 0815 se týkají neinvestičních nákladů, a to neinvestičních nákladů na hlavní i hospodářskou činnost. Investiční výdaje se vykazují v ř. 0817. Celkové náklady pouze na hlavní činnost se uvedou v ř. 0816, a jsou součástí ř. 0815.</t>
+  </si>
+  <si>
+    <t>Veškeré výdaje na materiál, energie a služby, včetně pořízení knihovního fondu a nákupu licencí na informační zdroje. (účtová skupina 50 a 51 ev. další použité účty).</t>
+  </si>
+  <si>
+    <t>Z výdajů z Kult ř. 0801 (definice č. 98) výdaje knihovny na nájmy.</t>
+  </si>
+  <si>
+    <t>Účtová skupina 52 Dle Směrné účtové osnovy do osobních nákladů patří:</t>
+  </si>
+  <si>
+    <t>Uvede se celková výše mzdových nákladů, resp. prostředků vyplacených mezd/platů (zejména součet – tarifní plat, příplatek za vedení, osobní příplatek, příplatek za přesčas, příplatek za práci v sobotu a neděli, odměna) a náhrady mzdy za dočasnou pracovní neschopnost. Je součástí celkové částky Osobní náklady viz definice č. 100. (účet 521). (z Kult ř. 0803).</t>
+  </si>
+  <si>
+    <t>Uvedou se částky vyplacené na dohody o provedení práce, dohody o pracovní činnosti, a autorské honoráře. Je součástí celkové částky Osobní náklady viz definice č.100 (resp. z Kult ř. 0803).</t>
+  </si>
+  <si>
+    <t>Přesněji: náklady na zákonné sociální pojištění. Uvede se částka zaplacená zaměstnavatelem na zákonné sociální pojištění. Je součástí celkové částky Osobní náklady viz definice č. 100 a Kult ř. 0803. (účet 524).</t>
+  </si>
+  <si>
+    <t>Účet 527 obsahuje náklady podle § 24, odst. 2 písm. j zákona o dani z příjmu, pokud se na příslušnou účetní jednotku vztahují podle jiného právního předpisu (zejména náklady na pracovní a sociální podmínky, náklady na bezpečnost a ochranu zdraví při práci, pracovně lékařské služby, náklady na odborný rozvoj zaměstnanců, závodní stravování), včetně přídělu do fondu kulturních a sociálních potřeb. Je součástí celkové částky Osobní náklady viz definice 100 a Kult ř. 0803.</t>
+  </si>
+  <si>
+    <t>Částka z řádku Kult 0801. Souhrn veškerých výdajů za všechny dokumenty zakoupené knihovnou během sledovaného roku do knihovního fondu, na výměnu dokumentů, náklady na nákup periodik, předplatné periodik a pořízení licencí na elektronické informační zdroje. Přičemž licence mohou být účtovány i na účtu 518 a 549.</t>
+  </si>
+  <si>
+    <t>Z celkové částky na pořízení knihovního fondu definice č. 105 (Kult ř. 0808) se uvede pouze částka na pořízení periodik.</t>
+  </si>
+  <si>
+    <t>Náklady na úhradu licencí na elektronické informační zdroje. Uvádí se z celkové částky na pořízení knihovního fondu definice 105 (Kult ř. 0808). Účty 518 a 549.</t>
+  </si>
+  <si>
+    <t>Pozn. účty 528 a 525 pokud nebudou v osobních nákladech a 527 pokud je v osobních nákladech jen příděl do FKSP.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uvede se součet částek z řádků Kult ř. 0801 + ř. 0803 + ř. 0811 až ř. 0814.  </t>
+  </si>
+  <si>
+    <t>Z částky Výdaje (náklady) celkem (ř. 0815) se uvedou pouze výdaje na hlavní činnost. Viz též z Výkazu zisku a ztráty – Náklady celkem, ze sloupce Na hlavní činnost.</t>
+  </si>
+  <si>
+    <t>Uvede se součet investičních výdajů za hmotný majetek (definice č. 115) a nehmotný majetek (definice č. 116), tzn. součet řádků Kult ř. 0818 a 0819.</t>
+  </si>
+  <si>
+    <t>Doba použitelnosti delší než jeden rok. Je součástí celkové částky v Kult ř. 0817.</t>
+  </si>
+  <si>
+    <t>Název zpravodajské jednotky (ZJ) – knihovny včetně názvu obce/města působení</t>
+  </si>
+  <si>
+    <t>IČO a Evidenční číslo knihovny (udělené MK ČR, bez lomítka a roku)</t>
+  </si>
+  <si>
+    <t>www stránky ZJ (zpravodajské jednotky)</t>
+  </si>
+  <si>
+    <t>Velikost obsluhované populace – viz Definice č. 2, údaje o počtu obyvatel jsou dostupné z…</t>
+  </si>
+  <si>
+    <t>Bezbariérový přístup (označte X) zda ANO či NE.</t>
+  </si>
+  <si>
+    <t>I. Knihovní fond</t>
+  </si>
+  <si>
+    <t>Stav na konci minulého roku (Ř. 0101) + přírůstek ve sledovaném roce (Ř. 0116) - [mínus] úbytek ve sledovaném roce (Ř. 0117) = stav na konci sledovaného (vykazova­ného) roku (Ř. 0102)</t>
+  </si>
+  <si>
+    <t>Podkladem pro vyplnění výkazu je především Deník knihovny, z něhož se čerpají údaje do oddílu II. Uživatelé, III. Výpůjčky, IV. Další údaje a oddílu V. Elektronické služby. Do oddílu I. Knihovní fond jsou přebírány údaje z přírůstkových a úbytkových seznamů, seznamů docházejících periodik a dalších evidencí, které si knihovna dle svého uvážení a potřeb vede. Údaje do oddílů výkazu lze přebírat i z elektronické formy evidencí (statistik), vede-li je knihovna. Zdrojem údajů do oddílu VI. Pracovníci jsou údaje z personální agendy. Podklady pro vyplnění oddílu VII. Příjmy, resp. výnosy a oddílu VIII. Výdaje, resp. náklady jsou účetní evidence, výkaz zisku a ztráty a rozvaha.</t>
+  </si>
+  <si>
+    <t>Identifikační údaje o zpravodajské jednotce se uvádí dle skutečnosti v jednotlivých kolonkách:</t>
+  </si>
+  <si>
+    <t>Zřizovatel/zakladatel (jméno, název) – vyplní se v plném znění, nikoliv ve zkratkách</t>
+  </si>
+  <si>
+    <t>Právní forma zpravodajské jednotky – zakroužkuje se z uvedených možností odpovídající právní forma (lze zjistit ve zřizovací – zakládací listině či u provozovatele).</t>
+  </si>
+  <si>
+    <t>III. Výpůjčky</t>
+  </si>
+  <si>
+    <t>IV. Další údaje</t>
+  </si>
+  <si>
+    <t>Řádky č. 0418 až 0423 se vyplní dle skutečnosti ve vykazující knihovně k 31.12.</t>
+  </si>
+  <si>
+    <t>Ř. 0421= Připojení Wi-Fi v prostorách knihovny pro uživatele.</t>
+  </si>
+  <si>
+    <t>Ř. 0422 = Poskytujete uživatelům kopírovací služby? Zaškrtněte dle skutečnosti, bez ohledu na to, zda je kopírování zpoplatněno či ne.</t>
+  </si>
+  <si>
+    <t>Ř. 0505 = Počet vlastních specializovaných databází. Uvede se dle skutečnosti.</t>
+  </si>
+  <si>
+    <t>VI. Zaměstnanci</t>
+  </si>
+  <si>
+    <t>Ř. 0613 = Počet hodin odpracovaných osobami v jiném než pracovněprávním vztahu. Uvede se počet hodin odpracovaných celkem.</t>
+  </si>
+  <si>
+    <t>Ř. 0803 = součet (∑) ř. 0804 až 0807.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">V. Elektronické služby </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> VII. Příjmy, výnosy</t>
+  </si>
+  <si>
+    <t>VIII. Výdaje,  náklady</t>
+  </si>
+  <si>
+    <t>Vykazuje se celkový stav knihovního fondu podle druhů dokumentů ke konci sledovaného období, tj. počet řádně zaevidovaných knihovních jednotek, které jsou součástí knihovního fondu. Stav knihovního fondu je výsledkem „pohybu knihovních fondů“, a to:</t>
+  </si>
+  <si>
+    <t>Údaje převezmete z evidence knihovního fondu – přírůstkového seznamu, seznamu úbytků, z evidence docházejících periodik, popřípadě dalších evidencí budování (správy) knihovních fondů.</t>
+  </si>
+  <si>
+    <t>Ř. 0101 – stav k 31. 12. předešlého roku, tzn. údaj uvedený ve výkaze za předešlý rok (Kult ř. 0102). Do stavu KF se nezapočítávají výměnné soubory.</t>
+  </si>
+  <si>
+    <t>Ř. 0102 – „stav knihovního k 31. 12. vykazovaného roku“. Ř. 0102 = součtu (∑) řádků 0103 až 0113. (nezapomenout přičíst i přírůstky a odečíst úbytky v ř. 0103 až 0113).</t>
+  </si>
+  <si>
+    <t>Ř. 0103 až 0113 údaje z evidence stavu KF k 31. 12. vykazovaného roku (přírůstkové a úbytkové seznamy).</t>
+  </si>
+  <si>
+    <t>Ř. 0114 – „Počet exemplářů titulů docházejících periodik“. Údaj z evidence docházejících periodik. Duplikáty (multiplikáty titulů se počítají).</t>
+  </si>
+  <si>
+    <t>Ř. 0115 – „Počet knihovních jednotek ve volném výběru“. Uvede se podle skutečnosti. (1 m police = cca 30–35 k. j.). Výměnné soubory se nezapočítávají.</t>
+  </si>
+  <si>
+    <t>Ř. 0116 – „Přírůstky“. Údaj ze seznamu přírůstků. Počet všech přírůstků za vykazovaný rok v knihovních jednotkách. Vede-li knihovna více přírůstkových seznamů, pak součet všech v nich nově zaevidovaných dokumentů za vykazovaný rok v knihovních jednotkách.</t>
+  </si>
+  <si>
+    <t>Ř. 0117 – „Úbytky“. Údaj ze seznamu úbytků. Uvede se počet všech úbytků za vykazovaný rok v knihovních jednotkách.</t>
+  </si>
+  <si>
+    <t>Údaje převezmete z Deníku knihovny (DK), oddílu I. Uživatelé, z posledního řádku „Celkem od začátku roku“, nebo z elektronické evidence.</t>
+  </si>
+  <si>
+    <t>Ř. 0201 = Sloupec 1 DK „Registrovaní uživatelé ve sledovaném období“. Uvedou se všichni registrovaní uživatelé (tj. čtenáři), jejichž registrace byla platná ve vykazovaném roce. Při opakované registraci během vykazovaného roku se započítává pouze jedna registrace v daném roce. Viz Definice č. 21</t>
+  </si>
+  <si>
+    <t>Ř. 0202 = Sloupec 2 DK „z toho (z ř. 0201) uživatelé registrovaní online“, z ř. 0201 se uvedou všichni nově registrovaní uživatelé online. Viz Definice č. 24</t>
+  </si>
+  <si>
+    <t>Ř. 0203 = Sloupec 3 DK „z toho (z ř. 0201) registrovaní uživatelé do 15 let“, z ř. 0201 se uvedou všichni nově registrovaní uživatelé (čte­náři) mladší 15 let. Viz Definice č. 23</t>
+  </si>
+  <si>
+    <t>Ř. 0204 = Sloupec 4 DK „Návštěvníci celkem“. Součet všech návštěvníků, kteří toho dne knihovnu fyzicky navštívili a všech návštěvníků online služeb, tzn. virtuálních návštěvníků. Ř. 0204= ř. 0205 + ř. 0209. Definice č. 25, 26 a 31</t>
+  </si>
+  <si>
+    <t>Ř. 0205 = Sloupec 5 DK „Návštěvníci knihovny (fyzické návštěvy, (součet ř. 0206 až 0208)“. Počet všech návštěv fyzických osob, které za vykazovaný rok knihovnu osobně navštívily, aby využily služeb knihovny. Viz Definice č. 26</t>
+  </si>
+  <si>
+    <t>Ř. 0206 = Sloupec 6 DK „návštěvníci půjčoven a studoven“ Počet návštěvníků půjčoven a studoven (z celkového počtu fyzických návštěvníků v ř. 0205). Definice č. 26</t>
+  </si>
+  <si>
+    <t>Ř. 0207 = Sloupec 7 DK „návštěvníci kulturních, komunitních a volnočasových akcí pro veřejnost včetně těch, kde knihovna není hlavní pořadatel“. Počet návštěvníků všech vzdělávacích akcí, které pořádala knihovna nebo jiná organizace ve spolupráci s knihovnou (z celkového počtu fyzických návštěvníků v ř. 0205). Definice č. 27</t>
+  </si>
+  <si>
+    <t>Ř. 0208 = Sloupec 8 DK „návštěvníci vzdělávacích akcí“. Počet návštěvníků všech vzdělávacích akcí pro veřejnost, které pořádala knihovna nebo jiná organizace ve spolupráci s knihovnou. (z celkového počtu fyzických návštěvníků v Ř. 0205). Definice č. 29</t>
+  </si>
+  <si>
+    <t>Ř. 0209 = Sloupec 9 DK „Návštěvníci online služeb (virtuální návštěvy)“, součet ř. 0504 + 0507 + 512 + 513 Definice č. 31. Tento údaj je součtem údajů z oddílu III. Elektronické služby, sloupců 28+29 (viz též Definice č. 44) a z oddílu V. Kulturní a vzdělávací akce, sloupců 42+43 (viz též definice 58 + 60).</t>
+  </si>
+  <si>
+    <t>Údaje převezmete z Deníku knihovny, oddílu II. Služby uživatelům – výpůjčky nebo ze statistiky výpůjček používaného automatizovaného knihovního systému. PROLONGACE se NEEVIDUJÍ.</t>
+  </si>
+  <si>
+    <t>Ř. 0301 = Sloupec 10 DK Výpůjčky celkem (fyzické + online, ř. 0302 + 0510+ 0511)</t>
+  </si>
+  <si>
+    <t>Ř. 0302 = Sloupec 11 DK „Primární výpůjčky fyzických dokumentů celkem“ (součet ř. 0303 až ř. 0316). Uvede se celkový počet primárních výpůjček jednotlivých druhů dokumentů uvedených v řádcích 0303 až 0316. Započítávají se všechny evidované absenční a prezenční výpůjčky. Definice č. 32, 34 až 40.</t>
+  </si>
+  <si>
+    <t>Ř. 0303 = Sloupec 12 DK – všechny evidované primární absenční a prezenční výpůjčky naučné literatury dospělým uživatelům (knihy), z ř. 0302. Definice č. 36.</t>
+  </si>
+  <si>
+    <t>Ř. 0304 = Sloupec 13 DK – všechny evidované primární absenční a prezenční výpůjčky krásné literatury dospělým uživatelům (knihy), z ř. 0302. Definice č. 37.</t>
+  </si>
+  <si>
+    <t>Ř. 0305 = Sloupec 14 DK – všechny evidované primární absenční a prezenční výpůjčky naučné literatury dětem (knihy), z ř. 0302. Definice č. 38.</t>
+  </si>
+  <si>
+    <t>Ř. 0306 = Sloupec 15 DK– všechny evidované primární absenční a prezenční výpůjčky krásné literatury dětem (knihy), z ř. 0302. Definice č. 39.</t>
+  </si>
+  <si>
+    <t>Ř. 0307 = Sloupec 16 DK – všechny evidované primární absenční a prezenční výpůjčky periodik, z ř. 0302. Definice č. 17 a č. 40.</t>
+  </si>
+  <si>
+    <t>Ř. 0308 = Sloupec 17 DK – všechny evidované primární absenční a prezenční výpůjčky historických dokumentů, z ř. 302. Definice č. 8.</t>
+  </si>
+  <si>
+    <t>Ř. 0309 = Sloupec 18 DK – všechny evidované primární absenční a prezenční výpůjčky mikrografických dokumentů, z ř. 302. Definice č. 9.</t>
+  </si>
+  <si>
+    <t>Ř. 0310 = Sloupec 19 DK – všechny evidované primární absenční a prezenční výpůjčky kartografických dokumentů, z ř. 302. Definice č. 10.</t>
+  </si>
+  <si>
+    <t>Ř. 0311 = Sloupec 20 DK – všechny evidované primární absenční a prezenční výpůjčky tištěných hudebnin, z ř. 302. Definice č. 11.</t>
+  </si>
+  <si>
+    <t>Ř. 0312 = Sloupec 21 DK –všechny evidované absenční a prezenční výpůjčky zvukových dokumentů, z ř. 302. Definice č. 12.</t>
+  </si>
+  <si>
+    <t>Ř. 0313 = Sloupec 22 DK – všechny evidované primární absenční a prezenční výpůjčky zvukově obrazových dokumentů, z ř. 302. Definice č. 13.</t>
+  </si>
+  <si>
+    <t>Ř. 0314 = Sloupec 23 DK – všechny evidované primární absenční a prezenční výpůjčky obrazových dokumentů, z ř. 302. Definice č. 14.</t>
+  </si>
+  <si>
+    <t>Ř. 0315 = Sloupec 24 DK – všechny evidované primární absenční a prezenční výpůjčky elektronických dokumentů, z ř. 302. Definice č. 15.</t>
+  </si>
+  <si>
+    <t>Ř. 0316 = Sloupec 25 DK – všechny evidované primární absenční a prezenční výpůjčky jiných dokumentů, tj. takových, které nelze z hlediska druhu dokumentů zařadit mezi výše uváděné, z ř. 302. Definice č. 16.</t>
+  </si>
+  <si>
+    <t>Ř. 0317= Sloupec 26 DK – z ř. 0302 všechny evidované prezenční výpůjčky, z ř. 302. Definice č. 34.</t>
+  </si>
+  <si>
+    <t>Údaje převezmete z Deníku veřejné knihovny, oddílů IV. Meziknihovní výpůjční služba, vydavatelská činnost, VI. Aktivity pro knihovny a provozovatele, regionální funkce (výběr) a dalších evidencí, které si knihovny vedou. Některé řádky podle skutečnosti k 31. 12. vykazovaného roku.</t>
+  </si>
+  <si>
+    <t>Meziknihovní výpůjční služba v rámci státu se uvádí v řádcích 0401 až 0402.</t>
+  </si>
+  <si>
+    <t>Ř. 0401 = Sloupec 34 DK – počet kladně vyřízených požadavků. Definice č. 54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ř. 0402 = Sloupec 35 DK – počet kladně vyřízených požadavků.  </t>
+  </si>
+  <si>
+    <t>Do řádků 0403 a 0407 se uvedou údaje o výměnných fondech v rámci RF z oddílu VI. Aktivity pro knihovny a provozovatele, regionální funkce (výběr) + profesní vzdělávání odborných zaměstnanců a podkladové evidence, které si knihovny o RF vedou.</t>
+  </si>
+  <si>
+    <t>Ř. 0403 = Sloupec 49 DK – Počet svazků, tj. počet všech dokumentů ve všech souborech poskytnutých jiným knihovnám.</t>
+  </si>
+  <si>
+    <t>Ř. 0404 = Sloupec 50 DK – Počet svazků, tj. počet všech dokumentů ve všech souborech od jiných knihoven.</t>
+  </si>
+  <si>
+    <t>Ř. 0405 = Sloupec 51 DK – Počet odborných zaměstnanců (fyzické osoby), kteří se profesně vzdělávali v daném roce. Definice č. 70 a č. 71.</t>
+  </si>
+  <si>
+    <t>Ř. 0406 = Sloupec 52 DK – Počet hodin celkem, kdy se odborní zaměstnanci profesně vzdělávali. Definice č. 70 a 71.</t>
+  </si>
+  <si>
+    <t>Ř. 0407 = Sloupec 53 DK – Odborní pracovníci (fyzické osoby), kteří splnili standard vzdělávání (48 nebo 8 hod./rok na jednoho zaměstnance). Definice č. 70 a č. 71</t>
+  </si>
+  <si>
+    <t>Do řádků 0408 až 0412 uvedete údaje z oddílu V. Kulturní a vzdělávací akce pro veřejnost, a to jen ze sloupců o počtu akcí.</t>
+  </si>
+  <si>
+    <t>Ř. 0408 = Sloupec 39 DK – Počet kulturních, komunitních nebo volnočasových akcí pro veřejnost celkem. Definice č. 59 a 60</t>
+  </si>
+  <si>
+    <t>Ř. 0409 = Sloupec 41 DK – Počet online (virtuálních) kulturních, komunitních nebo volnočasových akcí pro veřejnost. Definice č. 58</t>
+  </si>
+  <si>
+    <t>Ř. 0410 = ze sloupce 44 DK – Počet vzdělávacích akcí pro veřejnost celkem. Definice č. 59 a 60.</t>
+  </si>
+  <si>
+    <t>Ř. 0411 = Sloupec 46 DK – Počet online (virtuálních) vzdělávacích akcí pro veřejnost. Definice č. 60</t>
+  </si>
+  <si>
+    <t>Ř. 0412 = ze sloupce 44 a 46 – Počet vzdělávacích akcí v oblasti informačních a komunikačních technologií (ICT) z počtu vzdělávacích akcí pro veřejnost, tzn. z Ř. 0410 a Ř. 0411</t>
+  </si>
+  <si>
+    <t>Řádky 0413 až 0417 se vyplňují údaji o vydavatelské činnosti knihovny. Údaje přeberete z oddílu IV. MVS a vydavatelská činnost.</t>
+  </si>
+  <si>
+    <t>Ŕ. 0413 = Sloupec 36 DK – Počet vydaných titulů neperiodických publikací Definice č. 61.</t>
+  </si>
+  <si>
+    <t>Ř. 0414= Sloupec 36 DK – Uvede se součet nákladů jednotlivých vydaných titulů uvedených v Ŕ. 0413 .</t>
+  </si>
+  <si>
+    <t>Ř. 0415 = Sloupec 37 DK – Počet vydaných titulů periodického tisku. Definice č. 62.</t>
+  </si>
+  <si>
+    <t>Ř. 0416 = Sloupec 37 DK – Uvede se součet nákladů jednotlivých vydaných titulů uvedených v Ř. 0415</t>
+  </si>
+  <si>
+    <t>Ř. 0417= Sloupec 38 DK – Počet titulů vydaných elektronických dokumentů. Definice č. 63.</t>
+  </si>
+  <si>
+    <t>Ř. 0418= Plocha knihovny pro uživatele v m2. Definice č. 66.</t>
+  </si>
+  <si>
+    <t>Ř. 0419= Počet studijních míst k 31. 12. Definice č. 64</t>
+  </si>
+  <si>
+    <t>Ř. 0420 = Počet počítačů připojených na internet pro uživatele k 31.12. Definice č. 65.</t>
+  </si>
+  <si>
+    <t>Ř. 0423= Počet hodin pro veřejnost týdně. Definice č 69 a poznámka pod čarou ve výkaze Kult.</t>
+  </si>
+  <si>
+    <t>Údaje převezmete z Deníku knihovny, oddílu III. Elektronické služby nebo přímo ze statistik, které jsou součástí Vámi užívaných automatizovaných knihovních systému a dalších SW a dle skutečnosti v knihovně.</t>
+  </si>
+  <si>
+    <t>Ř. 0501 = Webová stránka knihovny. Zaškrtnete dle skutečnosti. Definice č. 41.</t>
+  </si>
+  <si>
+    <t>Ř. 0502 = Elektronický katalog knihovny na internetu. Zaškrtnete dle skutečnosti. Definice č. 43.</t>
+  </si>
+  <si>
+    <t>Ř. 0503 = Sloupec 27 DK – Počet návštěv webové stránky knihovny (za sledované období). Definice č. 41 a 42.</t>
+  </si>
+  <si>
+    <t>Ř. 0504 = Sloupec 28 DK – Počet vstupů do elektronického katalogu a elektronického výpůjčního protokolu. Definice č. 43 a 44.</t>
+  </si>
+  <si>
+    <t>Ř. 0506 = Počet licencovaných elektronických informačních zdrojů“. Uvede se dle skutečnosti. Definice č 47.</t>
+  </si>
+  <si>
+    <t>Ř. 0507 = Sloupec 29 DK Počet vstupů do elektronických informačních zdrojů a databází celkem (vlastní i licencované). Definice č. 47 a 48.</t>
+  </si>
+  <si>
+    <t>Ř. 0508 = Sloupec 30 DK – Počet zobrazených nebo stažených digitálních dokumentů. Definice č. 49.</t>
+  </si>
+  <si>
+    <t>Ř. 0509 = Sloupec 31 DK – Počet stažených digitálních dokumentů k dlouhodobému užití. Definice č. 50.</t>
+  </si>
+  <si>
+    <t>Ř. 0510 = Sloupec 32 DK – Počet online výpůjček e-knih. Definice č. 51.</t>
+  </si>
+  <si>
+    <t>Ř. 0511 = Sloupec 33 DK – Počet online výpůjček e-audioknih. Definice č. 51.</t>
+  </si>
+  <si>
+    <t>Ř 0513 = Sloupec 48 DK – Návštěvníci online (virtuálních) vzdělávacích akcí. Definice č. 30.</t>
+  </si>
+  <si>
+    <t>Ř. 0512 = Sloupec 43 DK – Návštěvníci online (virtuálních) kulturních, komunitních nebo volnočasových akcí. Definice č. 28.</t>
+  </si>
+  <si>
+    <t>Počty zaměstnanců se uvádějí v celoročním průměru evidenčního počtu zaměstnanců přepočteném na plně zaměstnané. Uvede se podle skutečnosti za vykazovaný rok. Definice č. 72 a 73 a 74.</t>
+  </si>
+  <si>
+    <t>Ř. 0601 = Zaměstnanci v pracovním poměru (fyzické osoby) k 31.12. Definice č. 68.</t>
+  </si>
+  <si>
+    <t>Ř. 0602 = Počet zaměstnanců (přepočtený stav). Definice č. 69</t>
+  </si>
+  <si>
+    <t>Ř. 0603 = z ř. 0601 VŠ knihovnického směru. (přepočtený stav).</t>
+  </si>
+  <si>
+    <t>Ř. 0604 = z ř. 0601 VOŠ knihovnického směru. (přepočtený stav).</t>
+  </si>
+  <si>
+    <t>Ř. 0605 = z ř. 0601 VŠ ostatní. (přepočtený stav).</t>
+  </si>
+  <si>
+    <t>Ř. 0606 = z ř. 0601 VOŠ ostatní (přepočtený stav).</t>
+  </si>
+  <si>
+    <t>Ř. 0607 = z ř. 0601 SŠ knihovnického směru (přepočtený stav).</t>
+  </si>
+  <si>
+    <t>Ř. 0608 = z ř. 0601 SŠ ostatní (přepočtený stav).</t>
+  </si>
+  <si>
+    <t>Ř. 0609 = z ř. 0601 ostatní zaměstnanci (tj. neuvedení v řádcích 0603 až 0608).</t>
+  </si>
+  <si>
+    <t>Ř. 0610 = Počet osob pracujících na základě některé z dohod o pracích konaných mimo pracovní poměr (DPP, DPČ). Uvede se počet fyzických osob bez ohledu na počet uzavřených dohod. Definice č. 77 a 78.</t>
+  </si>
+  <si>
+    <t>Ř. 0611 = Počet hodin odpracovaných osobami na základě DPP, DPČ, Uvede se počet odpracovaných hodin celkem.</t>
+  </si>
+  <si>
+    <t>Ř. 0614 = Počet dobrovolných pracovníků. Vyplní se dle skutečnosti ve vykazující knihovně za vykazované období. Uvádí se počet fyzických osob. Definice č. 72.</t>
+  </si>
+  <si>
+    <t>Ř. 0615 = Počet hodin odpracovaných dobrovolnými pracovníky celkem za vykazované období. Vyplní se dle skutečnosti ve vykazující knihovně za vykazované období. Definice č. 73.</t>
+  </si>
+  <si>
+    <t>Definice č. 82–118 se vztahují k vykazování údajů o hospodaření. Oddíly VII. a VIII. Oddíly vyplňují všechny knihovny dle skutečnosti. Údaje se získají z Výkazu zisku a ztráty sestaveného k 31. 12. b. r., a analytického účtování, resp. platné směrné účtové osnovy, vyhláška č. 410/2009 Sb., v platném znění.</t>
+  </si>
+  <si>
+    <t>Ř. 0701= Definice č. 80 – Tržby za vlastní výkony (výrobky, služby) a za zboží. Výnosy z vlastních výkonů a zboží (účtová skupina 60). Z hlavní i hospodářské činnosti.</t>
+  </si>
+  <si>
+    <t>Ř. 0702 = Definice č. 81 – z Ř. 0701 – Výnosy (příjmy) z hlavní činnosti. Z Ř. 0701 pouze výnosy (příjmy) z hlavní činnosti, tj. ponížené o příjmy z hospodářské činnosti. Nemá-li knihovna hospodářskou činnost, Ř. 0702 se rovná Ř. 0701.</t>
+  </si>
+  <si>
+    <t>Ř. 0703 = Definice č. 82 – Příspěvky, dotace a granty ze státního rozpočtu. V jedné částce se uvádí součet všech příspěvků, dotací a grantů, subvencí, nenávratné finanční výpomoci, podpor, peněžních darů na provoz knihovny ze státního rozpočtu, tj. z ministerstev a jiných subjektů státu, (účet 67).</t>
+  </si>
+  <si>
+    <t>Ř. 0704 = Definice č. 83 – Příspěvky, dotace a granty z rozpočtu kraje. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu kraje. (úč. 67).</t>
+  </si>
+  <si>
+    <t>Ř. 0705 = Definice č. 84 – Příspěvky, dotace a granty z rozpočtu obce. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu obce. (účet 67).</t>
+  </si>
+  <si>
+    <t>Ř. 0706 = Definice č. 85 – Příspěvky, dotace a granty na provoz od ostatních subjektů. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny získaných od jiných subjektů, než je stát, kraj a obec. (účet 672).</t>
+  </si>
+  <si>
+    <t>Ř. 0707 = Definice č. 86 – Příspěvky, dotace a granty na provoz ze zahraničí. V jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny získaných od zahraničních subjektů.</t>
+  </si>
+  <si>
+    <t>Ř. 0708 = Definice č. 87 – z Ř. 0707– Příspěvky, dotace a granty na provoz z fondů EU. V jedné částce se uvádí součet všech dotací, příspěvků a grantů na provoz knihovny získaných z fondů EU z celkové částky získané ze zahraničí, tj. z ř. 0707 viz definice č. 88 (účtová skupina 67).</t>
+  </si>
+  <si>
+    <t>Ř. 0709 = Definice č. 88 – Dary a sponzorské příspěvky. V jedné částce se uvádí součet všech darů. Sponzorský příspěvek uvádět jen v případě, že není vázán na protislužbu a chápán jako platba za její poskytnutí (reklama).</t>
+  </si>
+  <si>
+    <t>Ř. 0710 = Definice č. 89 – Ostatní provozní výnosy výše neuvedené. Součet všech ostatních výnosů výše neuvedených (v řádcích 0701 až 0709) Účtové skupiny 64, 66.</t>
+  </si>
+  <si>
+    <t>Ř. 0711 = Definice č. 90 – Příjmy (výnosy) celkem. Ř. 0711= součet (∑) Ř. 0701 + Ř. 0703 až Ř. 0707+ Ř. 0709+ Ř. 0710. Součet účtů třídy 6… za hlavní i hospodářskou činnost.</t>
+  </si>
+  <si>
+    <t>Ř. 0714 = Definice č. 93 – Dotace a granty na investice z rozpočtu obce. Součet všech dotací a grantů na investice z rozpočtu obce.</t>
+  </si>
+  <si>
+    <t>Ř. 0715 = Definice č. 94 – Dotace a granty na investice od ostatních subjektů. Součet všech dotací a grantů na investice získaných od jiných subjektů, než je stát, kraj nebo obec, tj. neuvedených v položkách dle definic č. 93, 94, 95 (tj. v Ř. 0712, Ř. 0713, Ř. 0714).</t>
+  </si>
+  <si>
+    <t>Ř. 0716 = Definice č. 95 – Dotace a granty na investice ze zahraničí. Součet všech dotací a grantů na investice získaných od zahraničních subjektů (včetně fondů EU).</t>
+  </si>
+  <si>
+    <t>Ř. 0717 = Definice č. 96 – z Ř. 0716 – Dotace a granty na investice z fondů EU. Z částky uvedené v definici č. 95 (tj. v Kult Ř. 0716) se uvedou pouze dotace a granty na investice z fondů EU.</t>
+  </si>
+  <si>
+    <t>Ř. 0718 = Definice č. 97 – Dotace a granty na investice celkem. Ř. 0718 = součet (∑) Ř. 0712 + Ř. 0713 + Ř. 0714 + Ř. 0715 + Ř. 0716. Součet všech dotací a grantů, které knihovna získala za vykazované období. Je součtem částek uvedených v definicích č. 93 až 97. (Kult Ř. 0718= součet řádků Ř. 0712 až Ř. 0716).</t>
+  </si>
+  <si>
+    <t> – vyplňují všechny knihovny, především pak ZKNP povinně vyplní ř. 0808 až 0810, byť by byl údaj nula.</t>
+  </si>
+  <si>
+    <t>Pozn. k definicím dále. Ř. 0801 až Ř. 0815 se týkají neinvestičních nákladů, a to neinves­tičních nákladů na hlavní i hospodářskou činnost. Investiční výdaje se vykazují v Ř. 0817. Celkové náklady pouze na hlavní činnost se uvedou v Ř. 0816, a jsou součástí Ř. 0815.</t>
+  </si>
+  <si>
+    <t>Ř. 0802 = Z výdajů z ř. 0801 (Definice č. 98) Výdaje knihovny na nájmy.</t>
+  </si>
+  <si>
+    <t>Ř. 0803 = Osobní náklady.</t>
+  </si>
+  <si>
+    <t>Ř. 0801 – Spotřeba materiálu energie, zboží a služeb. Veškeré výdaje na materiál, energie a služby, včetně pořízení knihovního fondu a nákupu licencí na informační zdroje. (účtová skupina 50 a 51 ev. další použité účty).</t>
+  </si>
+  <si>
+    <t>Ř. 0804 – Mzdy (resp. platy). Uvede se celková výše mzdových nákladů, resp. prostředků vyplacených mezd/platů (zejména součet – tarifní plat, příplatek za vedení, osobní příplatek, příplatek za přesčas, příplatek za práci v sobotu a neděli, odměna) a náhrady mzdy za dočasnou pracovní neschopnost. Je součástí celkové částky Osobní náklady viz definice č. 101. (účet 521). (z Kult ř. 0803).</t>
+  </si>
+  <si>
+    <t>Ř. 0805 – Ostatní osobní náklady. Uvedou se částky vyplacené na dohody o provedení práce, dohody o pracovní činnosti, a autorské honoráře. Je součástí celkové částky osobní náklady viz definice č. 102 (resp. z Kult Ř. 0803).</t>
+  </si>
+  <si>
+    <t>Ř. 0806 – Náklady na zdravotní a sociální pojištění.  Přesněji: náklady na zákonné sociální pojištění. uvede se částka zaplacená zaměstnavatelem na zákonné sociální pojištění. je součástí celkové částky osobní náklady viz definice č. 100 a Kult Ř. 0803. (účet 524).</t>
+  </si>
+  <si>
+    <t>Ř. 0807 – Zákonné sociální náklady. Účet 527 obsahuje náklady podle § 24, odst. 2 písm. j zákona o dani z příjmu, pokud se na příslušnou účetní jednotku vztahují podle jiného právního předpisu (zejména náklady na pracovní a sociální podmínky, náklady na bezpečnost a ochranu zdraví při práci, pracovně lékařské služby, náklady na odborný rozvoj zaměstnanců, závodní stravování), včetně přídělu do fondu kulturních a sociálních potřeb. Je součástí celkové částky Osobní náklady viz definice č. 100 a Kult Ř. 0803.</t>
+  </si>
+  <si>
+    <t>Ř. 0808 – Náklady na pořízení knihovního fondu celkem. Částka z řádku Kult 0801. Souhrn veškerých výdajů za všechny dokumenty zakoupené knihovnou během sledovaného roku do knihovního fondu, na výměnu dokumentů, náklady na nákup periodik, předplatné periodik a pořízení licencí na elektronické informační zdroje. Přičemž licence mohou být účtovány i na účtu 518 a 549.</t>
+  </si>
+  <si>
+    <t>Ř. 0809 – Nákup a předplatné periodik.  Z celkové částky na pořízení knihovního fondu definice č. 106 (Kult Ř. 0808) se uvede pouze částka na pořízení periodik.</t>
+  </si>
+  <si>
+    <t>Ř. 0810 – Nákup a pořízení licencí na elektronické zdroje. Náklady na úhradu licencí na elektronické informační zdroje. Uvádí se z celkové částky na pořízení knihovního fondu definice č. 107 (Kult Ř. 0808). Účty 518 a 549.</t>
+  </si>
+  <si>
+    <t>Ř. 0811 – Daně a poplatky (bez daně z příjmů). Souhrn částek za daně silniční, z nemovitostí, ostatní daně a poplatky … (účtová sku­pina 53).</t>
+  </si>
+  <si>
+    <t>Ř. 0812 – Daň z příjmů. Účtová skupina 59.</t>
+  </si>
+  <si>
+    <t>Ř. 0813 – Odpisy dlouhodobého majetku.  Včetně nákladů z pořízení drobného dlouhodobého majetku (účt. sk. 55).</t>
+  </si>
+  <si>
+    <t>Ř. 0814 – Ostatní provozní náklady výše neuvedené. Výše neuvedené ostatní náklady z činností a finanční náklady (zejména z účet. sk. 55).</t>
+  </si>
+  <si>
+    <t>Ř. 0815 – Výdaje (náklady) celkem. Uvede se součet částek z řádků Kult 0801 + ř. 0803 + ř. 0811 až ř. 0814. (Ř. 0815 = součet (∑) ř. 0801 + 0803 + 0811 + 0812 + 0813 + 0814.)</t>
+  </si>
+  <si>
+    <t>Ř. 0816 – Výdaje na hlavní činnost. Z částky Výdaje (náklady) celkem (ř. 0815) se uvedou pouze výdaje na hlavní činnost. Viz též z Výkazu zisku a ztráty – Náklady celkem, ze sloupce Na hlavní činnost.</t>
+  </si>
+  <si>
+    <t>Ř. 0819 – Výdaje na nehmotný investiční majetek. Doba použitelnosti delší než jeden rok. Je součástí celkové částky v Kult Ř. 0817.</t>
+  </si>
+  <si>
+    <t>521 mzdové náklady (mzda, plat, OON)</t>
+  </si>
+  <si>
+    <t>524 zákonné sociální pojištění</t>
+  </si>
+  <si>
+    <t>525 jiné sociální pojištění</t>
+  </si>
+  <si>
+    <t>527 zákonné sociální náklady</t>
+  </si>
+  <si>
+    <t>528 jiné sociální náklady</t>
+  </si>
+  <si>
+    <t>Roční výkaz o knihovně Kult (MK) 12-01 vyplňují všechny knihovny v papírové nebo elektronické podobě. Výkaz má devět oddílů. Pokud se u vykazující knihovny některá z činností nevyskytuje, vyplní se příslušný řádek (pole) nulou. Formulář výkazu dostupný na:</t>
+  </si>
+  <si>
+    <t>(Vyhláška č. 410/2009 Sb., kterou se provádějí některá ustanovení zákona č. 563/1991 Sb., o účetnictví, ve znění pozdějších předpisů, pro některé vybrané účetní jednotky., které jsou územními samosprávnými celky, příspěvkovými organizacemi, státními fondy a organizačními složkami státu, v platném znění. )</t>
+  </si>
+  <si>
+    <t>Podklady získáte na ekonomickém oddělení (úseku) knihovny nebo v ekonomickém oddělení (úseku) zřizovatele (obecní, městský úřad). Definice vykazovaných položek z oblasti hospodaření a pro tento statistický účel budou uvedeny na webu KI NK ČR.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Kontrola správnosti:</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> Ř. 0102= součtu (∑) ř. 0101 + ř. 0116 – ř. 0117 + ř. 0118 – ř. 0119.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Venkovní čítárna</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> = prostor patřící knihovně, který je součástí budovy nebo venkovní prostor na knihovnu těsně navazující, vybavený minimálně sedacím nábytkem, ve kterém mohou návštěvníci alespoň část roku využívat knihovnické a informační služby (například čtení, hraní společenských her, vzdělávací, kulturní a volnočasové akce atd.).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Komunitní aktivity</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> = knihovnou pořádané akce, které oslovují obyvatele regionálně příslušných lokalit. Řadí se mezi ně volnočasové a vzdělávací aktivity, jež knihovny poskytují veřejnosti s ohledem na specifické potřeby cílových skupin. Knihovny se pomocí těchto aktivit snaží být nejen místem mezigeneračního setkávání, seznámení obyvatel rozdílných etnik, národností, ale také prostorem pro lidi z různých sociálních poměrů.</t>
+    </r>
+  </si>
+  <si>
+    <t>PROLONGACE (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček NEUVÁDĚJÍ.</t>
+  </si>
+  <si>
+    <t>Primární fyzická výpůjčka beletrie (prózy), poezie, divadelní hry, filmového scénáře ve formě papírové knihy dospělému uživateli. Primární výpůjčka = první knihovnou evidované půjčení konkrétní knihovní jednotky konkrétnímu uživateli. PROLONGACE (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček NEUVÁDĚJÍ.</t>
+  </si>
+  <si>
+    <t>Primární výpůjčka = první knihovnou evidované půjčení konkrétní knihovní jednotky konkré­nímu uživateli.</t>
+  </si>
+  <si>
+    <t>Primární fyzická výpůjčka beletrie (prózy), poezie, divadelní hry, filmového scénáře ve formě papírové knihy uživateli mladšímu 15 let. Primární výpůjčka = první knihovnou evidované půjčení konkrétní knihovní jednotky konkrétnímu uživateli. PROLONGACE (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček NEUVÁDĚJÍ.</t>
+  </si>
+  <si>
+    <t>Pracující knihovna musí mít uvedenou plochu pro uživatele</t>
+  </si>
+  <si>
+    <t>Pracující knihovna musí mít uvedeny otevírací hodiny.</t>
+  </si>
+  <si>
+    <t>Pokud má knihovna počítač, musí mít k tomu uvedeno v ř. 0419 i studijní místo.</t>
+  </si>
+  <si>
+    <t>Ř. 0612 = Osoby v jiném než pracovněprávním vztahu (OSVČ, smlouvy o dílo aj.). POZNÁMKA: Vztahuje se na osoby pracující na základě nějakého typu smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné. Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob. Definice č. 79.</t>
+  </si>
+  <si>
+    <t>Ř. 0818 – Výdaje na hmotný investiční majetek. Dlouhodobý majetek se vykazuje v souladu s legislativně stanovenými kritérii (zákony o daních z příjmů a účetnictví), zejména s ohledem na vstupní cenu a dobu použitelnosti delší než jeden rok.</t>
+  </si>
+  <si>
+    <t>Výdaje na hmotný investiční majetek. Dlouhodobý majetek se vykazuje v souladu s legislativně stanovenými kritérii (zákony o daních z příjmů a účetnictví), zejména s ohledem na vstupní cenu a dobu použitelnosti delší než jeden rok. Je součástí částky v Kult ř. 0817.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Počet zaměstnanců knihovny v hlavním pracovním poměru, přepočtený na plně zaměstnané za rok. Tzn. Zaměstnanci s pracovní smlouvou, jejíž součástí je zařazení do platové třídy a stupně dle vzdělání zaměstnance.                                       Vykazujeme na 2 desetinná místa. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pouze virtuální akce. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> Počet počítačů připojených na internet pro uživatele </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>k 31. 12.</t>
+    </r>
+  </si>
+  <si>
+    <t>Zdroj: Deník knihovny vydaný ve spolupráci NIK a Knihovnického institutu Národní knihovny ČR</t>
+  </si>
+  <si>
+    <r>
+      <t>Poznámka:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> Dokumenty v Braillově (hmatovém) písmu se zahrnují do krásné nebo naučné literatury.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Příklad:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> uživatel se registruje v listopadu roku 2024, v únoru si půjčí knihu a bude mu pro potřeby statistiky potvrzena registrace pro rok 2025. V listopadu 2025 mu projde roční registrace a požádá o její prodloužení, v tomto případě se obnovená registrace pro potřebu statistiky nezapočítává, ale započte se v roce 2026 při první zaznamenané transakci.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Příklad:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> uživatel se registruje v listopadu roku 2024, v únoru si půjčí knihu a bude mu pro potřeby statistiky potvrzena registrace pro rok 2025. V listopadu 2025 mu projde roční registrace a požádá o její prodloužení, v tomto případě se obnovená registrace pro potřebu statistiky nezapočítává, ale započte se v roce 2026 při první zaznamenané transakci.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Započítávají se i účastníci vzdělávacích akcí určených pro knihovníky a zřizovatele/ provozovatele knihoven, které </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>NEJSOU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> organizovány v rámci regionálních funkcí.</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t>Knihovní jednotka</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> = fyzický dokument (např. kniha), digitální dokument na fyzickém nosiči (např. CD-ROM) nebo digitální dokument (např. elektronická kniha, elektronická audiokniha).</t>
     </r>
   </si>
   <si>
     <r>
       <t>Primární výpůjčka</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
@@ -5396,1115 +6388,248 @@
       <t>PROLONGACE</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> (prodloužení doby výpůjčky konkrétní knihovní jednotky) se do počtu výpůjček </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>NEUVÁDĚJÍ.</t>
     </r>
   </si>
   <si>
-    <t>https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D</t>
-[...207 lines deleted...]
-  <si>
     <r>
       <t>Počet návštěv webové stránky knihovny bez ohledu na počet stran nebo prohlížených souborů, z prostoru knihovny nebo z prostoru mimo knihovnu.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Návštěva webové stránky je definována jako série požadavků na stránky jednoho webu od jednoho unikátního návštěvníka v rámci časového intervalu 30 minut (tzn. – že nový požadavek na stránku dotčeného webu musí následovat maximálně za 30 minut od předchozího požadavku). Pokud mezi dvěma požadavky uplynulo více než 30 minut, jde již o novou návštěvu/návštěvníka. Toto pravidlo vychází z mezinárodního standardu organizace IF ABC a je používáno jak měřícími službami domácími, tak i zahraničními.</t>
     </r>
   </si>
   <si>
-    <t>Zpřístupnění digitálního dokumentu nebo jeho části. Nezapočítává se pouhé stažení obálky, obsahu či jiné doprovodné součásti dokumentu.</t>
-[...808 lines deleted...]
-    <t>Pokud má knihovna počítač, musí mít k tomu uvedeno v ř. 0419 i studijní místo.</t>
+    <t>Dohoda o provedení práce je specifický druh pracovního vztahu, který je upraven zákoníkem práce. Na rozdíl od standardního pracovního poměru, DPP je omezena na určitý rozsah práce a nemá charakter trvalého pracovního zařazení. Jedná se o práci mimo hlavní pracovní poměr v rozsahu maximálně 300 hodin ročně pro jednoho zaměstnavatele (krátkodobé nebo jednorázové úkoly).
+Uveďte celkový počet jedinečných fyzických osob, které pro knihovnu v daném roce pracovaly na základě uzavřené DPP (řádek 0610). Každá osoba se počítá pouze jednou, bez ohledu na to, kolik samostatných DPP v průběhu roku uzavřela. Pokud měl například student DPP v létě na 200 hodin a poté v prosinci další DPP na jinou činnost na 50 hodin, do statistiky se započítá jako 1 osoba.</t>
+  </si>
+  <si>
+    <t>Dohoda o pracovní činnosti je druh pracovněprávního vztahu, který je upraven zákoníkem práce. Podobá se dohodě o provedení práce (DPP), ale má některé odlišnosti. Obě tyto dohody se liší od klasického pracovního poměru. Práce mimo hlavní pracovní poměr v rozsahu, který v průměru nepřekračuje polovinu stanovené týdenní pracovní doby (typicky 20 hodin týdně, analogicky k polovičnímu úvazku). Vhodná pro pravidelnou, ale časově omezenou činnost.
+Stejně jako u DPP uveďte celkový počet jedinečných fyzických osob, které v daném roce pro knihovnu pracovaly na DPČ (řádek 0611). I zde platí, že jedna osoba se počítá jen jednou.</t>
+  </si>
+  <si>
+    <t>Vztahuje se na osoby pracující na základě určitého typu dodavatelské smlouvy (licenční smlouvy, smlouvy o spolupráci, smlouvy o dílo, příkazní smlouvy aj.), zahrnuty jsou také osoby samostatně výdělečně činné (OSVČ). Vztahuje se pouze na smluvní vztahy s fyzickými osobami, vyjma vztahů pracovně právních. Nezahrnuje služby právnických osob (např. s. r. o., a. s.). Tato kategorie tak obsahuje spolupráci s externími dodavateli (fyzickými osobami), kteří pracují na základě faktury, nikoli mzdy vyplývající z pracovní smlouvy. Evidence je založena na smluvních vztazích.
+Uveďte počet unikátních fyzických osob, se kterými měla knihovna v daném roce uzavřen smluvní vztah (smlouva o dílo, licenční smlouva, příkazní smlouva atd. – řádek 0612). Započítejte každého jednotlivého dodavatele (IČO nebo jméno) pouze jednou. Pokud jste například objednali u jednoho lektora (OSVČ) tři různé besedy v průběhu roku, do statistiky se vykáže jako 1 osoba. V řádku 0613 uveďte počet odpracovaných hodin těmito osobami, tj. v jiném než pracovněprávním vztahu. Počet hodin lze stanovit několika způsoby:
+•	uvedení předpokládaného rozsah práce v hodinách přímo ve znění smlouvy,
+•	u nahodilých a jednorázových akcí v předávacím protokolu nebo na faktuře uvedený reálný (nebo kvalifikovaně odhadnutý) počet odpracovaných hodin,
+•	u dlouhodobých a pravidelných služeb provedení vlastního odhadu dle konzultace s dodavatelem,
+pokud nelze počet hodin zjistit jinak, lze jej odhadnout zpětným výpočtem z ceny služby a obvyklé hodinové sazby v daném oboru v místě a čase obvyklé.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.nipos-mk.cz </t>
+  </si>
+  <si>
+    <t>https://www.statistikakultury.cz/nase-vykazy/</t>
+  </si>
+  <si>
+    <t>Ř. 0712 = Definice č. 91 – Dotace a granty na investice ze státního rozpočtu. Součet všech dotací a grantů na investice ze státního rozpočtu, tj. ministerstev a jiných subjektů státu.</t>
+  </si>
+  <si>
+    <t>Ř. 0713 = Definice č. 92 – Dotace a granty na investice z rozpočtu kraje. Součet všech dotací a grantů na investice z rozpočtu kraje.</t>
+  </si>
+  <si>
+    <t>Ř. 0817 – Investiční výdaje (na hmotný a nehmotný majetek) celkem. Ř. 0817 = součet (∑) ř. 0818 + 0819. Uvede se součet investičních výdajů za hmotný majetek (definice č. 115) a nehmotný majetek (definice č. 116), tzn. součet řádků Kult Ř. 0818 a Ř. 0819.</t>
+  </si>
+  <si>
+    <t>POMOCNÁ METODIKA PRO VYPLŇOVÁNÍ ODDÍLŮ VII A VIII</t>
+  </si>
+  <si>
+    <t>zejména pro neprofesionální a malé profesionální knihovny (postup vyplňování):</t>
+  </si>
+  <si>
+    <t>1. Krok: začněte u výdajů tzn. oddílem VIII. (řádky začínající číslem 08)</t>
+  </si>
+  <si>
+    <t>Ř 0808 - Náklady na pořízení knihovního fondu celkem = Souhrn veškerých výdajů za všechny dokumenty zakoupené knihovnou během sledovaného roku do knihovního fondu, na výměnu dokumentů, náklady na nákup periodik, předplatné periodik a pořízení licencí na elektronické informační zdroje (e-knihy a e-audioknihy, které se účtují jako služba). Nezapomeňte na společenské hry, CD.</t>
+  </si>
+  <si>
+    <t>Pokud nakupujete knihovní fond jako pověřená knihovna do stálého/kmenového fondu některé obsluhované knihovny/obce, tak tyto náklady/peníze se do tohoto řádku neuvádějte.</t>
+  </si>
+  <si>
+    <t>0809 – Nákup a předplatné periodik = z celkové částky na pořízení knihovního fondu uvedete jen náklady na časopisy/periodika.</t>
+  </si>
+  <si>
+    <t>0810 – Nákup a pořízení licencí na elektronické zdroje = náklady na elektronické databáze u těch knihoven, které si je kupují. Do tohoto řádku uvedete také náklady na e-knihy a e-audioknihy nakoupené prostřednictvím společnosti Palmknihy.</t>
+  </si>
+  <si>
+    <t>0804 – Mzdy, respektive platy = uvedete celkovou výši mzdových nákladů, resp. prostředků vyplacených mezd/platů (zejména součet: tarifní plat, příplatek za vedení, osobní příplatek, příplatek za přesčas, příplatek za práci v sobotu a neděli, odměna) a náhrady mzdy za dočasnou pracovní neschopnost.</t>
+  </si>
+  <si>
+    <t>0805 – Ostatní osobní náklady = uvedete částky vyplacené na dohody o provedení práce, dohody o pracovní činnosti, a autorské honoráře.</t>
+  </si>
+  <si>
+    <t>0806 – Náklady na zdravotní a sociální pojištění = uvedete částku zaplacenou zaměstnavatelem na zákonné sociální pojištění.</t>
+  </si>
+  <si>
+    <t>0807 – zákonné sociální náklady = do tohoto řádku nezapomeňte uvádět: stravenky, příděl do FKSP nebo sociálního fondu a pojistné za zaměstnance.</t>
+  </si>
+  <si>
+    <t>0803 – Osobní náklady = sečet řádků 0804 + 0805 + 0806 + 0807</t>
+  </si>
+  <si>
+    <t>0801 – Spotřeba materiálu, energie, zboží a služeb = zde uvedete veškeré výdaje na materiál, energie a služby, včetně nákladů na pořízení knihovního fondu a nákupu licencí na el. informační zdroje, ale i veškeré opravy, …a nezapomeňte na granty a jiné dotace = to znamená celkovou částku na projekt (dotace i spoluúčast).</t>
+  </si>
+  <si>
+    <t>Pokud jste pověřená knihovna výkonem regionálních funkcí a nakupujete knihy obsluhovaným knihovnám do jejich stálého/kmenového fondu, tak je do tohoto řádku neuvádějte! Dále do tohoto řádku nepatří peníze/náklady na investiční věci, ty patří jinam!</t>
+  </si>
+  <si>
+    <t>0802 na tento řádek se uvádí nájmy, které knihovna platí jiným organizacím</t>
+  </si>
+  <si>
+    <t>0811 – Daně a poplatky</t>
+  </si>
+  <si>
+    <t>0812 – Daň z příjmů</t>
+  </si>
+  <si>
+    <t>0813 – Odpisy dlouhodobého majetku</t>
+  </si>
+  <si>
+    <t>0814 – Ostatní provozní náklady výše neuvedené = do tohoto řádku uvádějte: cestovné, náklady na reprezentaci, poplatky za rozmnoženiny a hudební produkce.</t>
+  </si>
+  <si>
+    <t>0815 – Výdaje(náklady) celkem = Součet řádků: 0801 + 0803 + 0811 až 0814</t>
+  </si>
+  <si>
+    <t>0816 – z řádku 0815 výdaje na hlavní činnost. Tzn. náklady vynaložené přímo na hlavní činnost knihovny (činnost, kvůli které byla knihovny založena).</t>
+  </si>
+  <si>
+    <t>2. Krok: přejděte na příjmy tzn. oddíl VII. (řádky začínající číslem 07).</t>
+  </si>
+  <si>
+    <t>Knihovny, které nemají právní subjektivitu opíší řádek 0815 do řádku 0711. Knihovny s právní subjektivitou se tímto pravidlem neřídí.</t>
+  </si>
+  <si>
+    <t>0701 – Tržby za vlastní výkony (výrobky, služby) a za zboží = uvedete všechny příjmy, které získáte.</t>
+  </si>
+  <si>
+    <t>Knihovny pověřené výkonem regionálních funkcí, které pro obsluhované knihovny nakupují do jejich stálého/kmenového fondu, odečtou/neuvádí peníze na knihy/knihovní jednotky, které obce/zřizovatelé konkrétních obsluhovaných knihoven na nákup poslaly.</t>
+  </si>
+  <si>
+    <t>0702 – z řádku 0701 výnosy (příjmy) z hlavní činnosti = z řádku 0701 pouze výnosy (příjmy) z hlavní činnosti, tj. ponížené o příjmy z hospodářské činnosti. Nemá-li knihovna hospodářskou činnost, řádek 0702 se rovná řádku 0701.</t>
+  </si>
+  <si>
+    <t>0703 – Příspěvky, dotace a granty na provoz ze státního rozpočtu = nejčastěji se zde uvádí VISK a K21 (pozor uvádí se jen přidělená dotace tzn. bez spoluúčasti).</t>
+  </si>
+  <si>
+    <t>0704 – Příspěvky, dotace, granty na provoz z rozpočtu kraje = v jedné částce uvedete součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu kraje. Knihovny pověřené výkonem regionálních funkcí, zde uvedou peníze/příjmy na výkon RF.</t>
+  </si>
+  <si>
+    <t>0705 – Příspěvky, dotace, granty na provoz z rozpočtu obce = v jedné částce se uvádí součet všech příspěvků, dotací a grantů na provoz knihovny z rozpočtu obce.</t>
+  </si>
+  <si>
+    <t>Knihovny bez právní subjektivity = tento řádek vyplníte jako poslední následujícím výpočtem: od řádku 0711 odečtete řádky (0701 + 0703 +0704 + 0705 + 0706 + 0707+0709 + 0710)</t>
+  </si>
+  <si>
+    <t>Knihovny s právní subjektivitou vyplní podle skutečnosti.</t>
+  </si>
+  <si>
+    <t>0706 – Příspěvky, dotace a granty na provoz ostatních subjektů = do tohoto řádku uvedete všechny příspěvky, dotace a granty získané od jiných subjektů, než je stát, kraj nebo zřizovatel. Například zde uvedete příspěvky na aktivity od SKIP.</t>
+  </si>
+  <si>
+    <t>0707, 0708 – Příspěvky, dotace a granty na provoz ze zahraničí</t>
+  </si>
+  <si>
+    <t>0709 – Dary a sponzorské příspěvky = zde uvádějte peníze od sponzorů. Sponzorský příspěvek uvádějte jen v případě, že není vázán na protislužbu a chápán jako platba za její poskytnutí (reklama).</t>
+  </si>
+  <si>
+    <t>0710 – Ostatní provozní výnosy výše neuvedené = zde uvádějte například úroky nebo proplacení pojistné události.</t>
+  </si>
+  <si>
+    <t>Teprve teď knihovny, bez právní subjektivity vyplní řádek 0705 a to tak, že od řádku 0711 odečtou (0701 + 0703 +0704 + 0705 + 0706 + 0707+0709 + 0710)</t>
+  </si>
+  <si>
+    <t>3. Krok: doplňte investice tzn. nejprve řádky 0818 a 0819, jejich součet = 0817</t>
+  </si>
+  <si>
+    <t>4. Krok: doplňte peníze/příjmy, které jste získali na investice od různých subjektů, řádky 0712 ÷ 0716 jejich součet = 718.</t>
+  </si>
+  <si>
+    <t>Pozn. měly by to být peníze zvlášť na investice, neměly by se objevovat v 801.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <numFmts count="4">
-[...3 lines deleted...]
-    <numFmt numFmtId="167" formatCode="00000000"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="0000"/>
+    <numFmt numFmtId="165" formatCode="#,##0.0"/>
+    <numFmt numFmtId="166" formatCode="00000000"/>
   </numFmts>
   <fonts count="122" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -6627,57 +6752,50 @@
       <charset val="238"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="7.5"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -6841,78 +6959,78 @@
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <name val="Calibri"/>
@@ -7212,236 +7330,236 @@
       <sz val="10"/>
       <color theme="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...1 lines deleted...]
-      <color indexed="8"/>
+      <sz val="7"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="5"/>
-      <color indexed="8"/>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
-      <sz val="5"/>
+      <sz val="5.5"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="7.5"/>
-      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...7 lines deleted...]
-      <b/>
       <sz val="8"/>
-      <color theme="1"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="7"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="7"/>
+      <sz val="7.5"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="5.4"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Wingdings"/>
+      <charset val="2"/>
     </font>
     <font>
-      <sz val="5.4"/>
+      <sz val="6"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...14 lines deleted...]
-      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="4"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="8"/>
+      <sz val="5.4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="5.4"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="6"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="7.5"/>
-[...21 lines deleted...]
-      <sz val="5.5"/>
+      <sz val="5"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...8 lines deleted...]
-      <sz val="10"/>
+      <vertAlign val="superscript"/>
+      <sz val="5"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -7450,50 +7568,56 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor theme="7" tint="0.79998168889431442"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="87">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -8128,612 +8252,604 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...20 lines deleted...]
-      </left>
       <right style="thin">
-        <color indexed="64"/>
-[...59 lines deleted...]
-      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left style="medium">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...11 lines deleted...]
-      </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
-      <right style="thin">
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
-[...14 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
-      </left>
-      <right/>
+      </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...22 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1228">
+  <cellXfs count="1238">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="59" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="59" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="54" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="55" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="54" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="55" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="66" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="66" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
@@ -8787,464 +8903,441 @@
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="66" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="65" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="65" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="39" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="73" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="73" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="74" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment shrinkToFit="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="54" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="54" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="54" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="54" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="55" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="72" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="85" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="87" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
-      <protection hidden="1"/>
-[...10 lines deleted...]
-      <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
@@ -9252,4065 +9345,4131 @@
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="90" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="91" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="92" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="93" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment shrinkToFit="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" shrinkToFit="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="94" fillId="0" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="95" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="95" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="94" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="83" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="4" fontId="66" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="66" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="66" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="75" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="76" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="6" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="6" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="74" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection hidden="1"/>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="72" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="97" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="5" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="69" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="65" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="72" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="66" fillId="2" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="66" fillId="2" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="57" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="73" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="97" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="98" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="5" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="73" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" textRotation="90" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="66" fillId="2" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="66" fillId="2" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="66" fillId="2" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="66" fillId="2" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="66" fillId="2" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="66" fillId="2" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="66" fillId="2" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="66" fillId="2" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="66" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="66" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="66" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="66" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="67" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="165" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="105" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="100" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="105" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="105" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="110" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="103" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="104" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="59" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="83" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="105" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="105" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="79" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="80" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="73" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="14" fontId="120" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="106" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="77" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="79" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="71" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...67 lines deleted...]
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="111" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="111" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="121" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="107" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="77" xfId="0" applyBorder="1" applyProtection="1">
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="71" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="111" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="111" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...25 lines deleted...]
-    <xf numFmtId="3" fontId="71" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="83" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="71" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="83" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="59" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="71" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...50 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="103" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="71" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="76" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="76" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="76" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="67" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="67" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="67" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="115" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="115" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="1" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection hidden="1"/>
-[...14 lines deleted...]
-      <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...51 lines deleted...]
-    <xf numFmtId="0" fontId="115" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="116" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="116" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="116" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="116" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="116" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="70" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="71" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="71" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="71" fillId="0" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...31 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...20 lines deleted...]
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="67" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="67" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="116" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="109" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="86" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="71" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="67" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="73" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="59" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="fill"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="59" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="59" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="59" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="113" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="113" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="72" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="70" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="55" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="69" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="82" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="83" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="100" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="83" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="71" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="100" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="100" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="100" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="69" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="67" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="69" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="118" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="118" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="108" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="81" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="3" fontId="12" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="80" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="73" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="80" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="72" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...264 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="119" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...301 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="120" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1099 lines deleted...]
-    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="121" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="71" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="67" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...66 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="normální 3" xfId="2"/>
   </cellStyles>
   <dxfs count="194">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -15462,4043 +15621,4037 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk.nkp.cz/statistika-pruzkumy-dokumenty/statistiky" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk.nkp.cz/statistika-pruzkumy-dokumenty/statistiky" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk.nkp.cz/legislativa/normy-standardy-doporuceni" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nipos-mk.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikakultury.cz/nase-vykazy/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nipos-mk.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvcr.cz/clanek/statistiky-pocty-obyvatel-v-obcich.aspx?q=Y2hudW09MQ%3D%3D" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="4" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:N178"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F2" sqref="F2:G2"/>
+      <selection activeCell="F3" sqref="F3:G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="6.5703125" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" customWidth="1"/>
     <col min="6" max="6" width="7" customWidth="1"/>
     <col min="7" max="7" width="19.28515625" customWidth="1"/>
     <col min="8" max="8" width="48.85546875" customWidth="1"/>
     <col min="9" max="9" width="51.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.7109375" style="35" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" style="6" customWidth="1"/>
     <col min="12" max="12" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="A1" s="317" t="s">
+      <c r="A1" s="366" t="s">
         <v>392</v>
       </c>
-      <c r="B1" s="317"/>
-[...7 lines deleted...]
-      <c r="J1" s="115"/>
+      <c r="B1" s="366"/>
+      <c r="C1" s="366"/>
+      <c r="D1" s="366"/>
+      <c r="E1" s="367"/>
+      <c r="F1" s="367"/>
+      <c r="G1" s="367"/>
+      <c r="H1" s="151"/>
+      <c r="I1" s="172"/>
+      <c r="J1" s="112"/>
     </row>
     <row r="2" spans="1:11" ht="24" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="155" t="s">
+      <c r="A2" s="152" t="s">
         <v>157</v>
       </c>
-      <c r="B2" s="155"/>
-[...3 lines deleted...]
-      <c r="F2" s="320" t="s">
+      <c r="B2" s="152"/>
+      <c r="C2" s="153"/>
+      <c r="D2" s="154"/>
+      <c r="E2" s="155"/>
+      <c r="F2" s="368" t="s">
         <v>348</v>
       </c>
-      <c r="G2" s="321"/>
-[...2 lines deleted...]
-      <c r="J2" s="155"/>
+      <c r="G2" s="369"/>
+      <c r="H2" s="153"/>
+      <c r="I2" s="152"/>
+      <c r="J2" s="152"/>
     </row>
     <row r="3" spans="1:11" ht="21" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104"/>
-[...1 lines deleted...]
-      <c r="C3" s="290" t="s">
+      <c r="A3" s="101"/>
+      <c r="B3" s="101"/>
+      <c r="C3" s="305" t="s">
         <v>325</v>
       </c>
-      <c r="D3" s="291"/>
-[...3 lines deleted...]
-      <c r="H3" s="85" t="s">
+      <c r="D3" s="306"/>
+      <c r="E3" s="307"/>
+      <c r="F3" s="308"/>
+      <c r="G3" s="309"/>
+      <c r="H3" s="82" t="s">
         <v>349</v>
       </c>
-      <c r="I3" s="84"/>
-      <c r="J3" s="75"/>
+      <c r="I3" s="81"/>
+      <c r="J3" s="73"/>
       <c r="K3" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
-      <c r="C4" s="365" t="s">
+      <c r="C4" s="390" t="s">
         <v>309</v>
       </c>
-      <c r="D4" s="366"/>
-[...3 lines deleted...]
-      <c r="H4" s="174" t="s">
+      <c r="D4" s="391"/>
+      <c r="E4" s="391"/>
+      <c r="F4" s="379"/>
+      <c r="G4" s="380"/>
+      <c r="H4" s="170" t="s">
         <v>366</v>
       </c>
       <c r="I4" s="33"/>
       <c r="K4" s="5" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
       <c r="B5" s="6"/>
-      <c r="C5" s="273" t="s">
+      <c r="C5" s="281" t="s">
         <v>365</v>
       </c>
-      <c r="D5" s="274"/>
-[...3 lines deleted...]
-      <c r="H5" s="167" t="s">
+      <c r="D5" s="282"/>
+      <c r="E5" s="282"/>
+      <c r="F5" s="388"/>
+      <c r="G5" s="389"/>
+      <c r="H5" s="164" t="s">
         <v>158</v>
       </c>
-      <c r="I5" s="93"/>
+      <c r="I5" s="90"/>
       <c r="K5" s="5" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="6"/>
       <c r="B6" s="6"/>
       <c r="C6" s="370" t="s">
         <v>165</v>
       </c>
       <c r="D6" s="371"/>
       <c r="E6" s="371"/>
-      <c r="F6" s="361">
-[...3 lines deleted...]
-      <c r="H6" s="342" t="s">
+      <c r="F6" s="386">
+        <v>0</v>
+      </c>
+      <c r="G6" s="387"/>
+      <c r="H6" s="337" t="s">
         <v>159</v>
       </c>
-      <c r="I6" s="340"/>
+      <c r="I6" s="345"/>
       <c r="K6" s="5" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6"/>
       <c r="B7" s="6"/>
-      <c r="C7" s="372" t="s">
+      <c r="C7" s="336" t="s">
         <v>364</v>
       </c>
-      <c r="D7" s="372"/>
-      <c r="E7" s="372"/>
+      <c r="D7" s="336"/>
+      <c r="E7" s="336"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
-      <c r="H7" s="343"/>
-      <c r="I7" s="341"/>
+      <c r="H7" s="347"/>
+      <c r="I7" s="346"/>
       <c r="K7" s="5" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6"/>
       <c r="B8" s="6"/>
-      <c r="C8" s="372"/>
-[...1 lines deleted...]
-      <c r="E8" s="372"/>
+      <c r="C8" s="336"/>
+      <c r="D8" s="336"/>
+      <c r="E8" s="336"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="322" t="s">
+      <c r="H8" s="348" t="s">
         <v>161</v>
       </c>
-      <c r="I8" s="324"/>
+      <c r="I8" s="350"/>
       <c r="K8" s="5" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="6"/>
-      <c r="B9" s="134"/>
-      <c r="C9" s="336" t="s">
+      <c r="B9" s="131"/>
+      <c r="C9" s="359" t="s">
         <v>342</v>
       </c>
-      <c r="D9" s="337"/>
-      <c r="E9" s="337"/>
+      <c r="D9" s="360"/>
+      <c r="E9" s="360"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="323"/>
-      <c r="I9" s="325"/>
+      <c r="H9" s="349"/>
+      <c r="I9" s="351"/>
     </row>
     <row r="10" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
-      <c r="C10" s="367" t="s">
+      <c r="C10" s="361" t="s">
         <v>166</v>
       </c>
-      <c r="D10" s="368"/>
-[...5 lines deleted...]
-      <c r="H10" s="166" t="s">
+      <c r="D10" s="362"/>
+      <c r="E10" s="363"/>
+      <c r="F10" s="355">
+        <v>0</v>
+      </c>
+      <c r="G10" s="356"/>
+      <c r="H10" s="163" t="s">
         <v>162</v>
       </c>
       <c r="I10" s="34"/>
     </row>
     <row r="11" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="6"/>
       <c r="B11" s="6"/>
-      <c r="C11" s="334" t="s">
+      <c r="C11" s="357" t="s">
         <v>313</v>
       </c>
-      <c r="D11" s="335"/>
-[...3 lines deleted...]
-      <c r="H11" s="166" t="s">
+      <c r="D11" s="358"/>
+      <c r="E11" s="358"/>
+      <c r="F11" s="358"/>
+      <c r="G11" s="102"/>
+      <c r="H11" s="163" t="s">
         <v>163</v>
       </c>
       <c r="I11" s="34"/>
       <c r="K11" s="5" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
-      <c r="C12" s="329" t="s">
+      <c r="C12" s="352" t="s">
         <v>310</v>
       </c>
-      <c r="D12" s="330"/>
-[...1 lines deleted...]
-      <c r="F12" s="94" t="s">
+      <c r="D12" s="353"/>
+      <c r="E12" s="354"/>
+      <c r="F12" s="91" t="s">
         <v>287</v>
       </c>
-      <c r="G12" s="159">
-[...2 lines deleted...]
-      <c r="H12" s="166" t="s">
+      <c r="G12" s="156">
+        <v>0</v>
+      </c>
+      <c r="H12" s="163" t="s">
         <v>167</v>
       </c>
       <c r="I12" s="36"/>
       <c r="K12" s="5" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="6"/>
       <c r="B13" s="6"/>
-      <c r="C13" s="342" t="s">
+      <c r="C13" s="337" t="s">
         <v>311</v>
       </c>
-      <c r="D13" s="373"/>
-[...1 lines deleted...]
-      <c r="F13" s="95" t="s">
+      <c r="D13" s="338"/>
+      <c r="E13" s="338"/>
+      <c r="F13" s="92" t="s">
         <v>289</v>
       </c>
-      <c r="G13" s="160">
-[...2 lines deleted...]
-      <c r="H13" s="171" t="s">
+      <c r="G13" s="157">
+        <v>0</v>
+      </c>
+      <c r="H13" s="167" t="s">
         <v>164</v>
       </c>
       <c r="I13" s="37"/>
       <c r="K13" s="5" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="106"/>
-[...8 lines deleted...]
-      <c r="J14" s="108"/>
+      <c r="A14" s="103"/>
+      <c r="B14" s="103"/>
+      <c r="C14" s="103"/>
+      <c r="D14" s="103"/>
+      <c r="E14" s="103"/>
+      <c r="F14" s="103"/>
+      <c r="G14" s="103"/>
+      <c r="H14" s="51"/>
+      <c r="I14" s="104"/>
+      <c r="J14" s="105"/>
       <c r="K14" s="5" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="21" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
-      <c r="E15" s="177"/>
-[...2 lines deleted...]
-      <c r="H15" s="54" t="s">
+      <c r="E15" s="172"/>
+      <c r="F15" s="172"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="52" t="s">
         <v>312</v>
       </c>
-      <c r="I15" s="54" t="s">
+      <c r="I15" s="52" t="s">
         <v>368</v>
       </c>
-      <c r="J15" s="54" t="s">
+      <c r="J15" s="52" t="s">
         <v>316</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="355"/>
-[...4 lines deleted...]
-      <c r="F16" s="172" t="s">
+      <c r="A16" s="381"/>
+      <c r="B16" s="382"/>
+      <c r="C16" s="382"/>
+      <c r="D16" s="382"/>
+      <c r="E16" s="383"/>
+      <c r="F16" s="168" t="s">
         <v>61</v>
       </c>
-      <c r="G16" s="109" t="s">
+      <c r="G16" s="106" t="s">
         <v>62</v>
       </c>
-      <c r="H16" s="55"/>
-      <c r="I16" s="86" t="s">
+      <c r="H16" s="53"/>
+      <c r="I16" s="83" t="s">
         <v>369</v>
       </c>
-      <c r="J16" s="61"/>
+      <c r="J16" s="59"/>
       <c r="K16" s="5" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="358" t="s">
+      <c r="A17" s="384" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="359"/>
-[...3 lines deleted...]
-      <c r="F17" s="173">
+      <c r="B17" s="335"/>
+      <c r="C17" s="335"/>
+      <c r="D17" s="335"/>
+      <c r="E17" s="385"/>
+      <c r="F17" s="169">
         <v>1</v>
       </c>
-      <c r="G17" s="110">
+      <c r="G17" s="107">
         <v>2</v>
       </c>
-      <c r="H17" s="175"/>
-[...1 lines deleted...]
-      <c r="J17" s="62"/>
+      <c r="H17" s="171"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="60"/>
       <c r="K17" s="5" t="s">
         <v>334</v>
       </c>
       <c r="N17" s="2"/>
     </row>
     <row r="18" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="295" t="s">
+      <c r="A18" s="297" t="s">
         <v>170</v>
       </c>
-      <c r="B18" s="309"/>
-[...2 lines deleted...]
-      <c r="E18" s="296"/>
+      <c r="B18" s="313"/>
+      <c r="C18" s="313"/>
+      <c r="D18" s="313"/>
+      <c r="E18" s="298"/>
       <c r="F18" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="38">
         <v>0</v>
       </c>
-      <c r="H18" s="56" t="s">
+      <c r="H18" s="54" t="s">
         <v>352</v>
       </c>
-      <c r="I18" s="47" t="str">
+      <c r="I18" s="45" t="str">
         <f>IF(SUM(G18+G33-G34)&lt;&gt;G19,"CHYBA: výpočet podle vzorce nesouhlasí","")</f>
         <v/>
       </c>
-      <c r="J18" s="62"/>
+      <c r="J18" s="60"/>
       <c r="K18" s="5" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="295" t="s">
+      <c r="A19" s="297" t="s">
         <v>171</v>
       </c>
-      <c r="B19" s="309"/>
-[...2 lines deleted...]
-      <c r="E19" s="296"/>
+      <c r="B19" s="313"/>
+      <c r="C19" s="313"/>
+      <c r="D19" s="313"/>
+      <c r="E19" s="298"/>
       <c r="F19" s="26" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="39">
         <f>SUM(G20:G30)</f>
         <v>0</v>
       </c>
-      <c r="H19" s="56" t="s">
+      <c r="H19" s="54" t="s">
         <v>317</v>
       </c>
-      <c r="I19" s="47" t="str">
+      <c r="I19" s="45" t="str">
         <f>IF($G$32&gt;$G$19,"0115 je větší 0102","")</f>
         <v/>
       </c>
-      <c r="J19" s="63"/>
+      <c r="J19" s="61"/>
       <c r="K19" s="5" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="297" t="s">
+      <c r="A20" s="310" t="s">
         <v>64</v>
       </c>
-      <c r="B20" s="319" t="s">
+      <c r="B20" s="328" t="s">
         <v>65</v>
       </c>
-      <c r="C20" s="308"/>
-[...1 lines deleted...]
-      <c r="E20" s="309"/>
+      <c r="C20" s="312"/>
+      <c r="D20" s="312"/>
+      <c r="E20" s="313"/>
       <c r="F20" s="26" t="s">
         <v>6</v>
       </c>
       <c r="G20" s="38">
         <v>0</v>
       </c>
-      <c r="H20" s="175"/>
-[...1 lines deleted...]
-      <c r="J20" s="62"/>
+      <c r="H20" s="171"/>
+      <c r="I20" s="44"/>
+      <c r="J20" s="60"/>
       <c r="K20" s="5" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="297"/>
-      <c r="B21" s="319" t="s">
+      <c r="A21" s="310"/>
+      <c r="B21" s="328" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="308"/>
-[...1 lines deleted...]
-      <c r="E21" s="309"/>
+      <c r="C21" s="312"/>
+      <c r="D21" s="312"/>
+      <c r="E21" s="313"/>
       <c r="F21" s="26" t="s">
         <v>7</v>
       </c>
       <c r="G21" s="38">
         <v>0</v>
       </c>
-      <c r="H21" s="57"/>
-[...1 lines deleted...]
-      <c r="J21" s="62"/>
+      <c r="H21" s="55"/>
+      <c r="I21" s="44"/>
+      <c r="J21" s="60"/>
       <c r="K21" s="5" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="297"/>
-      <c r="B22" s="319" t="s">
+      <c r="A22" s="310"/>
+      <c r="B22" s="328" t="s">
         <v>382</v>
       </c>
-      <c r="C22" s="308"/>
-[...1 lines deleted...]
-      <c r="E22" s="309"/>
+      <c r="C22" s="312"/>
+      <c r="D22" s="312"/>
+      <c r="E22" s="313"/>
       <c r="F22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="G22" s="38">
         <v>0</v>
       </c>
-      <c r="H22" s="175"/>
-[...1 lines deleted...]
-      <c r="J22" s="62"/>
+      <c r="H22" s="171"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="60"/>
       <c r="K22" s="5" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="297"/>
-      <c r="B23" s="319" t="s">
+      <c r="A23" s="310"/>
+      <c r="B23" s="328" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="308"/>
-[...1 lines deleted...]
-      <c r="E23" s="309"/>
+      <c r="C23" s="312"/>
+      <c r="D23" s="312"/>
+      <c r="E23" s="313"/>
       <c r="F23" s="26" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="38">
         <v>0</v>
       </c>
-      <c r="H23" s="175"/>
-[...1 lines deleted...]
-      <c r="J23" s="62"/>
+      <c r="H23" s="171"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="60"/>
       <c r="K23" s="5" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="297"/>
-      <c r="B24" s="319" t="s">
+      <c r="A24" s="310"/>
+      <c r="B24" s="328" t="s">
         <v>67</v>
       </c>
-      <c r="C24" s="308"/>
-[...1 lines deleted...]
-      <c r="E24" s="309"/>
+      <c r="C24" s="312"/>
+      <c r="D24" s="312"/>
+      <c r="E24" s="313"/>
       <c r="F24" s="26" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="38">
         <v>0</v>
       </c>
-      <c r="H24" s="175"/>
-[...1 lines deleted...]
-      <c r="J24" s="62"/>
+      <c r="H24" s="171"/>
+      <c r="I24" s="44"/>
+      <c r="J24" s="60"/>
       <c r="K24" s="5" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="297"/>
-      <c r="B25" s="319" t="s">
+      <c r="A25" s="310"/>
+      <c r="B25" s="328" t="s">
         <v>68</v>
       </c>
-      <c r="C25" s="308"/>
-[...1 lines deleted...]
-      <c r="E25" s="309"/>
+      <c r="C25" s="312"/>
+      <c r="D25" s="312"/>
+      <c r="E25" s="313"/>
       <c r="F25" s="26" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="38">
         <v>0</v>
       </c>
-      <c r="H25" s="175"/>
-[...2 lines deleted...]
-      <c r="K25" s="177"/>
+      <c r="H25" s="171"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="60"/>
+      <c r="K25" s="172"/>
     </row>
     <row r="26" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="297"/>
-      <c r="B26" s="319" t="s">
+      <c r="A26" s="310"/>
+      <c r="B26" s="328" t="s">
         <v>44</v>
       </c>
-      <c r="C26" s="308"/>
-[...1 lines deleted...]
-      <c r="E26" s="309"/>
+      <c r="C26" s="312"/>
+      <c r="D26" s="312"/>
+      <c r="E26" s="313"/>
       <c r="F26" s="26" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="38">
         <v>0</v>
       </c>
-      <c r="H26" s="175"/>
-[...1 lines deleted...]
-      <c r="J26" s="62"/>
+      <c r="H26" s="171"/>
+      <c r="I26" s="44"/>
+      <c r="J26" s="60"/>
       <c r="K26" s="5" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="297"/>
-      <c r="B27" s="319" t="s">
+      <c r="A27" s="310"/>
+      <c r="B27" s="328" t="s">
         <v>39</v>
       </c>
-      <c r="C27" s="308"/>
-[...1 lines deleted...]
-      <c r="E27" s="309"/>
+      <c r="C27" s="312"/>
+      <c r="D27" s="312"/>
+      <c r="E27" s="313"/>
       <c r="F27" s="26" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="38">
         <v>0</v>
       </c>
-      <c r="H27" s="175"/>
-[...1 lines deleted...]
-      <c r="J27" s="62"/>
+      <c r="H27" s="171"/>
+      <c r="I27" s="44"/>
+      <c r="J27" s="60"/>
       <c r="K27" s="5" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="297"/>
-      <c r="B28" s="319" t="s">
+      <c r="A28" s="310"/>
+      <c r="B28" s="328" t="s">
         <v>40</v>
       </c>
-      <c r="C28" s="308"/>
-[...1 lines deleted...]
-      <c r="E28" s="309"/>
+      <c r="C28" s="312"/>
+      <c r="D28" s="312"/>
+      <c r="E28" s="313"/>
       <c r="F28" s="26">
         <v>111</v>
       </c>
       <c r="G28" s="38">
         <v>0</v>
       </c>
-      <c r="H28" s="175"/>
-[...1 lines deleted...]
-      <c r="J28" s="62"/>
+      <c r="H28" s="171"/>
+      <c r="I28" s="44"/>
+      <c r="J28" s="60"/>
       <c r="K28" s="5" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="297"/>
-      <c r="B29" s="319" t="s">
+      <c r="A29" s="310"/>
+      <c r="B29" s="328" t="s">
         <v>69</v>
       </c>
-      <c r="C29" s="308"/>
-[...1 lines deleted...]
-      <c r="E29" s="309"/>
+      <c r="C29" s="312"/>
+      <c r="D29" s="312"/>
+      <c r="E29" s="313"/>
       <c r="F29" s="26" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="38">
         <v>0</v>
       </c>
-      <c r="H29" s="175"/>
-[...1 lines deleted...]
-      <c r="J29" s="62"/>
+      <c r="H29" s="171"/>
+      <c r="I29" s="44"/>
+      <c r="J29" s="60"/>
       <c r="K29" s="5" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="297"/>
-      <c r="B30" s="319" t="s">
+      <c r="A30" s="310"/>
+      <c r="B30" s="328" t="s">
         <v>45</v>
       </c>
-      <c r="C30" s="308"/>
-[...1 lines deleted...]
-      <c r="E30" s="309"/>
+      <c r="C30" s="312"/>
+      <c r="D30" s="312"/>
+      <c r="E30" s="313"/>
       <c r="F30" s="26" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="38">
         <v>0</v>
       </c>
-      <c r="H30" s="175"/>
-[...1 lines deleted...]
-      <c r="J30" s="62"/>
+      <c r="H30" s="171"/>
+      <c r="I30" s="44"/>
+      <c r="J30" s="60"/>
       <c r="K30" s="5" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="326" t="s">
+      <c r="A31" s="339" t="s">
         <v>172</v>
       </c>
-      <c r="B31" s="327"/>
-[...2 lines deleted...]
-      <c r="E31" s="328"/>
+      <c r="B31" s="340"/>
+      <c r="C31" s="340"/>
+      <c r="D31" s="340"/>
+      <c r="E31" s="341"/>
       <c r="F31" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="38">
         <v>0</v>
       </c>
-      <c r="H31" s="175"/>
-[...1 lines deleted...]
-      <c r="J31" s="62"/>
+      <c r="H31" s="171"/>
+      <c r="I31" s="44"/>
+      <c r="J31" s="60"/>
       <c r="K31" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="326" t="s">
+      <c r="A32" s="339" t="s">
         <v>173</v>
       </c>
-      <c r="B32" s="327"/>
-[...2 lines deleted...]
-      <c r="E32" s="328"/>
+      <c r="B32" s="340"/>
+      <c r="C32" s="340"/>
+      <c r="D32" s="340"/>
+      <c r="E32" s="341"/>
       <c r="F32" s="26" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="38">
         <v>0</v>
       </c>
-      <c r="H32" s="175" t="s">
+      <c r="H32" s="171" t="s">
         <v>318</v>
       </c>
-      <c r="I32" s="47" t="str">
+      <c r="I32" s="45" t="str">
         <f>IF($G$32&gt;$G$19,"0115 je větší 0102","")</f>
         <v/>
       </c>
-      <c r="J32" s="63"/>
+      <c r="J32" s="61"/>
       <c r="K32" s="5" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="326" t="s">
+      <c r="A33" s="339" t="s">
         <v>174</v>
       </c>
-      <c r="B33" s="327"/>
-[...2 lines deleted...]
-      <c r="E33" s="328"/>
+      <c r="B33" s="340"/>
+      <c r="C33" s="340"/>
+      <c r="D33" s="340"/>
+      <c r="E33" s="341"/>
       <c r="F33" s="26" t="s">
         <v>18</v>
       </c>
       <c r="G33" s="38">
         <v>0</v>
       </c>
-      <c r="H33" s="175"/>
-[...1 lines deleted...]
-      <c r="J33" s="62"/>
+      <c r="H33" s="171"/>
+      <c r="I33" s="44"/>
+      <c r="J33" s="60"/>
       <c r="K33" s="5" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="350" t="s">
+      <c r="A34" s="376" t="s">
         <v>175</v>
       </c>
-      <c r="B34" s="351"/>
-[...2 lines deleted...]
-      <c r="E34" s="352"/>
+      <c r="B34" s="377"/>
+      <c r="C34" s="377"/>
+      <c r="D34" s="377"/>
+      <c r="E34" s="378"/>
       <c r="F34" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="G34" s="92">
-[...4 lines deleted...]
-      <c r="J34" s="62"/>
+      <c r="G34" s="89">
+        <v>0</v>
+      </c>
+      <c r="H34" s="171"/>
+      <c r="I34" s="44"/>
+      <c r="J34" s="60"/>
       <c r="K34" s="5" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="22"/>
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
-      <c r="E35" s="177"/>
+      <c r="E35" s="172"/>
       <c r="F35" s="23"/>
-      <c r="G35" s="178"/>
-[...3 lines deleted...]
-      <c r="K35" s="177"/>
+      <c r="G35" s="173"/>
+      <c r="H35" s="171"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="60"/>
+      <c r="K35" s="172"/>
     </row>
     <row r="36" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="21" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="21"/>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
-      <c r="E36" s="177"/>
+      <c r="E36" s="172"/>
       <c r="F36" s="23"/>
-      <c r="G36" s="178"/>
-[...3 lines deleted...]
-      <c r="K36" s="177"/>
+      <c r="G36" s="173"/>
+      <c r="H36" s="171"/>
+      <c r="I36" s="44"/>
+      <c r="J36" s="60"/>
+      <c r="K36" s="172"/>
     </row>
     <row r="37" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="287"/>
-[...3 lines deleted...]
-      <c r="E37" s="289"/>
+      <c r="A37" s="302"/>
+      <c r="B37" s="303"/>
+      <c r="C37" s="303"/>
+      <c r="D37" s="303"/>
+      <c r="E37" s="304"/>
       <c r="F37" s="24" t="s">
         <v>61</v>
       </c>
-      <c r="G37" s="111" t="s">
+      <c r="G37" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H37" s="175"/>
-[...2 lines deleted...]
-      <c r="K37" s="177"/>
+      <c r="H37" s="171"/>
+      <c r="I37" s="44"/>
+      <c r="J37" s="60"/>
+      <c r="K37" s="172"/>
     </row>
     <row r="38" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A38" s="298" t="s">
+      <c r="A38" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B38" s="299"/>
-[...2 lines deleted...]
-      <c r="E38" s="300"/>
+      <c r="B38" s="300"/>
+      <c r="C38" s="300"/>
+      <c r="D38" s="300"/>
+      <c r="E38" s="301"/>
       <c r="F38" s="25">
         <v>1</v>
       </c>
-      <c r="G38" s="112">
+      <c r="G38" s="109">
         <v>2</v>
       </c>
-      <c r="H38" s="175"/>
-[...2 lines deleted...]
-      <c r="K38" s="177"/>
+      <c r="H38" s="171"/>
+      <c r="I38" s="44"/>
+      <c r="J38" s="60"/>
+      <c r="K38" s="172"/>
     </row>
     <row r="39" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="326" t="s">
+      <c r="A39" s="339" t="s">
         <v>176</v>
       </c>
-      <c r="B39" s="327"/>
-[...2 lines deleted...]
-      <c r="E39" s="328"/>
+      <c r="B39" s="340"/>
+      <c r="C39" s="340"/>
+      <c r="D39" s="340"/>
+      <c r="E39" s="341"/>
       <c r="F39" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G39" s="38">
         <v>0</v>
       </c>
-      <c r="H39" s="175"/>
-[...2 lines deleted...]
-      <c r="K39" s="177"/>
+      <c r="H39" s="171"/>
+      <c r="I39" s="45"/>
+      <c r="J39" s="61"/>
+      <c r="K39" s="172"/>
     </row>
     <row r="40" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="347" t="s">
+      <c r="A40" s="364" t="s">
         <v>383</v>
       </c>
-      <c r="B40" s="338" t="s">
+      <c r="B40" s="344" t="s">
         <v>384</v>
       </c>
-      <c r="C40" s="339"/>
-[...1 lines deleted...]
-      <c r="E40" s="327"/>
+      <c r="C40" s="343"/>
+      <c r="D40" s="343"/>
+      <c r="E40" s="340"/>
       <c r="F40" s="26">
         <v>202</v>
       </c>
       <c r="G40" s="38">
         <v>0</v>
       </c>
-      <c r="H40" s="175" t="s">
+      <c r="H40" s="171" t="s">
         <v>367</v>
       </c>
-      <c r="I40" s="47"/>
-[...1 lines deleted...]
-      <c r="K40" s="177"/>
+      <c r="I40" s="45"/>
+      <c r="J40" s="61"/>
+      <c r="K40" s="172"/>
     </row>
     <row r="41" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="349"/>
-      <c r="B41" s="338" t="s">
+      <c r="A41" s="365"/>
+      <c r="B41" s="344" t="s">
         <v>389</v>
       </c>
-      <c r="C41" s="339"/>
-[...1 lines deleted...]
-      <c r="E41" s="327"/>
+      <c r="C41" s="343"/>
+      <c r="D41" s="343"/>
+      <c r="E41" s="340"/>
       <c r="F41" s="26">
         <v>203</v>
       </c>
       <c r="G41" s="38">
         <v>0</v>
       </c>
-      <c r="H41" s="175" t="s">
+      <c r="H41" s="171" t="s">
         <v>390</v>
       </c>
-      <c r="I41" s="47"/>
-[...1 lines deleted...]
-      <c r="K41" s="177"/>
+      <c r="I41" s="45"/>
+      <c r="J41" s="61"/>
+      <c r="K41" s="172"/>
     </row>
     <row r="42" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="326" t="s">
+      <c r="A42" s="339" t="s">
         <v>385</v>
       </c>
-      <c r="B42" s="327"/>
-[...2 lines deleted...]
-      <c r="E42" s="328"/>
+      <c r="B42" s="340"/>
+      <c r="C42" s="340"/>
+      <c r="D42" s="340"/>
+      <c r="E42" s="341"/>
       <c r="F42" s="26">
         <v>204</v>
       </c>
       <c r="G42" s="39">
         <f>G43+G47</f>
         <v>0</v>
       </c>
-      <c r="H42" s="175" t="s">
+      <c r="H42" s="171" t="s">
         <v>391</v>
       </c>
-      <c r="I42" s="46"/>
-[...1 lines deleted...]
-      <c r="K42" s="177"/>
+      <c r="I42" s="44"/>
+      <c r="J42" s="60"/>
+      <c r="K42" s="172"/>
     </row>
     <row r="43" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="326" t="s">
+      <c r="A43" s="339" t="s">
         <v>386</v>
       </c>
-      <c r="B43" s="327"/>
-[...2 lines deleted...]
-      <c r="E43" s="328"/>
+      <c r="B43" s="340"/>
+      <c r="C43" s="340"/>
+      <c r="D43" s="340"/>
+      <c r="E43" s="341"/>
       <c r="F43" s="26">
         <v>205</v>
       </c>
       <c r="G43" s="39">
         <f>SUM(G44:G46)</f>
         <v>0</v>
       </c>
-      <c r="H43" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K43" s="177"/>
+      <c r="H43" s="171" t="s">
+        <v>578</v>
+      </c>
+      <c r="I43" s="44"/>
+      <c r="J43" s="60"/>
+      <c r="K43" s="172"/>
     </row>
     <row r="44" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="347" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="319" t="s">
+      <c r="A44" s="364" t="s">
+        <v>540</v>
+      </c>
+      <c r="B44" s="328" t="s">
         <v>71</v>
       </c>
-      <c r="C44" s="308"/>
-[...1 lines deleted...]
-      <c r="E44" s="309"/>
+      <c r="C44" s="312"/>
+      <c r="D44" s="312"/>
+      <c r="E44" s="313"/>
       <c r="F44" s="26">
         <v>206</v>
       </c>
       <c r="G44" s="38">
         <v>0</v>
       </c>
-      <c r="H44" s="175"/>
-[...2 lines deleted...]
-      <c r="K44" s="177"/>
+      <c r="H44" s="171"/>
+      <c r="I44" s="44"/>
+      <c r="J44" s="60"/>
+      <c r="K44" s="172"/>
     </row>
     <row r="45" spans="1:11" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="348"/>
-      <c r="B45" s="319" t="s">
+      <c r="A45" s="375"/>
+      <c r="B45" s="328" t="s">
         <v>387</v>
       </c>
-      <c r="C45" s="308"/>
-[...1 lines deleted...]
-      <c r="E45" s="309"/>
+      <c r="C45" s="312"/>
+      <c r="D45" s="312"/>
+      <c r="E45" s="313"/>
       <c r="F45" s="26">
         <v>207</v>
       </c>
       <c r="G45" s="38">
         <v>0</v>
       </c>
-      <c r="H45" s="175" t="s">
+      <c r="H45" s="171" t="s">
         <v>433</v>
       </c>
-      <c r="I45" s="47" t="str">
+      <c r="I45" s="45" t="str">
         <f>IF($G$45&gt;0,IF($G$80=0,"Akce nejsou vyplněny",""),"")</f>
         <v/>
       </c>
-      <c r="J45" s="63"/>
-      <c r="K45" s="177"/>
+      <c r="J45" s="61"/>
+      <c r="K45" s="172"/>
     </row>
     <row r="46" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="349"/>
-      <c r="B46" s="319" t="s">
+      <c r="A46" s="365"/>
+      <c r="B46" s="328" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="308"/>
-[...1 lines deleted...]
-      <c r="E46" s="309"/>
+      <c r="C46" s="312"/>
+      <c r="D46" s="312"/>
+      <c r="E46" s="313"/>
       <c r="F46" s="26">
         <v>208</v>
       </c>
       <c r="G46" s="38">
         <v>0</v>
       </c>
-      <c r="H46" s="175" t="s">
+      <c r="H46" s="171" t="s">
         <v>434</v>
       </c>
-      <c r="I46" s="47" t="str">
+      <c r="I46" s="45" t="str">
         <f>IF($G$46&gt;0,IF($G$82=0,"Akce nejsou vyplněny",""),"")</f>
         <v/>
       </c>
-      <c r="J46" s="63"/>
-      <c r="K46" s="177"/>
+      <c r="J46" s="61"/>
+      <c r="K46" s="172"/>
     </row>
     <row r="47" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="350" t="s">
+      <c r="A47" s="376" t="s">
         <v>388</v>
       </c>
-      <c r="B47" s="351"/>
-[...2 lines deleted...]
-      <c r="E47" s="352"/>
+      <c r="B47" s="377"/>
+      <c r="C47" s="377"/>
+      <c r="D47" s="377"/>
+      <c r="E47" s="378"/>
       <c r="F47" s="28">
         <v>209</v>
       </c>
       <c r="G47" s="40">
         <f>G103+G106+G111+G112</f>
         <v>0</v>
       </c>
-      <c r="H47" s="175" t="s">
+      <c r="H47" s="171" t="s">
         <v>431</v>
       </c>
-      <c r="I47" s="46"/>
-[...1 lines deleted...]
-      <c r="K47" s="177"/>
+      <c r="I47" s="44"/>
+      <c r="J47" s="60"/>
+      <c r="K47" s="172"/>
     </row>
     <row r="48" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A48" s="177"/>
-[...9 lines deleted...]
-      <c r="K48" s="177"/>
+      <c r="A48" s="172"/>
+      <c r="B48" s="172"/>
+      <c r="C48" s="172"/>
+      <c r="D48" s="172"/>
+      <c r="E48" s="172"/>
+      <c r="F48" s="172"/>
+      <c r="G48" s="100"/>
+      <c r="H48" s="56"/>
+      <c r="I48" s="46"/>
+      <c r="J48" s="62"/>
+      <c r="K48" s="172"/>
     </row>
     <row r="49" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="21" t="s">
         <v>73</v>
       </c>
       <c r="B49" s="21"/>
       <c r="C49" s="21"/>
       <c r="D49" s="21"/>
-      <c r="E49" s="177"/>
-[...5 lines deleted...]
-      <c r="K49" s="177"/>
+      <c r="E49" s="172"/>
+      <c r="F49" s="172"/>
+      <c r="G49" s="100"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="47"/>
+      <c r="J49" s="63"/>
+      <c r="K49" s="172"/>
     </row>
     <row r="50" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A50" s="287"/>
-[...4 lines deleted...]
-      <c r="F50" s="168" t="s">
+      <c r="A50" s="302"/>
+      <c r="B50" s="303"/>
+      <c r="C50" s="303"/>
+      <c r="D50" s="303"/>
+      <c r="E50" s="304"/>
+      <c r="F50" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G50" s="111" t="s">
+      <c r="G50" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H50" s="175"/>
-[...2 lines deleted...]
-      <c r="K50" s="177"/>
+      <c r="H50" s="171"/>
+      <c r="I50" s="44"/>
+      <c r="J50" s="60"/>
+      <c r="K50" s="172"/>
     </row>
     <row r="51" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A51" s="298" t="s">
+      <c r="A51" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B51" s="299"/>
-[...3 lines deleted...]
-      <c r="F51" s="169">
+      <c r="B51" s="300"/>
+      <c r="C51" s="300"/>
+      <c r="D51" s="300"/>
+      <c r="E51" s="301"/>
+      <c r="F51" s="166">
         <v>1</v>
       </c>
-      <c r="G51" s="112">
+      <c r="G51" s="109">
         <v>2</v>
       </c>
-      <c r="H51" s="175"/>
-[...2 lines deleted...]
-      <c r="K51" s="177"/>
+      <c r="H51" s="171"/>
+      <c r="I51" s="44"/>
+      <c r="J51" s="60"/>
+      <c r="K51" s="172"/>
     </row>
     <row r="52" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="344" t="s">
+      <c r="A52" s="372" t="s">
         <v>393</v>
       </c>
-      <c r="B52" s="345"/>
-[...2 lines deleted...]
-      <c r="E52" s="346"/>
+      <c r="B52" s="373"/>
+      <c r="C52" s="373"/>
+      <c r="D52" s="373"/>
+      <c r="E52" s="374"/>
       <c r="F52" s="26" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="41">
         <f>SUM(G53+G109+G110)</f>
         <v>0</v>
       </c>
-      <c r="H52" s="175" t="s">
+      <c r="H52" s="171" t="s">
         <v>432</v>
       </c>
-      <c r="I52" s="47"/>
-[...1 lines deleted...]
-      <c r="K52" s="177"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="61"/>
+      <c r="K52" s="172"/>
     </row>
     <row r="53" spans="1:11" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="375" t="s">
+      <c r="A53" s="342" t="s">
         <v>394</v>
       </c>
-      <c r="B53" s="339"/>
-[...2 lines deleted...]
-      <c r="E53" s="327"/>
+      <c r="B53" s="343"/>
+      <c r="C53" s="343"/>
+      <c r="D53" s="343"/>
+      <c r="E53" s="340"/>
       <c r="F53" s="26" t="s">
         <v>22</v>
       </c>
       <c r="G53" s="41">
         <f>SUM(G54:G67)</f>
         <v>0</v>
       </c>
-      <c r="H53" s="175" t="s">
+      <c r="H53" s="171" t="s">
         <v>373</v>
       </c>
-      <c r="I53" s="47" t="str">
+      <c r="I53" s="45" t="str">
         <f>IF($G$53&lt;$G$68,"Ř. 0302 musí být větší než 0317","")</f>
         <v/>
       </c>
-      <c r="J53" s="63"/>
-      <c r="K53" s="177"/>
+      <c r="J53" s="61"/>
+      <c r="K53" s="172"/>
     </row>
     <row r="54" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="297" t="s">
+      <c r="A54" s="310" t="s">
         <v>374</v>
       </c>
-      <c r="B54" s="319" t="s">
+      <c r="B54" s="328" t="s">
         <v>74</v>
       </c>
-      <c r="C54" s="308"/>
-[...1 lines deleted...]
-      <c r="E54" s="309"/>
+      <c r="C54" s="312"/>
+      <c r="D54" s="312"/>
+      <c r="E54" s="313"/>
       <c r="F54" s="26" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="38">
         <v>0</v>
       </c>
-      <c r="H54" s="175" t="s">
+      <c r="H54" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I54" s="46"/>
-[...1 lines deleted...]
-      <c r="K54" s="177"/>
+      <c r="I54" s="44"/>
+      <c r="J54" s="60"/>
+      <c r="K54" s="172"/>
     </row>
     <row r="55" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="297"/>
-      <c r="B55" s="319" t="s">
+      <c r="A55" s="310"/>
+      <c r="B55" s="328" t="s">
         <v>75</v>
       </c>
-      <c r="C55" s="308"/>
-[...1 lines deleted...]
-      <c r="E55" s="309"/>
+      <c r="C55" s="312"/>
+      <c r="D55" s="312"/>
+      <c r="E55" s="313"/>
       <c r="F55" s="26" t="s">
         <v>24</v>
       </c>
       <c r="G55" s="38">
         <v>0</v>
       </c>
-      <c r="H55" s="175" t="s">
+      <c r="H55" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I55" s="46"/>
-[...1 lines deleted...]
-      <c r="K55" s="177"/>
+      <c r="I55" s="44"/>
+      <c r="J55" s="60"/>
+      <c r="K55" s="172"/>
     </row>
     <row r="56" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="297"/>
-      <c r="B56" s="319" t="s">
+      <c r="A56" s="310"/>
+      <c r="B56" s="328" t="s">
         <v>76</v>
       </c>
-      <c r="C56" s="308"/>
-[...1 lines deleted...]
-      <c r="E56" s="309"/>
+      <c r="C56" s="312"/>
+      <c r="D56" s="312"/>
+      <c r="E56" s="313"/>
       <c r="F56" s="26" t="s">
         <v>25</v>
       </c>
       <c r="G56" s="38">
         <v>0</v>
       </c>
-      <c r="H56" s="175" t="s">
+      <c r="H56" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I56" s="46"/>
-[...1 lines deleted...]
-      <c r="K56" s="177"/>
+      <c r="I56" s="44"/>
+      <c r="J56" s="60"/>
+      <c r="K56" s="172"/>
     </row>
     <row r="57" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="297"/>
-      <c r="B57" s="319" t="s">
+      <c r="A57" s="310"/>
+      <c r="B57" s="328" t="s">
         <v>77</v>
       </c>
-      <c r="C57" s="308"/>
-[...1 lines deleted...]
-      <c r="E57" s="309"/>
+      <c r="C57" s="312"/>
+      <c r="D57" s="312"/>
+      <c r="E57" s="313"/>
       <c r="F57" s="26" t="s">
         <v>26</v>
       </c>
       <c r="G57" s="38">
         <v>0</v>
       </c>
-      <c r="H57" s="175" t="s">
+      <c r="H57" s="171" t="s">
         <v>298</v>
       </c>
-      <c r="I57" s="46"/>
-[...1 lines deleted...]
-      <c r="K57" s="177"/>
+      <c r="I57" s="44"/>
+      <c r="J57" s="60"/>
+      <c r="K57" s="172"/>
     </row>
     <row r="58" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="297"/>
-      <c r="B58" s="319" t="s">
+      <c r="A58" s="310"/>
+      <c r="B58" s="328" t="s">
         <v>78</v>
       </c>
-      <c r="C58" s="308"/>
-[...1 lines deleted...]
-      <c r="E58" s="309"/>
+      <c r="C58" s="312"/>
+      <c r="D58" s="312"/>
+      <c r="E58" s="313"/>
       <c r="F58" s="26" t="s">
         <v>27</v>
       </c>
       <c r="G58" s="38">
         <v>0</v>
       </c>
-      <c r="H58" s="175"/>
-[...2 lines deleted...]
-      <c r="K58" s="177"/>
+      <c r="H58" s="171"/>
+      <c r="I58" s="44"/>
+      <c r="J58" s="60"/>
+      <c r="K58" s="172"/>
     </row>
     <row r="59" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="297"/>
-      <c r="B59" s="319" t="s">
+      <c r="A59" s="310"/>
+      <c r="B59" s="328" t="s">
         <v>382</v>
       </c>
-      <c r="C59" s="308"/>
-[...1 lines deleted...]
-      <c r="E59" s="309"/>
+      <c r="C59" s="312"/>
+      <c r="D59" s="312"/>
+      <c r="E59" s="313"/>
       <c r="F59" s="26" t="s">
         <v>28</v>
       </c>
       <c r="G59" s="38">
         <v>0</v>
       </c>
-      <c r="H59" s="175"/>
-[...2 lines deleted...]
-      <c r="K59" s="177"/>
+      <c r="H59" s="171"/>
+      <c r="I59" s="44"/>
+      <c r="J59" s="60"/>
+      <c r="K59" s="172"/>
     </row>
     <row r="60" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="297"/>
-      <c r="B60" s="319" t="s">
+      <c r="A60" s="310"/>
+      <c r="B60" s="328" t="s">
         <v>66</v>
       </c>
-      <c r="C60" s="308"/>
-[...1 lines deleted...]
-      <c r="E60" s="309"/>
+      <c r="C60" s="312"/>
+      <c r="D60" s="312"/>
+      <c r="E60" s="313"/>
       <c r="F60" s="26" t="s">
         <v>29</v>
       </c>
       <c r="G60" s="38">
         <v>0</v>
       </c>
-      <c r="H60" s="175"/>
-[...2 lines deleted...]
-      <c r="K60" s="177"/>
+      <c r="H60" s="171"/>
+      <c r="I60" s="44"/>
+      <c r="J60" s="60"/>
+      <c r="K60" s="172"/>
     </row>
     <row r="61" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="297"/>
-      <c r="B61" s="319" t="s">
+      <c r="A61" s="310"/>
+      <c r="B61" s="328" t="s">
         <v>67</v>
       </c>
-      <c r="C61" s="308"/>
-[...1 lines deleted...]
-      <c r="E61" s="309"/>
+      <c r="C61" s="312"/>
+      <c r="D61" s="312"/>
+      <c r="E61" s="313"/>
       <c r="F61" s="26" t="s">
         <v>30</v>
       </c>
       <c r="G61" s="38">
         <v>0</v>
       </c>
-      <c r="H61" s="175"/>
-[...2 lines deleted...]
-      <c r="K61" s="177"/>
+      <c r="H61" s="171"/>
+      <c r="I61" s="44"/>
+      <c r="J61" s="60"/>
+      <c r="K61" s="172"/>
     </row>
     <row r="62" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="297"/>
-      <c r="B62" s="319" t="s">
+      <c r="A62" s="310"/>
+      <c r="B62" s="328" t="s">
         <v>68</v>
       </c>
-      <c r="C62" s="308"/>
-[...1 lines deleted...]
-      <c r="E62" s="309"/>
+      <c r="C62" s="312"/>
+      <c r="D62" s="312"/>
+      <c r="E62" s="313"/>
       <c r="F62" s="26" t="s">
         <v>31</v>
       </c>
       <c r="G62" s="38">
         <v>0</v>
       </c>
-      <c r="H62" s="175"/>
-[...2 lines deleted...]
-      <c r="K62" s="177"/>
+      <c r="H62" s="171"/>
+      <c r="I62" s="44"/>
+      <c r="J62" s="60"/>
+      <c r="K62" s="172"/>
     </row>
     <row r="63" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="297"/>
-      <c r="B63" s="319" t="s">
+      <c r="A63" s="310"/>
+      <c r="B63" s="328" t="s">
         <v>44</v>
       </c>
-      <c r="C63" s="308"/>
-[...1 lines deleted...]
-      <c r="E63" s="309"/>
+      <c r="C63" s="312"/>
+      <c r="D63" s="312"/>
+      <c r="E63" s="313"/>
       <c r="F63" s="26" t="s">
         <v>32</v>
       </c>
       <c r="G63" s="38">
         <v>0</v>
       </c>
-      <c r="H63" s="175"/>
-[...2 lines deleted...]
-      <c r="K63" s="177"/>
+      <c r="H63" s="171"/>
+      <c r="I63" s="44"/>
+      <c r="J63" s="60"/>
+      <c r="K63" s="172"/>
     </row>
     <row r="64" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="297"/>
-      <c r="B64" s="319" t="s">
+      <c r="A64" s="310"/>
+      <c r="B64" s="328" t="s">
         <v>39</v>
       </c>
-      <c r="C64" s="308"/>
-[...1 lines deleted...]
-      <c r="E64" s="309"/>
+      <c r="C64" s="312"/>
+      <c r="D64" s="312"/>
+      <c r="E64" s="313"/>
       <c r="F64" s="26" t="s">
         <v>33</v>
       </c>
       <c r="G64" s="38">
         <v>0</v>
       </c>
-      <c r="H64" s="175"/>
-[...2 lines deleted...]
-      <c r="K64" s="177"/>
+      <c r="H64" s="171"/>
+      <c r="I64" s="44"/>
+      <c r="J64" s="60"/>
+      <c r="K64" s="172"/>
     </row>
     <row r="65" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="297"/>
-      <c r="B65" s="319" t="s">
+      <c r="A65" s="310"/>
+      <c r="B65" s="328" t="s">
         <v>40</v>
       </c>
-      <c r="C65" s="308"/>
-[...1 lines deleted...]
-      <c r="E65" s="309"/>
+      <c r="C65" s="312"/>
+      <c r="D65" s="312"/>
+      <c r="E65" s="313"/>
       <c r="F65" s="26" t="s">
         <v>34</v>
       </c>
       <c r="G65" s="38">
         <v>0</v>
       </c>
-      <c r="H65" s="175"/>
-[...2 lines deleted...]
-      <c r="K65" s="177"/>
+      <c r="H65" s="171"/>
+      <c r="I65" s="44"/>
+      <c r="J65" s="60"/>
+      <c r="K65" s="172"/>
     </row>
     <row r="66" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="297"/>
-      <c r="B66" s="319" t="s">
+      <c r="A66" s="310"/>
+      <c r="B66" s="328" t="s">
         <v>69</v>
       </c>
-      <c r="C66" s="308"/>
-[...1 lines deleted...]
-      <c r="E66" s="309"/>
+      <c r="C66" s="312"/>
+      <c r="D66" s="312"/>
+      <c r="E66" s="313"/>
       <c r="F66" s="26" t="s">
         <v>35</v>
       </c>
       <c r="G66" s="38">
         <v>0</v>
       </c>
-      <c r="H66" s="175"/>
-[...2 lines deleted...]
-      <c r="K66" s="177"/>
+      <c r="H66" s="171"/>
+      <c r="I66" s="44"/>
+      <c r="J66" s="60"/>
+      <c r="K66" s="172"/>
     </row>
     <row r="67" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="297"/>
-      <c r="B67" s="319" t="s">
+      <c r="A67" s="310"/>
+      <c r="B67" s="328" t="s">
         <v>45</v>
       </c>
-      <c r="C67" s="308"/>
-[...1 lines deleted...]
-      <c r="E67" s="309"/>
+      <c r="C67" s="312"/>
+      <c r="D67" s="312"/>
+      <c r="E67" s="313"/>
       <c r="F67" s="26" t="s">
         <v>36</v>
       </c>
       <c r="G67" s="38">
         <v>0</v>
       </c>
-      <c r="H67" s="175"/>
-[...2 lines deleted...]
-      <c r="K67" s="177"/>
+      <c r="H67" s="171"/>
+      <c r="I67" s="44"/>
+      <c r="J67" s="60"/>
+      <c r="K67" s="172"/>
     </row>
     <row r="68" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="377" t="s">
+      <c r="A68" s="325" t="s">
         <v>375</v>
       </c>
-      <c r="B68" s="378"/>
-[...2 lines deleted...]
-      <c r="E68" s="379"/>
+      <c r="B68" s="326"/>
+      <c r="C68" s="326"/>
+      <c r="D68" s="326"/>
+      <c r="E68" s="327"/>
       <c r="F68" s="28" t="s">
         <v>37</v>
       </c>
-      <c r="G68" s="92">
-[...2 lines deleted...]
-      <c r="H68" s="175" t="s">
+      <c r="G68" s="89">
+        <v>0</v>
+      </c>
+      <c r="H68" s="171" t="s">
         <v>376</v>
       </c>
-      <c r="I68" s="47" t="str">
+      <c r="I68" s="45" t="str">
         <f>IF($G$68&gt;$G$53,"Ř. 0317 je větší 0302","")</f>
         <v/>
       </c>
-      <c r="J68" s="63"/>
-      <c r="K68" s="177"/>
+      <c r="J68" s="61"/>
+      <c r="K68" s="172"/>
     </row>
     <row r="69" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A69" s="177"/>
-[...9 lines deleted...]
-      <c r="K69" s="177"/>
+      <c r="A69" s="172"/>
+      <c r="B69" s="172"/>
+      <c r="C69" s="172"/>
+      <c r="D69" s="172"/>
+      <c r="E69" s="172"/>
+      <c r="F69" s="172"/>
+      <c r="G69" s="100"/>
+      <c r="H69" s="171"/>
+      <c r="I69" s="44"/>
+      <c r="J69" s="60"/>
+      <c r="K69" s="172"/>
     </row>
     <row r="70" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="21" t="s">
         <v>168</v>
       </c>
       <c r="B70" s="21"/>
       <c r="C70" s="21"/>
       <c r="D70" s="21"/>
-      <c r="E70" s="177"/>
-[...5 lines deleted...]
-      <c r="K70" s="177"/>
+      <c r="E70" s="172"/>
+      <c r="F70" s="172"/>
+      <c r="G70" s="100"/>
+      <c r="H70" s="171"/>
+      <c r="I70" s="44"/>
+      <c r="J70" s="60"/>
+      <c r="K70" s="172"/>
     </row>
     <row r="71" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A71" s="287"/>
-[...4 lines deleted...]
-      <c r="F71" s="168" t="s">
+      <c r="A71" s="302"/>
+      <c r="B71" s="303"/>
+      <c r="C71" s="303"/>
+      <c r="D71" s="303"/>
+      <c r="E71" s="304"/>
+      <c r="F71" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G71" s="111" t="s">
+      <c r="G71" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H71" s="175"/>
-[...2 lines deleted...]
-      <c r="K71" s="177"/>
+      <c r="H71" s="171"/>
+      <c r="I71" s="44"/>
+      <c r="J71" s="60"/>
+      <c r="K71" s="172"/>
     </row>
     <row r="72" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A72" s="298" t="s">
+      <c r="A72" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B72" s="299"/>
-[...3 lines deleted...]
-      <c r="F72" s="169">
+      <c r="B72" s="300"/>
+      <c r="C72" s="300"/>
+      <c r="D72" s="300"/>
+      <c r="E72" s="301"/>
+      <c r="F72" s="166">
         <v>1</v>
       </c>
-      <c r="G72" s="112">
+      <c r="G72" s="109">
         <v>2</v>
       </c>
-      <c r="H72" s="175"/>
-[...2 lines deleted...]
-      <c r="K72" s="177"/>
+      <c r="H72" s="171"/>
+      <c r="I72" s="44"/>
+      <c r="J72" s="60"/>
+      <c r="K72" s="172"/>
     </row>
     <row r="73" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="376" t="s">
+      <c r="A73" s="329" t="s">
         <v>397</v>
       </c>
-      <c r="B73" s="380"/>
-      <c r="C73" s="382" t="s">
+      <c r="B73" s="330"/>
+      <c r="C73" s="332" t="s">
         <v>398</v>
       </c>
-      <c r="D73" s="319" t="s">
+      <c r="D73" s="328" t="s">
         <v>395</v>
       </c>
-      <c r="E73" s="309"/>
+      <c r="E73" s="313"/>
       <c r="F73" s="26">
         <v>401</v>
       </c>
       <c r="G73" s="38">
         <v>0</v>
       </c>
-      <c r="H73" s="175"/>
-[...2 lines deleted...]
-      <c r="K73" s="177"/>
+      <c r="H73" s="171"/>
+      <c r="I73" s="45"/>
+      <c r="J73" s="61"/>
+      <c r="K73" s="172"/>
     </row>
     <row r="74" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="381"/>
-[...2 lines deleted...]
-      <c r="D74" s="319" t="s">
+      <c r="A74" s="331"/>
+      <c r="B74" s="330"/>
+      <c r="C74" s="333"/>
+      <c r="D74" s="328" t="s">
         <v>396</v>
       </c>
-      <c r="E74" s="309"/>
+      <c r="E74" s="313"/>
       <c r="F74" s="26">
         <v>402</v>
       </c>
       <c r="G74" s="38">
         <v>0</v>
       </c>
-      <c r="H74" s="175"/>
-[...2 lines deleted...]
-      <c r="K74" s="177"/>
+      <c r="H74" s="171"/>
+      <c r="I74" s="45"/>
+      <c r="J74" s="61"/>
+      <c r="K74" s="172"/>
     </row>
     <row r="75" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="376" t="s">
+      <c r="A75" s="329" t="s">
         <v>169</v>
       </c>
-      <c r="B75" s="359"/>
-[...1 lines deleted...]
-      <c r="D75" s="277" t="s">
+      <c r="B75" s="335"/>
+      <c r="C75" s="333"/>
+      <c r="D75" s="285" t="s">
         <v>399</v>
       </c>
-      <c r="E75" s="279"/>
+      <c r="E75" s="287"/>
       <c r="F75" s="26">
         <v>403</v>
       </c>
       <c r="G75" s="38">
         <v>0</v>
       </c>
-      <c r="H75" s="175"/>
-[...2 lines deleted...]
-      <c r="K75" s="177"/>
+      <c r="H75" s="171"/>
+      <c r="I75" s="45"/>
+      <c r="J75" s="61"/>
+      <c r="K75" s="172"/>
     </row>
     <row r="76" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="376"/>
-[...2 lines deleted...]
-      <c r="D76" s="277" t="s">
+      <c r="A76" s="329"/>
+      <c r="B76" s="335"/>
+      <c r="C76" s="334"/>
+      <c r="D76" s="285" t="s">
         <v>400</v>
       </c>
-      <c r="E76" s="279"/>
+      <c r="E76" s="287"/>
       <c r="F76" s="27">
         <v>404</v>
       </c>
       <c r="G76" s="38">
         <v>0</v>
       </c>
-      <c r="H76" s="175"/>
-[...2 lines deleted...]
-      <c r="K76" s="177"/>
+      <c r="H76" s="171"/>
+      <c r="I76" s="45"/>
+      <c r="J76" s="61"/>
+      <c r="K76" s="172"/>
     </row>
     <row r="77" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="307" t="s">
+      <c r="A77" s="311" t="s">
         <v>401</v>
       </c>
-      <c r="B77" s="278"/>
-[...2 lines deleted...]
-      <c r="E77" s="279"/>
+      <c r="B77" s="286"/>
+      <c r="C77" s="286"/>
+      <c r="D77" s="286"/>
+      <c r="E77" s="287"/>
       <c r="F77" s="26">
         <v>405</v>
       </c>
       <c r="G77" s="38">
         <v>0</v>
       </c>
-      <c r="H77" s="175" t="s">
+      <c r="H77" s="171" t="s">
         <v>350</v>
       </c>
-      <c r="I77" s="47"/>
-[...1 lines deleted...]
-      <c r="K77" s="177"/>
+      <c r="I77" s="45"/>
+      <c r="J77" s="61"/>
+      <c r="K77" s="172"/>
     </row>
     <row r="78" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="307" t="s">
+      <c r="A78" s="311" t="s">
         <v>402</v>
       </c>
-      <c r="B78" s="278"/>
-[...2 lines deleted...]
-      <c r="E78" s="279"/>
+      <c r="B78" s="286"/>
+      <c r="C78" s="286"/>
+      <c r="D78" s="286"/>
+      <c r="E78" s="287"/>
       <c r="F78" s="26">
         <v>406</v>
       </c>
       <c r="G78" s="38">
         <v>0</v>
       </c>
-      <c r="H78" s="175" t="s">
+      <c r="H78" s="171" t="s">
         <v>351</v>
       </c>
-      <c r="I78" s="47" t="str">
+      <c r="I78" s="45" t="str">
         <f>IF(FLOOR(G78/48,1)&lt;$G$79,"Počet hodin neodpovídá ř. 0407*48 hod.","")</f>
         <v/>
       </c>
-      <c r="J78" s="62"/>
-      <c r="K78" s="177"/>
+      <c r="J78" s="60"/>
+      <c r="K78" s="172"/>
     </row>
     <row r="79" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="307" t="s">
+      <c r="A79" s="311" t="s">
         <v>403</v>
       </c>
-      <c r="B79" s="278"/>
-[...2 lines deleted...]
-      <c r="E79" s="279"/>
+      <c r="B79" s="286"/>
+      <c r="C79" s="286"/>
+      <c r="D79" s="286"/>
+      <c r="E79" s="287"/>
       <c r="F79" s="26">
         <v>407</v>
       </c>
       <c r="G79" s="38">
         <v>0</v>
       </c>
-      <c r="H79" s="175" t="s">
-[...2 lines deleted...]
-      <c r="I79" s="47" t="str">
+      <c r="H79" s="171" t="s">
+        <v>591</v>
+      </c>
+      <c r="I79" s="45" t="str">
         <f>IF(G79=0,IF(G78&gt;G77*47,"Někteří zaměstnanci splnili standard.",""),"")</f>
         <v/>
       </c>
-      <c r="J79" s="63"/>
-      <c r="K79" s="177"/>
+      <c r="J79" s="61"/>
+      <c r="K79" s="172"/>
     </row>
     <row r="80" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="307" t="s">
+      <c r="A80" s="311" t="s">
         <v>404</v>
       </c>
-      <c r="B80" s="278"/>
-[...2 lines deleted...]
-      <c r="E80" s="279"/>
+      <c r="B80" s="286"/>
+      <c r="C80" s="286"/>
+      <c r="D80" s="286"/>
+      <c r="E80" s="287"/>
       <c r="F80" s="26">
         <v>408</v>
       </c>
       <c r="G80" s="38">
         <v>0</v>
       </c>
-      <c r="H80" s="175" t="s">
+      <c r="H80" s="171" t="s">
         <v>353</v>
       </c>
-      <c r="I80" s="47" t="str">
+      <c r="I80" s="45" t="str">
         <f>IF($G$45&gt;0,IF($G$80=0,"Vyplňte počet akcí",""),"")</f>
         <v/>
       </c>
-      <c r="J80" s="66"/>
-      <c r="K80" s="177"/>
+      <c r="J80" s="64"/>
+      <c r="K80" s="172"/>
     </row>
     <row r="81" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="307" t="s">
+      <c r="A81" s="311" t="s">
         <v>405</v>
       </c>
-      <c r="B81" s="278"/>
-[...2 lines deleted...]
-      <c r="E81" s="279"/>
+      <c r="B81" s="286"/>
+      <c r="C81" s="286"/>
+      <c r="D81" s="286"/>
+      <c r="E81" s="287"/>
       <c r="F81" s="26">
         <v>409</v>
       </c>
       <c r="G81" s="38">
         <v>0</v>
       </c>
-      <c r="H81" s="175" t="s">
-[...7 lines deleted...]
-      <c r="K81" s="177"/>
+      <c r="H81" s="270" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I81" s="45"/>
+      <c r="J81" s="64"/>
+      <c r="K81" s="172"/>
     </row>
     <row r="82" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="306" t="s">
+      <c r="A82" s="317" t="s">
         <v>406</v>
       </c>
-      <c r="B82" s="278"/>
-[...2 lines deleted...]
-      <c r="E82" s="279"/>
+      <c r="B82" s="286"/>
+      <c r="C82" s="286"/>
+      <c r="D82" s="286"/>
+      <c r="E82" s="287"/>
       <c r="F82" s="26">
         <v>410</v>
       </c>
       <c r="G82" s="38">
         <v>0</v>
       </c>
-      <c r="H82" s="175" t="s">
+      <c r="H82" s="171" t="s">
         <v>354</v>
       </c>
-      <c r="I82" s="47" t="str">
+      <c r="I82" s="45" t="str">
         <f>IF($G$46&gt;0,IF($G$82=0,"Vyplňte počet akcí",""),"")</f>
         <v/>
       </c>
-      <c r="J82" s="66"/>
-      <c r="K82" s="177"/>
+      <c r="J82" s="64"/>
+      <c r="K82" s="172"/>
     </row>
     <row r="83" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="295" t="s">
+      <c r="A83" s="297" t="s">
         <v>407</v>
       </c>
-      <c r="B83" s="274"/>
-[...2 lines deleted...]
-      <c r="E83" s="274"/>
+      <c r="B83" s="282"/>
+      <c r="C83" s="282"/>
+      <c r="D83" s="282"/>
+      <c r="E83" s="282"/>
       <c r="F83" s="26">
         <v>411</v>
       </c>
       <c r="G83" s="38">
         <v>0</v>
       </c>
-      <c r="H83" s="175" t="s">
-[...7 lines deleted...]
-      <c r="K83" s="177"/>
+      <c r="H83" s="270" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I83" s="45"/>
+      <c r="J83" s="64"/>
+      <c r="K83" s="172"/>
     </row>
     <row r="84" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="295" t="s">
+      <c r="A84" s="297" t="s">
         <v>408</v>
       </c>
-      <c r="B84" s="296"/>
-[...2 lines deleted...]
-      <c r="E84" s="296"/>
+      <c r="B84" s="298"/>
+      <c r="C84" s="298"/>
+      <c r="D84" s="298"/>
+      <c r="E84" s="298"/>
       <c r="F84" s="26">
         <v>412</v>
       </c>
       <c r="G84" s="38">
         <v>0</v>
       </c>
-      <c r="H84" s="175" t="s">
-[...2 lines deleted...]
-      <c r="I84" s="47" t="str">
+      <c r="H84" s="171" t="s">
+        <v>479</v>
+      </c>
+      <c r="I84" s="45" t="str">
         <f>IF($G$84&gt;$G$82,"Ř. 0412 je větší 0410","")</f>
         <v/>
       </c>
-      <c r="J84" s="63"/>
-      <c r="K84" s="177"/>
+      <c r="J84" s="61"/>
+      <c r="K84" s="172"/>
     </row>
     <row r="85" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="295" t="s">
+      <c r="A85" s="297" t="s">
         <v>177</v>
       </c>
-      <c r="B85" s="296"/>
-[...2 lines deleted...]
-      <c r="E85" s="296"/>
+      <c r="B85" s="298"/>
+      <c r="C85" s="298"/>
+      <c r="D85" s="298"/>
+      <c r="E85" s="298"/>
       <c r="F85" s="26">
         <v>413</v>
       </c>
       <c r="G85" s="38">
         <v>0</v>
       </c>
-      <c r="H85" s="175"/>
-[...2 lines deleted...]
-      <c r="K85" s="177"/>
+      <c r="H85" s="171"/>
+      <c r="I85" s="44"/>
+      <c r="J85" s="60"/>
+      <c r="K85" s="172"/>
     </row>
     <row r="86" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="273" t="s">
+      <c r="A86" s="281" t="s">
         <v>178</v>
       </c>
-      <c r="B86" s="274"/>
-[...2 lines deleted...]
-      <c r="E86" s="274"/>
+      <c r="B86" s="282"/>
+      <c r="C86" s="282"/>
+      <c r="D86" s="282"/>
+      <c r="E86" s="282"/>
       <c r="F86" s="26">
         <v>414</v>
       </c>
       <c r="G86" s="38">
         <v>0</v>
       </c>
-      <c r="H86" s="175"/>
-      <c r="I86" s="47" t="str">
+      <c r="H86" s="171"/>
+      <c r="I86" s="45" t="str">
         <f>IF($G$86&gt;0,IF($G$85=0,"Chybí tituly v ř. 0413",""),"")</f>
         <v/>
       </c>
-      <c r="J86" s="63"/>
-      <c r="K86" s="177"/>
+      <c r="J86" s="61"/>
+      <c r="K86" s="172"/>
     </row>
     <row r="87" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="295" t="s">
+      <c r="A87" s="297" t="s">
         <v>179</v>
       </c>
-      <c r="B87" s="296"/>
-[...2 lines deleted...]
-      <c r="E87" s="296"/>
+      <c r="B87" s="298"/>
+      <c r="C87" s="298"/>
+      <c r="D87" s="298"/>
+      <c r="E87" s="298"/>
       <c r="F87" s="26">
         <v>415</v>
       </c>
       <c r="G87" s="38">
         <v>0</v>
       </c>
-      <c r="H87" s="175"/>
-[...2 lines deleted...]
-      <c r="K87" s="177"/>
+      <c r="H87" s="171"/>
+      <c r="I87" s="49"/>
+      <c r="J87" s="61"/>
+      <c r="K87" s="172"/>
     </row>
     <row r="88" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="273" t="s">
+      <c r="A88" s="281" t="s">
         <v>178</v>
       </c>
-      <c r="B88" s="274"/>
-[...2 lines deleted...]
-      <c r="E88" s="274"/>
+      <c r="B88" s="282"/>
+      <c r="C88" s="282"/>
+      <c r="D88" s="282"/>
+      <c r="E88" s="282"/>
       <c r="F88" s="26">
         <v>416</v>
       </c>
       <c r="G88" s="38">
         <v>0</v>
       </c>
-      <c r="H88" s="175"/>
-      <c r="I88" s="47" t="str">
+      <c r="H88" s="171"/>
+      <c r="I88" s="45" t="str">
         <f>IF($G$88&gt;0,IF($G$87=0,"Chybí tituly v ř. 0415",""),"")</f>
         <v/>
       </c>
-      <c r="J88" s="63"/>
-      <c r="K88" s="177"/>
+      <c r="J88" s="61"/>
+      <c r="K88" s="172"/>
     </row>
     <row r="89" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="295" t="s">
+      <c r="A89" s="297" t="s">
         <v>180</v>
       </c>
-      <c r="B89" s="296"/>
-[...2 lines deleted...]
-      <c r="E89" s="296"/>
+      <c r="B89" s="298"/>
+      <c r="C89" s="298"/>
+      <c r="D89" s="298"/>
+      <c r="E89" s="298"/>
       <c r="F89" s="26">
         <v>417</v>
       </c>
       <c r="G89" s="38">
         <v>0</v>
       </c>
-      <c r="H89" s="175"/>
-[...2 lines deleted...]
-      <c r="K89" s="177"/>
+      <c r="H89" s="171"/>
+      <c r="I89" s="44"/>
+      <c r="J89" s="60"/>
+      <c r="K89" s="172"/>
     </row>
     <row r="90" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="273" t="s">
+      <c r="A90" s="281" t="s">
         <v>181</v>
       </c>
-      <c r="B90" s="274"/>
-[...2 lines deleted...]
-      <c r="E90" s="274"/>
+      <c r="B90" s="282"/>
+      <c r="C90" s="282"/>
+      <c r="D90" s="282"/>
+      <c r="E90" s="282"/>
       <c r="F90" s="26">
         <v>418</v>
       </c>
       <c r="G90" s="38">
         <v>0</v>
       </c>
-      <c r="H90" s="192" t="s">
-[...4 lines deleted...]
-      <c r="K90" s="177"/>
+      <c r="H90" s="184" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I90" s="44"/>
+      <c r="J90" s="60"/>
+      <c r="K90" s="172"/>
     </row>
     <row r="91" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="273" t="s">
+      <c r="A91" s="281" t="s">
         <v>182</v>
       </c>
-      <c r="B91" s="274"/>
-[...2 lines deleted...]
-      <c r="E91" s="274"/>
+      <c r="B91" s="282"/>
+      <c r="C91" s="282"/>
+      <c r="D91" s="282"/>
+      <c r="E91" s="282"/>
       <c r="F91" s="26">
         <v>419</v>
       </c>
       <c r="G91" s="38">
         <v>0</v>
       </c>
-      <c r="H91" s="152" t="s">
-[...4 lines deleted...]
-      <c r="K91" s="177"/>
+      <c r="H91" s="149" t="s">
+        <v>592</v>
+      </c>
+      <c r="I91" s="44"/>
+      <c r="J91" s="60"/>
+      <c r="K91" s="172"/>
     </row>
     <row r="92" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="273" t="s">
+      <c r="A92" s="281" t="s">
         <v>183</v>
       </c>
-      <c r="B92" s="274"/>
-[...2 lines deleted...]
-      <c r="E92" s="274"/>
+      <c r="B92" s="282"/>
+      <c r="C92" s="282"/>
+      <c r="D92" s="282"/>
+      <c r="E92" s="282"/>
       <c r="F92" s="26">
         <v>420</v>
       </c>
       <c r="G92" s="38">
         <v>0</v>
       </c>
-      <c r="H92" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K92" s="177"/>
+      <c r="H92" s="171" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I92" s="44"/>
+      <c r="J92" s="60"/>
+      <c r="K92" s="172"/>
     </row>
     <row r="93" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="273" t="s">
+      <c r="A93" s="281" t="s">
         <v>184</v>
       </c>
-      <c r="B93" s="274"/>
-[...2 lines deleted...]
-      <c r="E93" s="274"/>
+      <c r="B93" s="282"/>
+      <c r="C93" s="282"/>
+      <c r="D93" s="282"/>
+      <c r="E93" s="282"/>
       <c r="F93" s="26">
         <v>421</v>
       </c>
       <c r="G93" s="38">
         <v>0</v>
       </c>
-      <c r="H93" s="175" t="s">
+      <c r="H93" s="171" t="s">
         <v>299</v>
       </c>
-      <c r="I93" s="46"/>
-[...1 lines deleted...]
-      <c r="K93" s="177"/>
+      <c r="I93" s="44"/>
+      <c r="J93" s="60"/>
+      <c r="K93" s="172"/>
     </row>
     <row r="94" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="273" t="s">
+      <c r="A94" s="281" t="s">
         <v>185</v>
       </c>
-      <c r="B94" s="274"/>
-[...2 lines deleted...]
-      <c r="E94" s="274"/>
+      <c r="B94" s="282"/>
+      <c r="C94" s="282"/>
+      <c r="D94" s="282"/>
+      <c r="E94" s="282"/>
       <c r="F94" s="26">
         <v>422</v>
       </c>
       <c r="G94" s="38">
         <v>0</v>
       </c>
-      <c r="H94" s="175" t="s">
+      <c r="H94" s="171" t="s">
         <v>300</v>
       </c>
-      <c r="I94" s="46"/>
-[...1 lines deleted...]
-      <c r="K94" s="177"/>
+      <c r="I94" s="44"/>
+      <c r="J94" s="60"/>
+      <c r="K94" s="172"/>
     </row>
     <row r="95" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="370" t="s">
         <v>186</v>
       </c>
       <c r="B95" s="371"/>
       <c r="C95" s="371"/>
       <c r="D95" s="371"/>
       <c r="E95" s="371"/>
       <c r="F95" s="28">
         <v>423</v>
       </c>
-      <c r="G95" s="92">
-[...7 lines deleted...]
-      <c r="K95" s="177"/>
+      <c r="G95" s="269">
+        <v>0</v>
+      </c>
+      <c r="H95" s="184" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I95" s="44"/>
+      <c r="J95" s="60"/>
+      <c r="K95" s="172"/>
     </row>
     <row r="96" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A96" s="177"/>
-[...9 lines deleted...]
-      <c r="K96" s="177"/>
+      <c r="A96" s="172"/>
+      <c r="B96" s="172"/>
+      <c r="C96" s="172"/>
+      <c r="D96" s="172"/>
+      <c r="E96" s="172"/>
+      <c r="F96" s="172"/>
+      <c r="G96" s="100"/>
+      <c r="H96" s="171"/>
+      <c r="I96" s="44"/>
+      <c r="J96" s="60"/>
+      <c r="K96" s="172"/>
     </row>
     <row r="97" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="21" t="s">
         <v>187</v>
       </c>
-      <c r="B97" s="177"/>
-[...8 lines deleted...]
-      <c r="K97" s="177"/>
+      <c r="B97" s="172"/>
+      <c r="C97" s="172"/>
+      <c r="D97" s="172"/>
+      <c r="E97" s="172"/>
+      <c r="F97" s="172"/>
+      <c r="G97" s="100"/>
+      <c r="H97" s="171"/>
+      <c r="I97" s="44"/>
+      <c r="J97" s="60"/>
+      <c r="K97" s="172"/>
     </row>
     <row r="98" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A98" s="287"/>
-[...4 lines deleted...]
-      <c r="F98" s="168" t="s">
+      <c r="A98" s="302"/>
+      <c r="B98" s="303"/>
+      <c r="C98" s="303"/>
+      <c r="D98" s="303"/>
+      <c r="E98" s="304"/>
+      <c r="F98" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G98" s="111" t="s">
+      <c r="G98" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H98" s="175"/>
-[...2 lines deleted...]
-      <c r="K98" s="177"/>
+      <c r="H98" s="171"/>
+      <c r="I98" s="44"/>
+      <c r="J98" s="60"/>
+      <c r="K98" s="172"/>
     </row>
     <row r="99" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A99" s="298" t="s">
+      <c r="A99" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B99" s="299"/>
-[...3 lines deleted...]
-      <c r="F99" s="169">
+      <c r="B99" s="300"/>
+      <c r="C99" s="300"/>
+      <c r="D99" s="300"/>
+      <c r="E99" s="301"/>
+      <c r="F99" s="166">
         <v>1</v>
       </c>
-      <c r="G99" s="112">
+      <c r="G99" s="109">
         <v>2</v>
       </c>
-      <c r="H99" s="175"/>
-[...2 lines deleted...]
-      <c r="K99" s="177"/>
+      <c r="H99" s="171"/>
+      <c r="I99" s="44"/>
+      <c r="J99" s="60"/>
+      <c r="K99" s="172"/>
     </row>
     <row r="100" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="273" t="s">
+      <c r="A100" s="281" t="s">
         <v>188</v>
       </c>
-      <c r="B100" s="274"/>
-[...2 lines deleted...]
-      <c r="E100" s="274"/>
+      <c r="B100" s="282"/>
+      <c r="C100" s="282"/>
+      <c r="D100" s="282"/>
+      <c r="E100" s="282"/>
       <c r="F100" s="26">
         <v>501</v>
       </c>
       <c r="G100" s="38">
         <v>0</v>
       </c>
-      <c r="H100" s="175" t="s">
+      <c r="H100" s="171" t="s">
         <v>301</v>
       </c>
-      <c r="I100" s="47" t="str">
+      <c r="I100" s="45" t="str">
         <f>IF(G102&gt;0,IF(G100=0,"Chybí webová stránka.",""),"")</f>
         <v/>
       </c>
-      <c r="J100" s="63"/>
-      <c r="K100" s="177"/>
+      <c r="J100" s="61"/>
+      <c r="K100" s="172"/>
     </row>
     <row r="101" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="273" t="s">
+      <c r="A101" s="281" t="s">
         <v>189</v>
       </c>
-      <c r="B101" s="274"/>
-[...2 lines deleted...]
-      <c r="E101" s="274"/>
+      <c r="B101" s="282"/>
+      <c r="C101" s="282"/>
+      <c r="D101" s="282"/>
+      <c r="E101" s="282"/>
       <c r="F101" s="26">
         <v>502</v>
       </c>
       <c r="G101" s="38">
         <v>0</v>
       </c>
-      <c r="H101" s="175" t="s">
+      <c r="H101" s="171" t="s">
         <v>302</v>
       </c>
-      <c r="I101" s="46" t="str">
+      <c r="I101" s="44" t="str">
         <f>IF(G103&gt;0,IF(G101=0,"Chybí elektronický katalog.",""),"")</f>
         <v/>
       </c>
-      <c r="J101" s="62"/>
-      <c r="K101" s="177"/>
+      <c r="J101" s="60"/>
+      <c r="K101" s="172"/>
     </row>
     <row r="102" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="310" t="s">
+      <c r="A102" s="318" t="s">
         <v>417</v>
       </c>
-      <c r="B102" s="308" t="s">
+      <c r="B102" s="312" t="s">
         <v>409</v>
       </c>
-      <c r="C102" s="308"/>
-[...1 lines deleted...]
-      <c r="E102" s="309"/>
+      <c r="C102" s="312"/>
+      <c r="D102" s="312"/>
+      <c r="E102" s="313"/>
       <c r="F102" s="26">
         <v>503</v>
       </c>
       <c r="G102" s="38">
         <v>0</v>
       </c>
-      <c r="H102" s="175"/>
-[...2 lines deleted...]
-      <c r="K102" s="177"/>
+      <c r="H102" s="171"/>
+      <c r="I102" s="44"/>
+      <c r="J102" s="60"/>
+      <c r="K102" s="172"/>
     </row>
     <row r="103" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="311"/>
-      <c r="B103" s="308" t="s">
+      <c r="A103" s="319"/>
+      <c r="B103" s="312" t="s">
         <v>418</v>
       </c>
-      <c r="C103" s="308"/>
-[...1 lines deleted...]
-      <c r="E103" s="309"/>
+      <c r="C103" s="312"/>
+      <c r="D103" s="312"/>
+      <c r="E103" s="313"/>
       <c r="F103" s="27">
         <v>504</v>
       </c>
       <c r="G103" s="38">
         <v>0</v>
       </c>
-      <c r="H103" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K103" s="177"/>
+      <c r="H103" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I103" s="44"/>
+      <c r="J103" s="60"/>
+      <c r="K103" s="172"/>
     </row>
     <row r="104" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="311"/>
-      <c r="B104" s="278" t="s">
+      <c r="A104" s="319"/>
+      <c r="B104" s="286" t="s">
         <v>410</v>
       </c>
-      <c r="C104" s="278"/>
-[...1 lines deleted...]
-      <c r="E104" s="279"/>
+      <c r="C104" s="286"/>
+      <c r="D104" s="286"/>
+      <c r="E104" s="287"/>
       <c r="F104" s="26">
         <v>505</v>
       </c>
       <c r="G104" s="38">
         <v>0</v>
       </c>
-      <c r="H104" s="175" t="s">
+      <c r="H104" s="171" t="s">
         <v>303</v>
       </c>
-      <c r="I104" s="46"/>
-[...1 lines deleted...]
-      <c r="K104" s="177"/>
+      <c r="I104" s="44"/>
+      <c r="J104" s="60"/>
+      <c r="K104" s="172"/>
     </row>
     <row r="105" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="311"/>
-      <c r="B105" s="278" t="s">
+      <c r="A105" s="319"/>
+      <c r="B105" s="286" t="s">
         <v>411</v>
       </c>
-      <c r="C105" s="278"/>
-[...1 lines deleted...]
-      <c r="E105" s="279"/>
+      <c r="C105" s="286"/>
+      <c r="D105" s="286"/>
+      <c r="E105" s="287"/>
       <c r="F105" s="26">
         <v>506</v>
       </c>
       <c r="G105" s="38">
         <v>0</v>
       </c>
-      <c r="H105" s="175" t="s">
+      <c r="H105" s="171" t="s">
         <v>304</v>
       </c>
-      <c r="I105" s="46"/>
-[...1 lines deleted...]
-      <c r="K105" s="177"/>
+      <c r="I105" s="44"/>
+      <c r="J105" s="60"/>
+      <c r="K105" s="172"/>
     </row>
     <row r="106" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="311"/>
-      <c r="B106" s="308" t="s">
+      <c r="A106" s="319"/>
+      <c r="B106" s="312" t="s">
         <v>412</v>
       </c>
-      <c r="C106" s="308"/>
-[...1 lines deleted...]
-      <c r="E106" s="309"/>
+      <c r="C106" s="312"/>
+      <c r="D106" s="312"/>
+      <c r="E106" s="313"/>
       <c r="F106" s="26">
         <v>507</v>
       </c>
       <c r="G106" s="38">
         <v>0</v>
       </c>
-      <c r="H106" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K106" s="177"/>
+      <c r="H106" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I106" s="44"/>
+      <c r="J106" s="60"/>
+      <c r="K106" s="172"/>
     </row>
     <row r="107" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="311"/>
-      <c r="B107" s="308" t="s">
+      <c r="A107" s="319"/>
+      <c r="B107" s="312" t="s">
         <v>413</v>
       </c>
-      <c r="C107" s="308"/>
-[...1 lines deleted...]
-      <c r="E107" s="309"/>
+      <c r="C107" s="312"/>
+      <c r="D107" s="312"/>
+      <c r="E107" s="313"/>
       <c r="F107" s="26">
         <v>508</v>
       </c>
       <c r="G107" s="38">
         <v>0</v>
       </c>
-      <c r="H107" s="152"/>
-[...2 lines deleted...]
-      <c r="K107" s="177"/>
+      <c r="H107" s="149"/>
+      <c r="I107" s="44"/>
+      <c r="J107" s="60"/>
+      <c r="K107" s="172"/>
     </row>
     <row r="108" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="311"/>
-      <c r="B108" s="278" t="s">
+      <c r="A108" s="319"/>
+      <c r="B108" s="286" t="s">
         <v>428</v>
       </c>
-      <c r="C108" s="278"/>
-[...1 lines deleted...]
-      <c r="E108" s="279"/>
+      <c r="C108" s="286"/>
+      <c r="D108" s="286"/>
+      <c r="E108" s="287"/>
       <c r="F108" s="26">
         <v>509</v>
       </c>
       <c r="G108" s="38">
         <v>0</v>
       </c>
-      <c r="H108" s="175"/>
-[...2 lines deleted...]
-      <c r="K108" s="177"/>
+      <c r="H108" s="171"/>
+      <c r="I108" s="44"/>
+      <c r="J108" s="60"/>
+      <c r="K108" s="172"/>
     </row>
     <row r="109" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="311"/>
-      <c r="B109" s="278" t="s">
+      <c r="A109" s="319"/>
+      <c r="B109" s="286" t="s">
         <v>414</v>
       </c>
-      <c r="C109" s="278"/>
-[...1 lines deleted...]
-      <c r="E109" s="279"/>
+      <c r="C109" s="286"/>
+      <c r="D109" s="286"/>
+      <c r="E109" s="287"/>
       <c r="F109" s="26">
         <v>510</v>
       </c>
       <c r="G109" s="38">
         <v>0</v>
       </c>
-      <c r="H109" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K109" s="177"/>
+      <c r="H109" s="171" t="s">
+        <v>580</v>
+      </c>
+      <c r="I109" s="44"/>
+      <c r="J109" s="60"/>
+      <c r="K109" s="172"/>
     </row>
     <row r="110" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="311"/>
-      <c r="B110" s="278" t="s">
+      <c r="A110" s="319"/>
+      <c r="B110" s="286" t="s">
         <v>415</v>
       </c>
-      <c r="C110" s="278"/>
-[...1 lines deleted...]
-      <c r="E110" s="279"/>
+      <c r="C110" s="286"/>
+      <c r="D110" s="286"/>
+      <c r="E110" s="287"/>
       <c r="F110" s="26">
         <v>511</v>
       </c>
       <c r="G110" s="38">
         <v>0</v>
       </c>
-      <c r="H110" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K110" s="177"/>
+      <c r="H110" s="171" t="s">
+        <v>580</v>
+      </c>
+      <c r="I110" s="44"/>
+      <c r="J110" s="60"/>
+      <c r="K110" s="172"/>
     </row>
     <row r="111" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="311"/>
-      <c r="B111" s="313" t="s">
+      <c r="A111" s="319"/>
+      <c r="B111" s="321" t="s">
         <v>419</v>
       </c>
-      <c r="C111" s="314"/>
-[...3 lines deleted...]
-      <c r="E111" s="309"/>
+      <c r="C111" s="322"/>
+      <c r="D111" s="312" t="s">
+        <v>541</v>
+      </c>
+      <c r="E111" s="313"/>
       <c r="F111" s="26">
         <v>512</v>
       </c>
       <c r="G111" s="38">
         <v>0</v>
       </c>
-      <c r="H111" s="175" t="s">
-[...4 lines deleted...]
-      <c r="K111" s="177"/>
+      <c r="H111" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I111" s="45"/>
+      <c r="J111" s="61"/>
+      <c r="K111" s="172"/>
     </row>
     <row r="112" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="312"/>
-[...2 lines deleted...]
-      <c r="D112" s="285" t="s">
+      <c r="A112" s="320"/>
+      <c r="B112" s="323"/>
+      <c r="C112" s="324"/>
+      <c r="D112" s="293" t="s">
         <v>416</v>
       </c>
-      <c r="E112" s="286"/>
+      <c r="E112" s="294"/>
       <c r="F112" s="28">
         <v>513</v>
       </c>
-      <c r="G112" s="92">
-[...7 lines deleted...]
-      <c r="K112" s="177"/>
+      <c r="G112" s="89">
+        <v>0</v>
+      </c>
+      <c r="H112" s="171" t="s">
+        <v>579</v>
+      </c>
+      <c r="I112" s="44"/>
+      <c r="J112" s="60"/>
+      <c r="K112" s="172"/>
     </row>
     <row r="113" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A113" s="177"/>
-[...9 lines deleted...]
-      <c r="K113" s="177"/>
+      <c r="A113" s="172"/>
+      <c r="B113" s="172"/>
+      <c r="C113" s="172"/>
+      <c r="D113" s="172"/>
+      <c r="E113" s="172"/>
+      <c r="F113" s="172"/>
+      <c r="G113" s="100"/>
+      <c r="H113" s="171"/>
+      <c r="I113" s="44"/>
+      <c r="J113" s="60"/>
+      <c r="K113" s="172"/>
     </row>
     <row r="114" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A114" s="21" t="s">
         <v>190</v>
       </c>
-      <c r="B114" s="177"/>
-[...8 lines deleted...]
-      <c r="K114" s="177"/>
+      <c r="B114" s="172"/>
+      <c r="C114" s="172"/>
+      <c r="D114" s="172"/>
+      <c r="E114" s="172"/>
+      <c r="F114" s="172"/>
+      <c r="G114" s="100"/>
+      <c r="H114" s="171"/>
+      <c r="I114" s="44"/>
+      <c r="J114" s="60"/>
+      <c r="K114" s="172"/>
     </row>
     <row r="115" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A115" s="287"/>
-[...4 lines deleted...]
-      <c r="F115" s="168" t="s">
+      <c r="A115" s="302"/>
+      <c r="B115" s="303"/>
+      <c r="C115" s="303"/>
+      <c r="D115" s="303"/>
+      <c r="E115" s="304"/>
+      <c r="F115" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G115" s="111" t="s">
+      <c r="G115" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H115" s="175"/>
-[...2 lines deleted...]
-      <c r="K115" s="177"/>
+      <c r="H115" s="171"/>
+      <c r="I115" s="44"/>
+      <c r="J115" s="60"/>
+      <c r="K115" s="172"/>
     </row>
     <row r="116" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A116" s="298" t="s">
+      <c r="A116" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B116" s="299"/>
-[...3 lines deleted...]
-      <c r="F116" s="169">
+      <c r="B116" s="300"/>
+      <c r="C116" s="300"/>
+      <c r="D116" s="300"/>
+      <c r="E116" s="301"/>
+      <c r="F116" s="166">
         <v>1</v>
       </c>
-      <c r="G116" s="112">
+      <c r="G116" s="109">
         <v>2</v>
       </c>
-      <c r="H116" s="175"/>
-[...2 lines deleted...]
-      <c r="K116" s="177"/>
+      <c r="H116" s="171"/>
+      <c r="I116" s="44"/>
+      <c r="J116" s="60"/>
+      <c r="K116" s="172"/>
     </row>
     <row r="117" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="306" t="s">
+      <c r="A117" s="317" t="s">
         <v>421</v>
       </c>
-      <c r="B117" s="278"/>
-[...2 lines deleted...]
-      <c r="E117" s="279"/>
+      <c r="B117" s="286"/>
+      <c r="C117" s="286"/>
+      <c r="D117" s="286"/>
+      <c r="E117" s="287"/>
       <c r="F117" s="26">
         <v>601</v>
       </c>
-      <c r="G117" s="113">
-[...7 lines deleted...]
-      <c r="K117" s="177"/>
+      <c r="G117" s="110">
+        <v>0</v>
+      </c>
+      <c r="H117" s="158" t="s">
+        <v>590</v>
+      </c>
+      <c r="I117" s="44"/>
+      <c r="J117" s="60"/>
+      <c r="K117" s="172"/>
     </row>
     <row r="118" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="306" t="s">
+      <c r="A118" s="317" t="s">
         <v>420</v>
       </c>
-      <c r="B118" s="278"/>
-[...2 lines deleted...]
-      <c r="E118" s="279"/>
+      <c r="B118" s="286"/>
+      <c r="C118" s="286"/>
+      <c r="D118" s="286"/>
+      <c r="E118" s="287"/>
       <c r="F118" s="26">
         <v>602</v>
       </c>
-      <c r="G118" s="43">
+      <c r="G118" s="265">
         <f>SUM(G119:G125)</f>
         <v>0</v>
       </c>
-      <c r="H118" s="374" t="s">
-[...4 lines deleted...]
-      <c r="K118" s="177"/>
+      <c r="H118" s="392" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I118" s="44"/>
+      <c r="J118" s="60"/>
+      <c r="K118" s="172"/>
     </row>
     <row r="119" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="275" t="s">
+      <c r="A119" s="283" t="s">
         <v>191</v>
       </c>
-      <c r="B119" s="276" t="s">
+      <c r="B119" s="284" t="s">
         <v>192</v>
       </c>
-      <c r="C119" s="277" t="s">
+      <c r="C119" s="285" t="s">
         <v>193</v>
       </c>
-      <c r="D119" s="278"/>
-      <c r="E119" s="279"/>
+      <c r="D119" s="286"/>
+      <c r="E119" s="287"/>
       <c r="F119" s="26">
         <v>603</v>
       </c>
-      <c r="G119" s="44">
-[...5 lines deleted...]
-      <c r="K119" s="177"/>
+      <c r="G119" s="266">
+        <v>0</v>
+      </c>
+      <c r="H119" s="392"/>
+      <c r="I119" s="44"/>
+      <c r="J119" s="60"/>
+      <c r="K119" s="172"/>
     </row>
     <row r="120" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="275"/>
-[...1 lines deleted...]
-      <c r="C120" s="277" t="s">
+      <c r="A120" s="283"/>
+      <c r="B120" s="284"/>
+      <c r="C120" s="285" t="s">
         <v>194</v>
       </c>
-      <c r="D120" s="278"/>
-      <c r="E120" s="279"/>
+      <c r="D120" s="286"/>
+      <c r="E120" s="287"/>
       <c r="F120" s="29">
         <v>604</v>
       </c>
-      <c r="G120" s="44">
-[...5 lines deleted...]
-      <c r="K120" s="177"/>
+      <c r="G120" s="266">
+        <v>0</v>
+      </c>
+      <c r="H120" s="392"/>
+      <c r="I120" s="44"/>
+      <c r="J120" s="60"/>
+      <c r="K120" s="172"/>
     </row>
     <row r="121" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="275"/>
-[...1 lines deleted...]
-      <c r="C121" s="277" t="s">
+      <c r="A121" s="283"/>
+      <c r="B121" s="284"/>
+      <c r="C121" s="285" t="s">
         <v>195</v>
       </c>
-      <c r="D121" s="278"/>
-      <c r="E121" s="279"/>
+      <c r="D121" s="286"/>
+      <c r="E121" s="287"/>
       <c r="F121" s="26">
         <v>605</v>
       </c>
-      <c r="G121" s="44">
-[...5 lines deleted...]
-      <c r="K121" s="177"/>
+      <c r="G121" s="266">
+        <v>0</v>
+      </c>
+      <c r="H121" s="392"/>
+      <c r="I121" s="44"/>
+      <c r="J121" s="60"/>
+      <c r="K121" s="172"/>
     </row>
     <row r="122" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="275"/>
-[...1 lines deleted...]
-      <c r="C122" s="277" t="s">
+      <c r="A122" s="283"/>
+      <c r="B122" s="284"/>
+      <c r="C122" s="285" t="s">
         <v>196</v>
       </c>
-      <c r="D122" s="278"/>
-      <c r="E122" s="279"/>
+      <c r="D122" s="286"/>
+      <c r="E122" s="287"/>
       <c r="F122" s="26">
         <v>606</v>
       </c>
-      <c r="G122" s="44">
-[...5 lines deleted...]
-      <c r="K122" s="177"/>
+      <c r="G122" s="266">
+        <v>0</v>
+      </c>
+      <c r="H122" s="392"/>
+      <c r="I122" s="44"/>
+      <c r="J122" s="60"/>
+      <c r="K122" s="172"/>
     </row>
     <row r="123" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="275"/>
-[...1 lines deleted...]
-      <c r="C123" s="277" t="s">
+      <c r="A123" s="283"/>
+      <c r="B123" s="284"/>
+      <c r="C123" s="285" t="s">
         <v>197</v>
       </c>
-      <c r="D123" s="278"/>
-      <c r="E123" s="279"/>
+      <c r="D123" s="286"/>
+      <c r="E123" s="287"/>
       <c r="F123" s="26">
         <v>607</v>
       </c>
-      <c r="G123" s="44">
-[...5 lines deleted...]
-      <c r="K123" s="177"/>
+      <c r="G123" s="266">
+        <v>0</v>
+      </c>
+      <c r="H123" s="392"/>
+      <c r="I123" s="44"/>
+      <c r="J123" s="60"/>
+      <c r="K123" s="172"/>
     </row>
     <row r="124" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="275"/>
-[...1 lines deleted...]
-      <c r="C124" s="277" t="s">
+      <c r="A124" s="283"/>
+      <c r="B124" s="284"/>
+      <c r="C124" s="285" t="s">
         <v>198</v>
       </c>
-      <c r="D124" s="278"/>
-      <c r="E124" s="279"/>
+      <c r="D124" s="286"/>
+      <c r="E124" s="287"/>
       <c r="F124" s="26">
         <v>608</v>
       </c>
-      <c r="G124" s="44">
-[...5 lines deleted...]
-      <c r="K124" s="177"/>
+      <c r="G124" s="266">
+        <v>0</v>
+      </c>
+      <c r="H124" s="392"/>
+      <c r="I124" s="44"/>
+      <c r="J124" s="60"/>
+      <c r="K124" s="172"/>
     </row>
     <row r="125" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="275"/>
-      <c r="B125" s="277" t="s">
+      <c r="A125" s="283"/>
+      <c r="B125" s="285" t="s">
         <v>199</v>
       </c>
-      <c r="C125" s="278"/>
-[...1 lines deleted...]
-      <c r="E125" s="279"/>
+      <c r="C125" s="286"/>
+      <c r="D125" s="286"/>
+      <c r="E125" s="287"/>
       <c r="F125" s="26">
         <v>609</v>
       </c>
-      <c r="G125" s="44">
-[...5 lines deleted...]
-      <c r="K125" s="177"/>
+      <c r="G125" s="266">
+        <v>0</v>
+      </c>
+      <c r="H125" s="392"/>
+      <c r="I125" s="44"/>
+      <c r="J125" s="60"/>
+      <c r="K125" s="172"/>
     </row>
     <row r="126" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="307" t="s">
+      <c r="A126" s="311" t="s">
         <v>424</v>
       </c>
-      <c r="B126" s="308"/>
-[...2 lines deleted...]
-      <c r="E126" s="309"/>
+      <c r="B126" s="312"/>
+      <c r="C126" s="312"/>
+      <c r="D126" s="312"/>
+      <c r="E126" s="313"/>
       <c r="F126" s="26">
         <v>610</v>
       </c>
       <c r="G126" s="38">
         <v>0</v>
       </c>
-      <c r="H126" s="269" t="s">
-[...2 lines deleted...]
-      <c r="I126" s="46" t="str">
+      <c r="H126" s="261" t="s">
+        <v>589</v>
+      </c>
+      <c r="I126" s="44" t="str">
         <f>IF(G127&gt;0,IF(G126=0,"Chybí počet DPČ, DPP",""),"")</f>
         <v/>
       </c>
-      <c r="J126" s="62"/>
-      <c r="K126" s="177"/>
+      <c r="J126" s="60"/>
+      <c r="K126" s="172"/>
     </row>
     <row r="127" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="307" t="s">
+      <c r="A127" s="311" t="s">
         <v>425</v>
       </c>
-      <c r="B127" s="308"/>
-[...3 lines deleted...]
-      <c r="F127" s="129">
+      <c r="B127" s="312"/>
+      <c r="C127" s="312"/>
+      <c r="D127" s="312"/>
+      <c r="E127" s="313"/>
+      <c r="F127" s="126">
         <v>611</v>
       </c>
       <c r="G127" s="38">
         <v>0</v>
       </c>
-      <c r="H127" s="175"/>
-      <c r="I127" s="46" t="str">
+      <c r="H127" s="171"/>
+      <c r="I127" s="44" t="str">
         <f>IF(G126&gt;0,IF(G127=0,"Chybí počet hodin DPČ, DPP",""),"")</f>
         <v/>
       </c>
-      <c r="J127" s="62"/>
-      <c r="K127" s="177"/>
+      <c r="J127" s="60"/>
+      <c r="K127" s="172"/>
     </row>
     <row r="128" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="307" t="s">
+      <c r="A128" s="311" t="s">
         <v>426</v>
       </c>
-      <c r="B128" s="308"/>
-[...2 lines deleted...]
-      <c r="E128" s="309"/>
+      <c r="B128" s="312"/>
+      <c r="C128" s="312"/>
+      <c r="D128" s="312"/>
+      <c r="E128" s="313"/>
       <c r="F128" s="26">
         <v>612</v>
       </c>
       <c r="G128" s="38">
         <v>0</v>
       </c>
-      <c r="H128" s="161" t="s">
-[...2 lines deleted...]
-      <c r="I128" s="46" t="str">
+      <c r="H128" s="158" t="s">
+        <v>590</v>
+      </c>
+      <c r="I128" s="44" t="str">
         <f>IF(G129&gt;0,IF(G128=0,"Chybí počet OSVČ, atd.",""),"")</f>
         <v/>
       </c>
-      <c r="J128" s="62"/>
-      <c r="K128" s="177"/>
+      <c r="J128" s="60"/>
+      <c r="K128" s="172"/>
     </row>
     <row r="129" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="307" t="s">
+      <c r="A129" s="311" t="s">
         <v>427</v>
       </c>
-      <c r="B129" s="308"/>
-[...2 lines deleted...]
-      <c r="E129" s="309"/>
+      <c r="B129" s="312"/>
+      <c r="C129" s="312"/>
+      <c r="D129" s="312"/>
+      <c r="E129" s="313"/>
       <c r="F129" s="26">
         <v>613</v>
       </c>
       <c r="G129" s="38">
         <v>0</v>
       </c>
-      <c r="H129" s="175"/>
-      <c r="I129" s="46" t="str">
+      <c r="H129" s="171"/>
+      <c r="I129" s="44" t="str">
         <f>IF(G128&gt;0,IF(G129=0,"Chybí počet hodin OSCČ, atd.",""),"")</f>
         <v/>
       </c>
-      <c r="J129" s="62"/>
-      <c r="K129" s="177"/>
+      <c r="J129" s="60"/>
+      <c r="K129" s="172"/>
     </row>
     <row r="130" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="307" t="s">
+      <c r="A130" s="311" t="s">
         <v>422</v>
       </c>
-      <c r="B130" s="308"/>
-[...2 lines deleted...]
-      <c r="E130" s="309"/>
+      <c r="B130" s="312"/>
+      <c r="C130" s="312"/>
+      <c r="D130" s="312"/>
+      <c r="E130" s="313"/>
       <c r="F130" s="26">
         <v>614</v>
       </c>
       <c r="G130" s="38">
         <v>0</v>
       </c>
-      <c r="H130" s="175" t="s">
+      <c r="H130" s="171" t="s">
         <v>305</v>
       </c>
-      <c r="I130" s="47" t="str">
+      <c r="I130" s="45" t="str">
         <f>IF(G131&gt;0,IF(G130=0,"Chybí dobrovolní pracovníci",""),"")</f>
         <v/>
       </c>
-      <c r="J130" s="63"/>
-      <c r="K130" s="177"/>
+      <c r="J130" s="61"/>
+      <c r="K130" s="172"/>
     </row>
     <row r="131" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="303" t="s">
+      <c r="A131" s="314" t="s">
         <v>423</v>
       </c>
-      <c r="B131" s="304"/>
-[...2 lines deleted...]
-      <c r="E131" s="305"/>
+      <c r="B131" s="315"/>
+      <c r="C131" s="315"/>
+      <c r="D131" s="315"/>
+      <c r="E131" s="316"/>
       <c r="F131" s="28">
         <v>615</v>
       </c>
-      <c r="G131" s="92">
-[...3 lines deleted...]
-      <c r="I131" s="46" t="str">
+      <c r="G131" s="89">
+        <v>0</v>
+      </c>
+      <c r="H131" s="171"/>
+      <c r="I131" s="44" t="str">
         <f>IF(G130&gt;0,IF(G131=0,"Chybí počet hodin dobrovolníků",""),"")</f>
         <v/>
       </c>
-      <c r="J131" s="62"/>
-      <c r="K131" s="177"/>
+      <c r="J131" s="60"/>
+      <c r="K131" s="172"/>
     </row>
     <row r="132" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A132" s="177"/>
-[...9 lines deleted...]
-      <c r="K132" s="177"/>
+      <c r="A132" s="172"/>
+      <c r="B132" s="172"/>
+      <c r="C132" s="172"/>
+      <c r="D132" s="172"/>
+      <c r="E132" s="172"/>
+      <c r="F132" s="172"/>
+      <c r="G132" s="100"/>
+      <c r="H132" s="171"/>
+      <c r="I132" s="44"/>
+      <c r="J132" s="60"/>
+      <c r="K132" s="172"/>
     </row>
     <row r="133" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A133" s="21" t="s">
         <v>200</v>
       </c>
-      <c r="B133" s="177"/>
-[...8 lines deleted...]
-      <c r="K133" s="177"/>
+      <c r="B133" s="172"/>
+      <c r="C133" s="172"/>
+      <c r="D133" s="172"/>
+      <c r="E133" s="172"/>
+      <c r="F133" s="172"/>
+      <c r="G133" s="100"/>
+      <c r="H133" s="171"/>
+      <c r="I133" s="44"/>
+      <c r="J133" s="60"/>
+      <c r="K133" s="172"/>
     </row>
     <row r="134" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A134" s="287"/>
-[...4 lines deleted...]
-      <c r="F134" s="168" t="s">
+      <c r="A134" s="302"/>
+      <c r="B134" s="303"/>
+      <c r="C134" s="303"/>
+      <c r="D134" s="303"/>
+      <c r="E134" s="304"/>
+      <c r="F134" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G134" s="111" t="s">
+      <c r="G134" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H134" s="175"/>
-[...2 lines deleted...]
-      <c r="K134" s="177"/>
+      <c r="H134" s="171"/>
+      <c r="I134" s="44"/>
+      <c r="J134" s="60"/>
+      <c r="K134" s="172"/>
     </row>
     <row r="135" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A135" s="298" t="s">
+      <c r="A135" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B135" s="299"/>
-[...3 lines deleted...]
-      <c r="F135" s="169">
+      <c r="B135" s="300"/>
+      <c r="C135" s="300"/>
+      <c r="D135" s="300"/>
+      <c r="E135" s="301"/>
+      <c r="F135" s="166">
         <v>1</v>
       </c>
-      <c r="G135" s="112">
+      <c r="G135" s="109">
         <v>2</v>
       </c>
-      <c r="H135" s="175"/>
-[...2 lines deleted...]
-      <c r="K135" s="177"/>
+      <c r="H135" s="171"/>
+      <c r="I135" s="44"/>
+      <c r="J135" s="60"/>
+      <c r="K135" s="172"/>
     </row>
     <row r="136" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="273" t="s">
+      <c r="A136" s="281" t="s">
         <v>201</v>
       </c>
-      <c r="B136" s="274"/>
-[...2 lines deleted...]
-      <c r="E136" s="274"/>
+      <c r="B136" s="282"/>
+      <c r="C136" s="282"/>
+      <c r="D136" s="282"/>
+      <c r="E136" s="282"/>
       <c r="F136" s="26">
         <v>701</v>
       </c>
       <c r="G136" s="38">
         <v>0</v>
       </c>
-      <c r="H136" s="175"/>
-[...2 lines deleted...]
-      <c r="K136" s="177"/>
+      <c r="H136" s="171"/>
+      <c r="I136" s="44"/>
+      <c r="J136" s="60"/>
+      <c r="K136" s="172"/>
     </row>
     <row r="137" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="273" t="s">
+      <c r="A137" s="281" t="s">
         <v>202</v>
       </c>
-      <c r="B137" s="274"/>
-[...2 lines deleted...]
-      <c r="E137" s="274"/>
+      <c r="B137" s="282"/>
+      <c r="C137" s="282"/>
+      <c r="D137" s="282"/>
+      <c r="E137" s="282"/>
       <c r="F137" s="26">
         <v>702</v>
       </c>
       <c r="G137" s="38">
         <v>0</v>
       </c>
-      <c r="H137" s="175" t="s">
+      <c r="H137" s="171" t="s">
         <v>319</v>
       </c>
-      <c r="I137" s="46"/>
-[...1 lines deleted...]
-      <c r="K137" s="177"/>
+      <c r="I137" s="44"/>
+      <c r="J137" s="60"/>
+      <c r="K137" s="172"/>
     </row>
     <row r="138" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="273" t="s">
+      <c r="A138" s="281" t="s">
         <v>203</v>
       </c>
-      <c r="B138" s="274"/>
-[...2 lines deleted...]
-      <c r="E138" s="274"/>
+      <c r="B138" s="282"/>
+      <c r="C138" s="282"/>
+      <c r="D138" s="282"/>
+      <c r="E138" s="282"/>
       <c r="F138" s="26">
         <v>703</v>
       </c>
       <c r="G138" s="38">
         <v>0</v>
       </c>
-      <c r="H138" s="175" t="s">
+      <c r="H138" s="171" t="s">
         <v>306</v>
       </c>
-      <c r="I138" s="46"/>
-[...1 lines deleted...]
-      <c r="K138" s="177"/>
+      <c r="I138" s="44"/>
+      <c r="J138" s="60"/>
+      <c r="K138" s="172"/>
     </row>
     <row r="139" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="273" t="s">
+      <c r="A139" s="281" t="s">
         <v>204</v>
       </c>
-      <c r="B139" s="274"/>
-[...2 lines deleted...]
-      <c r="E139" s="274"/>
+      <c r="B139" s="282"/>
+      <c r="C139" s="282"/>
+      <c r="D139" s="282"/>
+      <c r="E139" s="282"/>
       <c r="F139" s="29">
         <v>704</v>
       </c>
       <c r="G139" s="38">
         <v>0</v>
       </c>
-      <c r="H139" s="175" t="s">
+      <c r="H139" s="171" t="s">
         <v>307</v>
       </c>
-      <c r="I139" s="46"/>
-[...1 lines deleted...]
-      <c r="K139" s="177"/>
+      <c r="I139" s="44"/>
+      <c r="J139" s="60"/>
+      <c r="K139" s="172"/>
     </row>
     <row r="140" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="273" t="s">
+      <c r="A140" s="281" t="s">
         <v>205</v>
       </c>
-      <c r="B140" s="274"/>
-[...2 lines deleted...]
-      <c r="E140" s="274"/>
+      <c r="B140" s="282"/>
+      <c r="C140" s="282"/>
+      <c r="D140" s="282"/>
+      <c r="E140" s="282"/>
       <c r="F140" s="26">
         <v>705</v>
       </c>
       <c r="G140" s="38">
         <v>0</v>
       </c>
-      <c r="H140" s="175"/>
-[...2 lines deleted...]
-      <c r="K140" s="177"/>
+      <c r="H140" s="171"/>
+      <c r="I140" s="44"/>
+      <c r="J140" s="60"/>
+      <c r="K140" s="172"/>
     </row>
     <row r="141" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="273" t="s">
+      <c r="A141" s="281" t="s">
         <v>275</v>
       </c>
-      <c r="B141" s="274"/>
-[...2 lines deleted...]
-      <c r="E141" s="274"/>
+      <c r="B141" s="282"/>
+      <c r="C141" s="282"/>
+      <c r="D141" s="282"/>
+      <c r="E141" s="282"/>
       <c r="F141" s="26">
         <v>706</v>
       </c>
       <c r="G141" s="38">
         <v>0</v>
       </c>
-      <c r="H141" s="175"/>
-[...2 lines deleted...]
-      <c r="K141" s="177"/>
+      <c r="H141" s="171"/>
+      <c r="I141" s="44"/>
+      <c r="J141" s="60"/>
+      <c r="K141" s="172"/>
     </row>
     <row r="142" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="273" t="s">
+      <c r="A142" s="281" t="s">
         <v>206</v>
       </c>
-      <c r="B142" s="274"/>
-[...2 lines deleted...]
-      <c r="E142" s="274"/>
+      <c r="B142" s="282"/>
+      <c r="C142" s="282"/>
+      <c r="D142" s="282"/>
+      <c r="E142" s="282"/>
       <c r="F142" s="26">
         <v>707</v>
       </c>
       <c r="G142" s="38">
         <v>0</v>
       </c>
-      <c r="H142" s="175"/>
-[...2 lines deleted...]
-      <c r="K142" s="177"/>
+      <c r="H142" s="171"/>
+      <c r="I142" s="44"/>
+      <c r="J142" s="60"/>
+      <c r="K142" s="172"/>
     </row>
     <row r="143" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="273" t="s">
+      <c r="A143" s="281" t="s">
         <v>207</v>
       </c>
-      <c r="B143" s="274"/>
-[...2 lines deleted...]
-      <c r="E143" s="274"/>
+      <c r="B143" s="282"/>
+      <c r="C143" s="282"/>
+      <c r="D143" s="282"/>
+      <c r="E143" s="282"/>
       <c r="F143" s="26">
         <v>708</v>
       </c>
       <c r="G143" s="38">
         <v>0</v>
       </c>
-      <c r="H143" s="175" t="s">
+      <c r="H143" s="171" t="s">
         <v>320</v>
       </c>
-      <c r="I143" s="46"/>
-[...1 lines deleted...]
-      <c r="K143" s="177"/>
+      <c r="I143" s="44"/>
+      <c r="J143" s="60"/>
+      <c r="K143" s="172"/>
     </row>
     <row r="144" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="273" t="s">
+      <c r="A144" s="281" t="s">
         <v>208</v>
       </c>
-      <c r="B144" s="274"/>
-[...2 lines deleted...]
-      <c r="E144" s="274"/>
+      <c r="B144" s="282"/>
+      <c r="C144" s="282"/>
+      <c r="D144" s="282"/>
+      <c r="E144" s="282"/>
       <c r="F144" s="26">
         <v>709</v>
       </c>
       <c r="G144" s="38">
         <v>0</v>
       </c>
-      <c r="H144" s="175"/>
-[...2 lines deleted...]
-      <c r="K144" s="177"/>
+      <c r="H144" s="171"/>
+      <c r="I144" s="44"/>
+      <c r="J144" s="60"/>
+      <c r="K144" s="172"/>
     </row>
     <row r="145" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="273" t="s">
+      <c r="A145" s="281" t="s">
         <v>209</v>
       </c>
-      <c r="B145" s="274"/>
-[...2 lines deleted...]
-      <c r="E145" s="274"/>
+      <c r="B145" s="282"/>
+      <c r="C145" s="282"/>
+      <c r="D145" s="282"/>
+      <c r="E145" s="282"/>
       <c r="F145" s="26">
         <v>710</v>
       </c>
       <c r="G145" s="38">
         <v>0</v>
       </c>
-      <c r="H145" s="175"/>
-[...2 lines deleted...]
-      <c r="K145" s="177"/>
+      <c r="H145" s="171"/>
+      <c r="I145" s="44"/>
+      <c r="J145" s="60"/>
+      <c r="K145" s="172"/>
     </row>
     <row r="146" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="295" t="s">
+      <c r="A146" s="297" t="s">
         <v>210</v>
       </c>
-      <c r="B146" s="296"/>
-[...2 lines deleted...]
-      <c r="E146" s="296"/>
+      <c r="B146" s="298"/>
+      <c r="C146" s="298"/>
+      <c r="D146" s="298"/>
+      <c r="E146" s="298"/>
       <c r="F146" s="26">
         <v>711</v>
       </c>
       <c r="G146" s="42">
         <f>SUM(G136,G138:G142,G144,G145)</f>
         <v>0</v>
       </c>
-      <c r="H146" s="175"/>
-[...2 lines deleted...]
-      <c r="K146" s="177"/>
+      <c r="H146" s="171"/>
+      <c r="I146" s="48"/>
+      <c r="J146" s="65"/>
+      <c r="K146" s="172"/>
     </row>
     <row r="147" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="273" t="s">
+      <c r="A147" s="281" t="s">
         <v>211</v>
       </c>
-      <c r="B147" s="274"/>
-[...2 lines deleted...]
-      <c r="E147" s="274"/>
+      <c r="B147" s="282"/>
+      <c r="C147" s="282"/>
+      <c r="D147" s="282"/>
+      <c r="E147" s="282"/>
       <c r="F147" s="26">
         <v>712</v>
       </c>
       <c r="G147" s="38">
         <v>0</v>
       </c>
-      <c r="H147" s="175"/>
-[...2 lines deleted...]
-      <c r="K147" s="177"/>
+      <c r="H147" s="171"/>
+      <c r="I147" s="44"/>
+      <c r="J147" s="60"/>
+      <c r="K147" s="172"/>
     </row>
     <row r="148" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="273" t="s">
+      <c r="A148" s="281" t="s">
         <v>212</v>
       </c>
-      <c r="B148" s="274"/>
-[...2 lines deleted...]
-      <c r="E148" s="274"/>
+      <c r="B148" s="282"/>
+      <c r="C148" s="282"/>
+      <c r="D148" s="282"/>
+      <c r="E148" s="282"/>
       <c r="F148" s="26">
         <v>713</v>
       </c>
       <c r="G148" s="38">
         <v>0</v>
       </c>
-      <c r="H148" s="175"/>
-[...2 lines deleted...]
-      <c r="K148" s="177"/>
+      <c r="H148" s="171"/>
+      <c r="I148" s="44"/>
+      <c r="J148" s="60"/>
+      <c r="K148" s="172"/>
     </row>
     <row r="149" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="273" t="s">
+      <c r="A149" s="281" t="s">
         <v>213</v>
       </c>
-      <c r="B149" s="274"/>
-[...2 lines deleted...]
-      <c r="E149" s="274"/>
+      <c r="B149" s="282"/>
+      <c r="C149" s="282"/>
+      <c r="D149" s="282"/>
+      <c r="E149" s="282"/>
       <c r="F149" s="26">
         <v>714</v>
       </c>
       <c r="G149" s="38">
         <v>0</v>
       </c>
-      <c r="H149" s="175"/>
-[...2 lines deleted...]
-      <c r="K149" s="177"/>
+      <c r="H149" s="171"/>
+      <c r="I149" s="44"/>
+      <c r="J149" s="60"/>
+      <c r="K149" s="172"/>
     </row>
     <row r="150" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="273" t="s">
+      <c r="A150" s="281" t="s">
         <v>214</v>
       </c>
-      <c r="B150" s="274"/>
-[...2 lines deleted...]
-      <c r="E150" s="274"/>
+      <c r="B150" s="282"/>
+      <c r="C150" s="282"/>
+      <c r="D150" s="282"/>
+      <c r="E150" s="282"/>
       <c r="F150" s="26">
         <v>715</v>
       </c>
       <c r="G150" s="38">
         <v>0</v>
       </c>
-      <c r="H150" s="175"/>
-[...2 lines deleted...]
-      <c r="K150" s="177"/>
+      <c r="H150" s="171"/>
+      <c r="I150" s="44"/>
+      <c r="J150" s="60"/>
+      <c r="K150" s="172"/>
     </row>
     <row r="151" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="273" t="s">
+      <c r="A151" s="281" t="s">
         <v>215</v>
       </c>
-      <c r="B151" s="274"/>
-[...2 lines deleted...]
-      <c r="E151" s="274"/>
+      <c r="B151" s="282"/>
+      <c r="C151" s="282"/>
+      <c r="D151" s="282"/>
+      <c r="E151" s="282"/>
       <c r="F151" s="26">
         <v>716</v>
       </c>
       <c r="G151" s="38">
         <v>0</v>
       </c>
-      <c r="H151" s="175"/>
-[...2 lines deleted...]
-      <c r="K151" s="177"/>
+      <c r="H151" s="171"/>
+      <c r="I151" s="44"/>
+      <c r="J151" s="60"/>
+      <c r="K151" s="172"/>
     </row>
     <row r="152" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="273" t="s">
+      <c r="A152" s="281" t="s">
         <v>207</v>
       </c>
-      <c r="B152" s="274"/>
-[...2 lines deleted...]
-      <c r="E152" s="274"/>
+      <c r="B152" s="282"/>
+      <c r="C152" s="282"/>
+      <c r="D152" s="282"/>
+      <c r="E152" s="282"/>
       <c r="F152" s="26">
         <v>717</v>
       </c>
       <c r="G152" s="38">
         <v>0</v>
       </c>
-      <c r="H152" s="175" t="s">
+      <c r="H152" s="171" t="s">
         <v>321</v>
       </c>
-      <c r="I152" s="46"/>
-[...1 lines deleted...]
-      <c r="K152" s="177"/>
+      <c r="I152" s="44"/>
+      <c r="J152" s="60"/>
+      <c r="K152" s="172"/>
     </row>
     <row r="153" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A153" s="301" t="s">
+      <c r="A153" s="295" t="s">
         <v>216</v>
       </c>
-      <c r="B153" s="302"/>
-[...2 lines deleted...]
-      <c r="E153" s="302"/>
+      <c r="B153" s="296"/>
+      <c r="C153" s="296"/>
+      <c r="D153" s="296"/>
+      <c r="E153" s="296"/>
       <c r="F153" s="28">
         <v>718</v>
       </c>
-      <c r="G153" s="45">
+      <c r="G153" s="43">
         <f>SUM(G147:G151)</f>
         <v>0</v>
       </c>
-      <c r="H153" s="175"/>
-[...2 lines deleted...]
-      <c r="K153" s="177"/>
+      <c r="H153" s="171"/>
+      <c r="I153" s="48"/>
+      <c r="J153" s="65"/>
+      <c r="K153" s="172"/>
     </row>
     <row r="154" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A154" s="177"/>
-[...9 lines deleted...]
-      <c r="K154" s="177"/>
+      <c r="A154" s="172"/>
+      <c r="B154" s="172"/>
+      <c r="C154" s="172"/>
+      <c r="D154" s="172"/>
+      <c r="E154" s="172"/>
+      <c r="F154" s="172"/>
+      <c r="G154" s="100"/>
+      <c r="H154" s="171"/>
+      <c r="I154" s="44"/>
+      <c r="J154" s="60"/>
+      <c r="K154" s="172"/>
     </row>
     <row r="155" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="21" t="s">
         <v>217</v>
       </c>
-      <c r="B155" s="177"/>
-[...8 lines deleted...]
-      <c r="K155" s="177"/>
+      <c r="B155" s="172"/>
+      <c r="C155" s="172"/>
+      <c r="D155" s="172"/>
+      <c r="E155" s="172"/>
+      <c r="F155" s="172"/>
+      <c r="G155" s="100"/>
+      <c r="H155" s="171"/>
+      <c r="I155" s="44"/>
+      <c r="J155" s="60"/>
+      <c r="K155" s="172"/>
     </row>
     <row r="156" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A156" s="287"/>
-[...4 lines deleted...]
-      <c r="F156" s="168" t="s">
+      <c r="A156" s="302"/>
+      <c r="B156" s="303"/>
+      <c r="C156" s="303"/>
+      <c r="D156" s="303"/>
+      <c r="E156" s="304"/>
+      <c r="F156" s="165" t="s">
         <v>61</v>
       </c>
-      <c r="G156" s="111" t="s">
+      <c r="G156" s="108" t="s">
         <v>62</v>
       </c>
-      <c r="H156" s="175"/>
-[...2 lines deleted...]
-      <c r="K156" s="177"/>
+      <c r="H156" s="171"/>
+      <c r="I156" s="44"/>
+      <c r="J156" s="60"/>
+      <c r="K156" s="172"/>
     </row>
     <row r="157" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A157" s="298" t="s">
+      <c r="A157" s="299" t="s">
         <v>63</v>
       </c>
-      <c r="B157" s="299"/>
-[...3 lines deleted...]
-      <c r="F157" s="169">
+      <c r="B157" s="300"/>
+      <c r="C157" s="300"/>
+      <c r="D157" s="300"/>
+      <c r="E157" s="301"/>
+      <c r="F157" s="166">
         <v>1</v>
       </c>
-      <c r="G157" s="112">
+      <c r="G157" s="109">
         <v>2</v>
       </c>
-      <c r="H157" s="175"/>
-[...2 lines deleted...]
-      <c r="K157" s="177"/>
+      <c r="H157" s="171"/>
+      <c r="I157" s="44"/>
+      <c r="J157" s="60"/>
+      <c r="K157" s="172"/>
     </row>
     <row r="158" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="273" t="s">
+      <c r="A158" s="281" t="s">
         <v>219</v>
       </c>
-      <c r="B158" s="274"/>
-[...2 lines deleted...]
-      <c r="E158" s="274"/>
+      <c r="B158" s="282"/>
+      <c r="C158" s="282"/>
+      <c r="D158" s="282"/>
+      <c r="E158" s="282"/>
       <c r="F158" s="26">
         <v>801</v>
       </c>
       <c r="G158" s="38">
         <v>0</v>
       </c>
-      <c r="H158" s="175" t="s">
+      <c r="H158" s="171" t="s">
         <v>308</v>
       </c>
-      <c r="I158" s="46"/>
-[...1 lines deleted...]
-      <c r="K158" s="177"/>
+      <c r="I158" s="44"/>
+      <c r="J158" s="60"/>
+      <c r="K158" s="172"/>
     </row>
     <row r="159" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="273" t="s">
+      <c r="A159" s="281" t="s">
         <v>220</v>
       </c>
-      <c r="B159" s="274"/>
-[...2 lines deleted...]
-      <c r="E159" s="274"/>
+      <c r="B159" s="282"/>
+      <c r="C159" s="282"/>
+      <c r="D159" s="282"/>
+      <c r="E159" s="282"/>
       <c r="F159" s="26">
         <v>802</v>
       </c>
       <c r="G159" s="38">
         <v>0</v>
       </c>
-      <c r="H159" s="175" t="s">
+      <c r="H159" s="171" t="s">
         <v>314</v>
       </c>
-      <c r="I159" s="46"/>
-[...1 lines deleted...]
-      <c r="K159" s="177"/>
+      <c r="I159" s="44"/>
+      <c r="J159" s="60"/>
+      <c r="K159" s="172"/>
     </row>
     <row r="160" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="273" t="s">
+      <c r="A160" s="281" t="s">
         <v>221</v>
       </c>
-      <c r="B160" s="274"/>
-[...2 lines deleted...]
-      <c r="E160" s="274"/>
+      <c r="B160" s="282"/>
+      <c r="C160" s="282"/>
+      <c r="D160" s="282"/>
+      <c r="E160" s="282"/>
       <c r="F160" s="26">
         <v>803</v>
       </c>
       <c r="G160" s="42">
         <f>SUM(G161:G164)</f>
         <v>0</v>
       </c>
-      <c r="H160" s="175" t="s">
+      <c r="H160" s="171" t="s">
         <v>322</v>
       </c>
-      <c r="I160" s="46"/>
-[...1 lines deleted...]
-      <c r="K160" s="177"/>
+      <c r="I160" s="44"/>
+      <c r="J160" s="60"/>
+      <c r="K160" s="172"/>
     </row>
     <row r="161" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="297" t="s">
+      <c r="A161" s="310" t="s">
         <v>429</v>
       </c>
-      <c r="B161" s="274" t="s">
+      <c r="B161" s="282" t="s">
         <v>222</v>
       </c>
-      <c r="C161" s="274"/>
-[...1 lines deleted...]
-      <c r="E161" s="274"/>
+      <c r="C161" s="282"/>
+      <c r="D161" s="282"/>
+      <c r="E161" s="282"/>
       <c r="F161" s="29">
         <v>804</v>
       </c>
       <c r="G161" s="38">
         <v>0</v>
       </c>
-      <c r="H161" s="175"/>
-[...2 lines deleted...]
-      <c r="K161" s="177"/>
+      <c r="H161" s="171"/>
+      <c r="I161" s="44"/>
+      <c r="J161" s="60"/>
+      <c r="K161" s="172"/>
     </row>
     <row r="162" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="297"/>
-      <c r="B162" s="274" t="s">
+      <c r="A162" s="310"/>
+      <c r="B162" s="282" t="s">
         <v>223</v>
       </c>
-      <c r="C162" s="274"/>
-[...1 lines deleted...]
-      <c r="E162" s="274"/>
+      <c r="C162" s="282"/>
+      <c r="D162" s="282"/>
+      <c r="E162" s="282"/>
       <c r="F162" s="26">
         <v>805</v>
       </c>
       <c r="G162" s="38">
         <v>0</v>
       </c>
-      <c r="H162" s="175"/>
-[...2 lines deleted...]
-      <c r="K162" s="177"/>
+      <c r="H162" s="171"/>
+      <c r="I162" s="44"/>
+      <c r="J162" s="60"/>
+      <c r="K162" s="172"/>
     </row>
     <row r="163" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="297"/>
-      <c r="B163" s="274" t="s">
+      <c r="A163" s="310"/>
+      <c r="B163" s="282" t="s">
         <v>224</v>
       </c>
-      <c r="C163" s="274"/>
-[...1 lines deleted...]
-      <c r="E163" s="274"/>
+      <c r="C163" s="282"/>
+      <c r="D163" s="282"/>
+      <c r="E163" s="282"/>
       <c r="F163" s="26">
         <v>806</v>
       </c>
       <c r="G163" s="38">
         <v>0</v>
       </c>
-      <c r="H163" s="175"/>
-[...2 lines deleted...]
-      <c r="K163" s="177"/>
+      <c r="H163" s="171"/>
+      <c r="I163" s="44"/>
+      <c r="J163" s="60"/>
+      <c r="K163" s="172"/>
     </row>
     <row r="164" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="297"/>
-      <c r="B164" s="274" t="s">
+      <c r="A164" s="310"/>
+      <c r="B164" s="282" t="s">
         <v>225</v>
       </c>
-      <c r="C164" s="274"/>
-[...1 lines deleted...]
-      <c r="E164" s="274"/>
+      <c r="C164" s="282"/>
+      <c r="D164" s="282"/>
+      <c r="E164" s="282"/>
       <c r="F164" s="26">
         <v>807</v>
       </c>
       <c r="G164" s="38">
         <v>0</v>
       </c>
-      <c r="H164" s="175"/>
-[...2 lines deleted...]
-      <c r="K164" s="177"/>
+      <c r="H164" s="171"/>
+      <c r="I164" s="44"/>
+      <c r="J164" s="60"/>
+      <c r="K164" s="172"/>
     </row>
     <row r="165" spans="1:11" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="295" t="s">
+      <c r="A165" s="297" t="s">
         <v>430</v>
       </c>
-      <c r="B165" s="296"/>
-[...2 lines deleted...]
-      <c r="E165" s="296"/>
+      <c r="B165" s="298"/>
+      <c r="C165" s="298"/>
+      <c r="D165" s="298"/>
+      <c r="E165" s="298"/>
       <c r="F165" s="26">
         <v>808</v>
       </c>
       <c r="G165" s="38">
         <v>0</v>
       </c>
-      <c r="H165" s="175" t="s">
+      <c r="H165" s="171" t="s">
         <v>323</v>
       </c>
-      <c r="I165" s="46"/>
-[...1 lines deleted...]
-      <c r="K165" s="177"/>
+      <c r="I165" s="44"/>
+      <c r="J165" s="60"/>
+      <c r="K165" s="172"/>
     </row>
     <row r="166" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="297" t="s">
+      <c r="A166" s="310" t="s">
         <v>218</v>
       </c>
-      <c r="B166" s="274" t="s">
+      <c r="B166" s="282" t="s">
         <v>226</v>
       </c>
-      <c r="C166" s="274"/>
-[...1 lines deleted...]
-      <c r="E166" s="274"/>
+      <c r="C166" s="282"/>
+      <c r="D166" s="282"/>
+      <c r="E166" s="282"/>
       <c r="F166" s="26">
         <v>809</v>
       </c>
       <c r="G166" s="38">
         <v>0</v>
       </c>
-      <c r="H166" s="175"/>
-[...2 lines deleted...]
-      <c r="K166" s="177"/>
+      <c r="H166" s="171"/>
+      <c r="I166" s="44"/>
+      <c r="J166" s="60"/>
+      <c r="K166" s="172"/>
     </row>
     <row r="167" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="297"/>
-      <c r="B167" s="274" t="s">
+      <c r="A167" s="310"/>
+      <c r="B167" s="282" t="s">
         <v>227</v>
       </c>
-      <c r="C167" s="274"/>
-[...1 lines deleted...]
-      <c r="E167" s="274"/>
+      <c r="C167" s="282"/>
+      <c r="D167" s="282"/>
+      <c r="E167" s="282"/>
       <c r="F167" s="26">
         <v>810</v>
       </c>
       <c r="G167" s="38">
         <v>0</v>
       </c>
-      <c r="H167" s="175"/>
-[...2 lines deleted...]
-      <c r="K167" s="177"/>
+      <c r="H167" s="171"/>
+      <c r="I167" s="44"/>
+      <c r="J167" s="60"/>
+      <c r="K167" s="172"/>
     </row>
     <row r="168" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="273" t="s">
+      <c r="A168" s="281" t="s">
         <v>228</v>
       </c>
-      <c r="B168" s="274"/>
-[...2 lines deleted...]
-      <c r="E168" s="274"/>
+      <c r="B168" s="282"/>
+      <c r="C168" s="282"/>
+      <c r="D168" s="282"/>
+      <c r="E168" s="282"/>
       <c r="F168" s="26">
         <v>811</v>
       </c>
       <c r="G168" s="38">
         <v>0</v>
       </c>
-      <c r="H168" s="175"/>
-[...2 lines deleted...]
-      <c r="K168" s="177"/>
+      <c r="H168" s="171"/>
+      <c r="I168" s="44"/>
+      <c r="J168" s="60"/>
+      <c r="K168" s="172"/>
     </row>
     <row r="169" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A169" s="273" t="s">
+      <c r="A169" s="281" t="s">
         <v>229</v>
       </c>
-      <c r="B169" s="274"/>
-[...2 lines deleted...]
-      <c r="E169" s="274"/>
+      <c r="B169" s="282"/>
+      <c r="C169" s="282"/>
+      <c r="D169" s="282"/>
+      <c r="E169" s="282"/>
       <c r="F169" s="26">
         <v>812</v>
       </c>
       <c r="G169" s="38">
         <v>0</v>
       </c>
-      <c r="H169" s="175"/>
-[...2 lines deleted...]
-      <c r="K169" s="177"/>
+      <c r="H169" s="171"/>
+      <c r="I169" s="44"/>
+      <c r="J169" s="60"/>
+      <c r="K169" s="172"/>
     </row>
     <row r="170" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="273" t="s">
+      <c r="A170" s="281" t="s">
         <v>230</v>
       </c>
-      <c r="B170" s="274"/>
-[...2 lines deleted...]
-      <c r="E170" s="274"/>
+      <c r="B170" s="282"/>
+      <c r="C170" s="282"/>
+      <c r="D170" s="282"/>
+      <c r="E170" s="282"/>
       <c r="F170" s="26">
         <v>813</v>
       </c>
       <c r="G170" s="38">
         <v>0</v>
       </c>
-      <c r="H170" s="175" t="s">
+      <c r="H170" s="171" t="s">
         <v>324</v>
       </c>
-      <c r="I170" s="47" t="str">
+      <c r="I170" s="45" t="str">
         <f>IF($G$174&gt;0,IF($G$170=0,"Chybí odpisy",""),"")</f>
         <v/>
       </c>
-      <c r="J170" s="63"/>
-      <c r="K170" s="177"/>
+      <c r="J170" s="61"/>
+      <c r="K170" s="172"/>
     </row>
     <row r="171" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="273" t="s">
+      <c r="A171" s="281" t="s">
         <v>231</v>
       </c>
-      <c r="B171" s="274"/>
-[...2 lines deleted...]
-      <c r="E171" s="274"/>
+      <c r="B171" s="282"/>
+      <c r="C171" s="282"/>
+      <c r="D171" s="282"/>
+      <c r="E171" s="282"/>
       <c r="F171" s="26">
         <v>814</v>
       </c>
       <c r="G171" s="38">
         <v>0</v>
       </c>
-      <c r="H171" s="175"/>
-[...2 lines deleted...]
-      <c r="K171" s="177"/>
+      <c r="H171" s="171"/>
+      <c r="I171" s="44"/>
+      <c r="J171" s="60"/>
+      <c r="K171" s="172"/>
     </row>
     <row r="172" spans="1:11" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="295" t="s">
+      <c r="A172" s="297" t="s">
         <v>232</v>
       </c>
-      <c r="B172" s="296"/>
-[...2 lines deleted...]
-      <c r="E172" s="296"/>
+      <c r="B172" s="298"/>
+      <c r="C172" s="298"/>
+      <c r="D172" s="298"/>
+      <c r="E172" s="298"/>
       <c r="F172" s="26">
         <v>815</v>
       </c>
       <c r="G172" s="42">
         <f>SUM(G158,G160,G168:G171)</f>
         <v>0</v>
       </c>
-      <c r="H172" s="175" t="s">
-[...3 lines deleted...]
-      <c r="J172" s="67">
+      <c r="H172" s="171" t="s">
+        <v>581</v>
+      </c>
+      <c r="I172" s="45"/>
+      <c r="J172" s="65">
         <f>G146-G172</f>
         <v>0</v>
       </c>
-      <c r="K172" s="177"/>
+      <c r="K172" s="172"/>
     </row>
     <row r="173" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="273" t="s">
+      <c r="A173" s="281" t="s">
         <v>233</v>
       </c>
-      <c r="B173" s="274"/>
-[...2 lines deleted...]
-      <c r="E173" s="274"/>
+      <c r="B173" s="282"/>
+      <c r="C173" s="282"/>
+      <c r="D173" s="282"/>
+      <c r="E173" s="282"/>
       <c r="F173" s="26">
         <v>816</v>
       </c>
       <c r="G173" s="38">
         <v>0</v>
       </c>
-      <c r="H173" s="175" t="s">
+      <c r="H173" s="171" t="s">
         <v>315</v>
       </c>
-      <c r="I173" s="47" t="str">
+      <c r="I173" s="45" t="str">
         <f>IF($G$172&gt;0,IF($G$173=0,"Chybí výdaje HČ z ř. 0815",""),"")</f>
         <v/>
       </c>
-      <c r="J173" s="63"/>
-      <c r="K173" s="177"/>
+      <c r="J173" s="61"/>
+      <c r="K173" s="172"/>
     </row>
     <row r="174" spans="1:11" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="295" t="s">
+      <c r="A174" s="297" t="s">
         <v>234</v>
       </c>
-      <c r="B174" s="296"/>
-[...2 lines deleted...]
-      <c r="E174" s="296"/>
+      <c r="B174" s="298"/>
+      <c r="C174" s="298"/>
+      <c r="D174" s="298"/>
+      <c r="E174" s="298"/>
       <c r="F174" s="26">
         <v>817</v>
       </c>
       <c r="G174" s="42">
         <f>SUM(G175,G176)</f>
         <v>0</v>
       </c>
-      <c r="H174" s="175" t="s">
-[...2 lines deleted...]
-      <c r="I174" s="47" t="str">
+      <c r="H174" s="171" t="s">
+        <v>581</v>
+      </c>
+      <c r="I174" s="45" t="str">
         <f>IF($G$174&gt;0,IF($G$170=0,"Chybí odpisy",""),"")</f>
         <v/>
       </c>
-      <c r="J174" s="67">
+      <c r="J174" s="65">
         <f>G153-G174</f>
         <v>0</v>
       </c>
-      <c r="K174" s="177"/>
+      <c r="K174" s="172"/>
     </row>
     <row r="175" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="280" t="s">
-[...3 lines deleted...]
-      <c r="C175" s="277" t="s">
+      <c r="A175" s="288" t="s">
+        <v>577</v>
+      </c>
+      <c r="B175" s="289"/>
+      <c r="C175" s="285" t="s">
         <v>235</v>
       </c>
-      <c r="D175" s="278"/>
-      <c r="E175" s="279"/>
+      <c r="D175" s="286"/>
+      <c r="E175" s="287"/>
       <c r="F175" s="26">
         <v>818</v>
       </c>
       <c r="G175" s="38">
         <v>0</v>
       </c>
-      <c r="H175" s="175"/>
-[...2 lines deleted...]
-      <c r="K175" s="177"/>
+      <c r="H175" s="171"/>
+      <c r="I175" s="44"/>
+      <c r="J175" s="60"/>
+      <c r="K175" s="172"/>
     </row>
     <row r="176" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="282"/>
-[...1 lines deleted...]
-      <c r="C176" s="284" t="s">
+      <c r="A176" s="290"/>
+      <c r="B176" s="291"/>
+      <c r="C176" s="292" t="s">
         <v>236</v>
       </c>
-      <c r="D176" s="285"/>
-      <c r="E176" s="286"/>
+      <c r="D176" s="293"/>
+      <c r="E176" s="294"/>
       <c r="F176" s="28">
         <v>819</v>
       </c>
-      <c r="G176" s="92">
-[...5 lines deleted...]
-      <c r="K176" s="177"/>
+      <c r="G176" s="89">
+        <v>0</v>
+      </c>
+      <c r="H176" s="58"/>
+      <c r="I176" s="50"/>
+      <c r="J176" s="66"/>
+      <c r="K176" s="172"/>
     </row>
     <row r="177" spans="8:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H177" s="177"/>
-      <c r="I177" s="114" t="s">
+      <c r="H177" s="172"/>
+      <c r="I177" s="111" t="s">
         <v>370</v>
       </c>
-      <c r="J177" s="115"/>
-      <c r="K177" s="177"/>
+      <c r="J177" s="112"/>
+      <c r="K177" s="172"/>
     </row>
     <row r="178" spans="8:11" x14ac:dyDescent="0.25">
-      <c r="H178" s="177"/>
-[...2 lines deleted...]
-      <c r="K178" s="177"/>
+      <c r="H178" s="172"/>
+      <c r="I178" s="172"/>
+      <c r="J178" s="112"/>
+      <c r="K178" s="172"/>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="183">
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="A54:A67"/>
+    <mergeCell ref="H118:H125"/>
+    <mergeCell ref="B46:E46"/>
+    <mergeCell ref="B54:E54"/>
+    <mergeCell ref="B55:E55"/>
+    <mergeCell ref="B56:E56"/>
+    <mergeCell ref="B57:E57"/>
+    <mergeCell ref="B58:E58"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="A47:E47"/>
     <mergeCell ref="A78:E78"/>
     <mergeCell ref="A79:E79"/>
     <mergeCell ref="A100:E100"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="B64:E64"/>
     <mergeCell ref="B65:E65"/>
     <mergeCell ref="B66:E66"/>
     <mergeCell ref="B67:E67"/>
     <mergeCell ref="A71:E71"/>
-    <mergeCell ref="A54:A67"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A50:E50"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="B44:E44"/>
+    <mergeCell ref="A52:E52"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="A19:E19"/>
+    <mergeCell ref="A32:E32"/>
+    <mergeCell ref="A33:E33"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:A46"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A34:E34"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="A17:E17"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="A20:A30"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="H8:H9"/>
+    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="B45:E45"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="C11:F11"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="A40:A41"/>
+    <mergeCell ref="A82:E82"/>
     <mergeCell ref="A77:E77"/>
+    <mergeCell ref="C7:E8"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="B60:E60"/>
+    <mergeCell ref="B61:E61"/>
+    <mergeCell ref="B62:E62"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="A51:E51"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A31:E31"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="B63:E63"/>
+    <mergeCell ref="A53:E53"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="B59:E59"/>
+    <mergeCell ref="A90:E90"/>
+    <mergeCell ref="A91:E91"/>
+    <mergeCell ref="A92:E92"/>
+    <mergeCell ref="A93:E93"/>
+    <mergeCell ref="A94:E94"/>
+    <mergeCell ref="A101:E101"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A80:E80"/>
     <mergeCell ref="D73:E73"/>
     <mergeCell ref="D74:E74"/>
     <mergeCell ref="D75:E75"/>
     <mergeCell ref="D76:E76"/>
     <mergeCell ref="A73:B74"/>
     <mergeCell ref="C73:C76"/>
-    <mergeCell ref="H118:H125"/>
-[...13 lines deleted...]
-    <mergeCell ref="B62:E62"/>
     <mergeCell ref="A75:B76"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A81:E81"/>
-    <mergeCell ref="A82:E82"/>
-[...62 lines deleted...]
-    <mergeCell ref="A101:E101"/>
     <mergeCell ref="A102:A112"/>
     <mergeCell ref="B111:C112"/>
     <mergeCell ref="B102:E102"/>
     <mergeCell ref="B103:E103"/>
     <mergeCell ref="B104:E104"/>
     <mergeCell ref="B105:E105"/>
     <mergeCell ref="B106:E106"/>
     <mergeCell ref="B107:E107"/>
     <mergeCell ref="B108:E108"/>
     <mergeCell ref="B109:E109"/>
-    <mergeCell ref="A165:E165"/>
-[...2 lines deleted...]
-    <mergeCell ref="A168:E168"/>
+    <mergeCell ref="B110:E110"/>
+    <mergeCell ref="D111:E111"/>
+    <mergeCell ref="D112:E112"/>
+    <mergeCell ref="A171:E171"/>
+    <mergeCell ref="A173:E173"/>
+    <mergeCell ref="A156:E156"/>
+    <mergeCell ref="A157:E157"/>
+    <mergeCell ref="A158:E158"/>
+    <mergeCell ref="A159:E159"/>
     <mergeCell ref="A131:E131"/>
     <mergeCell ref="A115:E115"/>
     <mergeCell ref="A116:E116"/>
     <mergeCell ref="A118:E118"/>
     <mergeCell ref="C119:E119"/>
     <mergeCell ref="C120:E120"/>
     <mergeCell ref="B125:E125"/>
     <mergeCell ref="A126:E126"/>
     <mergeCell ref="A127:E127"/>
     <mergeCell ref="A128:E128"/>
-    <mergeCell ref="A129:E129"/>
-    <mergeCell ref="A130:E130"/>
+    <mergeCell ref="A117:E117"/>
+    <mergeCell ref="A136:E136"/>
+    <mergeCell ref="A137:E137"/>
+    <mergeCell ref="A138:E138"/>
+    <mergeCell ref="A168:E168"/>
+    <mergeCell ref="A143:E143"/>
+    <mergeCell ref="A134:E134"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="A174:E174"/>
     <mergeCell ref="A172:E172"/>
     <mergeCell ref="A160:E160"/>
     <mergeCell ref="B161:E161"/>
     <mergeCell ref="A166:A167"/>
+    <mergeCell ref="A161:A164"/>
+    <mergeCell ref="B163:E163"/>
+    <mergeCell ref="B164:E164"/>
+    <mergeCell ref="A165:E165"/>
+    <mergeCell ref="B166:E166"/>
+    <mergeCell ref="B167:E167"/>
     <mergeCell ref="B162:E162"/>
-    <mergeCell ref="C123:E123"/>
-[...12 lines deleted...]
-    <mergeCell ref="A146:E146"/>
+    <mergeCell ref="A129:E129"/>
+    <mergeCell ref="A130:E130"/>
     <mergeCell ref="A169:E169"/>
     <mergeCell ref="A170:E170"/>
-    <mergeCell ref="A147:E147"/>
-[...1 lines deleted...]
-    <mergeCell ref="A149:E149"/>
     <mergeCell ref="A144:E144"/>
     <mergeCell ref="A119:A125"/>
     <mergeCell ref="B119:B124"/>
     <mergeCell ref="C121:E121"/>
     <mergeCell ref="C122:E122"/>
     <mergeCell ref="A175:B176"/>
     <mergeCell ref="C175:E175"/>
     <mergeCell ref="C176:E176"/>
     <mergeCell ref="A150:E150"/>
     <mergeCell ref="A151:E151"/>
-    <mergeCell ref="A143:E143"/>
-[...9 lines deleted...]
-    <mergeCell ref="B164:E164"/>
+    <mergeCell ref="A152:E152"/>
+    <mergeCell ref="A153:E153"/>
+    <mergeCell ref="A145:E145"/>
+    <mergeCell ref="A146:E146"/>
+    <mergeCell ref="A147:E147"/>
+    <mergeCell ref="A148:E148"/>
+    <mergeCell ref="A149:E149"/>
+    <mergeCell ref="C123:E123"/>
+    <mergeCell ref="C124:E124"/>
+    <mergeCell ref="A139:E139"/>
+    <mergeCell ref="A140:E140"/>
+    <mergeCell ref="A141:E141"/>
+    <mergeCell ref="A142:E142"/>
+    <mergeCell ref="A135:E135"/>
   </mergeCells>
   <conditionalFormatting sqref="I18">
-    <cfRule type="cellIs" dxfId="193" priority="524" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="522">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="523">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" dxfId="193" priority="524" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I18:I19">
     <cfRule type="containsText" dxfId="192" priority="449" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I18)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19">
     <cfRule type="containsText" dxfId="191" priority="535" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I19)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="190" priority="537" operator="containsText" text="0115 je větší 0102">
-[...4 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="536">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="190" priority="537" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I19)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="189" priority="538" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I19)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="188" priority="539" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I19)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="540">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="187" priority="541" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I32">
     <cfRule type="containsText" dxfId="186" priority="542" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I32)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="185" priority="544" operator="containsText" text="0115 je větší 0102">
-[...4 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="543">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="185" priority="544" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I32)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="184" priority="545" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I32)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="183" priority="546" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I32)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="182" priority="547" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I32)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="548">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="181" priority="549" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I39:I40">
-    <cfRule type="containsText" dxfId="180" priority="551" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="550">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="180" priority="551" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I39)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="179" priority="552" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I39)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="178" priority="553" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I39)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="177" priority="554" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I39)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="555">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="176" priority="556" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I39:I41">
     <cfRule type="containsText" dxfId="175" priority="410" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I39)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="174" priority="412" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I39)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I41">
-    <cfRule type="containsText" dxfId="173" priority="560" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="559">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="173" priority="560" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I41)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="172" priority="561" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I41)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="171" priority="562" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I41)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="170" priority="563" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I41)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="564">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="169" priority="565" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I45">
-    <cfRule type="cellIs" dxfId="168" priority="568" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="566">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="567">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="168" priority="568" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I45:I46 I78 I80:J80 I82:J82">
     <cfRule type="containsText" dxfId="167" priority="152" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I45)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="166" priority="154" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I45)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="165" priority="155" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I45)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I45:I46">
     <cfRule type="containsText" dxfId="164" priority="26" operator="containsText" text="Akce nejsou vyplněny">
       <formula>NOT(ISERROR(SEARCH("Akce nejsou vyplněny",I45)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I46">
-    <cfRule type="cellIs" dxfId="163" priority="574" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="572">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="573">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="163" priority="574" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I52:I53">
     <cfRule type="containsText" dxfId="162" priority="31" operator="containsText" text="0301 musí být větší než součet 0316+0317">
       <formula>NOT(ISERROR(SEARCH("0301 musí být větší než součet 0316+0317",I52)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="161" priority="578" operator="containsText" text="0301 musí být větší (0316+0317)">
       <formula>NOT(ISERROR(SEARCH("0301 musí být větší (0316+0317)",I52)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="160" priority="579" operator="containsText" text="0301 je menší (0316+0317)">
       <formula>NOT(ISERROR(SEARCH("0301 je menší (0316+0317)",I52)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="159" priority="580" operator="containsText" text="0317 je větší (0301-0315)">
       <formula>NOT(ISERROR(SEARCH("0317 je větší (0301-0315)",I52)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="158" priority="581" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I52)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="157" priority="582" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I52)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="156" priority="583" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I52)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="584">
@@ -19608,227 +19761,227 @@
     <cfRule type="containsText" dxfId="137" priority="601" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I68)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="136" priority="602" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I68)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="135" priority="603" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I68)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="134" priority="604" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I68)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="605">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="133" priority="606" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I73">
-    <cfRule type="containsText" dxfId="132" priority="629" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="628">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="132" priority="629" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I73)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="131" priority="630" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I73)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="130" priority="631" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I73)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="129" priority="632" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I73)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="633">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="128" priority="634" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I73:I78 J80:J83 I84">
     <cfRule type="containsText" dxfId="127" priority="89" operator="containsText" text="0402 je větší 0401">
       <formula>NOT(ISERROR(SEARCH("0402 je větší 0401",I73)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="126" priority="90" operator="containsText" text="0316 je větší 0301">
       <formula>NOT(ISERROR(SEARCH("0316 je větší 0301",I73)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="125" priority="91" operator="containsText" text="0202 je větší 0201">
       <formula>NOT(ISERROR(SEARCH("0202 je větší 0201",I73)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="124" priority="92" operator="containsText" text="0115 je větší 0102">
       <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I73)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I74">
-    <cfRule type="containsText" dxfId="123" priority="640" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="639">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="123" priority="640" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I74)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="122" priority="641" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I74)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="121" priority="642" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I74)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="120" priority="643" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I74)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="644">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="119" priority="645" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I75">
-    <cfRule type="containsText" dxfId="118" priority="647" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="646">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="118" priority="647" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I75)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="117" priority="648" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I75)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="116" priority="649" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I75)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="115" priority="650" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I75)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="651">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="114" priority="652" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I75:I78 J80:J83 I84">
     <cfRule type="containsText" dxfId="113" priority="88" operator="containsText" text="0404 je větší 0403">
       <formula>NOT(ISERROR(SEARCH("0404 je větší 0403",I75)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I76">
-    <cfRule type="containsText" dxfId="112" priority="655" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="654">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="112" priority="655" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I76)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="111" priority="656" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I76)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="110" priority="657" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I76)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="109" priority="658" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I76)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="659">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="108" priority="660" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I77">
-    <cfRule type="containsText" dxfId="107" priority="700" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="699">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="107" priority="700" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I77)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="106" priority="701" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",I77)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="105" priority="702" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I77)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="104" priority="703" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I77)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="704">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="103" priority="705" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I77:I78 J80:J83 I84">
     <cfRule type="containsText" dxfId="102" priority="85" operator="containsText" text="0414 je větší 0412">
       <formula>NOT(ISERROR(SEARCH("0414 je větší 0412",I77)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="101" priority="86" operator="containsText" text="0408 je větší 0407">
       <formula>NOT(ISERROR(SEARCH("0408 je větší 0407",I77)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="100" priority="87" operator="containsText" text="0406 je větší 0405">
       <formula>NOT(ISERROR(SEARCH("0406 je větší 0405",I77)))</formula>
@@ -19859,151 +20012,151 @@
     </cfRule>
     <cfRule type="colorScale" priority="708">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="95" priority="709" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I79">
     <cfRule type="containsText" dxfId="94" priority="1" operator="containsText" text="Někteří zaměstnanci splnili standard.">
       <formula>NOT(ISERROR(SEARCH("Někteří zaměstnanci splnili standard.",I79)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="93" priority="2" operator="containsText" text="Musí mít někdo splněno.">
       <formula>NOT(ISERROR(SEARCH("Musí mít někdo splněno.",I79)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I80">
     <cfRule type="containsText" dxfId="92" priority="20" operator="containsText" text="Vyplňte počet akcí">
       <formula>NOT(ISERROR(SEARCH("Vyplňte počet akcí",I80)))</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="91" priority="196" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="194">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="195">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="91" priority="196" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I81">
     <cfRule type="containsText" dxfId="90" priority="12" operator="containsText" text="Vyplněny online návštěvy v 0512">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0512",I81)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="89" priority="23" operator="containsText" text="Vyplněny online návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0515",I81)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="88" priority="36" operator="containsText" text="Vyplněny návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny návštěvy v 0515",I81)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="87" priority="37" operator="containsText" text="Chybí hodnota v 0416">
       <formula>NOT(ISERROR(SEARCH("Chybí hodnota v 0416",I81)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I82">
     <cfRule type="containsText" dxfId="86" priority="19" operator="containsText" text="Vyplňte počet akcí">
       <formula>NOT(ISERROR(SEARCH("Vyplňte počet akcí",I82)))</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="85" priority="189" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="187">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="188">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="85" priority="189" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I83">
     <cfRule type="containsText" dxfId="84" priority="11" operator="containsText" text="Vyplněny online návštěvy v 0513">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0513",I83)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="83" priority="21" operator="containsText" text="Vyplněny online návštěvy v 0516">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0516",I83)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="82" priority="22" operator="containsText" text="Vyplněny online návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny online návštěvy v 0515",I83)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="81" priority="33" operator="containsText" text="Vyplněny návštěvy v 0516">
       <formula>NOT(ISERROR(SEARCH("Vyplněny návštěvy v 0516",I83)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="80" priority="34" operator="containsText" text="Vyplněny návštěvy v 0515">
       <formula>NOT(ISERROR(SEARCH("Vyplněny návštěvy v 0515",I83)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="79" priority="35" operator="containsText" text="Chybí hodnota v 0416">
       <formula>NOT(ISERROR(SEARCH("Chybí hodnota v 0416",I83)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I84">
     <cfRule type="containsText" dxfId="78" priority="10" operator="containsText" text="Ř. 0412 je větší 0410">
       <formula>NOT(ISERROR(SEARCH("Ř. 0412 je větší 0410",I84)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="77" priority="754" operator="containsText" text="0419 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0419 je větší 0417",I84)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="76" priority="756" operator="containsText" text="0115 je větší 0102">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="755">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="76" priority="756" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",I84)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="75" priority="757" operator="containsText" text="Chybí akce">
       <formula>NOT(ISERROR(SEARCH("Chybí akce",I84)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="74" priority="758" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I84)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="73" priority="759" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I84)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="760">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="72" priority="761" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I86">
     <cfRule type="containsText" dxfId="71" priority="765" operator="containsText" text="Chybí tituly">
       <formula>NOT(ISERROR(SEARCH("Chybí tituly",I86)))</formula>
@@ -20171,395 +20324,393 @@
       <formula>NOT(ISERROR(SEARCH("Chybí počet OSVČ, atd.",I128)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I129">
     <cfRule type="containsText" dxfId="32" priority="4" operator="containsText" text="Chybí počet hodin OSCČ, atd.">
       <formula>NOT(ISERROR(SEARCH("Chybí počet hodin OSCČ, atd.",I129)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I130">
     <cfRule type="containsText" dxfId="31" priority="32" operator="containsText" text="Chybí dobrovolní pracovníci">
       <formula>NOT(ISERROR(SEARCH("Chybí dobrovolní pracovníci",I130)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I131">
     <cfRule type="containsText" dxfId="30" priority="3" operator="containsText" text="Chybí počet hodin dobrovolníků">
       <formula>NOT(ISERROR(SEARCH("Chybí počet hodin dobrovolníků",I131)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I170">
     <cfRule type="containsText" dxfId="29" priority="806" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I170)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="28" priority="807" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I170)))</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="27" priority="810" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="808">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="809">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" dxfId="27" priority="810" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I172">
-    <cfRule type="cellIs" dxfId="26" priority="813" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="811">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="812">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" dxfId="26" priority="813" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I172:I173">
     <cfRule type="containsText" dxfId="25" priority="495" operator="containsText" text="Chybí výdaje HČ">
       <formula>NOT(ISERROR(SEARCH("Chybí výdaje HČ",I172)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I172:I174">
     <cfRule type="containsText" dxfId="24" priority="496" operator="containsText" text="Chybí odpisy">
       <formula>NOT(ISERROR(SEARCH("Chybí odpisy",I172)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="23" priority="497" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",I172)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I173">
-    <cfRule type="cellIs" dxfId="22" priority="819" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="817">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="818">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" dxfId="22" priority="819" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I174">
-    <cfRule type="cellIs" dxfId="21" priority="822" stopIfTrue="1" operator="equal">
-[...1 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="820">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="821">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" dxfId="21" priority="822" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J80">
-    <cfRule type="containsText" dxfId="20" priority="722" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="721">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="containsText" dxfId="20" priority="722" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J80)))</formula>
+    </cfRule>
     <cfRule type="colorScale" priority="723">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="19" priority="724" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
     </cfRule>
     <cfRule type="colorScale" priority="725">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="726">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" dxfId="18" priority="727" stopIfTrue="1" operator="equal">
+      <formula>"""CHYBA"""</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J80:J83 I84">
     <cfRule type="containsText" dxfId="17" priority="84" operator="containsText" text="0416 je větší 0415">
       <formula>NOT(ISERROR(SEARCH("0416 je větší 0415",I80)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J81">
-    <cfRule type="containsText" dxfId="16" priority="730" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="729">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="16" priority="730" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J81)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="15" priority="731" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",J81)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="14" priority="732" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",J81)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="13" priority="733" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",J81)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="734">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="12" priority="735" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82">
-    <cfRule type="containsText" dxfId="11" priority="737" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="736">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="11" priority="737" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J82)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="10" priority="738" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",J82)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="9" priority="739" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",J82)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="8" priority="740" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",J82)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="741">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="7" priority="742" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
     <cfRule type="colorScale" priority="743">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="colorScale" priority="744">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="6" priority="745" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:J83 I84">
     <cfRule type="containsText" dxfId="5" priority="83" operator="containsText" text="0418 je větší 0417">
       <formula>NOT(ISERROR(SEARCH("0418 je větší 0417",I82)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J83">
-    <cfRule type="containsText" dxfId="4" priority="748" operator="containsText" text="0115 je větší 0102">
-[...7 lines deleted...]
-    </cfRule>
     <cfRule type="colorScale" priority="747">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max"/>
         <color rgb="FF63BE7B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FFF8696B"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="4" priority="748" operator="containsText" text="0115 je větší 0102">
+      <formula>NOT(ISERROR(SEARCH("0115 je větší 0102",J83)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="3" priority="749" operator="containsText" text="Chybí akce">
+      <formula>NOT(ISERROR(SEARCH("Chybí akce",J83)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="2" priority="750" operator="containsText" text="Chybí odpisy">
+      <formula>NOT(ISERROR(SEARCH("Chybí odpisy",J83)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="1" priority="751" operator="containsText" text="CHYBA">
       <formula>NOT(ISERROR(SEARCH("CHYBA",J83)))</formula>
     </cfRule>
     <cfRule type="colorScale" priority="752">
       <colorScale>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <cfvo type="formula" val="&quot;CHYBA&quot;"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="753" stopIfTrue="1" operator="equal">
       <formula>"""CHYBA"""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="460" yWindow="346" count="43">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Pouze 0 nebo 1." sqref="G100:G101 G93:G94 F10:G10">
       <formula1>0</formula1>
       <formula2>1</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G153 G33:G34 G95 G12 G18:G31 G130 G52:G67 G78 G172 G146 G160 G174 G42:G47 G85:G92 G104:G106 G109:G110 G73:G76">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G153 G33:G34 G73:G76 G12 G18:G31 G130 G52:G67 G78 G172 G146 G160 G174 G42:G47 G85:G92 G104:G106 G109:G110">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než knihovních jednotek celkem" sqref="G32">
       <formula1>0</formula1>
       <formula2>G19</formula2>
     </dataValidation>
     <dataValidation type="whole" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než registrovaných uživatelů" sqref="G41">
       <formula1>0</formula1>
       <formula2>G39</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než fyzické výpůjčky celkem." sqref="G68">
       <formula1>0</formula1>
       <formula2>G53</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0405 nebo 0406." sqref="G79">
       <formula1>IF(G78&gt;G77*47,1,0)</formula1>
       <formula2>IF(G77*48&lt;G78,G77,FLOOR(G78/48,1))</formula2>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0407." sqref="G77">
       <formula1>G79</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0408." sqref="G81">
       <formula1>0</formula1>
       <formula2>G80</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0416." sqref="G80">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0409." sqref="G80">
       <formula1>G81</formula1>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0417." sqref="G83">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0410." sqref="G83">
       <formula1>0</formula1>
       <formula2>G82</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0418." sqref="G82">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0411." sqref="G82">
       <formula1>G83</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0410." sqref="G84">
       <formula1>0</formula1>
       <formula2>G82</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí webová stránka." sqref="G102">
       <formula1>0</formula1>
       <formula2>IF(G100=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí akce v 0409." sqref="G111">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G111">
       <formula1>0</formula1>
-      <formula2>IF(G81=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí akce v 0411." sqref="G112">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G112">
       <formula1>0</formula1>
-      <formula2>IF(G83=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G170:G171 G161:G164 G138:G141 G175:G176 G147:G150 G144:G145 G168 G118:G126 G128">
+    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G170:G171 G161:G164 G138:G141 G175:G176 G147:G150 G144:G145 G168 G118:G126 G128 G95">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí počet dobrovolných pracovníků." sqref="G131">
       <formula1>0</formula1>
       <formula2>IF(G130=0,0,9999999999)</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0702." sqref="G136">
       <formula1>G137</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0701." sqref="G137">
       <formula1>0</formula1>
       <formula2>G136</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0708." sqref="G142">
       <formula1>G143</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0707." sqref="G143">
       <formula1>0</formula1>
       <formula2>G142</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0717." sqref="G151">
       <formula1>G152</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0716." sqref="G152">
       <formula1>0</formula1>
@@ -20579,52 +20730,53 @@
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údajům v 0808 a 0810." sqref="G166">
       <formula1>0</formula1>
       <formula2>G165-G167</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údajům v 0808 a 0809." sqref="G167">
       <formula1>0</formula1>
       <formula2>G165-G166</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0815." sqref="G173">
       <formula1>0</formula1>
       <formula2>G172</formula2>
     </dataValidation>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Více pojízdných poboček než celkem." sqref="G13">
       <formula1>G12</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Požadavků je méně než kladně vyřízených" sqref="H75">
       <formula1>G76</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Řádek 0202 je větší než zadávaná hodnota." sqref="G39">
       <formula1>G41</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí elektronický katalog." sqref="G103">
       <formula1>0</formula1>
       <formula2>IF(G101=0,0,9999999999)</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Zadejte evidenční číslo knihovny bez / a roku registrace." sqref="F5:G5">
-      <formula1>0</formula1>
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Zadejte evidenční číslo knihovny bez / a roku registrace." sqref="F5:G5">
+      <formula1>1</formula1>
+      <formula2>9999</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Kraj" prompt="Kraj vyberte ze seznamu." sqref="I10">
       <formula1>$K$11:$K$24</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Právní forma ZJ" prompt="Právní formu ZJ vyberte ze seznamu." sqref="I3">
       <formula1>$K$26:$K$34</formula1>
     </dataValidation>
     <dataValidation operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G169"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Vyberte typ knihovny." promptTitle="Typ knihovny" prompt="Vyberte typ knihovny." sqref="F3">
       <formula1>$K$3:$K$7</formula1>
     </dataValidation>
     <dataValidation type="whole" showInputMessage="1" showErrorMessage="1" error="Hodnota je větší než registrovaných uživatelů" sqref="G40">
       <formula1>0</formula1>
       <formula2>G39</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí počet DPČ, DPP." sqref="G127">
       <formula1>0</formula1>
       <formula2>IF(G126=0,0,9999999999)</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Chybí počet OSVČ, atd." sqref="G129">
       <formula1>0</formula1>
       <formula2>IF(G128=0,0,9999999999)</formula2>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Neodpovídá údaji v 0509." sqref="G107">
       <formula1>G108</formula1>
@@ -20640,15953 +20792,16083 @@
   <pageMargins left="0.23622047244094491" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.15748031496062992" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId2"/>
   <rowBreaks count="5" manualBreakCount="5">
     <brk id="35" max="8" man="1"/>
     <brk id="69" max="16383" man="1"/>
     <brk id="96" max="8" man="1"/>
     <brk id="132" max="16383" man="1"/>
     <brk id="154" max="8" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="190" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="G53 G118 G172 G153 G160 G19" formulaRange="1"/>
     <ignoredError sqref="F12:F13 F18:F27 F52:F68 F39 F29:F34" numberStoredAsText="1"/>
   </ignoredErrors>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AI252"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12:O13"/>
+      <selection activeCell="A6" sqref="A6:AH6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="3.28515625" style="6" customWidth="1"/>
     <col min="3" max="3" width="5.28515625" style="6" customWidth="1"/>
     <col min="4" max="4" width="5.7109375" style="6" customWidth="1"/>
     <col min="5" max="5" width="5.28515625" style="6" customWidth="1"/>
     <col min="6" max="6" width="3.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="3.140625" style="6" customWidth="1"/>
     <col min="8" max="8" width="5.5703125" style="6" customWidth="1"/>
     <col min="9" max="9" width="0.85546875" style="6" customWidth="1"/>
     <col min="10" max="10" width="3.140625" style="6" customWidth="1"/>
     <col min="11" max="11" width="1.5703125" style="6" customWidth="1"/>
     <col min="12" max="14" width="3" style="6" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" style="6" customWidth="1"/>
     <col min="16" max="16" width="1.42578125" style="6" customWidth="1"/>
     <col min="17" max="17" width="2.28515625" style="6" customWidth="1"/>
     <col min="18" max="18" width="2.140625" style="6" customWidth="1"/>
     <col min="19" max="19" width="2.5703125" style="6" customWidth="1"/>
     <col min="20" max="20" width="1.7109375" style="6" customWidth="1"/>
     <col min="21" max="21" width="2" style="6" customWidth="1"/>
     <col min="22" max="22" width="2.5703125" style="6" customWidth="1"/>
     <col min="23" max="23" width="3.85546875" style="6" customWidth="1"/>
     <col min="24" max="24" width="4.42578125" style="6" customWidth="1"/>
     <col min="25" max="25" width="13.42578125" style="6" customWidth="1"/>
     <col min="26" max="26" width="1.7109375" style="6" customWidth="1"/>
     <col min="27" max="27" width="1.85546875" style="6" customWidth="1"/>
     <col min="28" max="28" width="2.28515625" style="6" customWidth="1"/>
     <col min="29" max="29" width="0.7109375" style="6" customWidth="1"/>
     <col min="30" max="30" width="1.7109375" style="6" customWidth="1"/>
     <col min="31" max="31" width="1.140625" style="6" customWidth="1"/>
     <col min="32" max="32" width="2" style="6" customWidth="1"/>
     <col min="33" max="33" width="3.140625" style="6" customWidth="1"/>
     <col min="34" max="34" width="5" style="6" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="1013" t="s">
+      <c r="A1" s="1045" t="s">
         <v>237</v>
       </c>
-      <c r="B1" s="1014"/>
-[...10 lines deleted...]
-      <c r="M1" s="1016" t="s">
+      <c r="B1" s="1046"/>
+      <c r="C1" s="1046"/>
+      <c r="D1" s="1046"/>
+      <c r="E1" s="1046"/>
+      <c r="F1" s="1046"/>
+      <c r="G1" s="1046"/>
+      <c r="H1" s="1046"/>
+      <c r="I1" s="1046"/>
+      <c r="J1" s="1046"/>
+      <c r="K1" s="1046"/>
+      <c r="L1" s="1047"/>
+      <c r="M1" s="1048" t="s">
         <v>238</v>
       </c>
-      <c r="N1" s="1017"/>
-[...10 lines deleted...]
-      <c r="Y1" s="1018" t="s">
+      <c r="N1" s="1049"/>
+      <c r="O1" s="1049"/>
+      <c r="P1" s="1049"/>
+      <c r="Q1" s="1049"/>
+      <c r="R1" s="1049"/>
+      <c r="S1" s="1049"/>
+      <c r="T1" s="1049"/>
+      <c r="U1" s="1049"/>
+      <c r="V1" s="1049"/>
+      <c r="W1" s="1049"/>
+      <c r="X1" s="1049"/>
+      <c r="Y1" s="1050" t="s">
         <v>239</v>
       </c>
-      <c r="Z1" s="1019"/>
-[...7 lines deleted...]
-      <c r="AH1" s="1020"/>
+      <c r="Z1" s="1051"/>
+      <c r="AA1" s="1051"/>
+      <c r="AB1" s="1051"/>
+      <c r="AC1" s="1051"/>
+      <c r="AD1" s="1051"/>
+      <c r="AE1" s="1051"/>
+      <c r="AF1" s="1051"/>
+      <c r="AG1" s="1051"/>
+      <c r="AH1" s="1052"/>
       <c r="AI1" s="5"/>
     </row>
     <row r="2" spans="1:35" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="1024" t="s">
+      <c r="A2" s="1056" t="s">
         <v>240</v>
       </c>
-      <c r="B2" s="1025"/>
-[...31 lines deleted...]
-      <c r="AH2" s="1023"/>
+      <c r="B2" s="1057"/>
+      <c r="C2" s="1057"/>
+      <c r="D2" s="1057"/>
+      <c r="E2" s="1057"/>
+      <c r="F2" s="1057"/>
+      <c r="G2" s="1057"/>
+      <c r="H2" s="1057"/>
+      <c r="I2" s="1057"/>
+      <c r="J2" s="1057"/>
+      <c r="K2" s="1057"/>
+      <c r="L2" s="1058"/>
+      <c r="M2" s="1048"/>
+      <c r="N2" s="1049"/>
+      <c r="O2" s="1049"/>
+      <c r="P2" s="1049"/>
+      <c r="Q2" s="1049"/>
+      <c r="R2" s="1049"/>
+      <c r="S2" s="1049"/>
+      <c r="T2" s="1049"/>
+      <c r="U2" s="1049"/>
+      <c r="V2" s="1049"/>
+      <c r="W2" s="1049"/>
+      <c r="X2" s="1049"/>
+      <c r="Y2" s="1053"/>
+      <c r="Z2" s="1054"/>
+      <c r="AA2" s="1054"/>
+      <c r="AB2" s="1054"/>
+      <c r="AC2" s="1054"/>
+      <c r="AD2" s="1054"/>
+      <c r="AE2" s="1054"/>
+      <c r="AF2" s="1054"/>
+      <c r="AG2" s="1054"/>
+      <c r="AH2" s="1055"/>
     </row>
     <row r="3" spans="1:35" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="1027" t="s">
+      <c r="A3" s="1059" t="s">
         <v>435</v>
       </c>
-      <c r="B3" s="1028"/>
-[...21 lines deleted...]
-      <c r="X3" s="1017"/>
+      <c r="B3" s="1060"/>
+      <c r="C3" s="1060"/>
+      <c r="D3" s="1060"/>
+      <c r="E3" s="1060"/>
+      <c r="F3" s="1060"/>
+      <c r="G3" s="1060"/>
+      <c r="H3" s="1060"/>
+      <c r="I3" s="1060"/>
+      <c r="J3" s="1060"/>
+      <c r="K3" s="1060"/>
+      <c r="L3" s="1061"/>
+      <c r="M3" s="1048"/>
+      <c r="N3" s="1049"/>
+      <c r="O3" s="1049"/>
+      <c r="P3" s="1049"/>
+      <c r="Q3" s="1049"/>
+      <c r="R3" s="1049"/>
+      <c r="S3" s="1049"/>
+      <c r="T3" s="1049"/>
+      <c r="U3" s="1049"/>
+      <c r="V3" s="1049"/>
+      <c r="W3" s="1049"/>
+      <c r="X3" s="1049"/>
       <c r="Y3" s="7" t="s">
         <v>241</v>
       </c>
       <c r="Z3" s="8"/>
       <c r="AA3" s="9"/>
       <c r="AB3" s="9"/>
       <c r="AC3" s="9"/>
       <c r="AD3" s="10"/>
       <c r="AE3" s="10"/>
-      <c r="AF3" s="150"/>
-[...1 lines deleted...]
-      <c r="AH3" s="150"/>
+      <c r="AF3" s="147"/>
+      <c r="AG3" s="147"/>
+      <c r="AH3" s="147"/>
       <c r="AI3" s="11"/>
     </row>
     <row r="4" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="1030"/>
-[...22 lines deleted...]
-      <c r="X4" s="1030"/>
+      <c r="A4" s="1062"/>
+      <c r="B4" s="1062"/>
+      <c r="C4" s="1062"/>
+      <c r="D4" s="1062"/>
+      <c r="E4" s="1062"/>
+      <c r="F4" s="1062"/>
+      <c r="G4" s="1062"/>
+      <c r="H4" s="1062"/>
+      <c r="I4" s="1062"/>
+      <c r="J4" s="1062"/>
+      <c r="K4" s="1062"/>
+      <c r="L4" s="1062"/>
+      <c r="M4" s="1062"/>
+      <c r="N4" s="1062"/>
+      <c r="O4" s="1062"/>
+      <c r="P4" s="1062"/>
+      <c r="Q4" s="1062"/>
+      <c r="R4" s="1062"/>
+      <c r="S4" s="1062"/>
+      <c r="T4" s="1062"/>
+      <c r="U4" s="1062"/>
+      <c r="V4" s="1062"/>
+      <c r="W4" s="1062"/>
+      <c r="X4" s="1062"/>
       <c r="Y4" s="7" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="Z4" s="8"/>
       <c r="AA4" s="9"/>
       <c r="AB4" s="9"/>
       <c r="AC4" s="9"/>
       <c r="AD4" s="10"/>
       <c r="AE4" s="10"/>
-      <c r="AF4" s="150"/>
-[...1 lines deleted...]
-      <c r="AH4" s="1031"/>
+      <c r="AF4" s="147"/>
+      <c r="AG4" s="1063"/>
+      <c r="AH4" s="1063"/>
       <c r="AI4" s="11"/>
     </row>
     <row r="5" spans="1:35" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="1011" t="s">
+      <c r="A5" s="1043" t="s">
         <v>242</v>
       </c>
-      <c r="B5" s="1011"/>
-[...31 lines deleted...]
-      <c r="AH5" s="1011"/>
+      <c r="B5" s="1043"/>
+      <c r="C5" s="1043"/>
+      <c r="D5" s="1043"/>
+      <c r="E5" s="1043"/>
+      <c r="F5" s="1043"/>
+      <c r="G5" s="1043"/>
+      <c r="H5" s="1043"/>
+      <c r="I5" s="1043"/>
+      <c r="J5" s="1043"/>
+      <c r="K5" s="1043"/>
+      <c r="L5" s="1043"/>
+      <c r="M5" s="1043"/>
+      <c r="N5" s="1043"/>
+      <c r="O5" s="1043"/>
+      <c r="P5" s="1043"/>
+      <c r="Q5" s="1043"/>
+      <c r="R5" s="1043"/>
+      <c r="S5" s="1043"/>
+      <c r="T5" s="1043"/>
+      <c r="U5" s="1043"/>
+      <c r="V5" s="1043"/>
+      <c r="W5" s="1043"/>
+      <c r="X5" s="1043"/>
+      <c r="Y5" s="1043"/>
+      <c r="Z5" s="1043"/>
+      <c r="AA5" s="1043"/>
+      <c r="AB5" s="1043"/>
+      <c r="AC5" s="1043"/>
+      <c r="AD5" s="1043"/>
+      <c r="AE5" s="1043"/>
+      <c r="AF5" s="1043"/>
+      <c r="AG5" s="1043"/>
+      <c r="AH5" s="1043"/>
     </row>
     <row r="6" spans="1:35" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="1012" t="s">
+      <c r="A6" s="1044" t="s">
         <v>436</v>
       </c>
-      <c r="B6" s="1012"/>
-[...34 lines deleted...]
-      <c r="A7" s="1060" t="s">
+      <c r="B6" s="1044"/>
+      <c r="C6" s="1044"/>
+      <c r="D6" s="1044"/>
+      <c r="E6" s="1044"/>
+      <c r="F6" s="1044"/>
+      <c r="G6" s="1044"/>
+      <c r="H6" s="1044"/>
+      <c r="I6" s="1044"/>
+      <c r="J6" s="1044"/>
+      <c r="K6" s="1044"/>
+      <c r="L6" s="1044"/>
+      <c r="M6" s="1044"/>
+      <c r="N6" s="1044"/>
+      <c r="O6" s="1044"/>
+      <c r="P6" s="1044"/>
+      <c r="Q6" s="1044"/>
+      <c r="R6" s="1044"/>
+      <c r="S6" s="1044"/>
+      <c r="T6" s="1044"/>
+      <c r="U6" s="1044"/>
+      <c r="V6" s="1044"/>
+      <c r="W6" s="1044"/>
+      <c r="X6" s="1044"/>
+      <c r="Y6" s="1044"/>
+      <c r="Z6" s="1044"/>
+      <c r="AA6" s="1044"/>
+      <c r="AB6" s="1044"/>
+      <c r="AC6" s="1044"/>
+      <c r="AD6" s="1044"/>
+      <c r="AE6" s="1044"/>
+      <c r="AF6" s="1044"/>
+      <c r="AG6" s="1044"/>
+      <c r="AH6" s="1044"/>
+    </row>
+    <row r="7" spans="1:35" s="74" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="1064" t="s">
         <v>437</v>
       </c>
-      <c r="B7" s="1060"/>
-[...31 lines deleted...]
-      <c r="AH7" s="1060"/>
+      <c r="B7" s="1064"/>
+      <c r="C7" s="1064"/>
+      <c r="D7" s="1064"/>
+      <c r="E7" s="1064"/>
+      <c r="F7" s="1064"/>
+      <c r="G7" s="1064"/>
+      <c r="H7" s="1064"/>
+      <c r="I7" s="1064"/>
+      <c r="J7" s="1064"/>
+      <c r="K7" s="1064"/>
+      <c r="L7" s="1064"/>
+      <c r="M7" s="1064"/>
+      <c r="N7" s="1064"/>
+      <c r="O7" s="1064"/>
+      <c r="P7" s="1064"/>
+      <c r="Q7" s="1064"/>
+      <c r="R7" s="1064"/>
+      <c r="S7" s="1064"/>
+      <c r="T7" s="1064"/>
+      <c r="U7" s="1064"/>
+      <c r="V7" s="1064"/>
+      <c r="W7" s="1064"/>
+      <c r="X7" s="1064"/>
+      <c r="Y7" s="1064"/>
+      <c r="Z7" s="1064"/>
+      <c r="AA7" s="1064"/>
+      <c r="AB7" s="1064"/>
+      <c r="AC7" s="1064"/>
+      <c r="AD7" s="1064"/>
+      <c r="AE7" s="1064"/>
+      <c r="AF7" s="1064"/>
+      <c r="AG7" s="1064"/>
+      <c r="AH7" s="1064"/>
     </row>
     <row r="8" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="1061" t="s">
+      <c r="A8" s="1065" t="s">
         <v>243</v>
       </c>
-      <c r="B8" s="1061"/>
-[...31 lines deleted...]
-      <c r="AH8" s="1061"/>
+      <c r="B8" s="1065"/>
+      <c r="C8" s="1065"/>
+      <c r="D8" s="1065"/>
+      <c r="E8" s="1065"/>
+      <c r="F8" s="1065"/>
+      <c r="G8" s="1065"/>
+      <c r="H8" s="1065"/>
+      <c r="I8" s="1065"/>
+      <c r="J8" s="1065"/>
+      <c r="K8" s="1065"/>
+      <c r="L8" s="1065"/>
+      <c r="M8" s="1065"/>
+      <c r="N8" s="1065"/>
+      <c r="O8" s="1065"/>
+      <c r="P8" s="1065"/>
+      <c r="Q8" s="1065"/>
+      <c r="R8" s="1065"/>
+      <c r="S8" s="1065"/>
+      <c r="T8" s="1065"/>
+      <c r="U8" s="1065"/>
+      <c r="V8" s="1065"/>
+      <c r="W8" s="1065"/>
+      <c r="X8" s="1065"/>
+      <c r="Y8" s="1065"/>
+      <c r="Z8" s="1065"/>
+      <c r="AA8" s="1065"/>
+      <c r="AB8" s="1065"/>
+      <c r="AC8" s="1065"/>
+      <c r="AD8" s="1065"/>
+      <c r="AE8" s="1065"/>
+      <c r="AF8" s="1065"/>
+      <c r="AG8" s="1065"/>
+      <c r="AH8" s="1065"/>
     </row>
     <row r="9" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="1061" t="s">
+      <c r="A9" s="1065" t="s">
         <v>244</v>
       </c>
-      <c r="B9" s="1061"/>
-[...67 lines deleted...]
-      <c r="AH10" s="1061"/>
+      <c r="B9" s="1065"/>
+      <c r="C9" s="1065"/>
+      <c r="D9" s="1065"/>
+      <c r="E9" s="1065"/>
+      <c r="F9" s="1065"/>
+      <c r="G9" s="1065"/>
+      <c r="H9" s="1065"/>
+      <c r="I9" s="1065"/>
+      <c r="J9" s="1065"/>
+      <c r="K9" s="1065"/>
+      <c r="L9" s="1065"/>
+      <c r="M9" s="1065"/>
+      <c r="N9" s="1065"/>
+      <c r="O9" s="1065"/>
+      <c r="P9" s="1065"/>
+      <c r="Q9" s="1065"/>
+      <c r="R9" s="1065"/>
+      <c r="S9" s="1065"/>
+      <c r="T9" s="1065"/>
+      <c r="U9" s="1065"/>
+      <c r="V9" s="1065"/>
+      <c r="W9" s="1065"/>
+      <c r="X9" s="1065"/>
+      <c r="Y9" s="1065"/>
+      <c r="Z9" s="1065"/>
+      <c r="AA9" s="1065"/>
+      <c r="AB9" s="1065"/>
+      <c r="AC9" s="1065"/>
+      <c r="AD9" s="1065"/>
+      <c r="AE9" s="1065"/>
+      <c r="AF9" s="1065"/>
+      <c r="AG9" s="1065"/>
+      <c r="AH9" s="1065"/>
+    </row>
+    <row r="10" spans="1:35" s="113" customFormat="1" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="1065"/>
+      <c r="B10" s="1065"/>
+      <c r="C10" s="1065"/>
+      <c r="D10" s="1065"/>
+      <c r="E10" s="1065"/>
+      <c r="F10" s="1065"/>
+      <c r="G10" s="1065"/>
+      <c r="H10" s="1065"/>
+      <c r="I10" s="1065"/>
+      <c r="J10" s="1065"/>
+      <c r="K10" s="1065"/>
+      <c r="L10" s="1065"/>
+      <c r="M10" s="1065"/>
+      <c r="N10" s="1065"/>
+      <c r="O10" s="1065"/>
+      <c r="P10" s="1065"/>
+      <c r="Q10" s="1065"/>
+      <c r="R10" s="1065"/>
+      <c r="S10" s="1065"/>
+      <c r="T10" s="1065"/>
+      <c r="U10" s="1065"/>
+      <c r="V10" s="1065"/>
+      <c r="W10" s="1065"/>
+      <c r="X10" s="1065"/>
+      <c r="Y10" s="1065"/>
+      <c r="Z10" s="1065"/>
+      <c r="AA10" s="1065"/>
+      <c r="AB10" s="1065"/>
+      <c r="AC10" s="1065"/>
+      <c r="AD10" s="1065"/>
+      <c r="AE10" s="1065"/>
+      <c r="AF10" s="1065"/>
+      <c r="AG10" s="1065"/>
+      <c r="AH10" s="1065"/>
     </row>
     <row r="11" spans="1:35" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="1062" t="s">
+      <c r="A11" s="1066" t="s">
         <v>245</v>
       </c>
-      <c r="B11" s="1063"/>
-[...19 lines deleted...]
-      <c r="T11" s="1074" t="s">
+      <c r="B11" s="1067"/>
+      <c r="C11" s="1067"/>
+      <c r="D11" s="1067"/>
+      <c r="E11" s="1067"/>
+      <c r="F11" s="1067"/>
+      <c r="G11" s="1067"/>
+      <c r="H11" s="1067"/>
+      <c r="I11" s="1067"/>
+      <c r="J11" s="1067"/>
+      <c r="K11" s="1067"/>
+      <c r="L11" s="1067"/>
+      <c r="M11" s="1067"/>
+      <c r="N11" s="1067"/>
+      <c r="O11" s="1068"/>
+      <c r="P11" s="146"/>
+      <c r="Q11" s="432" t="s">
+        <v>545</v>
+      </c>
+      <c r="R11" s="433"/>
+      <c r="S11" s="433"/>
+      <c r="T11" s="1078" t="s">
         <v>246</v>
       </c>
-      <c r="U11" s="1075"/>
-[...11 lines deleted...]
-      <c r="AG11" s="144" t="str">
+      <c r="U11" s="1079"/>
+      <c r="V11" s="1079"/>
+      <c r="W11" s="1079"/>
+      <c r="X11" s="1079"/>
+      <c r="Y11" s="1079"/>
+      <c r="Z11" s="1079"/>
+      <c r="AA11" s="1079"/>
+      <c r="AB11" s="1079"/>
+      <c r="AC11" s="1079"/>
+      <c r="AD11" s="1079"/>
+      <c r="AE11" s="1079"/>
+      <c r="AF11" s="1079"/>
+      <c r="AG11" s="141" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="11","X","")</f>
         <v/>
       </c>
       <c r="AH11" s="12" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="1065">
+      <c r="A12" s="1069">
         <f>Vkladani_dat!I4</f>
         <v>0</v>
       </c>
-      <c r="B12" s="1066"/>
-[...17 lines deleted...]
-      <c r="T12" s="391" t="s">
+      <c r="B12" s="1070"/>
+      <c r="C12" s="1070"/>
+      <c r="D12" s="1070"/>
+      <c r="E12" s="1070"/>
+      <c r="F12" s="1070"/>
+      <c r="G12" s="1070"/>
+      <c r="H12" s="1070"/>
+      <c r="I12" s="1070"/>
+      <c r="J12" s="1070"/>
+      <c r="K12" s="1070"/>
+      <c r="L12" s="1070"/>
+      <c r="M12" s="1070"/>
+      <c r="N12" s="1070"/>
+      <c r="O12" s="1071"/>
+      <c r="P12" s="146"/>
+      <c r="Q12" s="434"/>
+      <c r="R12" s="435"/>
+      <c r="S12" s="435"/>
+      <c r="T12" s="410" t="s">
         <v>248</v>
       </c>
-      <c r="U12" s="392"/>
-[...11 lines deleted...]
-      <c r="AG12" s="151" t="str">
+      <c r="U12" s="411"/>
+      <c r="V12" s="411"/>
+      <c r="W12" s="411"/>
+      <c r="X12" s="411"/>
+      <c r="Y12" s="411"/>
+      <c r="Z12" s="411"/>
+      <c r="AA12" s="411"/>
+      <c r="AB12" s="411"/>
+      <c r="AC12" s="411"/>
+      <c r="AD12" s="411"/>
+      <c r="AE12" s="411"/>
+      <c r="AF12" s="411"/>
+      <c r="AG12" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="12","X","")</f>
         <v/>
       </c>
       <c r="AH12" s="13" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="13" spans="1:35" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="1068"/>
-[...18 lines deleted...]
-      <c r="T13" s="391" t="s">
+      <c r="A13" s="1072"/>
+      <c r="B13" s="1073"/>
+      <c r="C13" s="1073"/>
+      <c r="D13" s="1073"/>
+      <c r="E13" s="1073"/>
+      <c r="F13" s="1073"/>
+      <c r="G13" s="1073"/>
+      <c r="H13" s="1073"/>
+      <c r="I13" s="1073"/>
+      <c r="J13" s="1073"/>
+      <c r="K13" s="1073"/>
+      <c r="L13" s="1073"/>
+      <c r="M13" s="1073"/>
+      <c r="N13" s="1073"/>
+      <c r="O13" s="1074"/>
+      <c r="P13" s="146"/>
+      <c r="Q13" s="434"/>
+      <c r="R13" s="435"/>
+      <c r="S13" s="435"/>
+      <c r="T13" s="410" t="s">
         <v>250</v>
       </c>
-      <c r="U13" s="392"/>
-[...11 lines deleted...]
-      <c r="AG13" s="151" t="str">
+      <c r="U13" s="411"/>
+      <c r="V13" s="411"/>
+      <c r="W13" s="411"/>
+      <c r="X13" s="411"/>
+      <c r="Y13" s="411"/>
+      <c r="Z13" s="411"/>
+      <c r="AA13" s="411"/>
+      <c r="AB13" s="411"/>
+      <c r="AC13" s="411"/>
+      <c r="AD13" s="411"/>
+      <c r="AE13" s="411"/>
+      <c r="AF13" s="411"/>
+      <c r="AG13" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="13","X","")</f>
         <v/>
       </c>
       <c r="AH13" s="13" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="14" spans="1:35" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="1040" t="s">
+      <c r="A14" s="1088" t="s">
         <v>252</v>
       </c>
-      <c r="B14" s="1041"/>
-      <c r="C14" s="1044">
+      <c r="B14" s="1089"/>
+      <c r="C14" s="1092">
         <f>Vkladani_dat!I5</f>
         <v>0</v>
       </c>
-      <c r="D14" s="1045"/>
-[...2 lines deleted...]
-      <c r="G14" s="1049" t="s">
+      <c r="D14" s="1093"/>
+      <c r="E14" s="1093"/>
+      <c r="F14" s="1094"/>
+      <c r="G14" s="1097" t="s">
         <v>253</v>
       </c>
-      <c r="H14" s="1050"/>
-[...4 lines deleted...]
-      <c r="M14" s="1055">
+      <c r="H14" s="1098"/>
+      <c r="I14" s="1098"/>
+      <c r="J14" s="1098"/>
+      <c r="K14" s="1098"/>
+      <c r="L14" s="1099"/>
+      <c r="M14" s="1103">
         <f>Vkladani_dat!F5</f>
         <v>0</v>
       </c>
-      <c r="N14" s="1056"/>
-[...5 lines deleted...]
-      <c r="T14" s="1076" t="s">
+      <c r="N14" s="1104"/>
+      <c r="O14" s="1105"/>
+      <c r="P14" s="146"/>
+      <c r="Q14" s="434"/>
+      <c r="R14" s="435"/>
+      <c r="S14" s="435"/>
+      <c r="T14" s="393" t="s">
         <v>254</v>
       </c>
-      <c r="U14" s="1077"/>
-[...11 lines deleted...]
-      <c r="AG14" s="1080" t="str">
+      <c r="U14" s="394"/>
+      <c r="V14" s="394"/>
+      <c r="W14" s="394"/>
+      <c r="X14" s="394"/>
+      <c r="Y14" s="394"/>
+      <c r="Z14" s="394"/>
+      <c r="AA14" s="394"/>
+      <c r="AB14" s="394"/>
+      <c r="AC14" s="394"/>
+      <c r="AD14" s="394"/>
+      <c r="AE14" s="394"/>
+      <c r="AF14" s="394"/>
+      <c r="AG14" s="397" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="14","X","")</f>
         <v/>
       </c>
-      <c r="AH14" s="1082" t="s">
+      <c r="AH14" s="399" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="15" spans="1:35" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="1042"/>
-[...32 lines deleted...]
-      <c r="AH15" s="1083"/>
+      <c r="A15" s="1090"/>
+      <c r="B15" s="1091"/>
+      <c r="C15" s="1095"/>
+      <c r="D15" s="1095"/>
+      <c r="E15" s="1095"/>
+      <c r="F15" s="1096"/>
+      <c r="G15" s="1100"/>
+      <c r="H15" s="1101"/>
+      <c r="I15" s="1101"/>
+      <c r="J15" s="1101"/>
+      <c r="K15" s="1101"/>
+      <c r="L15" s="1102"/>
+      <c r="M15" s="1106"/>
+      <c r="N15" s="1106"/>
+      <c r="O15" s="1107"/>
+      <c r="P15" s="146"/>
+      <c r="Q15" s="434"/>
+      <c r="R15" s="435"/>
+      <c r="S15" s="435"/>
+      <c r="T15" s="395"/>
+      <c r="U15" s="396"/>
+      <c r="V15" s="396"/>
+      <c r="W15" s="396"/>
+      <c r="X15" s="396"/>
+      <c r="Y15" s="396"/>
+      <c r="Z15" s="396"/>
+      <c r="AA15" s="396"/>
+      <c r="AB15" s="396"/>
+      <c r="AC15" s="396"/>
+      <c r="AD15" s="396"/>
+      <c r="AE15" s="396"/>
+      <c r="AF15" s="396"/>
+      <c r="AG15" s="398"/>
+      <c r="AH15" s="400"/>
     </row>
     <row r="16" spans="1:35" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="1071" t="s">
+      <c r="A16" s="1075" t="s">
         <v>257</v>
       </c>
-      <c r="B16" s="1072"/>
-[...17 lines deleted...]
-      <c r="T16" s="391" t="s">
+      <c r="B16" s="1076"/>
+      <c r="C16" s="1076"/>
+      <c r="D16" s="1076"/>
+      <c r="E16" s="1076"/>
+      <c r="F16" s="1076"/>
+      <c r="G16" s="1076"/>
+      <c r="H16" s="1076"/>
+      <c r="I16" s="1076"/>
+      <c r="J16" s="1076"/>
+      <c r="K16" s="1076"/>
+      <c r="L16" s="1076"/>
+      <c r="M16" s="1076"/>
+      <c r="N16" s="1076"/>
+      <c r="O16" s="1077"/>
+      <c r="P16" s="146"/>
+      <c r="Q16" s="434"/>
+      <c r="R16" s="435"/>
+      <c r="S16" s="435"/>
+      <c r="T16" s="410" t="s">
         <v>256</v>
       </c>
-      <c r="U16" s="392"/>
-[...11 lines deleted...]
-      <c r="AG16" s="151" t="str">
+      <c r="U16" s="411"/>
+      <c r="V16" s="411"/>
+      <c r="W16" s="411"/>
+      <c r="X16" s="411"/>
+      <c r="Y16" s="411"/>
+      <c r="Z16" s="411"/>
+      <c r="AA16" s="411"/>
+      <c r="AB16" s="411"/>
+      <c r="AC16" s="411"/>
+      <c r="AD16" s="411"/>
+      <c r="AE16" s="411"/>
+      <c r="AF16" s="411"/>
+      <c r="AG16" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="21","X","")</f>
         <v/>
       </c>
-      <c r="AH16" s="121">
+      <c r="AH16" s="118">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="1032">
+      <c r="A17" s="1080">
         <f>Vkladani_dat!I6</f>
         <v>0</v>
       </c>
-      <c r="B17" s="1033"/>
-[...17 lines deleted...]
-      <c r="T17" s="391" t="s">
+      <c r="B17" s="1081"/>
+      <c r="C17" s="1081"/>
+      <c r="D17" s="1081"/>
+      <c r="E17" s="1081"/>
+      <c r="F17" s="1081"/>
+      <c r="G17" s="1081"/>
+      <c r="H17" s="1081"/>
+      <c r="I17" s="1081"/>
+      <c r="J17" s="1081"/>
+      <c r="K17" s="1081"/>
+      <c r="L17" s="1081"/>
+      <c r="M17" s="1081"/>
+      <c r="N17" s="1081"/>
+      <c r="O17" s="1082"/>
+      <c r="P17" s="146"/>
+      <c r="Q17" s="434"/>
+      <c r="R17" s="435"/>
+      <c r="S17" s="435"/>
+      <c r="T17" s="410" t="s">
         <v>258</v>
       </c>
-      <c r="U17" s="392"/>
-[...11 lines deleted...]
-      <c r="AG17" s="151" t="str">
+      <c r="U17" s="411"/>
+      <c r="V17" s="411"/>
+      <c r="W17" s="411"/>
+      <c r="X17" s="411"/>
+      <c r="Y17" s="411"/>
+      <c r="Z17" s="411"/>
+      <c r="AA17" s="411"/>
+      <c r="AB17" s="411"/>
+      <c r="AC17" s="411"/>
+      <c r="AD17" s="411"/>
+      <c r="AE17" s="411"/>
+      <c r="AF17" s="411"/>
+      <c r="AG17" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="22","X","")</f>
         <v/>
       </c>
-      <c r="AH17" s="121">
+      <c r="AH17" s="118">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:34" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="1035"/>
-[...18 lines deleted...]
-      <c r="T18" s="391" t="s">
+      <c r="A18" s="1083"/>
+      <c r="B18" s="1084"/>
+      <c r="C18" s="1084"/>
+      <c r="D18" s="1084"/>
+      <c r="E18" s="1084"/>
+      <c r="F18" s="1084"/>
+      <c r="G18" s="1084"/>
+      <c r="H18" s="1084"/>
+      <c r="I18" s="1084"/>
+      <c r="J18" s="1084"/>
+      <c r="K18" s="1084"/>
+      <c r="L18" s="1084"/>
+      <c r="M18" s="1084"/>
+      <c r="N18" s="1084"/>
+      <c r="O18" s="1085"/>
+      <c r="P18" s="146"/>
+      <c r="Q18" s="434"/>
+      <c r="R18" s="435"/>
+      <c r="S18" s="435"/>
+      <c r="T18" s="410" t="s">
         <v>259</v>
       </c>
-      <c r="U18" s="392"/>
-[...11 lines deleted...]
-      <c r="AG18" s="151" t="str">
+      <c r="U18" s="411"/>
+      <c r="V18" s="411"/>
+      <c r="W18" s="411"/>
+      <c r="X18" s="411"/>
+      <c r="Y18" s="411"/>
+      <c r="Z18" s="411"/>
+      <c r="AA18" s="411"/>
+      <c r="AB18" s="411"/>
+      <c r="AC18" s="411"/>
+      <c r="AD18" s="411"/>
+      <c r="AE18" s="411"/>
+      <c r="AF18" s="411"/>
+      <c r="AG18" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="23","X","")</f>
         <v/>
       </c>
-      <c r="AH18" s="121">
+      <c r="AH18" s="118">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="976" t="s">
+      <c r="A19" s="1023" t="s">
         <v>261</v>
       </c>
-      <c r="B19" s="977"/>
-[...1 lines deleted...]
-      <c r="D19" s="1038">
+      <c r="B19" s="1024"/>
+      <c r="C19" s="1024"/>
+      <c r="D19" s="1086">
         <f>Vkladani_dat!I8</f>
         <v>0</v>
       </c>
-      <c r="E19" s="1038"/>
-[...14 lines deleted...]
-      <c r="T19" s="391" t="s">
+      <c r="E19" s="1086"/>
+      <c r="F19" s="1086"/>
+      <c r="G19" s="1086"/>
+      <c r="H19" s="1086"/>
+      <c r="I19" s="1086"/>
+      <c r="J19" s="1086"/>
+      <c r="K19" s="1086"/>
+      <c r="L19" s="1086"/>
+      <c r="M19" s="1086"/>
+      <c r="N19" s="1086"/>
+      <c r="O19" s="1087"/>
+      <c r="P19" s="146"/>
+      <c r="Q19" s="434"/>
+      <c r="R19" s="435"/>
+      <c r="S19" s="435"/>
+      <c r="T19" s="410" t="s">
         <v>260</v>
       </c>
-      <c r="U19" s="392"/>
-[...11 lines deleted...]
-      <c r="AG19" s="151" t="str">
+      <c r="U19" s="411"/>
+      <c r="V19" s="411"/>
+      <c r="W19" s="411"/>
+      <c r="X19" s="411"/>
+      <c r="Y19" s="411"/>
+      <c r="Z19" s="411"/>
+      <c r="AA19" s="411"/>
+      <c r="AB19" s="411"/>
+      <c r="AC19" s="411"/>
+      <c r="AD19" s="411"/>
+      <c r="AE19" s="411"/>
+      <c r="AF19" s="411"/>
+      <c r="AG19" s="148" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="24","X","")</f>
         <v/>
       </c>
-      <c r="AH19" s="121">
+      <c r="AH19" s="118">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="967" t="s">
+      <c r="A20" s="1014" t="s">
         <v>263</v>
       </c>
-      <c r="B20" s="968"/>
-[...1 lines deleted...]
-      <c r="D20" s="971">
+      <c r="B20" s="1015"/>
+      <c r="C20" s="1015"/>
+      <c r="D20" s="1018">
         <f>Vkladani_dat!I10</f>
         <v>0</v>
       </c>
-      <c r="E20" s="972"/>
-[...14 lines deleted...]
-      <c r="T20" s="419" t="s">
+      <c r="E20" s="1019"/>
+      <c r="F20" s="1019"/>
+      <c r="G20" s="1019"/>
+      <c r="H20" s="1019"/>
+      <c r="I20" s="1019"/>
+      <c r="J20" s="1019"/>
+      <c r="K20" s="1019"/>
+      <c r="L20" s="1019"/>
+      <c r="M20" s="1019"/>
+      <c r="N20" s="1019"/>
+      <c r="O20" s="1020"/>
+      <c r="P20" s="146"/>
+      <c r="Q20" s="436"/>
+      <c r="R20" s="437"/>
+      <c r="S20" s="437"/>
+      <c r="T20" s="401" t="s">
         <v>262</v>
       </c>
-      <c r="U20" s="420"/>
-[...11 lines deleted...]
-      <c r="AG20" s="423" t="str">
+      <c r="U20" s="402"/>
+      <c r="V20" s="402"/>
+      <c r="W20" s="402"/>
+      <c r="X20" s="402"/>
+      <c r="Y20" s="402"/>
+      <c r="Z20" s="402"/>
+      <c r="AA20" s="402"/>
+      <c r="AB20" s="402"/>
+      <c r="AC20" s="402"/>
+      <c r="AD20" s="402"/>
+      <c r="AE20" s="402"/>
+      <c r="AF20" s="402"/>
+      <c r="AG20" s="405" t="str">
         <f>IF(MID(Vkladani_dat!I3,1,2)="90","X","")</f>
         <v/>
       </c>
-      <c r="AH20" s="425">
+      <c r="AH20" s="407">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="969"/>
-[...32 lines deleted...]
-      <c r="AH21" s="426"/>
+      <c r="A21" s="1016"/>
+      <c r="B21" s="1017"/>
+      <c r="C21" s="1017"/>
+      <c r="D21" s="1021"/>
+      <c r="E21" s="1021"/>
+      <c r="F21" s="1021"/>
+      <c r="G21" s="1021"/>
+      <c r="H21" s="1021"/>
+      <c r="I21" s="1021"/>
+      <c r="J21" s="1021"/>
+      <c r="K21" s="1021"/>
+      <c r="L21" s="1021"/>
+      <c r="M21" s="1021"/>
+      <c r="N21" s="1021"/>
+      <c r="O21" s="1022"/>
+      <c r="P21" s="146"/>
+      <c r="Q21" s="436"/>
+      <c r="R21" s="437"/>
+      <c r="S21" s="437"/>
+      <c r="T21" s="401"/>
+      <c r="U21" s="402"/>
+      <c r="V21" s="402"/>
+      <c r="W21" s="402"/>
+      <c r="X21" s="402"/>
+      <c r="Y21" s="402"/>
+      <c r="Z21" s="402"/>
+      <c r="AA21" s="402"/>
+      <c r="AB21" s="402"/>
+      <c r="AC21" s="402"/>
+      <c r="AD21" s="402"/>
+      <c r="AE21" s="402"/>
+      <c r="AF21" s="402"/>
+      <c r="AG21" s="405"/>
+      <c r="AH21" s="408"/>
     </row>
     <row r="22" spans="1:34" ht="1.1499999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="976" t="s">
+      <c r="A22" s="1023" t="s">
         <v>264</v>
       </c>
-      <c r="B22" s="977"/>
-[...1 lines deleted...]
-      <c r="D22" s="979">
+      <c r="B22" s="1024"/>
+      <c r="C22" s="1024"/>
+      <c r="D22" s="1026">
         <f>Vkladani_dat!I11</f>
         <v>0</v>
       </c>
-      <c r="E22" s="980"/>
-[...28 lines deleted...]
-      <c r="AH22" s="427"/>
+      <c r="E22" s="1027"/>
+      <c r="F22" s="1027"/>
+      <c r="G22" s="1027"/>
+      <c r="H22" s="1027"/>
+      <c r="I22" s="1027"/>
+      <c r="J22" s="1027"/>
+      <c r="K22" s="1027"/>
+      <c r="L22" s="1027"/>
+      <c r="M22" s="1027"/>
+      <c r="N22" s="1027"/>
+      <c r="O22" s="1020"/>
+      <c r="P22" s="146"/>
+      <c r="Q22" s="438"/>
+      <c r="R22" s="439"/>
+      <c r="S22" s="439"/>
+      <c r="T22" s="403"/>
+      <c r="U22" s="404"/>
+      <c r="V22" s="404"/>
+      <c r="W22" s="404"/>
+      <c r="X22" s="404"/>
+      <c r="Y22" s="404"/>
+      <c r="Z22" s="404"/>
+      <c r="AA22" s="404"/>
+      <c r="AB22" s="404"/>
+      <c r="AC22" s="404"/>
+      <c r="AD22" s="404"/>
+      <c r="AE22" s="404"/>
+      <c r="AF22" s="404"/>
+      <c r="AG22" s="406"/>
+      <c r="AH22" s="409"/>
     </row>
     <row r="23" spans="1:34" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="978"/>
-[...15 lines deleted...]
-      <c r="Q23" s="402" t="s">
+      <c r="A23" s="1025"/>
+      <c r="B23" s="1024"/>
+      <c r="C23" s="1024"/>
+      <c r="D23" s="1028"/>
+      <c r="E23" s="1028"/>
+      <c r="F23" s="1028"/>
+      <c r="G23" s="1028"/>
+      <c r="H23" s="1028"/>
+      <c r="I23" s="1028"/>
+      <c r="J23" s="1028"/>
+      <c r="K23" s="1028"/>
+      <c r="L23" s="1028"/>
+      <c r="M23" s="1028"/>
+      <c r="N23" s="1028"/>
+      <c r="O23" s="1022"/>
+      <c r="P23" s="146"/>
+      <c r="Q23" s="431" t="s">
         <v>446</v>
       </c>
-      <c r="R23" s="402"/>
-[...15 lines deleted...]
-      <c r="AH23" s="402"/>
+      <c r="R23" s="431"/>
+      <c r="S23" s="431"/>
+      <c r="T23" s="431"/>
+      <c r="U23" s="431"/>
+      <c r="V23" s="431"/>
+      <c r="W23" s="431"/>
+      <c r="X23" s="431"/>
+      <c r="Y23" s="431"/>
+      <c r="Z23" s="431"/>
+      <c r="AA23" s="431"/>
+      <c r="AB23" s="431"/>
+      <c r="AC23" s="431"/>
+      <c r="AD23" s="431"/>
+      <c r="AE23" s="431"/>
+      <c r="AF23" s="431"/>
+      <c r="AG23" s="431"/>
+      <c r="AH23" s="431"/>
     </row>
     <row r="24" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="982" t="s">
+      <c r="A24" s="1029" t="s">
         <v>266</v>
       </c>
-      <c r="B24" s="983"/>
-[...1 lines deleted...]
-      <c r="D24" s="985">
+      <c r="B24" s="1030"/>
+      <c r="C24" s="1030"/>
+      <c r="D24" s="1032">
         <f>Vkladani_dat!I12</f>
         <v>0</v>
       </c>
-      <c r="E24" s="986"/>
-[...11 lines deleted...]
-      <c r="Q24" s="400" t="s">
+      <c r="E24" s="1033"/>
+      <c r="F24" s="1033"/>
+      <c r="G24" s="1033"/>
+      <c r="H24" s="1033"/>
+      <c r="I24" s="1033"/>
+      <c r="J24" s="1033"/>
+      <c r="K24" s="1033"/>
+      <c r="L24" s="1033"/>
+      <c r="M24" s="1033"/>
+      <c r="N24" s="1033"/>
+      <c r="O24" s="1034"/>
+      <c r="P24" s="146"/>
+      <c r="Q24" s="429" t="s">
         <v>73</v>
       </c>
-      <c r="R24" s="401"/>
-[...15 lines deleted...]
-      <c r="AH24" s="401"/>
+      <c r="R24" s="430"/>
+      <c r="S24" s="430"/>
+      <c r="T24" s="430"/>
+      <c r="U24" s="430"/>
+      <c r="V24" s="430"/>
+      <c r="W24" s="430"/>
+      <c r="X24" s="430"/>
+      <c r="Y24" s="430"/>
+      <c r="Z24" s="430"/>
+      <c r="AA24" s="430"/>
+      <c r="AB24" s="430"/>
+      <c r="AC24" s="430"/>
+      <c r="AD24" s="430"/>
+      <c r="AE24" s="430"/>
+      <c r="AF24" s="430"/>
+      <c r="AG24" s="430"/>
+      <c r="AH24" s="430"/>
     </row>
     <row r="25" spans="1:34" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="984"/>
-[...32 lines deleted...]
-      <c r="AH25" s="401"/>
+      <c r="A25" s="1031"/>
+      <c r="B25" s="1030"/>
+      <c r="C25" s="1030"/>
+      <c r="D25" s="1033"/>
+      <c r="E25" s="1033"/>
+      <c r="F25" s="1033"/>
+      <c r="G25" s="1033"/>
+      <c r="H25" s="1033"/>
+      <c r="I25" s="1033"/>
+      <c r="J25" s="1033"/>
+      <c r="K25" s="1033"/>
+      <c r="L25" s="1033"/>
+      <c r="M25" s="1033"/>
+      <c r="N25" s="1033"/>
+      <c r="O25" s="1034"/>
+      <c r="P25" s="146"/>
+      <c r="Q25" s="430"/>
+      <c r="R25" s="430"/>
+      <c r="S25" s="430"/>
+      <c r="T25" s="430"/>
+      <c r="U25" s="430"/>
+      <c r="V25" s="430"/>
+      <c r="W25" s="430"/>
+      <c r="X25" s="430"/>
+      <c r="Y25" s="430"/>
+      <c r="Z25" s="430"/>
+      <c r="AA25" s="430"/>
+      <c r="AB25" s="430"/>
+      <c r="AC25" s="430"/>
+      <c r="AD25" s="430"/>
+      <c r="AE25" s="430"/>
+      <c r="AF25" s="430"/>
+      <c r="AG25" s="430"/>
+      <c r="AH25" s="430"/>
     </row>
     <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="1004" t="s">
-[...6 lines deleted...]
-      <c r="F26" s="983">
+      <c r="A26" s="1108" t="s">
+        <v>485</v>
+      </c>
+      <c r="B26" s="1109"/>
+      <c r="C26" s="1109"/>
+      <c r="D26" s="1109"/>
+      <c r="E26" s="1109"/>
+      <c r="F26" s="1030">
         <f>Vkladani_dat!I13</f>
         <v>0</v>
       </c>
-      <c r="G26" s="308"/>
-[...20 lines deleted...]
-      <c r="AB26" s="393" t="s">
+      <c r="G26" s="312"/>
+      <c r="H26" s="312"/>
+      <c r="I26" s="312"/>
+      <c r="J26" s="312"/>
+      <c r="K26" s="312"/>
+      <c r="L26" s="312"/>
+      <c r="M26" s="312"/>
+      <c r="N26" s="312"/>
+      <c r="O26" s="1035"/>
+      <c r="P26" s="146"/>
+      <c r="Q26" s="427"/>
+      <c r="R26" s="428"/>
+      <c r="S26" s="428"/>
+      <c r="T26" s="428"/>
+      <c r="U26" s="428"/>
+      <c r="V26" s="428"/>
+      <c r="W26" s="428"/>
+      <c r="X26" s="428"/>
+      <c r="Y26" s="428"/>
+      <c r="Z26" s="428"/>
+      <c r="AA26" s="428"/>
+      <c r="AB26" s="422" t="s">
         <v>265</v>
       </c>
-      <c r="AC26" s="394"/>
-[...1 lines deleted...]
-      <c r="AE26" s="395" t="s">
+      <c r="AC26" s="423"/>
+      <c r="AD26" s="423"/>
+      <c r="AE26" s="424" t="s">
         <v>62</v>
       </c>
-      <c r="AF26" s="396"/>
-[...1 lines deleted...]
-      <c r="AH26" s="397"/>
+      <c r="AF26" s="425"/>
+      <c r="AG26" s="425"/>
+      <c r="AH26" s="426"/>
     </row>
     <row r="27" spans="1:34" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="1004" t="s">
+      <c r="A27" s="1108" t="s">
         <v>371</v>
       </c>
-      <c r="B27" s="1005"/>
-[...6 lines deleted...]
-      <c r="I27" s="696">
+      <c r="B27" s="1109"/>
+      <c r="C27" s="1109"/>
+      <c r="D27" s="1109"/>
+      <c r="E27" s="1109"/>
+      <c r="F27" s="1109"/>
+      <c r="G27" s="1109"/>
+      <c r="H27" s="1109"/>
+      <c r="I27" s="722">
         <f>Vkladani_dat!F6</f>
         <v>0</v>
       </c>
-      <c r="J27" s="1130"/>
-[...6 lines deleted...]
-      <c r="Q27" s="1128" t="s">
+      <c r="J27" s="1154"/>
+      <c r="K27" s="1154"/>
+      <c r="L27" s="1154"/>
+      <c r="M27" s="1154"/>
+      <c r="N27" s="1154"/>
+      <c r="O27" s="1155"/>
+      <c r="P27" s="146"/>
+      <c r="Q27" s="1153" t="s">
         <v>63</v>
       </c>
-      <c r="R27" s="435"/>
-[...9 lines deleted...]
-      <c r="AB27" s="1007">
+      <c r="R27" s="815"/>
+      <c r="S27" s="815"/>
+      <c r="T27" s="815"/>
+      <c r="U27" s="815"/>
+      <c r="V27" s="815"/>
+      <c r="W27" s="815"/>
+      <c r="X27" s="815"/>
+      <c r="Y27" s="815"/>
+      <c r="Z27" s="815"/>
+      <c r="AA27" s="815"/>
+      <c r="AB27" s="1036">
         <v>1</v>
       </c>
-      <c r="AC27" s="948"/>
-[...1 lines deleted...]
-      <c r="AE27" s="949">
+      <c r="AC27" s="987"/>
+      <c r="AD27" s="987"/>
+      <c r="AE27" s="991">
         <v>2</v>
       </c>
-      <c r="AF27" s="435"/>
-[...1 lines deleted...]
-      <c r="AH27" s="815"/>
+      <c r="AF27" s="815"/>
+      <c r="AG27" s="815"/>
+      <c r="AH27" s="816"/>
     </row>
     <row r="28" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="1132" t="s">
+      <c r="A28" s="1156" t="s">
         <v>268</v>
       </c>
-      <c r="B28" s="1133"/>
-[...4 lines deleted...]
-      <c r="G28" s="1141" t="s">
+      <c r="B28" s="1157"/>
+      <c r="C28" s="1157"/>
+      <c r="D28" s="1157"/>
+      <c r="E28" s="1157"/>
+      <c r="F28" s="1157"/>
+      <c r="G28" s="1160" t="s">
         <v>269</v>
       </c>
-      <c r="H28" s="1142"/>
-[...1 lines deleted...]
-      <c r="J28" s="1144" t="str">
+      <c r="H28" s="1161"/>
+      <c r="I28" s="1161"/>
+      <c r="J28" s="1039" t="str">
         <f>IF(Vkladani_dat!F10=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="K28" s="1145"/>
-      <c r="L28" s="1148" t="s">
+      <c r="K28" s="1040"/>
+      <c r="L28" s="1164" t="s">
         <v>270</v>
       </c>
-      <c r="M28" s="1149"/>
-      <c r="N28" s="1144" t="str">
+      <c r="M28" s="1165"/>
+      <c r="N28" s="1039" t="str">
         <f>IF(Vkladani_dat!F10=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O28" s="1152"/>
-[...1 lines deleted...]
-      <c r="Q28" s="1008" t="s">
+      <c r="O28" s="1168"/>
+      <c r="P28" s="146"/>
+      <c r="Q28" s="1037" t="s">
+        <v>482</v>
+      </c>
+      <c r="R28" s="636"/>
+      <c r="S28" s="636"/>
+      <c r="T28" s="636"/>
+      <c r="U28" s="636"/>
+      <c r="V28" s="636"/>
+      <c r="W28" s="636"/>
+      <c r="X28" s="636"/>
+      <c r="Y28" s="636"/>
+      <c r="Z28" s="636"/>
+      <c r="AA28" s="636"/>
+      <c r="AB28" s="415">
+        <v>301</v>
+      </c>
+      <c r="AC28" s="629"/>
+      <c r="AD28" s="629"/>
+      <c r="AE28" s="412">
+        <f>Vkladani_dat!G52</f>
+        <v>0</v>
+      </c>
+      <c r="AF28" s="607"/>
+      <c r="AG28" s="607"/>
+      <c r="AH28" s="608"/>
+    </row>
+    <row r="29" spans="1:34" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="1158"/>
+      <c r="B29" s="1159"/>
+      <c r="C29" s="1159"/>
+      <c r="D29" s="1159"/>
+      <c r="E29" s="1159"/>
+      <c r="F29" s="1159"/>
+      <c r="G29" s="1162"/>
+      <c r="H29" s="1162"/>
+      <c r="I29" s="1162"/>
+      <c r="J29" s="1041"/>
+      <c r="K29" s="1042"/>
+      <c r="L29" s="1166"/>
+      <c r="M29" s="1167"/>
+      <c r="N29" s="1041"/>
+      <c r="O29" s="1169"/>
+      <c r="P29" s="146"/>
+      <c r="Q29" s="652"/>
+      <c r="R29" s="636"/>
+      <c r="S29" s="636"/>
+      <c r="T29" s="636"/>
+      <c r="U29" s="636"/>
+      <c r="V29" s="636"/>
+      <c r="W29" s="636"/>
+      <c r="X29" s="636"/>
+      <c r="Y29" s="636"/>
+      <c r="Z29" s="636"/>
+      <c r="AA29" s="636"/>
+      <c r="AB29" s="629"/>
+      <c r="AC29" s="629"/>
+      <c r="AD29" s="629"/>
+      <c r="AE29" s="607"/>
+      <c r="AF29" s="607"/>
+      <c r="AG29" s="607"/>
+      <c r="AH29" s="608"/>
+    </row>
+    <row r="30" spans="1:34" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="1170" t="s">
         <v>484</v>
       </c>
-      <c r="R28" s="640"/>
-[...59 lines deleted...]
-      <c r="A30" s="1154" t="s">
+      <c r="B30" s="1171"/>
+      <c r="C30" s="1171"/>
+      <c r="D30" s="1171"/>
+      <c r="E30" s="1171"/>
+      <c r="F30" s="1171"/>
+      <c r="G30" s="1171"/>
+      <c r="H30" s="1171"/>
+      <c r="I30" s="1171"/>
+      <c r="J30" s="1171"/>
+      <c r="K30" s="1171"/>
+      <c r="L30" s="1171"/>
+      <c r="M30" s="1171"/>
+      <c r="N30" s="1171"/>
+      <c r="O30" s="1172"/>
+      <c r="P30" s="146"/>
+      <c r="Q30" s="1037" t="s">
+        <v>483</v>
+      </c>
+      <c r="R30" s="1038"/>
+      <c r="S30" s="1038"/>
+      <c r="T30" s="1038"/>
+      <c r="U30" s="1038"/>
+      <c r="V30" s="1038"/>
+      <c r="W30" s="1038"/>
+      <c r="X30" s="1038"/>
+      <c r="Y30" s="1038"/>
+      <c r="Z30" s="1038"/>
+      <c r="AA30" s="1038"/>
+      <c r="AB30" s="415">
+        <v>302</v>
+      </c>
+      <c r="AC30" s="415"/>
+      <c r="AD30" s="415"/>
+      <c r="AE30" s="412">
+        <f>Vkladani_dat!G53</f>
+        <v>0</v>
+      </c>
+      <c r="AF30" s="413"/>
+      <c r="AG30" s="413"/>
+      <c r="AH30" s="414"/>
+    </row>
+    <row r="31" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="1173"/>
+      <c r="B31" s="1173"/>
+      <c r="C31" s="1173"/>
+      <c r="D31" s="1173"/>
+      <c r="E31" s="1173"/>
+      <c r="F31" s="1173"/>
+      <c r="G31" s="1173"/>
+      <c r="H31" s="1173"/>
+      <c r="I31" s="1173"/>
+      <c r="J31" s="1173"/>
+      <c r="K31" s="1173"/>
+      <c r="L31" s="1173"/>
+      <c r="M31" s="1173"/>
+      <c r="N31" s="1173"/>
+      <c r="O31" s="1174"/>
+      <c r="P31" s="146"/>
+      <c r="Q31" s="1037"/>
+      <c r="R31" s="1038"/>
+      <c r="S31" s="1038"/>
+      <c r="T31" s="1038"/>
+      <c r="U31" s="1038"/>
+      <c r="V31" s="1038"/>
+      <c r="W31" s="1038"/>
+      <c r="X31" s="1038"/>
+      <c r="Y31" s="1038"/>
+      <c r="Z31" s="1038"/>
+      <c r="AA31" s="1038"/>
+      <c r="AB31" s="415"/>
+      <c r="AC31" s="415"/>
+      <c r="AD31" s="415"/>
+      <c r="AE31" s="413"/>
+      <c r="AF31" s="413"/>
+      <c r="AG31" s="413"/>
+      <c r="AH31" s="414"/>
+    </row>
+    <row r="32" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="1174"/>
+      <c r="B32" s="1174"/>
+      <c r="C32" s="1174"/>
+      <c r="D32" s="1174"/>
+      <c r="E32" s="1174"/>
+      <c r="F32" s="1174"/>
+      <c r="G32" s="1174"/>
+      <c r="H32" s="1174"/>
+      <c r="I32" s="1174"/>
+      <c r="J32" s="1174"/>
+      <c r="K32" s="1174"/>
+      <c r="L32" s="1174"/>
+      <c r="M32" s="1174"/>
+      <c r="N32" s="1174"/>
+      <c r="O32" s="1174"/>
+      <c r="P32" s="146"/>
+      <c r="Q32" s="1147" t="s">
+        <v>454</v>
+      </c>
+      <c r="R32" s="284"/>
+      <c r="S32" s="1013" t="s">
+        <v>455</v>
+      </c>
+      <c r="T32" s="374"/>
+      <c r="U32" s="374"/>
+      <c r="V32" s="374"/>
+      <c r="W32" s="374"/>
+      <c r="X32" s="374"/>
+      <c r="Y32" s="374"/>
+      <c r="Z32" s="374"/>
+      <c r="AA32" s="374"/>
+      <c r="AB32" s="415">
+        <v>303</v>
+      </c>
+      <c r="AC32" s="415"/>
+      <c r="AD32" s="415"/>
+      <c r="AE32" s="412">
+        <f>Vkladani_dat!G54</f>
+        <v>0</v>
+      </c>
+      <c r="AF32" s="413"/>
+      <c r="AG32" s="413"/>
+      <c r="AH32" s="414"/>
+    </row>
+    <row r="33" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="1174"/>
+      <c r="B33" s="1174"/>
+      <c r="C33" s="1174"/>
+      <c r="D33" s="1174"/>
+      <c r="E33" s="1174"/>
+      <c r="F33" s="1174"/>
+      <c r="G33" s="1174"/>
+      <c r="H33" s="1174"/>
+      <c r="I33" s="1174"/>
+      <c r="J33" s="1174"/>
+      <c r="K33" s="1174"/>
+      <c r="L33" s="1174"/>
+      <c r="M33" s="1174"/>
+      <c r="N33" s="1174"/>
+      <c r="O33" s="1174"/>
+      <c r="P33" s="146"/>
+      <c r="Q33" s="283"/>
+      <c r="R33" s="284"/>
+      <c r="S33" s="374"/>
+      <c r="T33" s="374"/>
+      <c r="U33" s="374"/>
+      <c r="V33" s="374"/>
+      <c r="W33" s="374"/>
+      <c r="X33" s="374"/>
+      <c r="Y33" s="374"/>
+      <c r="Z33" s="374"/>
+      <c r="AA33" s="374"/>
+      <c r="AB33" s="415"/>
+      <c r="AC33" s="415"/>
+      <c r="AD33" s="415"/>
+      <c r="AE33" s="413"/>
+      <c r="AF33" s="413"/>
+      <c r="AG33" s="413"/>
+      <c r="AH33" s="414"/>
+    </row>
+    <row r="34" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="1180" t="s">
+        <v>60</v>
+      </c>
+      <c r="B34" s="1180"/>
+      <c r="C34" s="1180"/>
+      <c r="D34" s="1180"/>
+      <c r="E34" s="1180"/>
+      <c r="F34" s="1180"/>
+      <c r="G34" s="1180"/>
+      <c r="H34" s="1180"/>
+      <c r="I34" s="1180"/>
+      <c r="J34" s="1180"/>
+      <c r="K34" s="1180"/>
+      <c r="L34" s="1180"/>
+      <c r="M34" s="1180"/>
+      <c r="N34" s="1180"/>
+      <c r="O34" s="1128"/>
+      <c r="P34" s="146"/>
+      <c r="Q34" s="283"/>
+      <c r="R34" s="284"/>
+      <c r="S34" s="417" t="s">
+        <v>456</v>
+      </c>
+      <c r="T34" s="418"/>
+      <c r="U34" s="418"/>
+      <c r="V34" s="418"/>
+      <c r="W34" s="418"/>
+      <c r="X34" s="418"/>
+      <c r="Y34" s="418"/>
+      <c r="Z34" s="418"/>
+      <c r="AA34" s="418"/>
+      <c r="AB34" s="415">
+        <v>304</v>
+      </c>
+      <c r="AC34" s="416"/>
+      <c r="AD34" s="416"/>
+      <c r="AE34" s="412">
+        <f>Vkladani_dat!G55</f>
+        <v>0</v>
+      </c>
+      <c r="AF34" s="413"/>
+      <c r="AG34" s="413"/>
+      <c r="AH34" s="414"/>
+    </row>
+    <row r="35" spans="1:34" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="1181"/>
+      <c r="B35" s="1181"/>
+      <c r="C35" s="1181"/>
+      <c r="D35" s="1181"/>
+      <c r="E35" s="1181"/>
+      <c r="F35" s="1181"/>
+      <c r="G35" s="1181"/>
+      <c r="H35" s="1181"/>
+      <c r="I35" s="1181"/>
+      <c r="J35" s="1181"/>
+      <c r="K35" s="1181"/>
+      <c r="L35" s="1181"/>
+      <c r="M35" s="1181"/>
+      <c r="N35" s="1181"/>
+      <c r="O35" s="1131"/>
+      <c r="P35" s="146"/>
+      <c r="Q35" s="283"/>
+      <c r="R35" s="284"/>
+      <c r="S35" s="418"/>
+      <c r="T35" s="418"/>
+      <c r="U35" s="418"/>
+      <c r="V35" s="418"/>
+      <c r="W35" s="418"/>
+      <c r="X35" s="418"/>
+      <c r="Y35" s="418"/>
+      <c r="Z35" s="418"/>
+      <c r="AA35" s="418"/>
+      <c r="AB35" s="416"/>
+      <c r="AC35" s="416"/>
+      <c r="AD35" s="416"/>
+      <c r="AE35" s="413"/>
+      <c r="AF35" s="413"/>
+      <c r="AG35" s="413"/>
+      <c r="AH35" s="414"/>
+    </row>
+    <row r="36" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="1182"/>
+      <c r="B36" s="1183"/>
+      <c r="C36" s="1183"/>
+      <c r="D36" s="1183"/>
+      <c r="E36" s="1183"/>
+      <c r="F36" s="1183"/>
+      <c r="G36" s="1183"/>
+      <c r="H36" s="1183"/>
+      <c r="I36" s="1184"/>
+      <c r="J36" s="1004" t="s">
+        <v>265</v>
+      </c>
+      <c r="K36" s="1005"/>
+      <c r="L36" s="1008" t="s">
+        <v>62</v>
+      </c>
+      <c r="M36" s="1009"/>
+      <c r="N36" s="1009"/>
+      <c r="O36" s="1010"/>
+      <c r="P36" s="146"/>
+      <c r="Q36" s="283"/>
+      <c r="R36" s="284"/>
+      <c r="S36" s="1013" t="s">
+        <v>457</v>
+      </c>
+      <c r="T36" s="374"/>
+      <c r="U36" s="374"/>
+      <c r="V36" s="374"/>
+      <c r="W36" s="374"/>
+      <c r="X36" s="374"/>
+      <c r="Y36" s="374"/>
+      <c r="Z36" s="374"/>
+      <c r="AA36" s="374"/>
+      <c r="AB36" s="415">
+        <v>305</v>
+      </c>
+      <c r="AC36" s="416"/>
+      <c r="AD36" s="416"/>
+      <c r="AE36" s="412">
+        <f>Vkladani_dat!G56</f>
+        <v>0</v>
+      </c>
+      <c r="AF36" s="413"/>
+      <c r="AG36" s="413"/>
+      <c r="AH36" s="414"/>
+    </row>
+    <row r="37" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="1185"/>
+      <c r="B37" s="1186"/>
+      <c r="C37" s="1186"/>
+      <c r="D37" s="1186"/>
+      <c r="E37" s="1186"/>
+      <c r="F37" s="1186"/>
+      <c r="G37" s="1186"/>
+      <c r="H37" s="1186"/>
+      <c r="I37" s="1187"/>
+      <c r="J37" s="1006"/>
+      <c r="K37" s="1007"/>
+      <c r="L37" s="1006"/>
+      <c r="M37" s="1011"/>
+      <c r="N37" s="1011"/>
+      <c r="O37" s="1012"/>
+      <c r="P37" s="146"/>
+      <c r="Q37" s="283"/>
+      <c r="R37" s="284"/>
+      <c r="S37" s="374"/>
+      <c r="T37" s="374"/>
+      <c r="U37" s="374"/>
+      <c r="V37" s="374"/>
+      <c r="W37" s="374"/>
+      <c r="X37" s="374"/>
+      <c r="Y37" s="374"/>
+      <c r="Z37" s="374"/>
+      <c r="AA37" s="374"/>
+      <c r="AB37" s="416"/>
+      <c r="AC37" s="416"/>
+      <c r="AD37" s="416"/>
+      <c r="AE37" s="413"/>
+      <c r="AF37" s="413"/>
+      <c r="AG37" s="413"/>
+      <c r="AH37" s="414"/>
+    </row>
+    <row r="38" spans="1:34" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="1175" t="s">
+        <v>63</v>
+      </c>
+      <c r="B38" s="1176"/>
+      <c r="C38" s="1176"/>
+      <c r="D38" s="1176"/>
+      <c r="E38" s="1176"/>
+      <c r="F38" s="1176"/>
+      <c r="G38" s="1176"/>
+      <c r="H38" s="1176"/>
+      <c r="I38" s="1177"/>
+      <c r="J38" s="1178">
+        <v>1</v>
+      </c>
+      <c r="K38" s="1177"/>
+      <c r="L38" s="1178">
+        <v>2</v>
+      </c>
+      <c r="M38" s="1176"/>
+      <c r="N38" s="1176"/>
+      <c r="O38" s="1179"/>
+      <c r="P38" s="146"/>
+      <c r="Q38" s="283"/>
+      <c r="R38" s="284"/>
+      <c r="S38" s="417" t="s">
+        <v>458</v>
+      </c>
+      <c r="T38" s="418"/>
+      <c r="U38" s="418"/>
+      <c r="V38" s="418"/>
+      <c r="W38" s="418"/>
+      <c r="X38" s="418"/>
+      <c r="Y38" s="418"/>
+      <c r="Z38" s="418"/>
+      <c r="AA38" s="418"/>
+      <c r="AB38" s="416">
+        <v>306</v>
+      </c>
+      <c r="AC38" s="416"/>
+      <c r="AD38" s="416"/>
+      <c r="AE38" s="412">
+        <f>Vkladani_dat!G57</f>
+        <v>0</v>
+      </c>
+      <c r="AF38" s="413"/>
+      <c r="AG38" s="413"/>
+      <c r="AH38" s="414"/>
+    </row>
+    <row r="39" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="841" t="s">
+        <v>491</v>
+      </c>
+      <c r="B39" s="599"/>
+      <c r="C39" s="599"/>
+      <c r="D39" s="599"/>
+      <c r="E39" s="599"/>
+      <c r="F39" s="599"/>
+      <c r="G39" s="599"/>
+      <c r="H39" s="599"/>
+      <c r="I39" s="600"/>
+      <c r="J39" s="755">
+        <v>101</v>
+      </c>
+      <c r="K39" s="583"/>
+      <c r="L39" s="734">
+        <f>Vkladani_dat!G18</f>
+        <v>0</v>
+      </c>
+      <c r="M39" s="587"/>
+      <c r="N39" s="587"/>
+      <c r="O39" s="588"/>
+      <c r="P39" s="146"/>
+      <c r="Q39" s="283"/>
+      <c r="R39" s="284"/>
+      <c r="S39" s="417" t="s">
+        <v>78</v>
+      </c>
+      <c r="T39" s="418"/>
+      <c r="U39" s="418"/>
+      <c r="V39" s="418"/>
+      <c r="W39" s="418"/>
+      <c r="X39" s="418"/>
+      <c r="Y39" s="418"/>
+      <c r="Z39" s="418"/>
+      <c r="AA39" s="418"/>
+      <c r="AB39" s="415">
+        <v>307</v>
+      </c>
+      <c r="AC39" s="416"/>
+      <c r="AD39" s="416"/>
+      <c r="AE39" s="412">
+        <f>Vkladani_dat!G58</f>
+        <v>0</v>
+      </c>
+      <c r="AF39" s="413"/>
+      <c r="AG39" s="413"/>
+      <c r="AH39" s="414"/>
+    </row>
+    <row r="40" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="849"/>
+      <c r="B40" s="601"/>
+      <c r="C40" s="601"/>
+      <c r="D40" s="601"/>
+      <c r="E40" s="601"/>
+      <c r="F40" s="601"/>
+      <c r="G40" s="601"/>
+      <c r="H40" s="601"/>
+      <c r="I40" s="602"/>
+      <c r="J40" s="584"/>
+      <c r="K40" s="586"/>
+      <c r="L40" s="589"/>
+      <c r="M40" s="590"/>
+      <c r="N40" s="590"/>
+      <c r="O40" s="591"/>
+      <c r="P40" s="146"/>
+      <c r="Q40" s="283"/>
+      <c r="R40" s="284"/>
+      <c r="S40" s="418"/>
+      <c r="T40" s="418"/>
+      <c r="U40" s="418"/>
+      <c r="V40" s="418"/>
+      <c r="W40" s="418"/>
+      <c r="X40" s="418"/>
+      <c r="Y40" s="418"/>
+      <c r="Z40" s="418"/>
+      <c r="AA40" s="418"/>
+      <c r="AB40" s="416"/>
+      <c r="AC40" s="416"/>
+      <c r="AD40" s="416"/>
+      <c r="AE40" s="413"/>
+      <c r="AF40" s="413"/>
+      <c r="AG40" s="413"/>
+      <c r="AH40" s="414"/>
+    </row>
+    <row r="41" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="994"/>
+      <c r="B41" s="627"/>
+      <c r="C41" s="627"/>
+      <c r="D41" s="627"/>
+      <c r="E41" s="627"/>
+      <c r="F41" s="627"/>
+      <c r="G41" s="627"/>
+      <c r="H41" s="627"/>
+      <c r="I41" s="628"/>
+      <c r="J41" s="559"/>
+      <c r="K41" s="561"/>
+      <c r="L41" s="568"/>
+      <c r="M41" s="569"/>
+      <c r="N41" s="569"/>
+      <c r="O41" s="570"/>
+      <c r="P41" s="146"/>
+      <c r="Q41" s="283"/>
+      <c r="R41" s="284"/>
+      <c r="S41" s="417" t="s">
+        <v>382</v>
+      </c>
+      <c r="T41" s="418"/>
+      <c r="U41" s="418"/>
+      <c r="V41" s="418"/>
+      <c r="W41" s="418"/>
+      <c r="X41" s="418"/>
+      <c r="Y41" s="418"/>
+      <c r="Z41" s="418"/>
+      <c r="AA41" s="418"/>
+      <c r="AB41" s="415">
+        <v>308</v>
+      </c>
+      <c r="AC41" s="416"/>
+      <c r="AD41" s="416"/>
+      <c r="AE41" s="412">
+        <f>Vkladani_dat!G59</f>
+        <v>0</v>
+      </c>
+      <c r="AF41" s="413"/>
+      <c r="AG41" s="413"/>
+      <c r="AH41" s="414"/>
+    </row>
+    <row r="42" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="848" t="s">
+        <v>481</v>
+      </c>
+      <c r="B42" s="995"/>
+      <c r="C42" s="995"/>
+      <c r="D42" s="995"/>
+      <c r="E42" s="995"/>
+      <c r="F42" s="995"/>
+      <c r="G42" s="995"/>
+      <c r="H42" s="995"/>
+      <c r="I42" s="996"/>
+      <c r="J42" s="852">
+        <v>102</v>
+      </c>
+      <c r="K42" s="960"/>
+      <c r="L42" s="734">
+        <f>Vkladani_dat!G19</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="587"/>
+      <c r="N42" s="587"/>
+      <c r="O42" s="588"/>
+      <c r="P42" s="146"/>
+      <c r="Q42" s="283"/>
+      <c r="R42" s="284"/>
+      <c r="S42" s="418"/>
+      <c r="T42" s="418"/>
+      <c r="U42" s="418"/>
+      <c r="V42" s="418"/>
+      <c r="W42" s="418"/>
+      <c r="X42" s="418"/>
+      <c r="Y42" s="418"/>
+      <c r="Z42" s="418"/>
+      <c r="AA42" s="418"/>
+      <c r="AB42" s="416"/>
+      <c r="AC42" s="416"/>
+      <c r="AD42" s="416"/>
+      <c r="AE42" s="413"/>
+      <c r="AF42" s="413"/>
+      <c r="AG42" s="413"/>
+      <c r="AH42" s="414"/>
+    </row>
+    <row r="43" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="997"/>
+      <c r="B43" s="998"/>
+      <c r="C43" s="998"/>
+      <c r="D43" s="998"/>
+      <c r="E43" s="998"/>
+      <c r="F43" s="998"/>
+      <c r="G43" s="998"/>
+      <c r="H43" s="998"/>
+      <c r="I43" s="999"/>
+      <c r="J43" s="1003"/>
+      <c r="K43" s="960"/>
+      <c r="L43" s="589"/>
+      <c r="M43" s="590"/>
+      <c r="N43" s="590"/>
+      <c r="O43" s="591"/>
+      <c r="P43" s="146"/>
+      <c r="Q43" s="283"/>
+      <c r="R43" s="284"/>
+      <c r="S43" s="417" t="s">
+        <v>66</v>
+      </c>
+      <c r="T43" s="418"/>
+      <c r="U43" s="418"/>
+      <c r="V43" s="418"/>
+      <c r="W43" s="418"/>
+      <c r="X43" s="418"/>
+      <c r="Y43" s="418"/>
+      <c r="Z43" s="418"/>
+      <c r="AA43" s="418"/>
+      <c r="AB43" s="415">
+        <v>309</v>
+      </c>
+      <c r="AC43" s="416"/>
+      <c r="AD43" s="416"/>
+      <c r="AE43" s="412">
+        <f>Vkladani_dat!G60</f>
+        <v>0</v>
+      </c>
+      <c r="AF43" s="413"/>
+      <c r="AG43" s="413"/>
+      <c r="AH43" s="414"/>
+    </row>
+    <row r="44" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="1000"/>
+      <c r="B44" s="1001"/>
+      <c r="C44" s="1001"/>
+      <c r="D44" s="1001"/>
+      <c r="E44" s="1001"/>
+      <c r="F44" s="1001"/>
+      <c r="G44" s="1001"/>
+      <c r="H44" s="1001"/>
+      <c r="I44" s="1002"/>
+      <c r="J44" s="1003"/>
+      <c r="K44" s="960"/>
+      <c r="L44" s="568"/>
+      <c r="M44" s="569"/>
+      <c r="N44" s="569"/>
+      <c r="O44" s="570"/>
+      <c r="P44" s="146"/>
+      <c r="Q44" s="283"/>
+      <c r="R44" s="284"/>
+      <c r="S44" s="418"/>
+      <c r="T44" s="418"/>
+      <c r="U44" s="418"/>
+      <c r="V44" s="418"/>
+      <c r="W44" s="418"/>
+      <c r="X44" s="418"/>
+      <c r="Y44" s="418"/>
+      <c r="Z44" s="418"/>
+      <c r="AA44" s="418"/>
+      <c r="AB44" s="416"/>
+      <c r="AC44" s="416"/>
+      <c r="AD44" s="416"/>
+      <c r="AE44" s="413"/>
+      <c r="AF44" s="413"/>
+      <c r="AG44" s="413"/>
+      <c r="AH44" s="414"/>
+    </row>
+    <row r="45" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="952" t="s">
+        <v>438</v>
+      </c>
+      <c r="B45" s="992" t="s">
+        <v>492</v>
+      </c>
+      <c r="C45" s="946"/>
+      <c r="D45" s="946"/>
+      <c r="E45" s="946"/>
+      <c r="F45" s="946"/>
+      <c r="G45" s="946"/>
+      <c r="H45" s="946"/>
+      <c r="I45" s="947"/>
+      <c r="J45" s="755">
+        <v>103</v>
+      </c>
+      <c r="K45" s="819"/>
+      <c r="L45" s="734">
+        <f>Vkladani_dat!G20</f>
+        <v>0</v>
+      </c>
+      <c r="M45" s="587"/>
+      <c r="N45" s="587"/>
+      <c r="O45" s="588"/>
+      <c r="P45" s="146"/>
+      <c r="Q45" s="283"/>
+      <c r="R45" s="284"/>
+      <c r="S45" s="417" t="s">
+        <v>67</v>
+      </c>
+      <c r="T45" s="418"/>
+      <c r="U45" s="418"/>
+      <c r="V45" s="418"/>
+      <c r="W45" s="418"/>
+      <c r="X45" s="418"/>
+      <c r="Y45" s="418"/>
+      <c r="Z45" s="418"/>
+      <c r="AA45" s="418"/>
+      <c r="AB45" s="415">
+        <v>310</v>
+      </c>
+      <c r="AC45" s="416"/>
+      <c r="AD45" s="416"/>
+      <c r="AE45" s="412">
+        <f>Vkladani_dat!G61</f>
+        <v>0</v>
+      </c>
+      <c r="AF45" s="413"/>
+      <c r="AG45" s="413"/>
+      <c r="AH45" s="414"/>
+    </row>
+    <row r="46" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="953"/>
+      <c r="B46" s="993"/>
+      <c r="C46" s="948"/>
+      <c r="D46" s="948"/>
+      <c r="E46" s="948"/>
+      <c r="F46" s="948"/>
+      <c r="G46" s="948"/>
+      <c r="H46" s="948"/>
+      <c r="I46" s="949"/>
+      <c r="J46" s="823"/>
+      <c r="K46" s="825"/>
+      <c r="L46" s="589"/>
+      <c r="M46" s="590"/>
+      <c r="N46" s="590"/>
+      <c r="O46" s="591"/>
+      <c r="P46" s="146"/>
+      <c r="Q46" s="283"/>
+      <c r="R46" s="284"/>
+      <c r="S46" s="418"/>
+      <c r="T46" s="418"/>
+      <c r="U46" s="418"/>
+      <c r="V46" s="418"/>
+      <c r="W46" s="418"/>
+      <c r="X46" s="418"/>
+      <c r="Y46" s="418"/>
+      <c r="Z46" s="418"/>
+      <c r="AA46" s="418"/>
+      <c r="AB46" s="416"/>
+      <c r="AC46" s="416"/>
+      <c r="AD46" s="416"/>
+      <c r="AE46" s="413"/>
+      <c r="AF46" s="413"/>
+      <c r="AG46" s="413"/>
+      <c r="AH46" s="414"/>
+    </row>
+    <row r="47" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="953"/>
+      <c r="B47" s="992" t="s">
+        <v>493</v>
+      </c>
+      <c r="C47" s="946"/>
+      <c r="D47" s="946"/>
+      <c r="E47" s="946"/>
+      <c r="F47" s="946"/>
+      <c r="G47" s="946"/>
+      <c r="H47" s="946"/>
+      <c r="I47" s="947"/>
+      <c r="J47" s="755">
+        <v>104</v>
+      </c>
+      <c r="K47" s="819"/>
+      <c r="L47" s="734">
+        <f>Vkladani_dat!G21</f>
+        <v>0</v>
+      </c>
+      <c r="M47" s="587"/>
+      <c r="N47" s="587"/>
+      <c r="O47" s="588"/>
+      <c r="P47" s="146"/>
+      <c r="Q47" s="283"/>
+      <c r="R47" s="284"/>
+      <c r="S47" s="417" t="s">
+        <v>271</v>
+      </c>
+      <c r="T47" s="418"/>
+      <c r="U47" s="418"/>
+      <c r="V47" s="418"/>
+      <c r="W47" s="418"/>
+      <c r="X47" s="418"/>
+      <c r="Y47" s="418"/>
+      <c r="Z47" s="418"/>
+      <c r="AA47" s="418"/>
+      <c r="AB47" s="415">
+        <v>311</v>
+      </c>
+      <c r="AC47" s="416"/>
+      <c r="AD47" s="416"/>
+      <c r="AE47" s="412">
+        <f>Vkladani_dat!G62</f>
+        <v>0</v>
+      </c>
+      <c r="AF47" s="413"/>
+      <c r="AG47" s="413"/>
+      <c r="AH47" s="414"/>
+    </row>
+    <row r="48" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="953"/>
+      <c r="B48" s="993"/>
+      <c r="C48" s="948"/>
+      <c r="D48" s="948"/>
+      <c r="E48" s="948"/>
+      <c r="F48" s="948"/>
+      <c r="G48" s="948"/>
+      <c r="H48" s="948"/>
+      <c r="I48" s="949"/>
+      <c r="J48" s="823"/>
+      <c r="K48" s="825"/>
+      <c r="L48" s="589"/>
+      <c r="M48" s="590"/>
+      <c r="N48" s="590"/>
+      <c r="O48" s="591"/>
+      <c r="P48" s="146"/>
+      <c r="Q48" s="283"/>
+      <c r="R48" s="284"/>
+      <c r="S48" s="418"/>
+      <c r="T48" s="418"/>
+      <c r="U48" s="418"/>
+      <c r="V48" s="418"/>
+      <c r="W48" s="418"/>
+      <c r="X48" s="418"/>
+      <c r="Y48" s="418"/>
+      <c r="Z48" s="418"/>
+      <c r="AA48" s="418"/>
+      <c r="AB48" s="416"/>
+      <c r="AC48" s="416"/>
+      <c r="AD48" s="416"/>
+      <c r="AE48" s="413"/>
+      <c r="AF48" s="413"/>
+      <c r="AG48" s="413"/>
+      <c r="AH48" s="414"/>
+    </row>
+    <row r="49" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="953"/>
+      <c r="B49" s="992" t="s">
+        <v>494</v>
+      </c>
+      <c r="C49" s="946"/>
+      <c r="D49" s="946"/>
+      <c r="E49" s="946"/>
+      <c r="F49" s="946"/>
+      <c r="G49" s="946"/>
+      <c r="H49" s="946"/>
+      <c r="I49" s="947"/>
+      <c r="J49" s="755">
+        <v>105</v>
+      </c>
+      <c r="K49" s="819"/>
+      <c r="L49" s="734">
+        <f>Vkladani_dat!G22</f>
+        <v>0</v>
+      </c>
+      <c r="M49" s="587"/>
+      <c r="N49" s="587"/>
+      <c r="O49" s="588"/>
+      <c r="P49" s="146"/>
+      <c r="Q49" s="283"/>
+      <c r="R49" s="284"/>
+      <c r="S49" s="417" t="s">
+        <v>44</v>
+      </c>
+      <c r="T49" s="418"/>
+      <c r="U49" s="418"/>
+      <c r="V49" s="418"/>
+      <c r="W49" s="418"/>
+      <c r="X49" s="418"/>
+      <c r="Y49" s="418"/>
+      <c r="Z49" s="418"/>
+      <c r="AA49" s="418"/>
+      <c r="AB49" s="415">
+        <v>312</v>
+      </c>
+      <c r="AC49" s="416"/>
+      <c r="AD49" s="416"/>
+      <c r="AE49" s="412">
+        <f>Vkladani_dat!G63</f>
+        <v>0</v>
+      </c>
+      <c r="AF49" s="413"/>
+      <c r="AG49" s="413"/>
+      <c r="AH49" s="414"/>
+    </row>
+    <row r="50" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="953"/>
+      <c r="B50" s="993"/>
+      <c r="C50" s="948"/>
+      <c r="D50" s="948"/>
+      <c r="E50" s="948"/>
+      <c r="F50" s="948"/>
+      <c r="G50" s="948"/>
+      <c r="H50" s="948"/>
+      <c r="I50" s="949"/>
+      <c r="J50" s="823"/>
+      <c r="K50" s="825"/>
+      <c r="L50" s="589"/>
+      <c r="M50" s="590"/>
+      <c r="N50" s="590"/>
+      <c r="O50" s="591"/>
+      <c r="P50" s="146"/>
+      <c r="Q50" s="283"/>
+      <c r="R50" s="284"/>
+      <c r="S50" s="418"/>
+      <c r="T50" s="418"/>
+      <c r="U50" s="418"/>
+      <c r="V50" s="418"/>
+      <c r="W50" s="418"/>
+      <c r="X50" s="418"/>
+      <c r="Y50" s="418"/>
+      <c r="Z50" s="418"/>
+      <c r="AA50" s="418"/>
+      <c r="AB50" s="416"/>
+      <c r="AC50" s="416"/>
+      <c r="AD50" s="416"/>
+      <c r="AE50" s="413"/>
+      <c r="AF50" s="413"/>
+      <c r="AG50" s="413"/>
+      <c r="AH50" s="414"/>
+    </row>
+    <row r="51" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="953"/>
+      <c r="B51" s="946" t="s">
+        <v>495</v>
+      </c>
+      <c r="C51" s="946"/>
+      <c r="D51" s="946"/>
+      <c r="E51" s="946"/>
+      <c r="F51" s="946"/>
+      <c r="G51" s="946"/>
+      <c r="H51" s="946"/>
+      <c r="I51" s="947"/>
+      <c r="J51" s="755">
+        <v>106</v>
+      </c>
+      <c r="K51" s="819"/>
+      <c r="L51" s="734">
+        <f>Vkladani_dat!G23</f>
+        <v>0</v>
+      </c>
+      <c r="M51" s="587"/>
+      <c r="N51" s="587"/>
+      <c r="O51" s="588"/>
+      <c r="P51" s="146"/>
+      <c r="Q51" s="283"/>
+      <c r="R51" s="284"/>
+      <c r="S51" s="417" t="s">
+        <v>39</v>
+      </c>
+      <c r="T51" s="418"/>
+      <c r="U51" s="418"/>
+      <c r="V51" s="418"/>
+      <c r="W51" s="418"/>
+      <c r="X51" s="418"/>
+      <c r="Y51" s="418"/>
+      <c r="Z51" s="418"/>
+      <c r="AA51" s="418"/>
+      <c r="AB51" s="415">
+        <v>313</v>
+      </c>
+      <c r="AC51" s="416"/>
+      <c r="AD51" s="416"/>
+      <c r="AE51" s="412">
+        <f>Vkladani_dat!G64</f>
+        <v>0</v>
+      </c>
+      <c r="AF51" s="413"/>
+      <c r="AG51" s="413"/>
+      <c r="AH51" s="414"/>
+    </row>
+    <row r="52" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="953"/>
+      <c r="B52" s="948"/>
+      <c r="C52" s="948"/>
+      <c r="D52" s="948"/>
+      <c r="E52" s="948"/>
+      <c r="F52" s="948"/>
+      <c r="G52" s="948"/>
+      <c r="H52" s="948"/>
+      <c r="I52" s="949"/>
+      <c r="J52" s="823"/>
+      <c r="K52" s="825"/>
+      <c r="L52" s="589"/>
+      <c r="M52" s="590"/>
+      <c r="N52" s="590"/>
+      <c r="O52" s="591"/>
+      <c r="P52" s="146"/>
+      <c r="Q52" s="283"/>
+      <c r="R52" s="284"/>
+      <c r="S52" s="418"/>
+      <c r="T52" s="418"/>
+      <c r="U52" s="418"/>
+      <c r="V52" s="418"/>
+      <c r="W52" s="418"/>
+      <c r="X52" s="418"/>
+      <c r="Y52" s="418"/>
+      <c r="Z52" s="418"/>
+      <c r="AA52" s="418"/>
+      <c r="AB52" s="416"/>
+      <c r="AC52" s="416"/>
+      <c r="AD52" s="416"/>
+      <c r="AE52" s="413"/>
+      <c r="AF52" s="413"/>
+      <c r="AG52" s="413"/>
+      <c r="AH52" s="414"/>
+    </row>
+    <row r="53" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="953"/>
+      <c r="B53" s="946" t="s">
+        <v>496</v>
+      </c>
+      <c r="C53" s="946"/>
+      <c r="D53" s="946"/>
+      <c r="E53" s="946"/>
+      <c r="F53" s="946"/>
+      <c r="G53" s="946"/>
+      <c r="H53" s="946"/>
+      <c r="I53" s="947"/>
+      <c r="J53" s="755">
+        <v>107</v>
+      </c>
+      <c r="K53" s="819"/>
+      <c r="L53" s="734">
+        <f>Vkladani_dat!G24</f>
+        <v>0</v>
+      </c>
+      <c r="M53" s="587"/>
+      <c r="N53" s="587"/>
+      <c r="O53" s="588"/>
+      <c r="P53" s="146"/>
+      <c r="Q53" s="283"/>
+      <c r="R53" s="284"/>
+      <c r="S53" s="417" t="s">
+        <v>40</v>
+      </c>
+      <c r="T53" s="418"/>
+      <c r="U53" s="418"/>
+      <c r="V53" s="418"/>
+      <c r="W53" s="418"/>
+      <c r="X53" s="418"/>
+      <c r="Y53" s="418"/>
+      <c r="Z53" s="418"/>
+      <c r="AA53" s="418"/>
+      <c r="AB53" s="415">
+        <v>314</v>
+      </c>
+      <c r="AC53" s="416"/>
+      <c r="AD53" s="416"/>
+      <c r="AE53" s="412">
+        <f>Vkladani_dat!G65</f>
+        <v>0</v>
+      </c>
+      <c r="AF53" s="413"/>
+      <c r="AG53" s="413"/>
+      <c r="AH53" s="414"/>
+    </row>
+    <row r="54" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="953"/>
+      <c r="B54" s="948"/>
+      <c r="C54" s="948"/>
+      <c r="D54" s="948"/>
+      <c r="E54" s="948"/>
+      <c r="F54" s="948"/>
+      <c r="G54" s="948"/>
+      <c r="H54" s="948"/>
+      <c r="I54" s="949"/>
+      <c r="J54" s="823"/>
+      <c r="K54" s="825"/>
+      <c r="L54" s="589"/>
+      <c r="M54" s="590"/>
+      <c r="N54" s="590"/>
+      <c r="O54" s="591"/>
+      <c r="P54" s="146"/>
+      <c r="Q54" s="283"/>
+      <c r="R54" s="284"/>
+      <c r="S54" s="418"/>
+      <c r="T54" s="418"/>
+      <c r="U54" s="418"/>
+      <c r="V54" s="418"/>
+      <c r="W54" s="418"/>
+      <c r="X54" s="418"/>
+      <c r="Y54" s="418"/>
+      <c r="Z54" s="418"/>
+      <c r="AA54" s="418"/>
+      <c r="AB54" s="416"/>
+      <c r="AC54" s="416"/>
+      <c r="AD54" s="416"/>
+      <c r="AE54" s="413"/>
+      <c r="AF54" s="413"/>
+      <c r="AG54" s="413"/>
+      <c r="AH54" s="414"/>
+    </row>
+    <row r="55" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="953"/>
+      <c r="B55" s="946" t="s">
+        <v>497</v>
+      </c>
+      <c r="C55" s="946"/>
+      <c r="D55" s="946"/>
+      <c r="E55" s="946"/>
+      <c r="F55" s="946"/>
+      <c r="G55" s="946"/>
+      <c r="H55" s="946"/>
+      <c r="I55" s="947"/>
+      <c r="J55" s="755">
+        <v>108</v>
+      </c>
+      <c r="K55" s="819"/>
+      <c r="L55" s="734">
+        <f>Vkladani_dat!G25</f>
+        <v>0</v>
+      </c>
+      <c r="M55" s="587"/>
+      <c r="N55" s="587"/>
+      <c r="O55" s="588"/>
+      <c r="P55" s="146"/>
+      <c r="Q55" s="283"/>
+      <c r="R55" s="284"/>
+      <c r="S55" s="417" t="s">
+        <v>69</v>
+      </c>
+      <c r="T55" s="418"/>
+      <c r="U55" s="418"/>
+      <c r="V55" s="418"/>
+      <c r="W55" s="418"/>
+      <c r="X55" s="418"/>
+      <c r="Y55" s="418"/>
+      <c r="Z55" s="418"/>
+      <c r="AA55" s="418"/>
+      <c r="AB55" s="415">
+        <v>315</v>
+      </c>
+      <c r="AC55" s="416"/>
+      <c r="AD55" s="416"/>
+      <c r="AE55" s="412">
+        <f>Vkladani_dat!G66</f>
+        <v>0</v>
+      </c>
+      <c r="AF55" s="413"/>
+      <c r="AG55" s="413"/>
+      <c r="AH55" s="414"/>
+    </row>
+    <row r="56" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="953"/>
+      <c r="B56" s="948"/>
+      <c r="C56" s="948"/>
+      <c r="D56" s="948"/>
+      <c r="E56" s="948"/>
+      <c r="F56" s="948"/>
+      <c r="G56" s="948"/>
+      <c r="H56" s="948"/>
+      <c r="I56" s="949"/>
+      <c r="J56" s="823"/>
+      <c r="K56" s="825"/>
+      <c r="L56" s="589"/>
+      <c r="M56" s="590"/>
+      <c r="N56" s="590"/>
+      <c r="O56" s="591"/>
+      <c r="P56" s="146"/>
+      <c r="Q56" s="283"/>
+      <c r="R56" s="284"/>
+      <c r="S56" s="418"/>
+      <c r="T56" s="418"/>
+      <c r="U56" s="418"/>
+      <c r="V56" s="418"/>
+      <c r="W56" s="418"/>
+      <c r="X56" s="418"/>
+      <c r="Y56" s="418"/>
+      <c r="Z56" s="418"/>
+      <c r="AA56" s="418"/>
+      <c r="AB56" s="416"/>
+      <c r="AC56" s="416"/>
+      <c r="AD56" s="416"/>
+      <c r="AE56" s="413"/>
+      <c r="AF56" s="413"/>
+      <c r="AG56" s="413"/>
+      <c r="AH56" s="414"/>
+    </row>
+    <row r="57" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="953"/>
+      <c r="B57" s="946" t="s">
+        <v>498</v>
+      </c>
+      <c r="C57" s="946"/>
+      <c r="D57" s="946"/>
+      <c r="E57" s="946"/>
+      <c r="F57" s="946"/>
+      <c r="G57" s="946"/>
+      <c r="H57" s="946"/>
+      <c r="I57" s="947"/>
+      <c r="J57" s="755">
+        <v>109</v>
+      </c>
+      <c r="K57" s="819"/>
+      <c r="L57" s="734">
+        <f>Vkladani_dat!G26</f>
+        <v>0</v>
+      </c>
+      <c r="M57" s="587"/>
+      <c r="N57" s="587"/>
+      <c r="O57" s="588"/>
+      <c r="P57" s="146"/>
+      <c r="Q57" s="283"/>
+      <c r="R57" s="284"/>
+      <c r="S57" s="417" t="s">
+        <v>45</v>
+      </c>
+      <c r="T57" s="418"/>
+      <c r="U57" s="418"/>
+      <c r="V57" s="418"/>
+      <c r="W57" s="418"/>
+      <c r="X57" s="418"/>
+      <c r="Y57" s="418"/>
+      <c r="Z57" s="418"/>
+      <c r="AA57" s="418"/>
+      <c r="AB57" s="415">
+        <v>316</v>
+      </c>
+      <c r="AC57" s="416"/>
+      <c r="AD57" s="416"/>
+      <c r="AE57" s="412">
+        <f>Vkladani_dat!G67</f>
+        <v>0</v>
+      </c>
+      <c r="AF57" s="413"/>
+      <c r="AG57" s="413"/>
+      <c r="AH57" s="414"/>
+    </row>
+    <row r="58" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="953"/>
+      <c r="B58" s="948"/>
+      <c r="C58" s="948"/>
+      <c r="D58" s="948"/>
+      <c r="E58" s="948"/>
+      <c r="F58" s="948"/>
+      <c r="G58" s="948"/>
+      <c r="H58" s="948"/>
+      <c r="I58" s="949"/>
+      <c r="J58" s="823"/>
+      <c r="K58" s="825"/>
+      <c r="L58" s="589"/>
+      <c r="M58" s="590"/>
+      <c r="N58" s="590"/>
+      <c r="O58" s="591"/>
+      <c r="P58" s="146"/>
+      <c r="Q58" s="283"/>
+      <c r="R58" s="284"/>
+      <c r="S58" s="418"/>
+      <c r="T58" s="418"/>
+      <c r="U58" s="418"/>
+      <c r="V58" s="418"/>
+      <c r="W58" s="418"/>
+      <c r="X58" s="418"/>
+      <c r="Y58" s="418"/>
+      <c r="Z58" s="418"/>
+      <c r="AA58" s="418"/>
+      <c r="AB58" s="416"/>
+      <c r="AC58" s="416"/>
+      <c r="AD58" s="416"/>
+      <c r="AE58" s="413"/>
+      <c r="AF58" s="413"/>
+      <c r="AG58" s="413"/>
+      <c r="AH58" s="414"/>
+    </row>
+    <row r="59" spans="1:34" ht="6.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="953"/>
+      <c r="B59" s="946" t="s">
+        <v>499</v>
+      </c>
+      <c r="C59" s="946"/>
+      <c r="D59" s="946"/>
+      <c r="E59" s="946"/>
+      <c r="F59" s="946"/>
+      <c r="G59" s="946"/>
+      <c r="H59" s="946"/>
+      <c r="I59" s="947"/>
+      <c r="J59" s="755">
+        <v>110</v>
+      </c>
+      <c r="K59" s="819"/>
+      <c r="L59" s="734">
+        <f>Vkladani_dat!G27</f>
+        <v>0</v>
+      </c>
+      <c r="M59" s="587"/>
+      <c r="N59" s="587"/>
+      <c r="O59" s="588"/>
+      <c r="P59" s="146"/>
+      <c r="Q59" s="1140" t="s">
+        <v>461</v>
+      </c>
+      <c r="R59" s="418"/>
+      <c r="S59" s="418"/>
+      <c r="T59" s="418"/>
+      <c r="U59" s="418"/>
+      <c r="V59" s="418"/>
+      <c r="W59" s="418"/>
+      <c r="X59" s="418"/>
+      <c r="Y59" s="418"/>
+      <c r="Z59" s="418"/>
+      <c r="AA59" s="418"/>
+      <c r="AB59" s="415">
+        <v>317</v>
+      </c>
+      <c r="AC59" s="416"/>
+      <c r="AD59" s="416"/>
+      <c r="AE59" s="1142">
+        <f>Vkladani_dat!G68</f>
+        <v>0</v>
+      </c>
+      <c r="AF59" s="1143"/>
+      <c r="AG59" s="1143"/>
+      <c r="AH59" s="1144"/>
+    </row>
+    <row r="60" spans="1:34" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="953"/>
+      <c r="B60" s="948"/>
+      <c r="C60" s="948"/>
+      <c r="D60" s="948"/>
+      <c r="E60" s="948"/>
+      <c r="F60" s="948"/>
+      <c r="G60" s="948"/>
+      <c r="H60" s="948"/>
+      <c r="I60" s="949"/>
+      <c r="J60" s="823"/>
+      <c r="K60" s="825"/>
+      <c r="L60" s="589"/>
+      <c r="M60" s="590"/>
+      <c r="N60" s="590"/>
+      <c r="O60" s="591"/>
+      <c r="P60" s="146"/>
+      <c r="Q60" s="1141"/>
+      <c r="R60" s="981"/>
+      <c r="S60" s="981"/>
+      <c r="T60" s="981"/>
+      <c r="U60" s="981"/>
+      <c r="V60" s="981"/>
+      <c r="W60" s="981"/>
+      <c r="X60" s="981"/>
+      <c r="Y60" s="981"/>
+      <c r="Z60" s="981"/>
+      <c r="AA60" s="981"/>
+      <c r="AB60" s="908"/>
+      <c r="AC60" s="908"/>
+      <c r="AD60" s="908"/>
+      <c r="AE60" s="1145"/>
+      <c r="AF60" s="1145"/>
+      <c r="AG60" s="1145"/>
+      <c r="AH60" s="1146"/>
+    </row>
+    <row r="61" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="953"/>
+      <c r="B61" s="946" t="s">
+        <v>500</v>
+      </c>
+      <c r="C61" s="946"/>
+      <c r="D61" s="946"/>
+      <c r="E61" s="946"/>
+      <c r="F61" s="946"/>
+      <c r="G61" s="946"/>
+      <c r="H61" s="946"/>
+      <c r="I61" s="947"/>
+      <c r="J61" s="755">
+        <v>111</v>
+      </c>
+      <c r="K61" s="819"/>
+      <c r="L61" s="734">
+        <f>Vkladani_dat!G28</f>
+        <v>0</v>
+      </c>
+      <c r="M61" s="587"/>
+      <c r="N61" s="587"/>
+      <c r="O61" s="588"/>
+      <c r="P61" s="146"/>
+      <c r="Q61" s="715"/>
+      <c r="R61" s="715"/>
+      <c r="S61" s="715"/>
+      <c r="T61" s="715"/>
+      <c r="U61" s="715"/>
+      <c r="V61" s="715"/>
+      <c r="W61" s="715"/>
+      <c r="X61" s="715"/>
+      <c r="Y61" s="715"/>
+      <c r="Z61" s="715"/>
+      <c r="AA61" s="715"/>
+      <c r="AB61" s="715"/>
+      <c r="AC61" s="715"/>
+      <c r="AD61" s="715"/>
+      <c r="AE61" s="715"/>
+      <c r="AF61" s="715"/>
+      <c r="AG61" s="715"/>
+      <c r="AH61" s="715"/>
+    </row>
+    <row r="62" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="953"/>
+      <c r="B62" s="948"/>
+      <c r="C62" s="948"/>
+      <c r="D62" s="948"/>
+      <c r="E62" s="948"/>
+      <c r="F62" s="948"/>
+      <c r="G62" s="948"/>
+      <c r="H62" s="948"/>
+      <c r="I62" s="949"/>
+      <c r="J62" s="823"/>
+      <c r="K62" s="825"/>
+      <c r="L62" s="589"/>
+      <c r="M62" s="590"/>
+      <c r="N62" s="590"/>
+      <c r="O62" s="591"/>
+      <c r="P62" s="146"/>
+      <c r="Q62" s="715"/>
+      <c r="R62" s="715"/>
+      <c r="S62" s="715"/>
+      <c r="T62" s="715"/>
+      <c r="U62" s="715"/>
+      <c r="V62" s="715"/>
+      <c r="W62" s="715"/>
+      <c r="X62" s="715"/>
+      <c r="Y62" s="715"/>
+      <c r="Z62" s="715"/>
+      <c r="AA62" s="715"/>
+      <c r="AB62" s="715"/>
+      <c r="AC62" s="715"/>
+      <c r="AD62" s="715"/>
+      <c r="AE62" s="715"/>
+      <c r="AF62" s="715"/>
+      <c r="AG62" s="715"/>
+      <c r="AH62" s="715"/>
+    </row>
+    <row r="63" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="953"/>
+      <c r="B63" s="946" t="s">
+        <v>501</v>
+      </c>
+      <c r="C63" s="946"/>
+      <c r="D63" s="946"/>
+      <c r="E63" s="946"/>
+      <c r="F63" s="946"/>
+      <c r="G63" s="946"/>
+      <c r="H63" s="946"/>
+      <c r="I63" s="947"/>
+      <c r="J63" s="755">
+        <v>112</v>
+      </c>
+      <c r="K63" s="819"/>
+      <c r="L63" s="734">
+        <f>Vkladani_dat!G29</f>
+        <v>0</v>
+      </c>
+      <c r="M63" s="587"/>
+      <c r="N63" s="587"/>
+      <c r="O63" s="588"/>
+      <c r="P63" s="146"/>
+      <c r="Q63" s="975" t="s">
+        <v>168</v>
+      </c>
+      <c r="R63" s="976"/>
+      <c r="S63" s="976"/>
+      <c r="T63" s="976"/>
+      <c r="U63" s="976"/>
+      <c r="V63" s="976"/>
+      <c r="W63" s="976"/>
+      <c r="X63" s="976"/>
+      <c r="Y63" s="976"/>
+      <c r="Z63" s="976"/>
+      <c r="AA63" s="976"/>
+      <c r="AB63" s="977"/>
+      <c r="AC63" s="977"/>
+      <c r="AD63" s="977"/>
+      <c r="AE63" s="977"/>
+      <c r="AF63" s="977"/>
+      <c r="AG63" s="977"/>
+      <c r="AH63" s="978"/>
+    </row>
+    <row r="64" spans="1:34" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="953"/>
+      <c r="B64" s="948"/>
+      <c r="C64" s="948"/>
+      <c r="D64" s="948"/>
+      <c r="E64" s="948"/>
+      <c r="F64" s="948"/>
+      <c r="G64" s="948"/>
+      <c r="H64" s="948"/>
+      <c r="I64" s="949"/>
+      <c r="J64" s="823"/>
+      <c r="K64" s="825"/>
+      <c r="L64" s="589"/>
+      <c r="M64" s="590"/>
+      <c r="N64" s="590"/>
+      <c r="O64" s="591"/>
+      <c r="P64" s="146"/>
+      <c r="Q64" s="979"/>
+      <c r="R64" s="980"/>
+      <c r="S64" s="980"/>
+      <c r="T64" s="980"/>
+      <c r="U64" s="980"/>
+      <c r="V64" s="980"/>
+      <c r="W64" s="980"/>
+      <c r="X64" s="980"/>
+      <c r="Y64" s="980"/>
+      <c r="Z64" s="980"/>
+      <c r="AA64" s="980"/>
+      <c r="AB64" s="981"/>
+      <c r="AC64" s="981"/>
+      <c r="AD64" s="981"/>
+      <c r="AE64" s="981"/>
+      <c r="AF64" s="981"/>
+      <c r="AG64" s="981"/>
+      <c r="AH64" s="982"/>
+    </row>
+    <row r="65" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="953"/>
+      <c r="B65" s="946" t="s">
+        <v>502</v>
+      </c>
+      <c r="C65" s="946"/>
+      <c r="D65" s="946"/>
+      <c r="E65" s="946"/>
+      <c r="F65" s="946"/>
+      <c r="G65" s="946"/>
+      <c r="H65" s="946"/>
+      <c r="I65" s="947"/>
+      <c r="J65" s="755">
+        <v>113</v>
+      </c>
+      <c r="K65" s="819"/>
+      <c r="L65" s="734">
+        <f>Vkladani_dat!G30</f>
+        <v>0</v>
+      </c>
+      <c r="M65" s="587"/>
+      <c r="N65" s="587"/>
+      <c r="O65" s="588"/>
+      <c r="P65" s="146"/>
+      <c r="Q65" s="988"/>
+      <c r="R65" s="989"/>
+      <c r="S65" s="989"/>
+      <c r="T65" s="989"/>
+      <c r="U65" s="989"/>
+      <c r="V65" s="989"/>
+      <c r="W65" s="989"/>
+      <c r="X65" s="989"/>
+      <c r="Y65" s="989"/>
+      <c r="Z65" s="989"/>
+      <c r="AA65" s="989"/>
+      <c r="AB65" s="983" t="s">
+        <v>265</v>
+      </c>
+      <c r="AC65" s="428"/>
+      <c r="AD65" s="428"/>
+      <c r="AE65" s="984" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF65" s="428"/>
+      <c r="AG65" s="428"/>
+      <c r="AH65" s="985"/>
+    </row>
+    <row r="66" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="954"/>
+      <c r="B66" s="948"/>
+      <c r="C66" s="948"/>
+      <c r="D66" s="948"/>
+      <c r="E66" s="948"/>
+      <c r="F66" s="948"/>
+      <c r="G66" s="948"/>
+      <c r="H66" s="948"/>
+      <c r="I66" s="949"/>
+      <c r="J66" s="823"/>
+      <c r="K66" s="825"/>
+      <c r="L66" s="589"/>
+      <c r="M66" s="590"/>
+      <c r="N66" s="590"/>
+      <c r="O66" s="591"/>
+      <c r="P66" s="146"/>
+      <c r="Q66" s="990" t="s">
+        <v>63</v>
+      </c>
+      <c r="R66" s="815"/>
+      <c r="S66" s="815"/>
+      <c r="T66" s="815"/>
+      <c r="U66" s="815"/>
+      <c r="V66" s="815"/>
+      <c r="W66" s="815"/>
+      <c r="X66" s="815"/>
+      <c r="Y66" s="815"/>
+      <c r="Z66" s="815"/>
+      <c r="AA66" s="815"/>
+      <c r="AB66" s="986">
+        <v>1</v>
+      </c>
+      <c r="AC66" s="987"/>
+      <c r="AD66" s="987"/>
+      <c r="AE66" s="991">
+        <v>2</v>
+      </c>
+      <c r="AF66" s="815"/>
+      <c r="AG66" s="815"/>
+      <c r="AH66" s="816"/>
+    </row>
+    <row r="67" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="717" t="s">
+        <v>172</v>
+      </c>
+      <c r="B67" s="718"/>
+      <c r="C67" s="718"/>
+      <c r="D67" s="718"/>
+      <c r="E67" s="718"/>
+      <c r="F67" s="718"/>
+      <c r="G67" s="718"/>
+      <c r="H67" s="718"/>
+      <c r="I67" s="950"/>
+      <c r="J67" s="755">
+        <v>114</v>
+      </c>
+      <c r="K67" s="819"/>
+      <c r="L67" s="734">
+        <f>Vkladani_dat!G31</f>
+        <v>0</v>
+      </c>
+      <c r="M67" s="587"/>
+      <c r="N67" s="587"/>
+      <c r="O67" s="588"/>
+      <c r="P67" s="146"/>
+      <c r="Q67" s="990"/>
+      <c r="R67" s="815"/>
+      <c r="S67" s="815"/>
+      <c r="T67" s="815"/>
+      <c r="U67" s="815"/>
+      <c r="V67" s="815"/>
+      <c r="W67" s="815"/>
+      <c r="X67" s="815"/>
+      <c r="Y67" s="815"/>
+      <c r="Z67" s="815"/>
+      <c r="AA67" s="815"/>
+      <c r="AB67" s="987"/>
+      <c r="AC67" s="987"/>
+      <c r="AD67" s="987"/>
+      <c r="AE67" s="815"/>
+      <c r="AF67" s="815"/>
+      <c r="AG67" s="815"/>
+      <c r="AH67" s="816"/>
+    </row>
+    <row r="68" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="719"/>
+      <c r="B68" s="720"/>
+      <c r="C68" s="720"/>
+      <c r="D68" s="720"/>
+      <c r="E68" s="720"/>
+      <c r="F68" s="720"/>
+      <c r="G68" s="720"/>
+      <c r="H68" s="720"/>
+      <c r="I68" s="951"/>
+      <c r="J68" s="823"/>
+      <c r="K68" s="825"/>
+      <c r="L68" s="589"/>
+      <c r="M68" s="590"/>
+      <c r="N68" s="590"/>
+      <c r="O68" s="591"/>
+      <c r="P68" s="146"/>
+      <c r="Q68" s="968" t="s">
+        <v>453</v>
+      </c>
+      <c r="R68" s="385"/>
+      <c r="S68" s="385"/>
+      <c r="T68" s="385"/>
+      <c r="U68" s="385"/>
+      <c r="V68" s="969" t="s">
+        <v>398</v>
+      </c>
+      <c r="W68" s="955" t="s">
+        <v>568</v>
+      </c>
+      <c r="X68" s="956"/>
+      <c r="Y68" s="956"/>
+      <c r="Z68" s="956"/>
+      <c r="AA68" s="956"/>
+      <c r="AB68" s="415">
+        <v>401</v>
+      </c>
+      <c r="AC68" s="629"/>
+      <c r="AD68" s="629"/>
+      <c r="AE68" s="412">
+        <f>Vkladani_dat!G73</f>
+        <v>0</v>
+      </c>
+      <c r="AF68" s="607"/>
+      <c r="AG68" s="607"/>
+      <c r="AH68" s="608"/>
+    </row>
+    <row r="69" spans="1:34" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="817" t="s">
+        <v>272</v>
+      </c>
+      <c r="B69" s="946"/>
+      <c r="C69" s="946"/>
+      <c r="D69" s="946"/>
+      <c r="E69" s="946"/>
+      <c r="F69" s="946"/>
+      <c r="G69" s="946"/>
+      <c r="H69" s="946"/>
+      <c r="I69" s="947"/>
+      <c r="J69" s="755">
+        <v>115</v>
+      </c>
+      <c r="K69" s="819"/>
+      <c r="L69" s="734">
+        <f>Vkladani_dat!G32</f>
+        <v>0</v>
+      </c>
+      <c r="M69" s="587"/>
+      <c r="N69" s="587"/>
+      <c r="O69" s="588"/>
+      <c r="P69" s="146"/>
+      <c r="Q69" s="384"/>
+      <c r="R69" s="385"/>
+      <c r="S69" s="385"/>
+      <c r="T69" s="385"/>
+      <c r="U69" s="385"/>
+      <c r="V69" s="284"/>
+      <c r="W69" s="956"/>
+      <c r="X69" s="956"/>
+      <c r="Y69" s="956"/>
+      <c r="Z69" s="956"/>
+      <c r="AA69" s="956"/>
+      <c r="AB69" s="629"/>
+      <c r="AC69" s="629"/>
+      <c r="AD69" s="629"/>
+      <c r="AE69" s="607"/>
+      <c r="AF69" s="607"/>
+      <c r="AG69" s="607"/>
+      <c r="AH69" s="608"/>
+    </row>
+    <row r="70" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="961"/>
+      <c r="B70" s="948"/>
+      <c r="C70" s="948"/>
+      <c r="D70" s="948"/>
+      <c r="E70" s="948"/>
+      <c r="F70" s="948"/>
+      <c r="G70" s="948"/>
+      <c r="H70" s="948"/>
+      <c r="I70" s="949"/>
+      <c r="J70" s="823"/>
+      <c r="K70" s="825"/>
+      <c r="L70" s="589"/>
+      <c r="M70" s="590"/>
+      <c r="N70" s="590"/>
+      <c r="O70" s="591"/>
+      <c r="P70" s="146"/>
+      <c r="Q70" s="384"/>
+      <c r="R70" s="385"/>
+      <c r="S70" s="385"/>
+      <c r="T70" s="385"/>
+      <c r="U70" s="385"/>
+      <c r="V70" s="284"/>
+      <c r="W70" s="956"/>
+      <c r="X70" s="956"/>
+      <c r="Y70" s="956"/>
+      <c r="Z70" s="956"/>
+      <c r="AA70" s="956"/>
+      <c r="AB70" s="629"/>
+      <c r="AC70" s="629"/>
+      <c r="AD70" s="629"/>
+      <c r="AE70" s="607"/>
+      <c r="AF70" s="607"/>
+      <c r="AG70" s="607"/>
+      <c r="AH70" s="608"/>
+    </row>
+    <row r="71" spans="1:34" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="958" t="s">
+        <v>489</v>
+      </c>
+      <c r="B71" s="959"/>
+      <c r="C71" s="959"/>
+      <c r="D71" s="959"/>
+      <c r="E71" s="959"/>
+      <c r="F71" s="959"/>
+      <c r="G71" s="959"/>
+      <c r="H71" s="959"/>
+      <c r="I71" s="959"/>
+      <c r="J71" s="801">
+        <v>116</v>
+      </c>
+      <c r="K71" s="960"/>
+      <c r="L71" s="734">
+        <f>Vkladani_dat!G33</f>
+        <v>0</v>
+      </c>
+      <c r="M71" s="587"/>
+      <c r="N71" s="587"/>
+      <c r="O71" s="588"/>
+      <c r="P71" s="146"/>
+      <c r="Q71" s="384"/>
+      <c r="R71" s="385"/>
+      <c r="S71" s="385"/>
+      <c r="T71" s="385"/>
+      <c r="U71" s="385"/>
+      <c r="V71" s="284"/>
+      <c r="W71" s="957" t="s">
+        <v>462</v>
+      </c>
+      <c r="X71" s="298"/>
+      <c r="Y71" s="298"/>
+      <c r="Z71" s="298"/>
+      <c r="AA71" s="298"/>
+      <c r="AB71" s="415">
+        <v>402</v>
+      </c>
+      <c r="AC71" s="629"/>
+      <c r="AD71" s="629"/>
+      <c r="AE71" s="413">
+        <f>Vkladani_dat!G74</f>
+        <v>0</v>
+      </c>
+      <c r="AF71" s="1138"/>
+      <c r="AG71" s="1138"/>
+      <c r="AH71" s="1139"/>
+    </row>
+    <row r="72" spans="1:34" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="939" t="s">
+        <v>490</v>
+      </c>
+      <c r="B72" s="940"/>
+      <c r="C72" s="940"/>
+      <c r="D72" s="940"/>
+      <c r="E72" s="940"/>
+      <c r="F72" s="940"/>
+      <c r="G72" s="940"/>
+      <c r="H72" s="940"/>
+      <c r="I72" s="941"/>
+      <c r="J72" s="942">
+        <v>117</v>
+      </c>
+      <c r="K72" s="943"/>
+      <c r="L72" s="970">
+        <f>Vkladani_dat!G34</f>
+        <v>0</v>
+      </c>
+      <c r="M72" s="971"/>
+      <c r="N72" s="971"/>
+      <c r="O72" s="972"/>
+      <c r="P72" s="146"/>
+      <c r="Q72" s="384"/>
+      <c r="R72" s="385"/>
+      <c r="S72" s="385"/>
+      <c r="T72" s="385"/>
+      <c r="U72" s="385"/>
+      <c r="V72" s="284"/>
+      <c r="W72" s="298"/>
+      <c r="X72" s="298"/>
+      <c r="Y72" s="298"/>
+      <c r="Z72" s="298"/>
+      <c r="AA72" s="298"/>
+      <c r="AB72" s="629"/>
+      <c r="AC72" s="629"/>
+      <c r="AD72" s="629"/>
+      <c r="AE72" s="1138"/>
+      <c r="AF72" s="1138"/>
+      <c r="AG72" s="1138"/>
+      <c r="AH72" s="1139"/>
+    </row>
+    <row r="73" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="84"/>
+      <c r="B73" s="84"/>
+      <c r="C73" s="84"/>
+      <c r="D73" s="84"/>
+      <c r="E73" s="84"/>
+      <c r="F73" s="84"/>
+      <c r="G73" s="84"/>
+      <c r="H73" s="84"/>
+      <c r="I73" s="84"/>
+      <c r="J73" s="139"/>
+      <c r="K73" s="139"/>
+      <c r="L73" s="145"/>
+      <c r="M73" s="145"/>
+      <c r="N73" s="145"/>
+      <c r="O73" s="145"/>
+      <c r="P73" s="146"/>
+      <c r="Q73" s="973" t="s">
+        <v>452</v>
+      </c>
+      <c r="R73" s="676"/>
+      <c r="S73" s="676"/>
+      <c r="T73" s="676"/>
+      <c r="U73" s="676"/>
+      <c r="V73" s="284"/>
+      <c r="W73" s="1125" t="s">
+        <v>478</v>
+      </c>
+      <c r="X73" s="374"/>
+      <c r="Y73" s="374"/>
+      <c r="Z73" s="374"/>
+      <c r="AA73" s="374"/>
+      <c r="AB73" s="415">
+        <v>403</v>
+      </c>
+      <c r="AC73" s="629"/>
+      <c r="AD73" s="629"/>
+      <c r="AE73" s="412">
+        <f>Vkladani_dat!G75</f>
+        <v>0</v>
+      </c>
+      <c r="AF73" s="607"/>
+      <c r="AG73" s="607"/>
+      <c r="AH73" s="608"/>
+    </row>
+    <row r="74" spans="1:34" ht="4.1500000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="1127" t="s">
+        <v>70</v>
+      </c>
+      <c r="B74" s="1127"/>
+      <c r="C74" s="1127"/>
+      <c r="D74" s="1127"/>
+      <c r="E74" s="1127"/>
+      <c r="F74" s="1127"/>
+      <c r="G74" s="1127"/>
+      <c r="H74" s="1127"/>
+      <c r="I74" s="1127"/>
+      <c r="J74" s="716"/>
+      <c r="K74" s="716"/>
+      <c r="L74" s="716"/>
+      <c r="M74" s="716"/>
+      <c r="N74" s="716"/>
+      <c r="O74" s="1128"/>
+      <c r="P74" s="146"/>
+      <c r="Q74" s="974"/>
+      <c r="R74" s="676"/>
+      <c r="S74" s="676"/>
+      <c r="T74" s="676"/>
+      <c r="U74" s="676"/>
+      <c r="V74" s="284"/>
+      <c r="W74" s="374"/>
+      <c r="X74" s="374"/>
+      <c r="Y74" s="374"/>
+      <c r="Z74" s="374"/>
+      <c r="AA74" s="374"/>
+      <c r="AB74" s="629"/>
+      <c r="AC74" s="629"/>
+      <c r="AD74" s="629"/>
+      <c r="AE74" s="607"/>
+      <c r="AF74" s="607"/>
+      <c r="AG74" s="607"/>
+      <c r="AH74" s="608"/>
+    </row>
+    <row r="75" spans="1:34" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="1129"/>
+      <c r="B75" s="1129"/>
+      <c r="C75" s="1129"/>
+      <c r="D75" s="1129"/>
+      <c r="E75" s="1129"/>
+      <c r="F75" s="1129"/>
+      <c r="G75" s="1129"/>
+      <c r="H75" s="1129"/>
+      <c r="I75" s="1129"/>
+      <c r="J75" s="1130"/>
+      <c r="K75" s="1130"/>
+      <c r="L75" s="1130"/>
+      <c r="M75" s="1130"/>
+      <c r="N75" s="1130"/>
+      <c r="O75" s="1131"/>
+      <c r="P75" s="146"/>
+      <c r="Q75" s="974"/>
+      <c r="R75" s="676"/>
+      <c r="S75" s="676"/>
+      <c r="T75" s="676"/>
+      <c r="U75" s="676"/>
+      <c r="V75" s="284"/>
+      <c r="W75" s="1125" t="s">
+        <v>477</v>
+      </c>
+      <c r="X75" s="374"/>
+      <c r="Y75" s="374"/>
+      <c r="Z75" s="374"/>
+      <c r="AA75" s="374"/>
+      <c r="AB75" s="415">
+        <v>404</v>
+      </c>
+      <c r="AC75" s="629"/>
+      <c r="AD75" s="629"/>
+      <c r="AE75" s="412">
+        <f>Vkladani_dat!G76</f>
+        <v>0</v>
+      </c>
+      <c r="AF75" s="607"/>
+      <c r="AG75" s="607"/>
+      <c r="AH75" s="608"/>
+    </row>
+    <row r="76" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="1132"/>
+      <c r="B76" s="1133"/>
+      <c r="C76" s="1133"/>
+      <c r="D76" s="1133"/>
+      <c r="E76" s="1133"/>
+      <c r="F76" s="1133"/>
+      <c r="G76" s="1133"/>
+      <c r="H76" s="1133"/>
+      <c r="I76" s="1133"/>
+      <c r="J76" s="1136" t="s">
+        <v>265</v>
+      </c>
+      <c r="K76" s="1137"/>
+      <c r="L76" s="962" t="s">
+        <v>62</v>
+      </c>
+      <c r="M76" s="963"/>
+      <c r="N76" s="963"/>
+      <c r="O76" s="964"/>
+      <c r="P76" s="146"/>
+      <c r="Q76" s="974"/>
+      <c r="R76" s="676"/>
+      <c r="S76" s="676"/>
+      <c r="T76" s="676"/>
+      <c r="U76" s="676"/>
+      <c r="V76" s="284"/>
+      <c r="W76" s="374"/>
+      <c r="X76" s="374"/>
+      <c r="Y76" s="374"/>
+      <c r="Z76" s="374"/>
+      <c r="AA76" s="374"/>
+      <c r="AB76" s="629"/>
+      <c r="AC76" s="629"/>
+      <c r="AD76" s="629"/>
+      <c r="AE76" s="607"/>
+      <c r="AF76" s="607"/>
+      <c r="AG76" s="607"/>
+      <c r="AH76" s="608"/>
+    </row>
+    <row r="77" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="1134"/>
+      <c r="B77" s="1135"/>
+      <c r="C77" s="1135"/>
+      <c r="D77" s="1135"/>
+      <c r="E77" s="1135"/>
+      <c r="F77" s="1135"/>
+      <c r="G77" s="1135"/>
+      <c r="H77" s="1135"/>
+      <c r="I77" s="1135"/>
+      <c r="J77" s="966"/>
+      <c r="K77" s="1114"/>
+      <c r="L77" s="965"/>
+      <c r="M77" s="966"/>
+      <c r="N77" s="966"/>
+      <c r="O77" s="967"/>
+      <c r="P77" s="146"/>
+      <c r="Q77" s="1126" t="s">
+        <v>451</v>
+      </c>
+      <c r="R77" s="341"/>
+      <c r="S77" s="341"/>
+      <c r="T77" s="341"/>
+      <c r="U77" s="341"/>
+      <c r="V77" s="341"/>
+      <c r="W77" s="341"/>
+      <c r="X77" s="341"/>
+      <c r="Y77" s="341"/>
+      <c r="Z77" s="341"/>
+      <c r="AA77" s="341"/>
+      <c r="AB77" s="707">
+        <v>405</v>
+      </c>
+      <c r="AC77" s="385"/>
+      <c r="AD77" s="385"/>
+      <c r="AE77" s="1121">
+        <f>Vkladani_dat!G77</f>
+        <v>0</v>
+      </c>
+      <c r="AF77" s="1122"/>
+      <c r="AG77" s="1122"/>
+      <c r="AH77" s="1123"/>
+    </row>
+    <row r="78" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="1110" t="s">
+        <v>63</v>
+      </c>
+      <c r="B78" s="1111"/>
+      <c r="C78" s="1111"/>
+      <c r="D78" s="1111"/>
+      <c r="E78" s="1111"/>
+      <c r="F78" s="1111"/>
+      <c r="G78" s="1111"/>
+      <c r="H78" s="1111"/>
+      <c r="I78" s="1112"/>
+      <c r="J78" s="1115">
+        <v>1</v>
+      </c>
+      <c r="K78" s="1116"/>
+      <c r="L78" s="1119">
+        <v>2</v>
+      </c>
+      <c r="M78" s="1111"/>
+      <c r="N78" s="1111"/>
+      <c r="O78" s="1120"/>
+      <c r="P78" s="146"/>
+      <c r="Q78" s="339"/>
+      <c r="R78" s="341"/>
+      <c r="S78" s="341"/>
+      <c r="T78" s="341"/>
+      <c r="U78" s="341"/>
+      <c r="V78" s="341"/>
+      <c r="W78" s="341"/>
+      <c r="X78" s="341"/>
+      <c r="Y78" s="341"/>
+      <c r="Z78" s="341"/>
+      <c r="AA78" s="341"/>
+      <c r="AB78" s="385"/>
+      <c r="AC78" s="385"/>
+      <c r="AD78" s="385"/>
+      <c r="AE78" s="1122"/>
+      <c r="AF78" s="1122"/>
+      <c r="AG78" s="1122"/>
+      <c r="AH78" s="1123"/>
+    </row>
+    <row r="79" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="1113"/>
+      <c r="B79" s="966"/>
+      <c r="C79" s="966"/>
+      <c r="D79" s="966"/>
+      <c r="E79" s="966"/>
+      <c r="F79" s="966"/>
+      <c r="G79" s="966"/>
+      <c r="H79" s="966"/>
+      <c r="I79" s="1114"/>
+      <c r="J79" s="1117"/>
+      <c r="K79" s="1118"/>
+      <c r="L79" s="965"/>
+      <c r="M79" s="966"/>
+      <c r="N79" s="966"/>
+      <c r="O79" s="967"/>
+      <c r="P79" s="146"/>
+      <c r="Q79" s="339"/>
+      <c r="R79" s="341"/>
+      <c r="S79" s="341"/>
+      <c r="T79" s="341"/>
+      <c r="U79" s="341"/>
+      <c r="V79" s="341"/>
+      <c r="W79" s="341"/>
+      <c r="X79" s="341"/>
+      <c r="Y79" s="341"/>
+      <c r="Z79" s="341"/>
+      <c r="AA79" s="341"/>
+      <c r="AB79" s="385"/>
+      <c r="AC79" s="385"/>
+      <c r="AD79" s="385"/>
+      <c r="AE79" s="1122"/>
+      <c r="AF79" s="1122"/>
+      <c r="AG79" s="1122"/>
+      <c r="AH79" s="1123"/>
+    </row>
+    <row r="80" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="936" t="s">
+        <v>176</v>
+      </c>
+      <c r="B80" s="1013"/>
+      <c r="C80" s="1013"/>
+      <c r="D80" s="1013"/>
+      <c r="E80" s="1013"/>
+      <c r="F80" s="1013"/>
+      <c r="G80" s="1013"/>
+      <c r="H80" s="1013"/>
+      <c r="I80" s="1013"/>
+      <c r="J80" s="415">
+        <v>201</v>
+      </c>
+      <c r="K80" s="415"/>
+      <c r="L80" s="412">
+        <f>Vkladani_dat!G39</f>
+        <v>0</v>
+      </c>
+      <c r="M80" s="413"/>
+      <c r="N80" s="413"/>
+      <c r="O80" s="414"/>
+      <c r="P80" s="146"/>
+      <c r="Q80" s="1124" t="s">
+        <v>463</v>
+      </c>
+      <c r="R80" s="931"/>
+      <c r="S80" s="931"/>
+      <c r="T80" s="931"/>
+      <c r="U80" s="931"/>
+      <c r="V80" s="931"/>
+      <c r="W80" s="931"/>
+      <c r="X80" s="931"/>
+      <c r="Y80" s="931"/>
+      <c r="Z80" s="931"/>
+      <c r="AA80" s="931"/>
+      <c r="AB80" s="415">
+        <v>406</v>
+      </c>
+      <c r="AC80" s="629"/>
+      <c r="AD80" s="629"/>
+      <c r="AE80" s="412">
+        <f>Vkladani_dat!G78</f>
+        <v>0</v>
+      </c>
+      <c r="AF80" s="607"/>
+      <c r="AG80" s="607"/>
+      <c r="AH80" s="608"/>
+    </row>
+    <row r="81" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="936"/>
+      <c r="B81" s="1013"/>
+      <c r="C81" s="1013"/>
+      <c r="D81" s="1013"/>
+      <c r="E81" s="1013"/>
+      <c r="F81" s="1013"/>
+      <c r="G81" s="1013"/>
+      <c r="H81" s="1013"/>
+      <c r="I81" s="1013"/>
+      <c r="J81" s="415"/>
+      <c r="K81" s="415"/>
+      <c r="L81" s="413"/>
+      <c r="M81" s="413"/>
+      <c r="N81" s="413"/>
+      <c r="O81" s="414"/>
+      <c r="P81" s="146"/>
+      <c r="Q81" s="932"/>
+      <c r="R81" s="931"/>
+      <c r="S81" s="931"/>
+      <c r="T81" s="931"/>
+      <c r="U81" s="931"/>
+      <c r="V81" s="931"/>
+      <c r="W81" s="931"/>
+      <c r="X81" s="931"/>
+      <c r="Y81" s="931"/>
+      <c r="Z81" s="931"/>
+      <c r="AA81" s="931"/>
+      <c r="AB81" s="629"/>
+      <c r="AC81" s="629"/>
+      <c r="AD81" s="629"/>
+      <c r="AE81" s="607"/>
+      <c r="AF81" s="607"/>
+      <c r="AG81" s="607"/>
+      <c r="AH81" s="608"/>
+    </row>
+    <row r="82" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="944" t="s">
+        <v>445</v>
+      </c>
+      <c r="B82" s="925" t="s">
+        <v>443</v>
+      </c>
+      <c r="C82" s="282"/>
+      <c r="D82" s="282"/>
+      <c r="E82" s="282"/>
+      <c r="F82" s="282"/>
+      <c r="G82" s="282"/>
+      <c r="H82" s="282"/>
+      <c r="I82" s="282"/>
+      <c r="J82" s="415">
+        <v>202</v>
+      </c>
+      <c r="K82" s="416"/>
+      <c r="L82" s="412">
+        <f>Vkladani_dat!G40</f>
+        <v>0</v>
+      </c>
+      <c r="M82" s="413"/>
+      <c r="N82" s="413"/>
+      <c r="O82" s="414"/>
+      <c r="P82" s="146"/>
+      <c r="Q82" s="932"/>
+      <c r="R82" s="931"/>
+      <c r="S82" s="931"/>
+      <c r="T82" s="931"/>
+      <c r="U82" s="931"/>
+      <c r="V82" s="931"/>
+      <c r="W82" s="931"/>
+      <c r="X82" s="931"/>
+      <c r="Y82" s="931"/>
+      <c r="Z82" s="931"/>
+      <c r="AA82" s="931"/>
+      <c r="AB82" s="629"/>
+      <c r="AC82" s="629"/>
+      <c r="AD82" s="629"/>
+      <c r="AE82" s="607"/>
+      <c r="AF82" s="607"/>
+      <c r="AG82" s="607"/>
+      <c r="AH82" s="608"/>
+    </row>
+    <row r="83" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="945"/>
+      <c r="B83" s="282"/>
+      <c r="C83" s="282"/>
+      <c r="D83" s="282"/>
+      <c r="E83" s="282"/>
+      <c r="F83" s="282"/>
+      <c r="G83" s="282"/>
+      <c r="H83" s="282"/>
+      <c r="I83" s="282"/>
+      <c r="J83" s="416"/>
+      <c r="K83" s="416"/>
+      <c r="L83" s="413"/>
+      <c r="M83" s="413"/>
+      <c r="N83" s="413"/>
+      <c r="O83" s="414"/>
+      <c r="P83" s="146"/>
+      <c r="Q83" s="1126" t="s">
+        <v>450</v>
+      </c>
+      <c r="R83" s="341"/>
+      <c r="S83" s="341"/>
+      <c r="T83" s="341"/>
+      <c r="U83" s="341"/>
+      <c r="V83" s="341"/>
+      <c r="W83" s="341"/>
+      <c r="X83" s="341"/>
+      <c r="Y83" s="341"/>
+      <c r="Z83" s="341"/>
+      <c r="AA83" s="341"/>
+      <c r="AB83" s="707">
+        <v>407</v>
+      </c>
+      <c r="AC83" s="385"/>
+      <c r="AD83" s="385"/>
+      <c r="AE83" s="1121">
+        <f>Vkladani_dat!G79</f>
+        <v>0</v>
+      </c>
+      <c r="AF83" s="1122"/>
+      <c r="AG83" s="1122"/>
+      <c r="AH83" s="1123"/>
+    </row>
+    <row r="84" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="945"/>
+      <c r="B84" s="925" t="s">
+        <v>442</v>
+      </c>
+      <c r="C84" s="282"/>
+      <c r="D84" s="282"/>
+      <c r="E84" s="282"/>
+      <c r="F84" s="282"/>
+      <c r="G84" s="282"/>
+      <c r="H84" s="282"/>
+      <c r="I84" s="282"/>
+      <c r="J84" s="415">
+        <v>203</v>
+      </c>
+      <c r="K84" s="416"/>
+      <c r="L84" s="412">
+        <f>Vkladani_dat!G41</f>
+        <v>0</v>
+      </c>
+      <c r="M84" s="413"/>
+      <c r="N84" s="413"/>
+      <c r="O84" s="414"/>
+      <c r="P84" s="146"/>
+      <c r="Q84" s="339"/>
+      <c r="R84" s="341"/>
+      <c r="S84" s="341"/>
+      <c r="T84" s="341"/>
+      <c r="U84" s="341"/>
+      <c r="V84" s="341"/>
+      <c r="W84" s="341"/>
+      <c r="X84" s="341"/>
+      <c r="Y84" s="341"/>
+      <c r="Z84" s="341"/>
+      <c r="AA84" s="341"/>
+      <c r="AB84" s="385"/>
+      <c r="AC84" s="385"/>
+      <c r="AD84" s="385"/>
+      <c r="AE84" s="1122"/>
+      <c r="AF84" s="1122"/>
+      <c r="AG84" s="1122"/>
+      <c r="AH84" s="1123"/>
+    </row>
+    <row r="85" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="945"/>
+      <c r="B85" s="282"/>
+      <c r="C85" s="282"/>
+      <c r="D85" s="282"/>
+      <c r="E85" s="282"/>
+      <c r="F85" s="282"/>
+      <c r="G85" s="282"/>
+      <c r="H85" s="282"/>
+      <c r="I85" s="282"/>
+      <c r="J85" s="416"/>
+      <c r="K85" s="416"/>
+      <c r="L85" s="413"/>
+      <c r="M85" s="413"/>
+      <c r="N85" s="413"/>
+      <c r="O85" s="414"/>
+      <c r="P85" s="146"/>
+      <c r="Q85" s="339"/>
+      <c r="R85" s="341"/>
+      <c r="S85" s="341"/>
+      <c r="T85" s="341"/>
+      <c r="U85" s="341"/>
+      <c r="V85" s="341"/>
+      <c r="W85" s="341"/>
+      <c r="X85" s="341"/>
+      <c r="Y85" s="341"/>
+      <c r="Z85" s="341"/>
+      <c r="AA85" s="341"/>
+      <c r="AB85" s="385"/>
+      <c r="AC85" s="385"/>
+      <c r="AD85" s="385"/>
+      <c r="AE85" s="1122"/>
+      <c r="AF85" s="1122"/>
+      <c r="AG85" s="1122"/>
+      <c r="AH85" s="1123"/>
+    </row>
+    <row r="86" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="936" t="s">
+        <v>440</v>
+      </c>
+      <c r="B86" s="937"/>
+      <c r="C86" s="937"/>
+      <c r="D86" s="937"/>
+      <c r="E86" s="937"/>
+      <c r="F86" s="937"/>
+      <c r="G86" s="937"/>
+      <c r="H86" s="937"/>
+      <c r="I86" s="937"/>
+      <c r="J86" s="415">
+        <v>204</v>
+      </c>
+      <c r="K86" s="416"/>
+      <c r="L86" s="412">
+        <f>Vkladani_dat!G42</f>
+        <v>0</v>
+      </c>
+      <c r="M86" s="413"/>
+      <c r="N86" s="413"/>
+      <c r="O86" s="414"/>
+      <c r="P86" s="146"/>
+      <c r="Q86" s="930" t="s">
+        <v>464</v>
+      </c>
+      <c r="R86" s="931"/>
+      <c r="S86" s="931"/>
+      <c r="T86" s="931"/>
+      <c r="U86" s="931"/>
+      <c r="V86" s="931"/>
+      <c r="W86" s="931"/>
+      <c r="X86" s="931"/>
+      <c r="Y86" s="931"/>
+      <c r="Z86" s="931"/>
+      <c r="AA86" s="931"/>
+      <c r="AB86" s="415">
+        <v>408</v>
+      </c>
+      <c r="AC86" s="629"/>
+      <c r="AD86" s="629"/>
+      <c r="AE86" s="412">
+        <f>Vkladani_dat!G80</f>
+        <v>0</v>
+      </c>
+      <c r="AF86" s="607"/>
+      <c r="AG86" s="607"/>
+      <c r="AH86" s="608"/>
+    </row>
+    <row r="87" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="938"/>
+      <c r="B87" s="937"/>
+      <c r="C87" s="937"/>
+      <c r="D87" s="937"/>
+      <c r="E87" s="937"/>
+      <c r="F87" s="937"/>
+      <c r="G87" s="937"/>
+      <c r="H87" s="937"/>
+      <c r="I87" s="937"/>
+      <c r="J87" s="416"/>
+      <c r="K87" s="416"/>
+      <c r="L87" s="413"/>
+      <c r="M87" s="413"/>
+      <c r="N87" s="413"/>
+      <c r="O87" s="414"/>
+      <c r="P87" s="146"/>
+      <c r="Q87" s="932"/>
+      <c r="R87" s="931"/>
+      <c r="S87" s="931"/>
+      <c r="T87" s="931"/>
+      <c r="U87" s="931"/>
+      <c r="V87" s="931"/>
+      <c r="W87" s="931"/>
+      <c r="X87" s="931"/>
+      <c r="Y87" s="931"/>
+      <c r="Z87" s="931"/>
+      <c r="AA87" s="931"/>
+      <c r="AB87" s="629"/>
+      <c r="AC87" s="629"/>
+      <c r="AD87" s="629"/>
+      <c r="AE87" s="607"/>
+      <c r="AF87" s="607"/>
+      <c r="AG87" s="607"/>
+      <c r="AH87" s="608"/>
+    </row>
+    <row r="88" spans="1:34" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="926" t="s">
+        <v>439</v>
+      </c>
+      <c r="B88" s="282"/>
+      <c r="C88" s="282"/>
+      <c r="D88" s="282"/>
+      <c r="E88" s="282"/>
+      <c r="F88" s="282"/>
+      <c r="G88" s="282"/>
+      <c r="H88" s="282"/>
+      <c r="I88" s="282"/>
+      <c r="J88" s="415">
+        <v>205</v>
+      </c>
+      <c r="K88" s="629"/>
+      <c r="L88" s="412">
+        <f>Vkladani_dat!G43</f>
+        <v>0</v>
+      </c>
+      <c r="M88" s="607"/>
+      <c r="N88" s="607"/>
+      <c r="O88" s="608"/>
+      <c r="P88" s="146"/>
+      <c r="Q88" s="932"/>
+      <c r="R88" s="931"/>
+      <c r="S88" s="931"/>
+      <c r="T88" s="931"/>
+      <c r="U88" s="931"/>
+      <c r="V88" s="931"/>
+      <c r="W88" s="931"/>
+      <c r="X88" s="931"/>
+      <c r="Y88" s="931"/>
+      <c r="Z88" s="931"/>
+      <c r="AA88" s="931"/>
+      <c r="AB88" s="629"/>
+      <c r="AC88" s="629"/>
+      <c r="AD88" s="629"/>
+      <c r="AE88" s="607"/>
+      <c r="AF88" s="607"/>
+      <c r="AG88" s="607"/>
+      <c r="AH88" s="608"/>
+    </row>
+    <row r="89" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="934" t="s">
+        <v>441</v>
+      </c>
+      <c r="B89" s="925" t="s">
         <v>486</v>
       </c>
-      <c r="B30" s="1155"/>
-[...2495 lines deleted...]
-      <c r="B89" s="896" t="s">
+      <c r="C89" s="282"/>
+      <c r="D89" s="282"/>
+      <c r="E89" s="282"/>
+      <c r="F89" s="282"/>
+      <c r="G89" s="282"/>
+      <c r="H89" s="282"/>
+      <c r="I89" s="282"/>
+      <c r="J89" s="415">
+        <v>206</v>
+      </c>
+      <c r="K89" s="629"/>
+      <c r="L89" s="413">
+        <f>Vkladani_dat!G44</f>
+        <v>0</v>
+      </c>
+      <c r="M89" s="607"/>
+      <c r="N89" s="607"/>
+      <c r="O89" s="608"/>
+      <c r="P89" s="146"/>
+      <c r="Q89" s="924" t="s">
+        <v>449</v>
+      </c>
+      <c r="R89" s="925"/>
+      <c r="S89" s="925"/>
+      <c r="T89" s="925"/>
+      <c r="U89" s="925"/>
+      <c r="V89" s="925"/>
+      <c r="W89" s="925"/>
+      <c r="X89" s="925"/>
+      <c r="Y89" s="925"/>
+      <c r="Z89" s="925"/>
+      <c r="AA89" s="925"/>
+      <c r="AB89" s="707">
+        <v>409</v>
+      </c>
+      <c r="AC89" s="707"/>
+      <c r="AD89" s="707"/>
+      <c r="AE89" s="412">
+        <f>Vkladani_dat!G81</f>
+        <v>0</v>
+      </c>
+      <c r="AF89" s="413"/>
+      <c r="AG89" s="413"/>
+      <c r="AH89" s="414"/>
+    </row>
+    <row r="90" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="935"/>
+      <c r="B90" s="282"/>
+      <c r="C90" s="282"/>
+      <c r="D90" s="282"/>
+      <c r="E90" s="282"/>
+      <c r="F90" s="282"/>
+      <c r="G90" s="282"/>
+      <c r="H90" s="282"/>
+      <c r="I90" s="282"/>
+      <c r="J90" s="629"/>
+      <c r="K90" s="629"/>
+      <c r="L90" s="607"/>
+      <c r="M90" s="607"/>
+      <c r="N90" s="607"/>
+      <c r="O90" s="608"/>
+      <c r="P90" s="146"/>
+      <c r="Q90" s="926"/>
+      <c r="R90" s="925"/>
+      <c r="S90" s="925"/>
+      <c r="T90" s="925"/>
+      <c r="U90" s="925"/>
+      <c r="V90" s="925"/>
+      <c r="W90" s="925"/>
+      <c r="X90" s="925"/>
+      <c r="Y90" s="925"/>
+      <c r="Z90" s="925"/>
+      <c r="AA90" s="925"/>
+      <c r="AB90" s="707"/>
+      <c r="AC90" s="707"/>
+      <c r="AD90" s="707"/>
+      <c r="AE90" s="413"/>
+      <c r="AF90" s="413"/>
+      <c r="AG90" s="413"/>
+      <c r="AH90" s="414"/>
+    </row>
+    <row r="91" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="935"/>
+      <c r="B91" s="929" t="s">
+        <v>487</v>
+      </c>
+      <c r="C91" s="933"/>
+      <c r="D91" s="933"/>
+      <c r="E91" s="933"/>
+      <c r="F91" s="933"/>
+      <c r="G91" s="933"/>
+      <c r="H91" s="933"/>
+      <c r="I91" s="933"/>
+      <c r="J91" s="416">
+        <v>207</v>
+      </c>
+      <c r="K91" s="629"/>
+      <c r="L91" s="412">
+        <f>Vkladani_dat!G45</f>
+        <v>0</v>
+      </c>
+      <c r="M91" s="607"/>
+      <c r="N91" s="607"/>
+      <c r="O91" s="608"/>
+      <c r="P91" s="146"/>
+      <c r="Q91" s="926"/>
+      <c r="R91" s="925"/>
+      <c r="S91" s="925"/>
+      <c r="T91" s="925"/>
+      <c r="U91" s="925"/>
+      <c r="V91" s="925"/>
+      <c r="W91" s="925"/>
+      <c r="X91" s="925"/>
+      <c r="Y91" s="925"/>
+      <c r="Z91" s="925"/>
+      <c r="AA91" s="925"/>
+      <c r="AB91" s="707"/>
+      <c r="AC91" s="707"/>
+      <c r="AD91" s="707"/>
+      <c r="AE91" s="413"/>
+      <c r="AF91" s="413"/>
+      <c r="AG91" s="413"/>
+      <c r="AH91" s="414"/>
+    </row>
+    <row r="92" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="935"/>
+      <c r="B92" s="933"/>
+      <c r="C92" s="933"/>
+      <c r="D92" s="933"/>
+      <c r="E92" s="933"/>
+      <c r="F92" s="933"/>
+      <c r="G92" s="933"/>
+      <c r="H92" s="933"/>
+      <c r="I92" s="933"/>
+      <c r="J92" s="629"/>
+      <c r="K92" s="629"/>
+      <c r="L92" s="607"/>
+      <c r="M92" s="607"/>
+      <c r="N92" s="607"/>
+      <c r="O92" s="608"/>
+      <c r="P92" s="146"/>
+      <c r="Q92" s="924" t="s">
+        <v>539</v>
+      </c>
+      <c r="R92" s="925"/>
+      <c r="S92" s="925"/>
+      <c r="T92" s="925"/>
+      <c r="U92" s="925"/>
+      <c r="V92" s="925"/>
+      <c r="W92" s="925"/>
+      <c r="X92" s="925"/>
+      <c r="Y92" s="925"/>
+      <c r="Z92" s="925"/>
+      <c r="AA92" s="925"/>
+      <c r="AB92" s="707">
+        <v>410</v>
+      </c>
+      <c r="AC92" s="707"/>
+      <c r="AD92" s="707"/>
+      <c r="AE92" s="412">
+        <f>Vkladani_dat!G82</f>
+        <v>0</v>
+      </c>
+      <c r="AF92" s="413"/>
+      <c r="AG92" s="413"/>
+      <c r="AH92" s="414"/>
+    </row>
+    <row r="93" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="935"/>
+      <c r="B93" s="933"/>
+      <c r="C93" s="933"/>
+      <c r="D93" s="933"/>
+      <c r="E93" s="933"/>
+      <c r="F93" s="933"/>
+      <c r="G93" s="933"/>
+      <c r="H93" s="933"/>
+      <c r="I93" s="933"/>
+      <c r="J93" s="629"/>
+      <c r="K93" s="629"/>
+      <c r="L93" s="607"/>
+      <c r="M93" s="607"/>
+      <c r="N93" s="607"/>
+      <c r="O93" s="608"/>
+      <c r="P93" s="146"/>
+      <c r="Q93" s="926"/>
+      <c r="R93" s="925"/>
+      <c r="S93" s="925"/>
+      <c r="T93" s="925"/>
+      <c r="U93" s="925"/>
+      <c r="V93" s="925"/>
+      <c r="W93" s="925"/>
+      <c r="X93" s="925"/>
+      <c r="Y93" s="925"/>
+      <c r="Z93" s="925"/>
+      <c r="AA93" s="925"/>
+      <c r="AB93" s="707"/>
+      <c r="AC93" s="707"/>
+      <c r="AD93" s="707"/>
+      <c r="AE93" s="413"/>
+      <c r="AF93" s="413"/>
+      <c r="AG93" s="413"/>
+      <c r="AH93" s="414"/>
+    </row>
+    <row r="94" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="935"/>
+      <c r="B94" s="933"/>
+      <c r="C94" s="933"/>
+      <c r="D94" s="933"/>
+      <c r="E94" s="933"/>
+      <c r="F94" s="933"/>
+      <c r="G94" s="933"/>
+      <c r="H94" s="933"/>
+      <c r="I94" s="933"/>
+      <c r="J94" s="629"/>
+      <c r="K94" s="629"/>
+      <c r="L94" s="607"/>
+      <c r="M94" s="607"/>
+      <c r="N94" s="607"/>
+      <c r="O94" s="608"/>
+      <c r="P94" s="146"/>
+      <c r="Q94" s="926"/>
+      <c r="R94" s="925"/>
+      <c r="S94" s="925"/>
+      <c r="T94" s="925"/>
+      <c r="U94" s="925"/>
+      <c r="V94" s="925"/>
+      <c r="W94" s="925"/>
+      <c r="X94" s="925"/>
+      <c r="Y94" s="925"/>
+      <c r="Z94" s="925"/>
+      <c r="AA94" s="925"/>
+      <c r="AB94" s="707"/>
+      <c r="AC94" s="707"/>
+      <c r="AD94" s="707"/>
+      <c r="AE94" s="413"/>
+      <c r="AF94" s="413"/>
+      <c r="AG94" s="413"/>
+      <c r="AH94" s="414"/>
+    </row>
+    <row r="95" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="935"/>
+      <c r="B95" s="929" t="s">
         <v>488</v>
       </c>
-      <c r="C89" s="274"/>
-[...250 lines deleted...]
-      <c r="J95" s="430">
+      <c r="C95" s="929"/>
+      <c r="D95" s="929"/>
+      <c r="E95" s="929"/>
+      <c r="F95" s="929"/>
+      <c r="G95" s="929"/>
+      <c r="H95" s="929"/>
+      <c r="I95" s="929"/>
+      <c r="J95" s="415">
         <v>208</v>
       </c>
-      <c r="K95" s="431"/>
-      <c r="L95" s="385">
+      <c r="K95" s="416"/>
+      <c r="L95" s="412">
         <f>Vkladani_dat!G46</f>
         <v>0</v>
       </c>
-      <c r="M95" s="428"/>
-[...3 lines deleted...]
-      <c r="Q95" s="895" t="s">
+      <c r="M95" s="413"/>
+      <c r="N95" s="413"/>
+      <c r="O95" s="414"/>
+      <c r="P95" s="146"/>
+      <c r="Q95" s="924" t="s">
         <v>448</v>
       </c>
-      <c r="R95" s="918"/>
-[...9 lines deleted...]
-      <c r="AB95" s="712">
+      <c r="R95" s="928"/>
+      <c r="S95" s="928"/>
+      <c r="T95" s="928"/>
+      <c r="U95" s="928"/>
+      <c r="V95" s="928"/>
+      <c r="W95" s="928"/>
+      <c r="X95" s="928"/>
+      <c r="Y95" s="928"/>
+      <c r="Z95" s="928"/>
+      <c r="AA95" s="928"/>
+      <c r="AB95" s="707">
         <v>411</v>
       </c>
-      <c r="AC95" s="712"/>
-[...1 lines deleted...]
-      <c r="AE95" s="385">
+      <c r="AC95" s="707"/>
+      <c r="AD95" s="707"/>
+      <c r="AE95" s="412">
         <f>Vkladani_dat!G83</f>
         <v>0</v>
       </c>
-      <c r="AF95" s="428"/>
-[...1 lines deleted...]
-      <c r="AH95" s="429"/>
+      <c r="AF95" s="413"/>
+      <c r="AG95" s="413"/>
+      <c r="AH95" s="414"/>
     </row>
     <row r="96" spans="1:34" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="388" t="s">
+      <c r="A96" s="419" t="s">
         <v>444</v>
       </c>
-      <c r="B96" s="379"/>
-[...7 lines deleted...]
-      <c r="J96" s="883">
+      <c r="B96" s="327"/>
+      <c r="C96" s="327"/>
+      <c r="D96" s="327"/>
+      <c r="E96" s="327"/>
+      <c r="F96" s="327"/>
+      <c r="G96" s="327"/>
+      <c r="H96" s="327"/>
+      <c r="I96" s="327"/>
+      <c r="J96" s="907">
         <v>209</v>
       </c>
-      <c r="K96" s="884"/>
-      <c r="L96" s="885">
+      <c r="K96" s="908"/>
+      <c r="L96" s="909">
         <f>Vkladani_dat!G47</f>
         <v>0</v>
       </c>
-      <c r="M96" s="886"/>
-[...3 lines deleted...]
-      <c r="Q96" s="900" t="s">
+      <c r="M96" s="910"/>
+      <c r="N96" s="910"/>
+      <c r="O96" s="911"/>
+      <c r="P96" s="146"/>
+      <c r="Q96" s="918" t="s">
         <v>447</v>
       </c>
-      <c r="R96" s="901"/>
-[...9 lines deleted...]
-      <c r="AB96" s="902">
+      <c r="R96" s="919"/>
+      <c r="S96" s="919"/>
+      <c r="T96" s="919"/>
+      <c r="U96" s="919"/>
+      <c r="V96" s="919"/>
+      <c r="W96" s="919"/>
+      <c r="X96" s="919"/>
+      <c r="Y96" s="919"/>
+      <c r="Z96" s="919"/>
+      <c r="AA96" s="919"/>
+      <c r="AB96" s="920">
         <v>412</v>
       </c>
-      <c r="AC96" s="902"/>
-[...1 lines deleted...]
-      <c r="AE96" s="885">
+      <c r="AC96" s="920"/>
+      <c r="AD96" s="920"/>
+      <c r="AE96" s="909">
         <f>Vkladani_dat!G84</f>
         <v>0</v>
       </c>
-      <c r="AF96" s="886"/>
-[...1 lines deleted...]
-      <c r="AH96" s="887"/>
+      <c r="AF96" s="910"/>
+      <c r="AG96" s="910"/>
+      <c r="AH96" s="911"/>
     </row>
     <row r="97" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="389"/>
-[...32 lines deleted...]
-      <c r="AH97" s="595"/>
+      <c r="A97" s="420"/>
+      <c r="B97" s="421"/>
+      <c r="C97" s="421"/>
+      <c r="D97" s="421"/>
+      <c r="E97" s="421"/>
+      <c r="F97" s="421"/>
+      <c r="G97" s="421"/>
+      <c r="H97" s="421"/>
+      <c r="I97" s="421"/>
+      <c r="J97" s="421"/>
+      <c r="K97" s="421"/>
+      <c r="L97" s="421"/>
+      <c r="M97" s="421"/>
+      <c r="N97" s="421"/>
+      <c r="O97" s="421"/>
+      <c r="P97" s="146"/>
+      <c r="Q97" s="915"/>
+      <c r="R97" s="916"/>
+      <c r="S97" s="916"/>
+      <c r="T97" s="916"/>
+      <c r="U97" s="916"/>
+      <c r="V97" s="916"/>
+      <c r="W97" s="916"/>
+      <c r="X97" s="916"/>
+      <c r="Y97" s="916"/>
+      <c r="Z97" s="916"/>
+      <c r="AA97" s="916"/>
+      <c r="AB97" s="927"/>
+      <c r="AC97" s="927"/>
+      <c r="AD97" s="927"/>
+      <c r="AE97" s="917"/>
+      <c r="AF97" s="614"/>
+      <c r="AG97" s="614"/>
+      <c r="AH97" s="614"/>
     </row>
     <row r="98" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="888"/>
-[...32 lines deleted...]
-      <c r="AH98" s="586"/>
+      <c r="A98" s="912"/>
+      <c r="B98" s="913"/>
+      <c r="C98" s="913"/>
+      <c r="D98" s="913"/>
+      <c r="E98" s="913"/>
+      <c r="F98" s="913"/>
+      <c r="G98" s="913"/>
+      <c r="H98" s="913"/>
+      <c r="I98" s="913"/>
+      <c r="J98" s="914"/>
+      <c r="K98" s="598"/>
+      <c r="L98" s="783"/>
+      <c r="M98" s="590"/>
+      <c r="N98" s="590"/>
+      <c r="O98" s="590"/>
+      <c r="P98" s="146"/>
+      <c r="Q98" s="912"/>
+      <c r="R98" s="913"/>
+      <c r="S98" s="913"/>
+      <c r="T98" s="913"/>
+      <c r="U98" s="913"/>
+      <c r="V98" s="913"/>
+      <c r="W98" s="913"/>
+      <c r="X98" s="913"/>
+      <c r="Y98" s="913"/>
+      <c r="Z98" s="913"/>
+      <c r="AA98" s="913"/>
+      <c r="AB98" s="921"/>
+      <c r="AC98" s="921"/>
+      <c r="AD98" s="921"/>
+      <c r="AE98" s="783"/>
+      <c r="AF98" s="590"/>
+      <c r="AG98" s="590"/>
+      <c r="AH98" s="590"/>
     </row>
     <row r="99" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="889"/>
-[...32 lines deleted...]
-      <c r="AH99" s="570"/>
+      <c r="A99" s="913"/>
+      <c r="B99" s="913"/>
+      <c r="C99" s="913"/>
+      <c r="D99" s="913"/>
+      <c r="E99" s="913"/>
+      <c r="F99" s="913"/>
+      <c r="G99" s="913"/>
+      <c r="H99" s="913"/>
+      <c r="I99" s="913"/>
+      <c r="J99" s="598"/>
+      <c r="K99" s="598"/>
+      <c r="L99" s="590"/>
+      <c r="M99" s="590"/>
+      <c r="N99" s="590"/>
+      <c r="O99" s="590"/>
+      <c r="P99" s="146"/>
+      <c r="Q99" s="912"/>
+      <c r="R99" s="913"/>
+      <c r="S99" s="913"/>
+      <c r="T99" s="913"/>
+      <c r="U99" s="913"/>
+      <c r="V99" s="913"/>
+      <c r="W99" s="913"/>
+      <c r="X99" s="913"/>
+      <c r="Y99" s="913"/>
+      <c r="Z99" s="913"/>
+      <c r="AA99" s="913"/>
+      <c r="AB99" s="922"/>
+      <c r="AC99" s="923"/>
+      <c r="AD99" s="923"/>
+      <c r="AE99" s="566"/>
+      <c r="AF99" s="566"/>
+      <c r="AG99" s="566"/>
+      <c r="AH99" s="566"/>
     </row>
     <row r="100" spans="1:34" ht="3" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="88"/>
-[...32 lines deleted...]
-      <c r="AH100" s="570"/>
+      <c r="A100" s="85"/>
+      <c r="B100" s="85"/>
+      <c r="C100" s="85"/>
+      <c r="D100" s="85"/>
+      <c r="E100" s="85"/>
+      <c r="F100" s="85"/>
+      <c r="G100" s="85"/>
+      <c r="H100" s="85"/>
+      <c r="I100" s="85"/>
+      <c r="J100" s="86"/>
+      <c r="K100" s="86"/>
+      <c r="L100" s="87"/>
+      <c r="M100" s="87"/>
+      <c r="N100" s="87"/>
+      <c r="O100" s="88"/>
+      <c r="P100" s="146"/>
+      <c r="Q100" s="913"/>
+      <c r="R100" s="913"/>
+      <c r="S100" s="913"/>
+      <c r="T100" s="913"/>
+      <c r="U100" s="913"/>
+      <c r="V100" s="913"/>
+      <c r="W100" s="913"/>
+      <c r="X100" s="913"/>
+      <c r="Y100" s="913"/>
+      <c r="Z100" s="913"/>
+      <c r="AA100" s="913"/>
+      <c r="AB100" s="923"/>
+      <c r="AC100" s="923"/>
+      <c r="AD100" s="923"/>
+      <c r="AE100" s="566"/>
+      <c r="AF100" s="566"/>
+      <c r="AG100" s="566"/>
+      <c r="AH100" s="566"/>
     </row>
     <row r="101" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="879"/>
-[...5 lines deleted...]
-      <c r="G101" s="880"/>
+      <c r="A101" s="903"/>
+      <c r="B101" s="904"/>
+      <c r="C101" s="904"/>
+      <c r="D101" s="904"/>
+      <c r="E101" s="904"/>
+      <c r="F101" s="904"/>
+      <c r="G101" s="904"/>
       <c r="H101" s="14"/>
       <c r="I101" s="14"/>
       <c r="J101" s="14"/>
       <c r="K101" s="14"/>
       <c r="L101" s="14"/>
       <c r="M101" s="14"/>
       <c r="N101" s="14"/>
       <c r="O101" s="15"/>
-      <c r="P101" s="149"/>
-[...10 lines deleted...]
-      <c r="AA101" s="146"/>
+      <c r="P101" s="146"/>
+      <c r="Q101" s="143"/>
+      <c r="R101" s="143"/>
+      <c r="S101" s="143"/>
+      <c r="T101" s="143"/>
+      <c r="U101" s="143"/>
+      <c r="V101" s="143"/>
+      <c r="W101" s="143"/>
+      <c r="X101" s="143"/>
+      <c r="Y101" s="143"/>
+      <c r="Z101" s="143"/>
+      <c r="AA101" s="143"/>
       <c r="AB101" s="30"/>
       <c r="AC101" s="30"/>
       <c r="AD101" s="30"/>
       <c r="AE101" s="31"/>
       <c r="AF101" s="31"/>
       <c r="AG101" s="31"/>
       <c r="AH101" s="31"/>
     </row>
     <row r="102" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="859" t="s">
+      <c r="A102" s="897" t="s">
         <v>378</v>
       </c>
-      <c r="B102" s="881"/>
-[...14 lines deleted...]
-      <c r="Q102" s="882" t="s">
+      <c r="B102" s="905"/>
+      <c r="C102" s="905"/>
+      <c r="D102" s="905"/>
+      <c r="E102" s="905"/>
+      <c r="F102" s="905"/>
+      <c r="G102" s="905"/>
+      <c r="H102" s="905"/>
+      <c r="I102" s="905"/>
+      <c r="J102" s="905"/>
+      <c r="K102" s="905"/>
+      <c r="L102" s="905"/>
+      <c r="M102" s="905"/>
+      <c r="N102" s="905"/>
+      <c r="O102" s="905"/>
+      <c r="P102" s="146"/>
+      <c r="Q102" s="906" t="s">
         <v>381</v>
       </c>
-      <c r="R102" s="861"/>
-[...15 lines deleted...]
-      <c r="AH102" s="861"/>
+      <c r="R102" s="899"/>
+      <c r="S102" s="899"/>
+      <c r="T102" s="899"/>
+      <c r="U102" s="899"/>
+      <c r="V102" s="899"/>
+      <c r="W102" s="899"/>
+      <c r="X102" s="899"/>
+      <c r="Y102" s="899"/>
+      <c r="Z102" s="899"/>
+      <c r="AA102" s="899"/>
+      <c r="AB102" s="899"/>
+      <c r="AC102" s="899"/>
+      <c r="AD102" s="899"/>
+      <c r="AE102" s="899"/>
+      <c r="AF102" s="899"/>
+      <c r="AG102" s="899"/>
+      <c r="AH102" s="899"/>
     </row>
     <row r="103" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="859" t="s">
+      <c r="A103" s="897" t="s">
         <v>379</v>
       </c>
-      <c r="B103" s="859"/>
-[...14 lines deleted...]
-      <c r="Q103" s="860" t="s">
+      <c r="B103" s="897"/>
+      <c r="C103" s="897"/>
+      <c r="D103" s="897"/>
+      <c r="E103" s="897"/>
+      <c r="F103" s="897"/>
+      <c r="G103" s="897"/>
+      <c r="H103" s="897"/>
+      <c r="I103" s="897"/>
+      <c r="J103" s="897"/>
+      <c r="K103" s="897"/>
+      <c r="L103" s="897"/>
+      <c r="M103" s="897"/>
+      <c r="N103" s="897"/>
+      <c r="O103" s="897"/>
+      <c r="P103" s="146"/>
+      <c r="Q103" s="898" t="s">
         <v>380</v>
       </c>
-      <c r="R103" s="861"/>
-[...15 lines deleted...]
-      <c r="AH103" s="861"/>
+      <c r="R103" s="899"/>
+      <c r="S103" s="899"/>
+      <c r="T103" s="899"/>
+      <c r="U103" s="899"/>
+      <c r="V103" s="899"/>
+      <c r="W103" s="899"/>
+      <c r="X103" s="899"/>
+      <c r="Y103" s="899"/>
+      <c r="Z103" s="899"/>
+      <c r="AA103" s="899"/>
+      <c r="AB103" s="899"/>
+      <c r="AC103" s="899"/>
+      <c r="AD103" s="899"/>
+      <c r="AE103" s="899"/>
+      <c r="AF103" s="899"/>
+      <c r="AG103" s="899"/>
+      <c r="AH103" s="899"/>
     </row>
     <row r="104" spans="1:34" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="862"/>
-[...32 lines deleted...]
-      <c r="AH104" s="864"/>
+      <c r="A104" s="900"/>
+      <c r="B104" s="440"/>
+      <c r="C104" s="440"/>
+      <c r="D104" s="440"/>
+      <c r="E104" s="440"/>
+      <c r="F104" s="440"/>
+      <c r="G104" s="440"/>
+      <c r="H104" s="440"/>
+      <c r="I104" s="440"/>
+      <c r="J104" s="440"/>
+      <c r="K104" s="440"/>
+      <c r="L104" s="440"/>
+      <c r="M104" s="440"/>
+      <c r="N104" s="440"/>
+      <c r="O104" s="440"/>
+      <c r="P104" s="146"/>
+      <c r="Q104" s="901"/>
+      <c r="R104" s="902"/>
+      <c r="S104" s="902"/>
+      <c r="T104" s="902"/>
+      <c r="U104" s="902"/>
+      <c r="V104" s="902"/>
+      <c r="W104" s="902"/>
+      <c r="X104" s="902"/>
+      <c r="Y104" s="902"/>
+      <c r="Z104" s="902"/>
+      <c r="AA104" s="902"/>
+      <c r="AB104" s="902"/>
+      <c r="AC104" s="902"/>
+      <c r="AD104" s="902"/>
+      <c r="AE104" s="902"/>
+      <c r="AF104" s="902"/>
+      <c r="AG104" s="902"/>
+      <c r="AH104" s="902"/>
     </row>
     <row r="105" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="145"/>
+      <c r="A105" s="142"/>
       <c r="B105" s="16"/>
       <c r="C105" s="16"/>
       <c r="D105" s="16"/>
       <c r="E105" s="16"/>
-      <c r="F105" s="459"/>
-[...18 lines deleted...]
-      <c r="Y105" s="859"/>
+      <c r="F105" s="440"/>
+      <c r="G105" s="440"/>
+      <c r="H105" s="440"/>
+      <c r="I105" s="440"/>
+      <c r="J105" s="440"/>
+      <c r="K105" s="440"/>
+      <c r="L105" s="440"/>
+      <c r="M105" s="440"/>
+      <c r="N105" s="440"/>
+      <c r="O105" s="440"/>
+      <c r="P105" s="146"/>
+      <c r="Q105" s="897"/>
+      <c r="R105" s="897"/>
+      <c r="S105" s="897"/>
+      <c r="T105" s="897"/>
+      <c r="U105" s="897"/>
+      <c r="V105" s="897"/>
+      <c r="W105" s="897"/>
+      <c r="X105" s="897"/>
+      <c r="Y105" s="897"/>
       <c r="Z105" s="17"/>
-      <c r="AA105" s="463"/>
-[...6 lines deleted...]
-      <c r="AH105" s="463"/>
+      <c r="AA105" s="446"/>
+      <c r="AB105" s="446"/>
+      <c r="AC105" s="446"/>
+      <c r="AD105" s="446"/>
+      <c r="AE105" s="446"/>
+      <c r="AF105" s="446"/>
+      <c r="AG105" s="446"/>
+      <c r="AH105" s="446"/>
     </row>
     <row r="106" spans="1:34" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="873"/>
-[...14 lines deleted...]
-      <c r="P106" s="149"/>
+      <c r="A106" s="876"/>
+      <c r="B106" s="876"/>
+      <c r="C106" s="876"/>
+      <c r="D106" s="876"/>
+      <c r="E106" s="876"/>
+      <c r="F106" s="876"/>
+      <c r="G106" s="876"/>
+      <c r="H106" s="876"/>
+      <c r="I106" s="876"/>
+      <c r="J106" s="876"/>
+      <c r="K106" s="876"/>
+      <c r="L106" s="876"/>
+      <c r="M106" s="876"/>
+      <c r="N106" s="876"/>
+      <c r="O106" s="140"/>
+      <c r="P106" s="146"/>
     </row>
     <row r="107" spans="1:34" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="873"/>
-[...14 lines deleted...]
-      <c r="P107" s="149"/>
+      <c r="A107" s="876"/>
+      <c r="B107" s="876"/>
+      <c r="C107" s="876"/>
+      <c r="D107" s="876"/>
+      <c r="E107" s="876"/>
+      <c r="F107" s="876"/>
+      <c r="G107" s="876"/>
+      <c r="H107" s="876"/>
+      <c r="I107" s="876"/>
+      <c r="J107" s="876"/>
+      <c r="K107" s="876"/>
+      <c r="L107" s="876"/>
+      <c r="M107" s="876"/>
+      <c r="N107" s="876"/>
+      <c r="O107" s="140"/>
+      <c r="P107" s="146"/>
       <c r="Q107" s="10"/>
       <c r="R107" s="10"/>
       <c r="S107" s="10"/>
       <c r="T107" s="10"/>
       <c r="U107" s="10"/>
       <c r="V107" s="10"/>
       <c r="W107" s="10"/>
       <c r="X107" s="10"/>
       <c r="Y107" s="10"/>
       <c r="Z107" s="10"/>
       <c r="AA107" s="10"/>
       <c r="AB107" s="10"/>
       <c r="AC107" s="10"/>
       <c r="AD107" s="10"/>
       <c r="AE107" s="10"/>
       <c r="AF107" s="10"/>
       <c r="AG107" s="10"/>
       <c r="AH107" s="10"/>
     </row>
     <row r="108" spans="1:34" ht="0.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="874"/>
-[...15 lines deleted...]
-      <c r="Q108" s="875" t="s">
+      <c r="A108" s="877"/>
+      <c r="B108" s="877"/>
+      <c r="C108" s="877"/>
+      <c r="D108" s="877"/>
+      <c r="E108" s="877"/>
+      <c r="F108" s="877"/>
+      <c r="G108" s="877"/>
+      <c r="H108" s="877"/>
+      <c r="I108" s="877"/>
+      <c r="J108" s="877"/>
+      <c r="K108" s="877"/>
+      <c r="L108" s="877"/>
+      <c r="M108" s="877"/>
+      <c r="N108" s="877"/>
+      <c r="O108" s="140"/>
+      <c r="P108" s="146"/>
+      <c r="Q108" s="878" t="s">
         <v>200</v>
       </c>
-      <c r="R108" s="875"/>
-[...15 lines deleted...]
-      <c r="AH108" s="875"/>
+      <c r="R108" s="878"/>
+      <c r="S108" s="878"/>
+      <c r="T108" s="878"/>
+      <c r="U108" s="878"/>
+      <c r="V108" s="878"/>
+      <c r="W108" s="878"/>
+      <c r="X108" s="878"/>
+      <c r="Y108" s="878"/>
+      <c r="Z108" s="878"/>
+      <c r="AA108" s="878"/>
+      <c r="AB108" s="878"/>
+      <c r="AC108" s="878"/>
+      <c r="AD108" s="878"/>
+      <c r="AE108" s="878"/>
+      <c r="AF108" s="878"/>
+      <c r="AG108" s="878"/>
+      <c r="AH108" s="878"/>
     </row>
     <row r="109" spans="1:34" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="877" t="s">
+      <c r="A109" s="880" t="s">
         <v>273</v>
       </c>
-      <c r="B109" s="848"/>
-[...7 lines deleted...]
-      <c r="J109" s="847" t="s">
+      <c r="B109" s="881"/>
+      <c r="C109" s="881"/>
+      <c r="D109" s="881"/>
+      <c r="E109" s="881"/>
+      <c r="F109" s="881"/>
+      <c r="G109" s="881"/>
+      <c r="H109" s="881"/>
+      <c r="I109" s="882"/>
+      <c r="J109" s="883" t="s">
         <v>265</v>
       </c>
-      <c r="K109" s="878"/>
-      <c r="L109" s="847" t="s">
+      <c r="K109" s="882"/>
+      <c r="L109" s="883" t="s">
         <v>62</v>
       </c>
-      <c r="M109" s="848"/>
-[...20 lines deleted...]
-      <c r="AH109" s="876"/>
+      <c r="M109" s="881"/>
+      <c r="N109" s="881"/>
+      <c r="O109" s="884"/>
+      <c r="P109" s="146"/>
+      <c r="Q109" s="879"/>
+      <c r="R109" s="879"/>
+      <c r="S109" s="879"/>
+      <c r="T109" s="879"/>
+      <c r="U109" s="879"/>
+      <c r="V109" s="879"/>
+      <c r="W109" s="879"/>
+      <c r="X109" s="879"/>
+      <c r="Y109" s="879"/>
+      <c r="Z109" s="879"/>
+      <c r="AA109" s="879"/>
+      <c r="AB109" s="879"/>
+      <c r="AC109" s="879"/>
+      <c r="AD109" s="879"/>
+      <c r="AE109" s="879"/>
+      <c r="AF109" s="879"/>
+      <c r="AG109" s="879"/>
+      <c r="AH109" s="879"/>
     </row>
     <row r="110" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="519" t="s">
+      <c r="A110" s="528" t="s">
         <v>63</v>
       </c>
-      <c r="B110" s="850"/>
-[...7 lines deleted...]
-      <c r="J110" s="853">
+      <c r="B110" s="837"/>
+      <c r="C110" s="837"/>
+      <c r="D110" s="837"/>
+      <c r="E110" s="837"/>
+      <c r="F110" s="837"/>
+      <c r="G110" s="837"/>
+      <c r="H110" s="837"/>
+      <c r="I110" s="885"/>
+      <c r="J110" s="838">
         <v>1</v>
       </c>
-      <c r="K110" s="851"/>
-      <c r="L110" s="853">
+      <c r="K110" s="885"/>
+      <c r="L110" s="838">
         <v>2</v>
       </c>
-      <c r="M110" s="850"/>
-[...13 lines deleted...]
-      <c r="AA110" s="869" t="s">
+      <c r="M110" s="837"/>
+      <c r="N110" s="837"/>
+      <c r="O110" s="886"/>
+      <c r="P110" s="146"/>
+      <c r="Q110" s="887"/>
+      <c r="R110" s="888"/>
+      <c r="S110" s="888"/>
+      <c r="T110" s="888"/>
+      <c r="U110" s="888"/>
+      <c r="V110" s="888"/>
+      <c r="W110" s="888"/>
+      <c r="X110" s="888"/>
+      <c r="Y110" s="888"/>
+      <c r="Z110" s="889"/>
+      <c r="AA110" s="890" t="s">
         <v>265</v>
       </c>
-      <c r="AB110" s="867"/>
-[...1 lines deleted...]
-      <c r="AD110" s="869" t="s">
+      <c r="AB110" s="888"/>
+      <c r="AC110" s="891"/>
+      <c r="AD110" s="890" t="s">
         <v>274</v>
       </c>
-      <c r="AE110" s="867"/>
-[...2 lines deleted...]
-      <c r="AH110" s="871"/>
+      <c r="AE110" s="888"/>
+      <c r="AF110" s="888"/>
+      <c r="AG110" s="888"/>
+      <c r="AH110" s="892"/>
     </row>
     <row r="111" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="720" t="s">
+      <c r="A111" s="738" t="s">
         <v>177</v>
       </c>
-      <c r="B111" s="721"/>
-[...7 lines deleted...]
-      <c r="J111" s="802">
+      <c r="B111" s="739"/>
+      <c r="C111" s="739"/>
+      <c r="D111" s="739"/>
+      <c r="E111" s="739"/>
+      <c r="F111" s="739"/>
+      <c r="G111" s="739"/>
+      <c r="H111" s="739"/>
+      <c r="I111" s="740"/>
+      <c r="J111" s="801">
         <v>413</v>
       </c>
-      <c r="K111" s="825"/>
-      <c r="L111" s="708">
+      <c r="K111" s="835"/>
+      <c r="L111" s="734">
         <f>Vkladani_dat!G85</f>
         <v>0</v>
       </c>
-      <c r="M111" s="583"/>
-[...3 lines deleted...]
-      <c r="Q111" s="519" t="s">
+      <c r="M111" s="587"/>
+      <c r="N111" s="587"/>
+      <c r="O111" s="588"/>
+      <c r="P111" s="146"/>
+      <c r="Q111" s="528" t="s">
         <v>63</v>
       </c>
-      <c r="R111" s="850"/>
-[...8 lines deleted...]
-      <c r="AA111" s="853">
+      <c r="R111" s="837"/>
+      <c r="S111" s="837"/>
+      <c r="T111" s="837"/>
+      <c r="U111" s="837"/>
+      <c r="V111" s="837"/>
+      <c r="W111" s="837"/>
+      <c r="X111" s="837"/>
+      <c r="Y111" s="837"/>
+      <c r="Z111" s="526"/>
+      <c r="AA111" s="838">
         <v>1</v>
       </c>
-      <c r="AB111" s="854"/>
-[...1 lines deleted...]
-      <c r="AD111" s="856">
+      <c r="AB111" s="839"/>
+      <c r="AC111" s="840"/>
+      <c r="AD111" s="894">
         <v>2</v>
       </c>
-      <c r="AE111" s="857"/>
-[...2 lines deleted...]
-      <c r="AH111" s="858"/>
+      <c r="AE111" s="895"/>
+      <c r="AF111" s="895"/>
+      <c r="AG111" s="895"/>
+      <c r="AH111" s="896"/>
     </row>
     <row r="112" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="723"/>
-[...27 lines deleted...]
-      <c r="AA112" s="729">
+      <c r="A112" s="741"/>
+      <c r="B112" s="742"/>
+      <c r="C112" s="742"/>
+      <c r="D112" s="742"/>
+      <c r="E112" s="742"/>
+      <c r="F112" s="742"/>
+      <c r="G112" s="742"/>
+      <c r="H112" s="742"/>
+      <c r="I112" s="743"/>
+      <c r="J112" s="836"/>
+      <c r="K112" s="835"/>
+      <c r="L112" s="589"/>
+      <c r="M112" s="590"/>
+      <c r="N112" s="590"/>
+      <c r="O112" s="591"/>
+      <c r="P112" s="146"/>
+      <c r="Q112" s="847" t="s">
+        <v>508</v>
+      </c>
+      <c r="R112" s="747"/>
+      <c r="S112" s="747"/>
+      <c r="T112" s="747"/>
+      <c r="U112" s="747"/>
+      <c r="V112" s="747"/>
+      <c r="W112" s="747"/>
+      <c r="X112" s="747"/>
+      <c r="Y112" s="747"/>
+      <c r="Z112" s="748"/>
+      <c r="AA112" s="755">
         <v>701</v>
       </c>
-      <c r="AB112" s="730"/>
-[...1 lines deleted...]
-      <c r="AD112" s="708">
+      <c r="AB112" s="756"/>
+      <c r="AC112" s="757"/>
+      <c r="AD112" s="734">
         <f>Vkladani_dat!G136</f>
         <v>0</v>
       </c>
-      <c r="AE112" s="738"/>
-[...2 lines deleted...]
-      <c r="AH112" s="739"/>
+      <c r="AE112" s="764"/>
+      <c r="AF112" s="764"/>
+      <c r="AG112" s="764"/>
+      <c r="AH112" s="765"/>
     </row>
     <row r="113" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="726"/>
-[...32 lines deleted...]
-      <c r="AH113" s="742"/>
+      <c r="A113" s="744"/>
+      <c r="B113" s="745"/>
+      <c r="C113" s="745"/>
+      <c r="D113" s="745"/>
+      <c r="E113" s="745"/>
+      <c r="F113" s="745"/>
+      <c r="G113" s="745"/>
+      <c r="H113" s="745"/>
+      <c r="I113" s="746"/>
+      <c r="J113" s="836"/>
+      <c r="K113" s="835"/>
+      <c r="L113" s="568"/>
+      <c r="M113" s="569"/>
+      <c r="N113" s="569"/>
+      <c r="O113" s="570"/>
+      <c r="P113" s="146"/>
+      <c r="Q113" s="749"/>
+      <c r="R113" s="750"/>
+      <c r="S113" s="750"/>
+      <c r="T113" s="750"/>
+      <c r="U113" s="750"/>
+      <c r="V113" s="750"/>
+      <c r="W113" s="750"/>
+      <c r="X113" s="750"/>
+      <c r="Y113" s="750"/>
+      <c r="Z113" s="751"/>
+      <c r="AA113" s="758"/>
+      <c r="AB113" s="759"/>
+      <c r="AC113" s="760"/>
+      <c r="AD113" s="766"/>
+      <c r="AE113" s="767"/>
+      <c r="AF113" s="767"/>
+      <c r="AG113" s="767"/>
+      <c r="AH113" s="768"/>
     </row>
     <row r="114" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="830" t="s">
+      <c r="A114" s="856" t="s">
+        <v>503</v>
+      </c>
+      <c r="B114" s="857"/>
+      <c r="C114" s="857"/>
+      <c r="D114" s="857"/>
+      <c r="E114" s="857"/>
+      <c r="F114" s="857"/>
+      <c r="G114" s="857"/>
+      <c r="H114" s="857"/>
+      <c r="I114" s="858"/>
+      <c r="J114" s="553">
+        <v>414</v>
+      </c>
+      <c r="K114" s="555"/>
+      <c r="L114" s="863">
+        <f>Vkladani_dat!G86</f>
+        <v>0</v>
+      </c>
+      <c r="M114" s="587"/>
+      <c r="N114" s="587"/>
+      <c r="O114" s="588"/>
+      <c r="P114" s="146"/>
+      <c r="Q114" s="752"/>
+      <c r="R114" s="753"/>
+      <c r="S114" s="753"/>
+      <c r="T114" s="753"/>
+      <c r="U114" s="753"/>
+      <c r="V114" s="753"/>
+      <c r="W114" s="753"/>
+      <c r="X114" s="753"/>
+      <c r="Y114" s="753"/>
+      <c r="Z114" s="754"/>
+      <c r="AA114" s="761"/>
+      <c r="AB114" s="762"/>
+      <c r="AC114" s="763"/>
+      <c r="AD114" s="769"/>
+      <c r="AE114" s="770"/>
+      <c r="AF114" s="770"/>
+      <c r="AG114" s="770"/>
+      <c r="AH114" s="771"/>
+    </row>
+    <row r="115" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="856"/>
+      <c r="B115" s="857"/>
+      <c r="C115" s="857"/>
+      <c r="D115" s="857"/>
+      <c r="E115" s="857"/>
+      <c r="F115" s="857"/>
+      <c r="G115" s="857"/>
+      <c r="H115" s="857"/>
+      <c r="I115" s="858"/>
+      <c r="J115" s="556"/>
+      <c r="K115" s="558"/>
+      <c r="L115" s="589"/>
+      <c r="M115" s="590"/>
+      <c r="N115" s="590"/>
+      <c r="O115" s="591"/>
+      <c r="P115" s="146"/>
+      <c r="Q115" s="847" t="s">
+        <v>509</v>
+      </c>
+      <c r="R115" s="747"/>
+      <c r="S115" s="747"/>
+      <c r="T115" s="747"/>
+      <c r="U115" s="747"/>
+      <c r="V115" s="747"/>
+      <c r="W115" s="747"/>
+      <c r="X115" s="747"/>
+      <c r="Y115" s="747"/>
+      <c r="Z115" s="748"/>
+      <c r="AA115" s="893">
+        <v>702</v>
+      </c>
+      <c r="AB115" s="756"/>
+      <c r="AC115" s="757"/>
+      <c r="AD115" s="734">
+        <f>Vkladani_dat!G137</f>
+        <v>0</v>
+      </c>
+      <c r="AE115" s="764"/>
+      <c r="AF115" s="764"/>
+      <c r="AG115" s="764"/>
+      <c r="AH115" s="765"/>
+    </row>
+    <row r="116" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="856"/>
+      <c r="B116" s="857"/>
+      <c r="C116" s="857"/>
+      <c r="D116" s="857"/>
+      <c r="E116" s="857"/>
+      <c r="F116" s="857"/>
+      <c r="G116" s="857"/>
+      <c r="H116" s="857"/>
+      <c r="I116" s="858"/>
+      <c r="J116" s="850"/>
+      <c r="K116" s="851"/>
+      <c r="L116" s="568"/>
+      <c r="M116" s="569"/>
+      <c r="N116" s="569"/>
+      <c r="O116" s="570"/>
+      <c r="P116" s="146"/>
+      <c r="Q116" s="749"/>
+      <c r="R116" s="750"/>
+      <c r="S116" s="750"/>
+      <c r="T116" s="750"/>
+      <c r="U116" s="750"/>
+      <c r="V116" s="750"/>
+      <c r="W116" s="750"/>
+      <c r="X116" s="750"/>
+      <c r="Y116" s="750"/>
+      <c r="Z116" s="751"/>
+      <c r="AA116" s="758"/>
+      <c r="AB116" s="759"/>
+      <c r="AC116" s="760"/>
+      <c r="AD116" s="766"/>
+      <c r="AE116" s="767"/>
+      <c r="AF116" s="767"/>
+      <c r="AG116" s="767"/>
+      <c r="AH116" s="768"/>
+    </row>
+    <row r="117" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="875" t="s">
+        <v>179</v>
+      </c>
+      <c r="B117" s="854"/>
+      <c r="C117" s="854"/>
+      <c r="D117" s="854"/>
+      <c r="E117" s="854"/>
+      <c r="F117" s="854"/>
+      <c r="G117" s="854"/>
+      <c r="H117" s="854"/>
+      <c r="I117" s="855"/>
+      <c r="J117" s="820">
+        <v>415</v>
+      </c>
+      <c r="K117" s="558"/>
+      <c r="L117" s="734">
+        <f>Vkladani_dat!G87</f>
+        <v>0</v>
+      </c>
+      <c r="M117" s="587"/>
+      <c r="N117" s="587"/>
+      <c r="O117" s="588"/>
+      <c r="P117" s="146"/>
+      <c r="Q117" s="752"/>
+      <c r="R117" s="753"/>
+      <c r="S117" s="753"/>
+      <c r="T117" s="753"/>
+      <c r="U117" s="753"/>
+      <c r="V117" s="753"/>
+      <c r="W117" s="753"/>
+      <c r="X117" s="753"/>
+      <c r="Y117" s="753"/>
+      <c r="Z117" s="754"/>
+      <c r="AA117" s="761"/>
+      <c r="AB117" s="762"/>
+      <c r="AC117" s="763"/>
+      <c r="AD117" s="769"/>
+      <c r="AE117" s="770"/>
+      <c r="AF117" s="770"/>
+      <c r="AG117" s="770"/>
+      <c r="AH117" s="771"/>
+    </row>
+    <row r="118" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="853"/>
+      <c r="B118" s="854"/>
+      <c r="C118" s="854"/>
+      <c r="D118" s="854"/>
+      <c r="E118" s="854"/>
+      <c r="F118" s="854"/>
+      <c r="G118" s="854"/>
+      <c r="H118" s="854"/>
+      <c r="I118" s="855"/>
+      <c r="J118" s="556"/>
+      <c r="K118" s="558"/>
+      <c r="L118" s="589"/>
+      <c r="M118" s="590"/>
+      <c r="N118" s="590"/>
+      <c r="O118" s="591"/>
+      <c r="P118" s="146"/>
+      <c r="Q118" s="847" t="s">
+        <v>203</v>
+      </c>
+      <c r="R118" s="747"/>
+      <c r="S118" s="747"/>
+      <c r="T118" s="747"/>
+      <c r="U118" s="747"/>
+      <c r="V118" s="747"/>
+      <c r="W118" s="747"/>
+      <c r="X118" s="747"/>
+      <c r="Y118" s="747"/>
+      <c r="Z118" s="748"/>
+      <c r="AA118" s="755">
+        <v>703</v>
+      </c>
+      <c r="AB118" s="756"/>
+      <c r="AC118" s="757"/>
+      <c r="AD118" s="734">
+        <f>Vkladani_dat!G138</f>
+        <v>0</v>
+      </c>
+      <c r="AE118" s="764"/>
+      <c r="AF118" s="764"/>
+      <c r="AG118" s="764"/>
+      <c r="AH118" s="765"/>
+    </row>
+    <row r="119" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="853"/>
+      <c r="B119" s="854"/>
+      <c r="C119" s="854"/>
+      <c r="D119" s="854"/>
+      <c r="E119" s="854"/>
+      <c r="F119" s="854"/>
+      <c r="G119" s="854"/>
+      <c r="H119" s="854"/>
+      <c r="I119" s="855"/>
+      <c r="J119" s="556"/>
+      <c r="K119" s="558"/>
+      <c r="L119" s="589"/>
+      <c r="M119" s="590"/>
+      <c r="N119" s="590"/>
+      <c r="O119" s="591"/>
+      <c r="P119" s="146"/>
+      <c r="Q119" s="749"/>
+      <c r="R119" s="750"/>
+      <c r="S119" s="750"/>
+      <c r="T119" s="750"/>
+      <c r="U119" s="750"/>
+      <c r="V119" s="750"/>
+      <c r="W119" s="750"/>
+      <c r="X119" s="750"/>
+      <c r="Y119" s="750"/>
+      <c r="Z119" s="751"/>
+      <c r="AA119" s="758"/>
+      <c r="AB119" s="759"/>
+      <c r="AC119" s="760"/>
+      <c r="AD119" s="766"/>
+      <c r="AE119" s="767"/>
+      <c r="AF119" s="767"/>
+      <c r="AG119" s="767"/>
+      <c r="AH119" s="768"/>
+    </row>
+    <row r="120" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="853"/>
+      <c r="B120" s="854"/>
+      <c r="C120" s="854"/>
+      <c r="D120" s="854"/>
+      <c r="E120" s="854"/>
+      <c r="F120" s="854"/>
+      <c r="G120" s="854"/>
+      <c r="H120" s="854"/>
+      <c r="I120" s="855"/>
+      <c r="J120" s="850"/>
+      <c r="K120" s="851"/>
+      <c r="L120" s="568"/>
+      <c r="M120" s="569"/>
+      <c r="N120" s="569"/>
+      <c r="O120" s="570"/>
+      <c r="P120" s="146"/>
+      <c r="Q120" s="749"/>
+      <c r="R120" s="750"/>
+      <c r="S120" s="750"/>
+      <c r="T120" s="750"/>
+      <c r="U120" s="750"/>
+      <c r="V120" s="750"/>
+      <c r="W120" s="750"/>
+      <c r="X120" s="750"/>
+      <c r="Y120" s="750"/>
+      <c r="Z120" s="751"/>
+      <c r="AA120" s="758"/>
+      <c r="AB120" s="759"/>
+      <c r="AC120" s="760"/>
+      <c r="AD120" s="766"/>
+      <c r="AE120" s="767"/>
+      <c r="AF120" s="767"/>
+      <c r="AG120" s="767"/>
+      <c r="AH120" s="768"/>
+    </row>
+    <row r="121" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="544" t="s">
+        <v>504</v>
+      </c>
+      <c r="B121" s="864"/>
+      <c r="C121" s="864"/>
+      <c r="D121" s="864"/>
+      <c r="E121" s="864"/>
+      <c r="F121" s="864"/>
+      <c r="G121" s="864"/>
+      <c r="H121" s="864"/>
+      <c r="I121" s="865"/>
+      <c r="J121" s="553">
+        <v>416</v>
+      </c>
+      <c r="K121" s="860"/>
+      <c r="L121" s="734">
+        <f>Vkladani_dat!G88</f>
+        <v>0</v>
+      </c>
+      <c r="M121" s="587"/>
+      <c r="N121" s="587"/>
+      <c r="O121" s="588"/>
+      <c r="P121" s="146"/>
+      <c r="Q121" s="752"/>
+      <c r="R121" s="753"/>
+      <c r="S121" s="753"/>
+      <c r="T121" s="753"/>
+      <c r="U121" s="753"/>
+      <c r="V121" s="753"/>
+      <c r="W121" s="753"/>
+      <c r="X121" s="753"/>
+      <c r="Y121" s="753"/>
+      <c r="Z121" s="754"/>
+      <c r="AA121" s="761"/>
+      <c r="AB121" s="762"/>
+      <c r="AC121" s="763"/>
+      <c r="AD121" s="769"/>
+      <c r="AE121" s="770"/>
+      <c r="AF121" s="770"/>
+      <c r="AG121" s="770"/>
+      <c r="AH121" s="771"/>
+    </row>
+    <row r="122" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="866"/>
+      <c r="B122" s="867"/>
+      <c r="C122" s="867"/>
+      <c r="D122" s="867"/>
+      <c r="E122" s="867"/>
+      <c r="F122" s="867"/>
+      <c r="G122" s="867"/>
+      <c r="H122" s="867"/>
+      <c r="I122" s="868"/>
+      <c r="J122" s="861"/>
+      <c r="K122" s="862"/>
+      <c r="L122" s="568"/>
+      <c r="M122" s="569"/>
+      <c r="N122" s="569"/>
+      <c r="O122" s="570"/>
+      <c r="P122" s="146"/>
+      <c r="Q122" s="847" t="s">
+        <v>204</v>
+      </c>
+      <c r="R122" s="747"/>
+      <c r="S122" s="747"/>
+      <c r="T122" s="747"/>
+      <c r="U122" s="747"/>
+      <c r="V122" s="747"/>
+      <c r="W122" s="747"/>
+      <c r="X122" s="747"/>
+      <c r="Y122" s="747"/>
+      <c r="Z122" s="748"/>
+      <c r="AA122" s="755">
+        <v>704</v>
+      </c>
+      <c r="AB122" s="756"/>
+      <c r="AC122" s="757"/>
+      <c r="AD122" s="734">
+        <f>Vkladani_dat!G139</f>
+        <v>0</v>
+      </c>
+      <c r="AE122" s="764"/>
+      <c r="AF122" s="764"/>
+      <c r="AG122" s="764"/>
+      <c r="AH122" s="765"/>
+    </row>
+    <row r="123" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="841" t="s">
+        <v>180</v>
+      </c>
+      <c r="B123" s="842"/>
+      <c r="C123" s="842"/>
+      <c r="D123" s="842"/>
+      <c r="E123" s="842"/>
+      <c r="F123" s="842"/>
+      <c r="G123" s="842"/>
+      <c r="H123" s="842"/>
+      <c r="I123" s="843"/>
+      <c r="J123" s="859">
+        <v>417</v>
+      </c>
+      <c r="K123" s="860"/>
+      <c r="L123" s="863">
+        <f>Vkladani_dat!G89</f>
+        <v>0</v>
+      </c>
+      <c r="M123" s="587"/>
+      <c r="N123" s="587"/>
+      <c r="O123" s="588"/>
+      <c r="P123" s="146"/>
+      <c r="Q123" s="749"/>
+      <c r="R123" s="750"/>
+      <c r="S123" s="750"/>
+      <c r="T123" s="750"/>
+      <c r="U123" s="750"/>
+      <c r="V123" s="750"/>
+      <c r="W123" s="750"/>
+      <c r="X123" s="750"/>
+      <c r="Y123" s="750"/>
+      <c r="Z123" s="751"/>
+      <c r="AA123" s="758"/>
+      <c r="AB123" s="759"/>
+      <c r="AC123" s="760"/>
+      <c r="AD123" s="766"/>
+      <c r="AE123" s="767"/>
+      <c r="AF123" s="767"/>
+      <c r="AG123" s="767"/>
+      <c r="AH123" s="768"/>
+    </row>
+    <row r="124" spans="1:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="844"/>
+      <c r="B124" s="845"/>
+      <c r="C124" s="845"/>
+      <c r="D124" s="845"/>
+      <c r="E124" s="845"/>
+      <c r="F124" s="845"/>
+      <c r="G124" s="845"/>
+      <c r="H124" s="845"/>
+      <c r="I124" s="846"/>
+      <c r="J124" s="861"/>
+      <c r="K124" s="862"/>
+      <c r="L124" s="568"/>
+      <c r="M124" s="569"/>
+      <c r="N124" s="569"/>
+      <c r="O124" s="570"/>
+      <c r="P124" s="146"/>
+      <c r="Q124" s="752"/>
+      <c r="R124" s="753"/>
+      <c r="S124" s="753"/>
+      <c r="T124" s="753"/>
+      <c r="U124" s="753"/>
+      <c r="V124" s="753"/>
+      <c r="W124" s="753"/>
+      <c r="X124" s="753"/>
+      <c r="Y124" s="753"/>
+      <c r="Z124" s="754"/>
+      <c r="AA124" s="761"/>
+      <c r="AB124" s="762"/>
+      <c r="AC124" s="763"/>
+      <c r="AD124" s="769"/>
+      <c r="AE124" s="770"/>
+      <c r="AF124" s="770"/>
+      <c r="AG124" s="770"/>
+      <c r="AH124" s="771"/>
+    </row>
+    <row r="125" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="544" t="s">
         <v>505</v>
       </c>
-      <c r="B114" s="831"/>
-[...276 lines deleted...]
-      <c r="A121" s="548" t="s">
+      <c r="B125" s="864"/>
+      <c r="C125" s="864"/>
+      <c r="D125" s="864"/>
+      <c r="E125" s="864"/>
+      <c r="F125" s="864"/>
+      <c r="G125" s="864"/>
+      <c r="H125" s="864"/>
+      <c r="I125" s="865"/>
+      <c r="J125" s="553">
+        <v>418</v>
+      </c>
+      <c r="K125" s="583"/>
+      <c r="L125" s="734">
+        <f>Vkladani_dat!G90</f>
+        <v>0</v>
+      </c>
+      <c r="M125" s="587"/>
+      <c r="N125" s="587"/>
+      <c r="O125" s="588"/>
+      <c r="P125" s="146"/>
+      <c r="Q125" s="847" t="s">
+        <v>205</v>
+      </c>
+      <c r="R125" s="747"/>
+      <c r="S125" s="747"/>
+      <c r="T125" s="747"/>
+      <c r="U125" s="747"/>
+      <c r="V125" s="747"/>
+      <c r="W125" s="747"/>
+      <c r="X125" s="747"/>
+      <c r="Y125" s="747"/>
+      <c r="Z125" s="748"/>
+      <c r="AA125" s="755">
+        <v>705</v>
+      </c>
+      <c r="AB125" s="756"/>
+      <c r="AC125" s="757"/>
+      <c r="AD125" s="734">
+        <f>Vkladani_dat!G140</f>
+        <v>0</v>
+      </c>
+      <c r="AE125" s="764"/>
+      <c r="AF125" s="764"/>
+      <c r="AG125" s="764"/>
+      <c r="AH125" s="765"/>
+    </row>
+    <row r="126" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="866"/>
+      <c r="B126" s="867"/>
+      <c r="C126" s="867"/>
+      <c r="D126" s="867"/>
+      <c r="E126" s="867"/>
+      <c r="F126" s="867"/>
+      <c r="G126" s="867"/>
+      <c r="H126" s="867"/>
+      <c r="I126" s="868"/>
+      <c r="J126" s="559"/>
+      <c r="K126" s="561"/>
+      <c r="L126" s="568"/>
+      <c r="M126" s="569"/>
+      <c r="N126" s="569"/>
+      <c r="O126" s="570"/>
+      <c r="P126" s="146"/>
+      <c r="Q126" s="749"/>
+      <c r="R126" s="750"/>
+      <c r="S126" s="750"/>
+      <c r="T126" s="750"/>
+      <c r="U126" s="750"/>
+      <c r="V126" s="750"/>
+      <c r="W126" s="750"/>
+      <c r="X126" s="750"/>
+      <c r="Y126" s="750"/>
+      <c r="Z126" s="751"/>
+      <c r="AA126" s="758"/>
+      <c r="AB126" s="759"/>
+      <c r="AC126" s="760"/>
+      <c r="AD126" s="766"/>
+      <c r="AE126" s="767"/>
+      <c r="AF126" s="767"/>
+      <c r="AG126" s="767"/>
+      <c r="AH126" s="768"/>
+    </row>
+    <row r="127" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="848" t="s">
         <v>506</v>
       </c>
-      <c r="B121" s="838"/>
-[...258 lines deleted...]
-      <c r="J127" s="557">
+      <c r="B127" s="599"/>
+      <c r="C127" s="599"/>
+      <c r="D127" s="599"/>
+      <c r="E127" s="599"/>
+      <c r="F127" s="599"/>
+      <c r="G127" s="599"/>
+      <c r="H127" s="599"/>
+      <c r="I127" s="600"/>
+      <c r="J127" s="553">
         <v>419</v>
       </c>
-      <c r="K127" s="559"/>
-      <c r="L127" s="837">
+      <c r="K127" s="555"/>
+      <c r="L127" s="863">
         <f>Vkladani_dat!G91</f>
         <v>0</v>
       </c>
-      <c r="M127" s="583"/>
-[...20 lines deleted...]
-      <c r="AH127" s="745"/>
+      <c r="M127" s="587"/>
+      <c r="N127" s="587"/>
+      <c r="O127" s="588"/>
+      <c r="P127" s="146"/>
+      <c r="Q127" s="752"/>
+      <c r="R127" s="753"/>
+      <c r="S127" s="753"/>
+      <c r="T127" s="753"/>
+      <c r="U127" s="753"/>
+      <c r="V127" s="753"/>
+      <c r="W127" s="753"/>
+      <c r="X127" s="753"/>
+      <c r="Y127" s="753"/>
+      <c r="Z127" s="754"/>
+      <c r="AA127" s="761"/>
+      <c r="AB127" s="762"/>
+      <c r="AC127" s="763"/>
+      <c r="AD127" s="769"/>
+      <c r="AE127" s="770"/>
+      <c r="AF127" s="770"/>
+      <c r="AG127" s="770"/>
+      <c r="AH127" s="771"/>
     </row>
     <row r="128" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="844"/>
-[...15 lines deleted...]
-      <c r="Q128" s="822" t="s">
+      <c r="A128" s="849"/>
+      <c r="B128" s="601"/>
+      <c r="C128" s="601"/>
+      <c r="D128" s="601"/>
+      <c r="E128" s="601"/>
+      <c r="F128" s="601"/>
+      <c r="G128" s="601"/>
+      <c r="H128" s="601"/>
+      <c r="I128" s="602"/>
+      <c r="J128" s="556"/>
+      <c r="K128" s="558"/>
+      <c r="L128" s="589"/>
+      <c r="M128" s="590"/>
+      <c r="N128" s="590"/>
+      <c r="O128" s="591"/>
+      <c r="P128" s="146"/>
+      <c r="Q128" s="847" t="s">
         <v>275</v>
       </c>
-      <c r="R128" s="750"/>
-[...8 lines deleted...]
-      <c r="AA128" s="729">
+      <c r="R128" s="747"/>
+      <c r="S128" s="747"/>
+      <c r="T128" s="747"/>
+      <c r="U128" s="747"/>
+      <c r="V128" s="747"/>
+      <c r="W128" s="747"/>
+      <c r="X128" s="747"/>
+      <c r="Y128" s="747"/>
+      <c r="Z128" s="748"/>
+      <c r="AA128" s="755">
         <v>706</v>
       </c>
-      <c r="AB128" s="730"/>
-[...1 lines deleted...]
-      <c r="AD128" s="708">
+      <c r="AB128" s="756"/>
+      <c r="AC128" s="757"/>
+      <c r="AD128" s="734">
         <f>Vkladani_dat!G141</f>
         <v>0</v>
       </c>
-      <c r="AE128" s="738"/>
-[...2 lines deleted...]
-      <c r="AH128" s="739"/>
+      <c r="AE128" s="764"/>
+      <c r="AF128" s="764"/>
+      <c r="AG128" s="764"/>
+      <c r="AH128" s="765"/>
     </row>
     <row r="129" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="844"/>
-[...32 lines deleted...]
-      <c r="AH129" s="742"/>
+      <c r="A129" s="849"/>
+      <c r="B129" s="601"/>
+      <c r="C129" s="601"/>
+      <c r="D129" s="601"/>
+      <c r="E129" s="601"/>
+      <c r="F129" s="601"/>
+      <c r="G129" s="601"/>
+      <c r="H129" s="601"/>
+      <c r="I129" s="602"/>
+      <c r="J129" s="850"/>
+      <c r="K129" s="851"/>
+      <c r="L129" s="568"/>
+      <c r="M129" s="569"/>
+      <c r="N129" s="569"/>
+      <c r="O129" s="570"/>
+      <c r="P129" s="146"/>
+      <c r="Q129" s="749"/>
+      <c r="R129" s="750"/>
+      <c r="S129" s="750"/>
+      <c r="T129" s="750"/>
+      <c r="U129" s="750"/>
+      <c r="V129" s="750"/>
+      <c r="W129" s="750"/>
+      <c r="X129" s="750"/>
+      <c r="Y129" s="750"/>
+      <c r="Z129" s="751"/>
+      <c r="AA129" s="758"/>
+      <c r="AB129" s="759"/>
+      <c r="AC129" s="760"/>
+      <c r="AD129" s="766"/>
+      <c r="AE129" s="767"/>
+      <c r="AF129" s="767"/>
+      <c r="AG129" s="767"/>
+      <c r="AH129" s="768"/>
     </row>
     <row r="130" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="548" t="s">
-[...10 lines deleted...]
-      <c r="J130" s="557">
+      <c r="A130" s="869" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B130" s="870"/>
+      <c r="C130" s="870"/>
+      <c r="D130" s="870"/>
+      <c r="E130" s="870"/>
+      <c r="F130" s="870"/>
+      <c r="G130" s="870"/>
+      <c r="H130" s="870"/>
+      <c r="I130" s="871"/>
+      <c r="J130" s="553">
         <v>420</v>
       </c>
-      <c r="K130" s="559"/>
-      <c r="L130" s="585">
+      <c r="K130" s="555"/>
+      <c r="L130" s="589">
         <f>Vkladani_dat!G92</f>
         <v>0</v>
       </c>
-      <c r="M130" s="586"/>
-[...20 lines deleted...]
-      <c r="AH130" s="745"/>
+      <c r="M130" s="590"/>
+      <c r="N130" s="590"/>
+      <c r="O130" s="591"/>
+      <c r="P130" s="146"/>
+      <c r="Q130" s="752"/>
+      <c r="R130" s="753"/>
+      <c r="S130" s="753"/>
+      <c r="T130" s="753"/>
+      <c r="U130" s="753"/>
+      <c r="V130" s="753"/>
+      <c r="W130" s="753"/>
+      <c r="X130" s="753"/>
+      <c r="Y130" s="753"/>
+      <c r="Z130" s="754"/>
+      <c r="AA130" s="761"/>
+      <c r="AB130" s="762"/>
+      <c r="AC130" s="763"/>
+      <c r="AD130" s="769"/>
+      <c r="AE130" s="770"/>
+      <c r="AF130" s="770"/>
+      <c r="AG130" s="770"/>
+      <c r="AH130" s="771"/>
     </row>
     <row r="131" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="755"/>
-[...15 lines deleted...]
-      <c r="Q131" s="823" t="s">
+      <c r="A131" s="872"/>
+      <c r="B131" s="873"/>
+      <c r="C131" s="873"/>
+      <c r="D131" s="873"/>
+      <c r="E131" s="873"/>
+      <c r="F131" s="873"/>
+      <c r="G131" s="873"/>
+      <c r="H131" s="873"/>
+      <c r="I131" s="874"/>
+      <c r="J131" s="850"/>
+      <c r="K131" s="851"/>
+      <c r="L131" s="568"/>
+      <c r="M131" s="569"/>
+      <c r="N131" s="569"/>
+      <c r="O131" s="570"/>
+      <c r="P131" s="146"/>
+      <c r="Q131" s="817" t="s">
         <v>206</v>
       </c>
-      <c r="R131" s="750"/>
-[...8 lines deleted...]
-      <c r="AA131" s="729">
+      <c r="R131" s="747"/>
+      <c r="S131" s="747"/>
+      <c r="T131" s="747"/>
+      <c r="U131" s="747"/>
+      <c r="V131" s="747"/>
+      <c r="W131" s="747"/>
+      <c r="X131" s="747"/>
+      <c r="Y131" s="747"/>
+      <c r="Z131" s="748"/>
+      <c r="AA131" s="755">
         <v>707</v>
       </c>
-      <c r="AB131" s="730"/>
-[...1 lines deleted...]
-      <c r="AD131" s="708">
+      <c r="AB131" s="756"/>
+      <c r="AC131" s="757"/>
+      <c r="AD131" s="734">
         <f>Vkladani_dat!G142</f>
         <v>0</v>
       </c>
-      <c r="AE131" s="738"/>
-[...2 lines deleted...]
-      <c r="AH131" s="739"/>
+      <c r="AE131" s="764"/>
+      <c r="AF131" s="764"/>
+      <c r="AG131" s="764"/>
+      <c r="AH131" s="765"/>
     </row>
     <row r="132" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="548" t="s">
+      <c r="A132" s="544" t="s">
         <v>184</v>
       </c>
-      <c r="B132" s="750"/>
-[...7 lines deleted...]
-      <c r="J132" s="824">
+      <c r="B132" s="747"/>
+      <c r="C132" s="747"/>
+      <c r="D132" s="747"/>
+      <c r="E132" s="747"/>
+      <c r="F132" s="747"/>
+      <c r="G132" s="747"/>
+      <c r="H132" s="747"/>
+      <c r="I132" s="748"/>
+      <c r="J132" s="852">
         <v>421</v>
       </c>
-      <c r="K132" s="825"/>
-      <c r="L132" s="783" t="str">
+      <c r="K132" s="835"/>
+      <c r="L132" s="826" t="str">
         <f>IF(Vkladani_dat!G93=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M132" s="785" t="s">
+      <c r="M132" s="828" t="s">
         <v>276</v>
       </c>
-      <c r="N132" s="783" t="str">
+      <c r="N132" s="826" t="str">
         <f>IF(Vkladani_dat!G93=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O132" s="787" t="s">
+      <c r="O132" s="830" t="s">
         <v>277</v>
       </c>
-      <c r="P132" s="149"/>
-[...17 lines deleted...]
-      <c r="AH132" s="742"/>
+      <c r="P132" s="146"/>
+      <c r="Q132" s="749"/>
+      <c r="R132" s="750"/>
+      <c r="S132" s="750"/>
+      <c r="T132" s="750"/>
+      <c r="U132" s="750"/>
+      <c r="V132" s="750"/>
+      <c r="W132" s="750"/>
+      <c r="X132" s="750"/>
+      <c r="Y132" s="750"/>
+      <c r="Z132" s="751"/>
+      <c r="AA132" s="758"/>
+      <c r="AB132" s="759"/>
+      <c r="AC132" s="760"/>
+      <c r="AD132" s="766"/>
+      <c r="AE132" s="767"/>
+      <c r="AF132" s="767"/>
+      <c r="AG132" s="767"/>
+      <c r="AH132" s="768"/>
     </row>
     <row r="133" spans="1:34" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="755"/>
-[...32 lines deleted...]
-      <c r="AH133" s="745"/>
+      <c r="A133" s="752"/>
+      <c r="B133" s="753"/>
+      <c r="C133" s="753"/>
+      <c r="D133" s="753"/>
+      <c r="E133" s="753"/>
+      <c r="F133" s="753"/>
+      <c r="G133" s="753"/>
+      <c r="H133" s="753"/>
+      <c r="I133" s="754"/>
+      <c r="J133" s="836"/>
+      <c r="K133" s="835"/>
+      <c r="L133" s="827"/>
+      <c r="M133" s="829"/>
+      <c r="N133" s="827"/>
+      <c r="O133" s="831"/>
+      <c r="P133" s="146"/>
+      <c r="Q133" s="752"/>
+      <c r="R133" s="753"/>
+      <c r="S133" s="753"/>
+      <c r="T133" s="753"/>
+      <c r="U133" s="753"/>
+      <c r="V133" s="753"/>
+      <c r="W133" s="753"/>
+      <c r="X133" s="753"/>
+      <c r="Y133" s="753"/>
+      <c r="Z133" s="754"/>
+      <c r="AA133" s="761"/>
+      <c r="AB133" s="762"/>
+      <c r="AC133" s="763"/>
+      <c r="AD133" s="769"/>
+      <c r="AE133" s="770"/>
+      <c r="AF133" s="770"/>
+      <c r="AG133" s="770"/>
+      <c r="AH133" s="771"/>
     </row>
     <row r="134" spans="1:34" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="827" t="s">
+      <c r="A134" s="853" t="s">
         <v>185</v>
       </c>
-      <c r="B134" s="828"/>
-[...7 lines deleted...]
-      <c r="J134" s="802">
+      <c r="B134" s="854"/>
+      <c r="C134" s="854"/>
+      <c r="D134" s="854"/>
+      <c r="E134" s="854"/>
+      <c r="F134" s="854"/>
+      <c r="G134" s="854"/>
+      <c r="H134" s="854"/>
+      <c r="I134" s="855"/>
+      <c r="J134" s="801">
         <v>422</v>
       </c>
-      <c r="K134" s="803"/>
-      <c r="L134" s="99" t="str">
+      <c r="K134" s="802"/>
+      <c r="L134" s="96" t="str">
         <f>IF(Vkladani_dat!G94=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M134" s="100" t="s">
+      <c r="M134" s="97" t="s">
         <v>276</v>
       </c>
-      <c r="N134" s="102" t="str">
+      <c r="N134" s="99" t="str">
         <f>IF(Vkladani_dat!G94=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O134" s="101" t="s">
+      <c r="O134" s="98" t="s">
         <v>277</v>
       </c>
-      <c r="P134" s="149"/>
-      <c r="Q134" s="720" t="s">
+      <c r="P134" s="146"/>
+      <c r="Q134" s="738" t="s">
         <v>207</v>
       </c>
-      <c r="R134" s="750"/>
-[...8 lines deleted...]
-      <c r="AA134" s="729">
+      <c r="R134" s="747"/>
+      <c r="S134" s="747"/>
+      <c r="T134" s="747"/>
+      <c r="U134" s="747"/>
+      <c r="V134" s="747"/>
+      <c r="W134" s="747"/>
+      <c r="X134" s="747"/>
+      <c r="Y134" s="747"/>
+      <c r="Z134" s="748"/>
+      <c r="AA134" s="755">
         <v>708</v>
       </c>
-      <c r="AB134" s="730"/>
-[...1 lines deleted...]
-      <c r="AD134" s="708">
+      <c r="AB134" s="756"/>
+      <c r="AC134" s="757"/>
+      <c r="AD134" s="734">
         <f>Vkladani_dat!G143</f>
         <v>0</v>
       </c>
-      <c r="AE134" s="738"/>
-[...2 lines deleted...]
-      <c r="AH134" s="739"/>
+      <c r="AE134" s="764"/>
+      <c r="AF134" s="764"/>
+      <c r="AG134" s="764"/>
+      <c r="AH134" s="765"/>
     </row>
     <row r="135" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="796" t="s">
-[...10 lines deleted...]
-      <c r="J135" s="647">
+      <c r="A135" s="795" t="s">
+        <v>507</v>
+      </c>
+      <c r="B135" s="796"/>
+      <c r="C135" s="796"/>
+      <c r="D135" s="796"/>
+      <c r="E135" s="796"/>
+      <c r="F135" s="796"/>
+      <c r="G135" s="796"/>
+      <c r="H135" s="796"/>
+      <c r="I135" s="796"/>
+      <c r="J135" s="684">
         <v>423</v>
       </c>
-      <c r="K135" s="647"/>
-      <c r="L135" s="648">
+      <c r="K135" s="684"/>
+      <c r="L135" s="805">
         <f>Vkladani_dat!G95</f>
         <v>0</v>
       </c>
       <c r="M135" s="806"/>
       <c r="N135" s="806"/>
       <c r="O135" s="807"/>
-      <c r="P135" s="149"/>
-[...17 lines deleted...]
-      <c r="AH135" s="742"/>
+      <c r="P135" s="146"/>
+      <c r="Q135" s="749"/>
+      <c r="R135" s="750"/>
+      <c r="S135" s="750"/>
+      <c r="T135" s="750"/>
+      <c r="U135" s="750"/>
+      <c r="V135" s="750"/>
+      <c r="W135" s="750"/>
+      <c r="X135" s="750"/>
+      <c r="Y135" s="750"/>
+      <c r="Z135" s="751"/>
+      <c r="AA135" s="758"/>
+      <c r="AB135" s="759"/>
+      <c r="AC135" s="760"/>
+      <c r="AD135" s="766"/>
+      <c r="AE135" s="767"/>
+      <c r="AF135" s="767"/>
+      <c r="AG135" s="767"/>
+      <c r="AH135" s="768"/>
     </row>
     <row r="136" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="798"/>
-[...9 lines deleted...]
-      <c r="K136" s="804"/>
+      <c r="A136" s="797"/>
+      <c r="B136" s="798"/>
+      <c r="C136" s="798"/>
+      <c r="D136" s="798"/>
+      <c r="E136" s="798"/>
+      <c r="F136" s="798"/>
+      <c r="G136" s="798"/>
+      <c r="H136" s="798"/>
+      <c r="I136" s="798"/>
+      <c r="J136" s="803"/>
+      <c r="K136" s="803"/>
       <c r="L136" s="808"/>
       <c r="M136" s="809"/>
       <c r="N136" s="809"/>
       <c r="O136" s="810"/>
-      <c r="P136" s="149"/>
-[...17 lines deleted...]
-      <c r="AH136" s="745"/>
+      <c r="P136" s="146"/>
+      <c r="Q136" s="752"/>
+      <c r="R136" s="753"/>
+      <c r="S136" s="753"/>
+      <c r="T136" s="753"/>
+      <c r="U136" s="753"/>
+      <c r="V136" s="753"/>
+      <c r="W136" s="753"/>
+      <c r="X136" s="753"/>
+      <c r="Y136" s="753"/>
+      <c r="Z136" s="754"/>
+      <c r="AA136" s="761"/>
+      <c r="AB136" s="762"/>
+      <c r="AC136" s="763"/>
+      <c r="AD136" s="769"/>
+      <c r="AE136" s="770"/>
+      <c r="AF136" s="770"/>
+      <c r="AG136" s="770"/>
+      <c r="AH136" s="771"/>
     </row>
     <row r="137" spans="1:34" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="800"/>
-[...9 lines deleted...]
-      <c r="K137" s="805"/>
+      <c r="A137" s="799"/>
+      <c r="B137" s="800"/>
+      <c r="C137" s="800"/>
+      <c r="D137" s="800"/>
+      <c r="E137" s="800"/>
+      <c r="F137" s="800"/>
+      <c r="G137" s="800"/>
+      <c r="H137" s="800"/>
+      <c r="I137" s="800"/>
+      <c r="J137" s="804"/>
+      <c r="K137" s="804"/>
       <c r="L137" s="811"/>
       <c r="M137" s="811"/>
       <c r="N137" s="811"/>
       <c r="O137" s="812"/>
-      <c r="P137" s="149"/>
-      <c r="Q137" s="720" t="s">
+      <c r="P137" s="146"/>
+      <c r="Q137" s="738" t="s">
         <v>208</v>
       </c>
-      <c r="R137" s="750"/>
-[...8 lines deleted...]
-      <c r="AA137" s="729">
+      <c r="R137" s="747"/>
+      <c r="S137" s="747"/>
+      <c r="T137" s="747"/>
+      <c r="U137" s="747"/>
+      <c r="V137" s="747"/>
+      <c r="W137" s="747"/>
+      <c r="X137" s="747"/>
+      <c r="Y137" s="747"/>
+      <c r="Z137" s="748"/>
+      <c r="AA137" s="755">
         <v>709</v>
       </c>
-      <c r="AB137" s="730"/>
-[...1 lines deleted...]
-      <c r="AD137" s="708">
+      <c r="AB137" s="756"/>
+      <c r="AC137" s="757"/>
+      <c r="AD137" s="734">
         <f>Vkladani_dat!G144</f>
         <v>0</v>
       </c>
-      <c r="AE137" s="738"/>
-[...2 lines deleted...]
-      <c r="AH137" s="739"/>
+      <c r="AE137" s="764"/>
+      <c r="AF137" s="764"/>
+      <c r="AG137" s="764"/>
+      <c r="AH137" s="765"/>
     </row>
     <row r="138" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="813" t="s">
         <v>187</v>
       </c>
       <c r="B138" s="814"/>
       <c r="C138" s="814"/>
       <c r="D138" s="814"/>
       <c r="E138" s="814"/>
       <c r="F138" s="814"/>
       <c r="G138" s="814"/>
       <c r="H138" s="814"/>
       <c r="I138" s="814"/>
-      <c r="J138" s="401"/>
-[...23 lines deleted...]
-      <c r="AH138" s="742"/>
+      <c r="J138" s="430"/>
+      <c r="K138" s="430"/>
+      <c r="L138" s="430"/>
+      <c r="M138" s="430"/>
+      <c r="N138" s="430"/>
+      <c r="O138" s="430"/>
+      <c r="P138" s="146"/>
+      <c r="Q138" s="749"/>
+      <c r="R138" s="750"/>
+      <c r="S138" s="750"/>
+      <c r="T138" s="750"/>
+      <c r="U138" s="750"/>
+      <c r="V138" s="750"/>
+      <c r="W138" s="750"/>
+      <c r="X138" s="750"/>
+      <c r="Y138" s="750"/>
+      <c r="Z138" s="751"/>
+      <c r="AA138" s="758"/>
+      <c r="AB138" s="759"/>
+      <c r="AC138" s="760"/>
+      <c r="AD138" s="766"/>
+      <c r="AE138" s="767"/>
+      <c r="AF138" s="767"/>
+      <c r="AG138" s="767"/>
+      <c r="AH138" s="768"/>
     </row>
     <row r="139" spans="1:34" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A139" s="814"/>
       <c r="B139" s="814"/>
       <c r="C139" s="814"/>
       <c r="D139" s="814"/>
       <c r="E139" s="814"/>
       <c r="F139" s="814"/>
       <c r="G139" s="814"/>
       <c r="H139" s="814"/>
       <c r="I139" s="814"/>
-      <c r="J139" s="401"/>
-[...23 lines deleted...]
-      <c r="AH139" s="745"/>
+      <c r="J139" s="430"/>
+      <c r="K139" s="430"/>
+      <c r="L139" s="430"/>
+      <c r="M139" s="430"/>
+      <c r="N139" s="430"/>
+      <c r="O139" s="430"/>
+      <c r="P139" s="146"/>
+      <c r="Q139" s="752"/>
+      <c r="R139" s="753"/>
+      <c r="S139" s="753"/>
+      <c r="T139" s="753"/>
+      <c r="U139" s="753"/>
+      <c r="V139" s="753"/>
+      <c r="W139" s="753"/>
+      <c r="X139" s="753"/>
+      <c r="Y139" s="753"/>
+      <c r="Z139" s="754"/>
+      <c r="AA139" s="761"/>
+      <c r="AB139" s="762"/>
+      <c r="AC139" s="763"/>
+      <c r="AD139" s="769"/>
+      <c r="AE139" s="770"/>
+      <c r="AF139" s="770"/>
+      <c r="AG139" s="770"/>
+      <c r="AH139" s="771"/>
     </row>
     <row r="140" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="789"/>
-[...8 lines deleted...]
-      <c r="J140" s="793" t="s">
+      <c r="A140" s="788"/>
+      <c r="B140" s="789"/>
+      <c r="C140" s="789"/>
+      <c r="D140" s="789"/>
+      <c r="E140" s="789"/>
+      <c r="F140" s="789"/>
+      <c r="G140" s="789"/>
+      <c r="H140" s="789"/>
+      <c r="I140" s="789"/>
+      <c r="J140" s="792" t="s">
         <v>265</v>
       </c>
-      <c r="K140" s="794"/>
-      <c r="L140" s="395" t="s">
+      <c r="K140" s="793"/>
+      <c r="L140" s="424" t="s">
         <v>62</v>
       </c>
-      <c r="M140" s="396"/>
-[...3 lines deleted...]
-      <c r="Q140" s="720" t="s">
+      <c r="M140" s="425"/>
+      <c r="N140" s="425"/>
+      <c r="O140" s="426"/>
+      <c r="P140" s="146"/>
+      <c r="Q140" s="738" t="s">
         <v>209</v>
       </c>
-      <c r="R140" s="750"/>
-[...8 lines deleted...]
-      <c r="AA140" s="729">
+      <c r="R140" s="747"/>
+      <c r="S140" s="747"/>
+      <c r="T140" s="747"/>
+      <c r="U140" s="747"/>
+      <c r="V140" s="747"/>
+      <c r="W140" s="747"/>
+      <c r="X140" s="747"/>
+      <c r="Y140" s="747"/>
+      <c r="Z140" s="748"/>
+      <c r="AA140" s="755">
         <v>710</v>
       </c>
-      <c r="AB140" s="730"/>
-[...1 lines deleted...]
-      <c r="AD140" s="708">
+      <c r="AB140" s="756"/>
+      <c r="AC140" s="757"/>
+      <c r="AD140" s="734">
         <f>Vkladani_dat!G145</f>
         <v>0</v>
       </c>
-      <c r="AE140" s="738"/>
-[...2 lines deleted...]
-      <c r="AH140" s="739"/>
+      <c r="AE140" s="764"/>
+      <c r="AF140" s="764"/>
+      <c r="AG140" s="764"/>
+      <c r="AH140" s="765"/>
     </row>
     <row r="141" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="791"/>
-[...32 lines deleted...]
-      <c r="AH141" s="745"/>
+      <c r="A141" s="790"/>
+      <c r="B141" s="791"/>
+      <c r="C141" s="791"/>
+      <c r="D141" s="791"/>
+      <c r="E141" s="791"/>
+      <c r="F141" s="791"/>
+      <c r="G141" s="791"/>
+      <c r="H141" s="791"/>
+      <c r="I141" s="791"/>
+      <c r="J141" s="794"/>
+      <c r="K141" s="794"/>
+      <c r="L141" s="815"/>
+      <c r="M141" s="815"/>
+      <c r="N141" s="815"/>
+      <c r="O141" s="816"/>
+      <c r="P141" s="146"/>
+      <c r="Q141" s="752"/>
+      <c r="R141" s="753"/>
+      <c r="S141" s="753"/>
+      <c r="T141" s="753"/>
+      <c r="U141" s="753"/>
+      <c r="V141" s="753"/>
+      <c r="W141" s="753"/>
+      <c r="X141" s="753"/>
+      <c r="Y141" s="753"/>
+      <c r="Z141" s="754"/>
+      <c r="AA141" s="761"/>
+      <c r="AB141" s="762"/>
+      <c r="AC141" s="763"/>
+      <c r="AD141" s="769"/>
+      <c r="AE141" s="770"/>
+      <c r="AF141" s="770"/>
+      <c r="AG141" s="770"/>
+      <c r="AH141" s="771"/>
     </row>
     <row r="142" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="1123" t="s">
+      <c r="A142" s="1148" t="s">
         <v>63</v>
       </c>
-      <c r="B142" s="1121"/>
-[...7 lines deleted...]
-      <c r="J142" s="1121">
+      <c r="B142" s="833"/>
+      <c r="C142" s="833"/>
+      <c r="D142" s="833"/>
+      <c r="E142" s="833"/>
+      <c r="F142" s="833"/>
+      <c r="G142" s="833"/>
+      <c r="H142" s="833"/>
+      <c r="I142" s="833"/>
+      <c r="J142" s="833">
         <v>1</v>
       </c>
-      <c r="K142" s="1121"/>
-      <c r="L142" s="1120">
+      <c r="K142" s="833"/>
+      <c r="L142" s="832">
         <v>2</v>
       </c>
-      <c r="M142" s="1121"/>
-[...15 lines deleted...]
-      <c r="AA142" s="729">
+      <c r="M142" s="833"/>
+      <c r="N142" s="833"/>
+      <c r="O142" s="834"/>
+      <c r="P142" s="146"/>
+      <c r="Q142" s="738" t="s">
+        <v>510</v>
+      </c>
+      <c r="R142" s="739"/>
+      <c r="S142" s="739"/>
+      <c r="T142" s="739"/>
+      <c r="U142" s="739"/>
+      <c r="V142" s="739"/>
+      <c r="W142" s="739"/>
+      <c r="X142" s="739"/>
+      <c r="Y142" s="739"/>
+      <c r="Z142" s="740"/>
+      <c r="AA142" s="755">
         <v>711</v>
       </c>
-      <c r="AB142" s="775"/>
-[...1 lines deleted...]
-      <c r="AD142" s="708">
+      <c r="AB142" s="818"/>
+      <c r="AC142" s="819"/>
+      <c r="AD142" s="734">
         <f>Vkladani_dat!G146</f>
         <v>0</v>
       </c>
-      <c r="AE142" s="758"/>
-[...2 lines deleted...]
-      <c r="AH142" s="759"/>
+      <c r="AE142" s="780"/>
+      <c r="AF142" s="780"/>
+      <c r="AG142" s="780"/>
+      <c r="AH142" s="781"/>
     </row>
     <row r="143" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="1123"/>
-[...10 lines deleted...]
-      <c r="L143" s="435" t="s">
+      <c r="A143" s="1148"/>
+      <c r="B143" s="833"/>
+      <c r="C143" s="833"/>
+      <c r="D143" s="833"/>
+      <c r="E143" s="833"/>
+      <c r="F143" s="833"/>
+      <c r="G143" s="833"/>
+      <c r="H143" s="833"/>
+      <c r="I143" s="833"/>
+      <c r="J143" s="833"/>
+      <c r="K143" s="833"/>
+      <c r="L143" s="815" t="s">
         <v>276</v>
       </c>
-      <c r="M143" s="1124"/>
-      <c r="N143" s="435" t="s">
+      <c r="M143" s="1149"/>
+      <c r="N143" s="815" t="s">
         <v>277</v>
       </c>
-      <c r="O143" s="1126"/>
-[...18 lines deleted...]
-      <c r="AH143" s="762"/>
+      <c r="O143" s="1151"/>
+      <c r="P143" s="146"/>
+      <c r="Q143" s="741"/>
+      <c r="R143" s="742"/>
+      <c r="S143" s="742"/>
+      <c r="T143" s="742"/>
+      <c r="U143" s="742"/>
+      <c r="V143" s="742"/>
+      <c r="W143" s="742"/>
+      <c r="X143" s="742"/>
+      <c r="Y143" s="742"/>
+      <c r="Z143" s="743"/>
+      <c r="AA143" s="820"/>
+      <c r="AB143" s="821"/>
+      <c r="AC143" s="822"/>
+      <c r="AD143" s="782"/>
+      <c r="AE143" s="783"/>
+      <c r="AF143" s="783"/>
+      <c r="AG143" s="783"/>
+      <c r="AH143" s="784"/>
     </row>
     <row r="144" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="915"/>
-[...32 lines deleted...]
-      <c r="AH144" s="765"/>
+      <c r="A144" s="938"/>
+      <c r="B144" s="937"/>
+      <c r="C144" s="937"/>
+      <c r="D144" s="937"/>
+      <c r="E144" s="937"/>
+      <c r="F144" s="937"/>
+      <c r="G144" s="937"/>
+      <c r="H144" s="937"/>
+      <c r="I144" s="937"/>
+      <c r="J144" s="937"/>
+      <c r="K144" s="937"/>
+      <c r="L144" s="1150"/>
+      <c r="M144" s="1150"/>
+      <c r="N144" s="1150"/>
+      <c r="O144" s="1152"/>
+      <c r="P144" s="146"/>
+      <c r="Q144" s="744"/>
+      <c r="R144" s="745"/>
+      <c r="S144" s="745"/>
+      <c r="T144" s="745"/>
+      <c r="U144" s="745"/>
+      <c r="V144" s="745"/>
+      <c r="W144" s="745"/>
+      <c r="X144" s="745"/>
+      <c r="Y144" s="745"/>
+      <c r="Z144" s="746"/>
+      <c r="AA144" s="823"/>
+      <c r="AB144" s="824"/>
+      <c r="AC144" s="825"/>
+      <c r="AD144" s="785"/>
+      <c r="AE144" s="786"/>
+      <c r="AF144" s="786"/>
+      <c r="AG144" s="786"/>
+      <c r="AH144" s="787"/>
     </row>
     <row r="145" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="747" t="s">
+      <c r="A145" s="773" t="s">
         <v>188</v>
       </c>
-      <c r="B145" s="748"/>
-[...7 lines deleted...]
-      <c r="J145" s="430">
+      <c r="B145" s="774"/>
+      <c r="C145" s="774"/>
+      <c r="D145" s="774"/>
+      <c r="E145" s="774"/>
+      <c r="F145" s="774"/>
+      <c r="G145" s="774"/>
+      <c r="H145" s="774"/>
+      <c r="I145" s="774"/>
+      <c r="J145" s="415">
         <v>501</v>
       </c>
-      <c r="K145" s="746"/>
-      <c r="L145" s="772" t="str">
+      <c r="K145" s="772"/>
+      <c r="L145" s="776" t="str">
         <f>IF(Vkladani_dat!G100=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M145" s="773"/>
-      <c r="N145" s="772" t="str">
+      <c r="M145" s="777"/>
+      <c r="N145" s="776" t="str">
         <f>IF(Vkladani_dat!G100=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O145" s="774"/>
-[...1 lines deleted...]
-      <c r="Q145" s="720" t="s">
+      <c r="O145" s="778"/>
+      <c r="P145" s="146"/>
+      <c r="Q145" s="738" t="s">
         <v>211</v>
       </c>
-      <c r="R145" s="750"/>
-[...8 lines deleted...]
-      <c r="AA145" s="557">
+      <c r="R145" s="747"/>
+      <c r="S145" s="747"/>
+      <c r="T145" s="747"/>
+      <c r="U145" s="747"/>
+      <c r="V145" s="747"/>
+      <c r="W145" s="747"/>
+      <c r="X145" s="747"/>
+      <c r="Y145" s="747"/>
+      <c r="Z145" s="748"/>
+      <c r="AA145" s="553">
         <v>712</v>
       </c>
-      <c r="AB145" s="730"/>
-[...1 lines deleted...]
-      <c r="AD145" s="708">
+      <c r="AB145" s="756"/>
+      <c r="AC145" s="757"/>
+      <c r="AD145" s="734">
         <f>Vkladani_dat!G147</f>
         <v>0</v>
       </c>
-      <c r="AE145" s="738"/>
-[...2 lines deleted...]
-      <c r="AH145" s="739"/>
+      <c r="AE145" s="764"/>
+      <c r="AF145" s="764"/>
+      <c r="AG145" s="764"/>
+      <c r="AH145" s="765"/>
     </row>
     <row r="146" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="749"/>
-[...32 lines deleted...]
-      <c r="AH146" s="742"/>
+      <c r="A146" s="775"/>
+      <c r="B146" s="774"/>
+      <c r="C146" s="774"/>
+      <c r="D146" s="774"/>
+      <c r="E146" s="774"/>
+      <c r="F146" s="774"/>
+      <c r="G146" s="774"/>
+      <c r="H146" s="774"/>
+      <c r="I146" s="774"/>
+      <c r="J146" s="772"/>
+      <c r="K146" s="772"/>
+      <c r="L146" s="777"/>
+      <c r="M146" s="777"/>
+      <c r="N146" s="777"/>
+      <c r="O146" s="778"/>
+      <c r="P146" s="146"/>
+      <c r="Q146" s="749"/>
+      <c r="R146" s="750"/>
+      <c r="S146" s="750"/>
+      <c r="T146" s="750"/>
+      <c r="U146" s="750"/>
+      <c r="V146" s="750"/>
+      <c r="W146" s="750"/>
+      <c r="X146" s="750"/>
+      <c r="Y146" s="750"/>
+      <c r="Z146" s="751"/>
+      <c r="AA146" s="758"/>
+      <c r="AB146" s="759"/>
+      <c r="AC146" s="760"/>
+      <c r="AD146" s="766"/>
+      <c r="AE146" s="767"/>
+      <c r="AF146" s="767"/>
+      <c r="AG146" s="767"/>
+      <c r="AH146" s="768"/>
     </row>
     <row r="147" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="747" t="s">
+      <c r="A147" s="773" t="s">
         <v>189</v>
       </c>
-      <c r="B147" s="748"/>
-[...7 lines deleted...]
-      <c r="J147" s="430">
+      <c r="B147" s="774"/>
+      <c r="C147" s="774"/>
+      <c r="D147" s="774"/>
+      <c r="E147" s="774"/>
+      <c r="F147" s="774"/>
+      <c r="G147" s="774"/>
+      <c r="H147" s="774"/>
+      <c r="I147" s="774"/>
+      <c r="J147" s="415">
         <v>502</v>
       </c>
-      <c r="K147" s="746"/>
-      <c r="L147" s="772" t="str">
+      <c r="K147" s="772"/>
+      <c r="L147" s="776" t="str">
         <f>IF(Vkladani_dat!G101=1,"ý","o")</f>
         <v>o</v>
       </c>
-      <c r="M147" s="773"/>
-      <c r="N147" s="772" t="str">
+      <c r="M147" s="777"/>
+      <c r="N147" s="776" t="str">
         <f>IF(Vkladani_dat!G101=0,"ý","o")</f>
         <v>ý</v>
       </c>
-      <c r="O147" s="774"/>
-[...18 lines deleted...]
-      <c r="AH147" s="745"/>
+      <c r="O147" s="778"/>
+      <c r="P147" s="146"/>
+      <c r="Q147" s="752"/>
+      <c r="R147" s="753"/>
+      <c r="S147" s="753"/>
+      <c r="T147" s="753"/>
+      <c r="U147" s="753"/>
+      <c r="V147" s="753"/>
+      <c r="W147" s="753"/>
+      <c r="X147" s="753"/>
+      <c r="Y147" s="753"/>
+      <c r="Z147" s="754"/>
+      <c r="AA147" s="761"/>
+      <c r="AB147" s="762"/>
+      <c r="AC147" s="763"/>
+      <c r="AD147" s="769"/>
+      <c r="AE147" s="770"/>
+      <c r="AF147" s="770"/>
+      <c r="AG147" s="770"/>
+      <c r="AH147" s="771"/>
     </row>
     <row r="148" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="749"/>
-[...15 lines deleted...]
-      <c r="Q148" s="720" t="s">
+      <c r="A148" s="775"/>
+      <c r="B148" s="774"/>
+      <c r="C148" s="774"/>
+      <c r="D148" s="774"/>
+      <c r="E148" s="774"/>
+      <c r="F148" s="774"/>
+      <c r="G148" s="774"/>
+      <c r="H148" s="774"/>
+      <c r="I148" s="774"/>
+      <c r="J148" s="772"/>
+      <c r="K148" s="772"/>
+      <c r="L148" s="777"/>
+      <c r="M148" s="777"/>
+      <c r="N148" s="777"/>
+      <c r="O148" s="778"/>
+      <c r="P148" s="146"/>
+      <c r="Q148" s="738" t="s">
         <v>212</v>
       </c>
-      <c r="R148" s="750"/>
-[...8 lines deleted...]
-      <c r="AA148" s="729">
+      <c r="R148" s="747"/>
+      <c r="S148" s="747"/>
+      <c r="T148" s="747"/>
+      <c r="U148" s="747"/>
+      <c r="V148" s="747"/>
+      <c r="W148" s="747"/>
+      <c r="X148" s="747"/>
+      <c r="Y148" s="747"/>
+      <c r="Z148" s="748"/>
+      <c r="AA148" s="755">
         <v>713</v>
       </c>
-      <c r="AB148" s="730"/>
-[...1 lines deleted...]
-      <c r="AD148" s="708">
+      <c r="AB148" s="756"/>
+      <c r="AC148" s="757"/>
+      <c r="AD148" s="734">
         <f>Vkladani_dat!G148</f>
         <v>0</v>
       </c>
-      <c r="AE148" s="738"/>
-[...2 lines deleted...]
-      <c r="AH148" s="739"/>
+      <c r="AE148" s="764"/>
+      <c r="AF148" s="764"/>
+      <c r="AG148" s="764"/>
+      <c r="AH148" s="765"/>
     </row>
     <row r="149" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="766" t="s">
+      <c r="A149" s="1198" t="s">
         <v>417</v>
       </c>
-      <c r="B149" s="896" t="s">
+      <c r="B149" s="925" t="s">
         <v>466</v>
       </c>
-      <c r="C149" s="274"/>
-[...6 lines deleted...]
-      <c r="J149" s="430">
+      <c r="C149" s="282"/>
+      <c r="D149" s="282"/>
+      <c r="E149" s="282"/>
+      <c r="F149" s="282"/>
+      <c r="G149" s="282"/>
+      <c r="H149" s="282"/>
+      <c r="I149" s="282"/>
+      <c r="J149" s="415">
         <v>503</v>
       </c>
-      <c r="K149" s="746"/>
-      <c r="L149" s="554">
+      <c r="K149" s="772"/>
+      <c r="L149" s="550">
         <f>Vkladani_dat!G102</f>
         <v>0</v>
       </c>
-      <c r="M149" s="428"/>
-[...20 lines deleted...]
-      <c r="AH149" s="742"/>
+      <c r="M149" s="413"/>
+      <c r="N149" s="413"/>
+      <c r="O149" s="414"/>
+      <c r="P149" s="146"/>
+      <c r="Q149" s="749"/>
+      <c r="R149" s="750"/>
+      <c r="S149" s="750"/>
+      <c r="T149" s="750"/>
+      <c r="U149" s="750"/>
+      <c r="V149" s="750"/>
+      <c r="W149" s="750"/>
+      <c r="X149" s="750"/>
+      <c r="Y149" s="750"/>
+      <c r="Z149" s="751"/>
+      <c r="AA149" s="758"/>
+      <c r="AB149" s="759"/>
+      <c r="AC149" s="760"/>
+      <c r="AD149" s="766"/>
+      <c r="AE149" s="767"/>
+      <c r="AF149" s="767"/>
+      <c r="AG149" s="767"/>
+      <c r="AH149" s="768"/>
     </row>
     <row r="150" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="767"/>
-[...32 lines deleted...]
-      <c r="AH150" s="745"/>
+      <c r="A150" s="1199"/>
+      <c r="B150" s="282"/>
+      <c r="C150" s="282"/>
+      <c r="D150" s="282"/>
+      <c r="E150" s="282"/>
+      <c r="F150" s="282"/>
+      <c r="G150" s="282"/>
+      <c r="H150" s="282"/>
+      <c r="I150" s="282"/>
+      <c r="J150" s="772"/>
+      <c r="K150" s="772"/>
+      <c r="L150" s="413"/>
+      <c r="M150" s="413"/>
+      <c r="N150" s="413"/>
+      <c r="O150" s="414"/>
+      <c r="P150" s="146"/>
+      <c r="Q150" s="752"/>
+      <c r="R150" s="753"/>
+      <c r="S150" s="753"/>
+      <c r="T150" s="753"/>
+      <c r="U150" s="753"/>
+      <c r="V150" s="753"/>
+      <c r="W150" s="753"/>
+      <c r="X150" s="753"/>
+      <c r="Y150" s="753"/>
+      <c r="Z150" s="754"/>
+      <c r="AA150" s="761"/>
+      <c r="AB150" s="762"/>
+      <c r="AC150" s="763"/>
+      <c r="AD150" s="769"/>
+      <c r="AE150" s="770"/>
+      <c r="AF150" s="770"/>
+      <c r="AG150" s="770"/>
+      <c r="AH150" s="771"/>
     </row>
     <row r="151" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="767"/>
-      <c r="B151" s="918" t="s">
+      <c r="A151" s="1199"/>
+      <c r="B151" s="928" t="s">
         <v>467</v>
       </c>
-      <c r="C151" s="924"/>
-[...6 lines deleted...]
-      <c r="J151" s="617">
+      <c r="C151" s="956"/>
+      <c r="D151" s="956"/>
+      <c r="E151" s="956"/>
+      <c r="F151" s="956"/>
+      <c r="G151" s="956"/>
+      <c r="H151" s="956"/>
+      <c r="I151" s="956"/>
+      <c r="J151" s="574">
         <v>504</v>
       </c>
-      <c r="K151" s="431"/>
-      <c r="L151" s="554">
+      <c r="K151" s="416"/>
+      <c r="L151" s="550">
         <f>Vkladani_dat!G103</f>
         <v>0</v>
       </c>
-      <c r="M151" s="386"/>
-[...3 lines deleted...]
-      <c r="Q151" s="720" t="s">
+      <c r="M151" s="607"/>
+      <c r="N151" s="607"/>
+      <c r="O151" s="608"/>
+      <c r="P151" s="146"/>
+      <c r="Q151" s="738" t="s">
         <v>213</v>
       </c>
-      <c r="R151" s="721"/>
-[...8 lines deleted...]
-      <c r="AA151" s="430">
+      <c r="R151" s="739"/>
+      <c r="S151" s="739"/>
+      <c r="T151" s="739"/>
+      <c r="U151" s="739"/>
+      <c r="V151" s="739"/>
+      <c r="W151" s="739"/>
+      <c r="X151" s="739"/>
+      <c r="Y151" s="739"/>
+      <c r="Z151" s="740"/>
+      <c r="AA151" s="415">
         <v>714</v>
       </c>
-      <c r="AB151" s="617"/>
-[...1 lines deleted...]
-      <c r="AD151" s="695">
+      <c r="AB151" s="574"/>
+      <c r="AC151" s="574"/>
+      <c r="AD151" s="721">
         <f>Vkladani_dat!G149</f>
         <v>0</v>
       </c>
-      <c r="AE151" s="696"/>
-[...2 lines deleted...]
-      <c r="AH151" s="697"/>
+      <c r="AE151" s="722"/>
+      <c r="AF151" s="722"/>
+      <c r="AG151" s="722"/>
+      <c r="AH151" s="723"/>
     </row>
     <row r="152" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="767"/>
-[...32 lines deleted...]
-      <c r="AH152" s="697"/>
+      <c r="A152" s="1199"/>
+      <c r="B152" s="956"/>
+      <c r="C152" s="956"/>
+      <c r="D152" s="956"/>
+      <c r="E152" s="956"/>
+      <c r="F152" s="956"/>
+      <c r="G152" s="956"/>
+      <c r="H152" s="956"/>
+      <c r="I152" s="956"/>
+      <c r="J152" s="416"/>
+      <c r="K152" s="416"/>
+      <c r="L152" s="607"/>
+      <c r="M152" s="607"/>
+      <c r="N152" s="607"/>
+      <c r="O152" s="608"/>
+      <c r="P152" s="146"/>
+      <c r="Q152" s="741"/>
+      <c r="R152" s="742"/>
+      <c r="S152" s="742"/>
+      <c r="T152" s="742"/>
+      <c r="U152" s="742"/>
+      <c r="V152" s="742"/>
+      <c r="W152" s="742"/>
+      <c r="X152" s="742"/>
+      <c r="Y152" s="742"/>
+      <c r="Z152" s="743"/>
+      <c r="AA152" s="574"/>
+      <c r="AB152" s="574"/>
+      <c r="AC152" s="574"/>
+      <c r="AD152" s="724"/>
+      <c r="AE152" s="722"/>
+      <c r="AF152" s="722"/>
+      <c r="AG152" s="722"/>
+      <c r="AH152" s="723"/>
     </row>
     <row r="153" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="767"/>
-[...32 lines deleted...]
-      <c r="AH153" s="697"/>
+      <c r="A153" s="1199"/>
+      <c r="B153" s="956"/>
+      <c r="C153" s="956"/>
+      <c r="D153" s="956"/>
+      <c r="E153" s="956"/>
+      <c r="F153" s="956"/>
+      <c r="G153" s="956"/>
+      <c r="H153" s="956"/>
+      <c r="I153" s="956"/>
+      <c r="J153" s="416"/>
+      <c r="K153" s="416"/>
+      <c r="L153" s="607"/>
+      <c r="M153" s="607"/>
+      <c r="N153" s="607"/>
+      <c r="O153" s="608"/>
+      <c r="P153" s="146"/>
+      <c r="Q153" s="744"/>
+      <c r="R153" s="745"/>
+      <c r="S153" s="745"/>
+      <c r="T153" s="745"/>
+      <c r="U153" s="745"/>
+      <c r="V153" s="745"/>
+      <c r="W153" s="745"/>
+      <c r="X153" s="745"/>
+      <c r="Y153" s="745"/>
+      <c r="Z153" s="746"/>
+      <c r="AA153" s="574"/>
+      <c r="AB153" s="574"/>
+      <c r="AC153" s="574"/>
+      <c r="AD153" s="724"/>
+      <c r="AE153" s="722"/>
+      <c r="AF153" s="722"/>
+      <c r="AG153" s="722"/>
+      <c r="AH153" s="723"/>
     </row>
     <row r="154" spans="1:34" ht="6.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="767"/>
-[...15 lines deleted...]
-      <c r="Q154" s="691" t="s">
+      <c r="A154" s="1199"/>
+      <c r="B154" s="956"/>
+      <c r="C154" s="956"/>
+      <c r="D154" s="956"/>
+      <c r="E154" s="956"/>
+      <c r="F154" s="956"/>
+      <c r="G154" s="956"/>
+      <c r="H154" s="956"/>
+      <c r="I154" s="956"/>
+      <c r="J154" s="629"/>
+      <c r="K154" s="629"/>
+      <c r="L154" s="607"/>
+      <c r="M154" s="607"/>
+      <c r="N154" s="607"/>
+      <c r="O154" s="608"/>
+      <c r="P154" s="146"/>
+      <c r="Q154" s="717" t="s">
         <v>214</v>
       </c>
-      <c r="R154" s="692"/>
-[...8 lines deleted...]
-      <c r="AA154" s="430">
+      <c r="R154" s="718"/>
+      <c r="S154" s="718"/>
+      <c r="T154" s="718"/>
+      <c r="U154" s="718"/>
+      <c r="V154" s="718"/>
+      <c r="W154" s="718"/>
+      <c r="X154" s="718"/>
+      <c r="Y154" s="718"/>
+      <c r="Z154" s="577"/>
+      <c r="AA154" s="415">
         <v>715</v>
       </c>
-      <c r="AB154" s="617"/>
-[...1 lines deleted...]
-      <c r="AD154" s="695">
+      <c r="AB154" s="574"/>
+      <c r="AC154" s="574"/>
+      <c r="AD154" s="721">
         <f>Vkladani_dat!G150</f>
         <v>0</v>
       </c>
-      <c r="AE154" s="696"/>
-[...2 lines deleted...]
-      <c r="AH154" s="697"/>
+      <c r="AE154" s="722"/>
+      <c r="AF154" s="722"/>
+      <c r="AG154" s="722"/>
+      <c r="AH154" s="723"/>
     </row>
     <row r="155" spans="1:34" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="767"/>
-      <c r="B155" s="914" t="s">
+      <c r="A155" s="1199"/>
+      <c r="B155" s="937" t="s">
         <v>465</v>
       </c>
-      <c r="C155" s="346"/>
-[...6 lines deleted...]
-      <c r="J155" s="431">
+      <c r="C155" s="374"/>
+      <c r="D155" s="374"/>
+      <c r="E155" s="374"/>
+      <c r="F155" s="374"/>
+      <c r="G155" s="374"/>
+      <c r="H155" s="374"/>
+      <c r="I155" s="374"/>
+      <c r="J155" s="416">
         <v>505</v>
       </c>
-      <c r="K155" s="633"/>
-      <c r="L155" s="428">
+      <c r="K155" s="629"/>
+      <c r="L155" s="413">
         <f>Vkladani_dat!G104</f>
         <v>0</v>
       </c>
-      <c r="M155" s="386"/>
-[...20 lines deleted...]
-      <c r="AH155" s="697"/>
+      <c r="M155" s="607"/>
+      <c r="N155" s="607"/>
+      <c r="O155" s="608"/>
+      <c r="P155" s="146"/>
+      <c r="Q155" s="719"/>
+      <c r="R155" s="720"/>
+      <c r="S155" s="720"/>
+      <c r="T155" s="720"/>
+      <c r="U155" s="720"/>
+      <c r="V155" s="720"/>
+      <c r="W155" s="720"/>
+      <c r="X155" s="720"/>
+      <c r="Y155" s="720"/>
+      <c r="Z155" s="580"/>
+      <c r="AA155" s="574"/>
+      <c r="AB155" s="574"/>
+      <c r="AC155" s="574"/>
+      <c r="AD155" s="724"/>
+      <c r="AE155" s="722"/>
+      <c r="AF155" s="722"/>
+      <c r="AG155" s="722"/>
+      <c r="AH155" s="723"/>
     </row>
     <row r="156" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="767"/>
-[...15 lines deleted...]
-      <c r="Q156" s="691" t="s">
+      <c r="A156" s="1199"/>
+      <c r="B156" s="374"/>
+      <c r="C156" s="374"/>
+      <c r="D156" s="374"/>
+      <c r="E156" s="374"/>
+      <c r="F156" s="374"/>
+      <c r="G156" s="374"/>
+      <c r="H156" s="374"/>
+      <c r="I156" s="374"/>
+      <c r="J156" s="629"/>
+      <c r="K156" s="629"/>
+      <c r="L156" s="607"/>
+      <c r="M156" s="607"/>
+      <c r="N156" s="607"/>
+      <c r="O156" s="608"/>
+      <c r="P156" s="146"/>
+      <c r="Q156" s="717" t="s">
         <v>215</v>
       </c>
-      <c r="R156" s="692"/>
-[...8 lines deleted...]
-      <c r="AA156" s="430">
+      <c r="R156" s="718"/>
+      <c r="S156" s="718"/>
+      <c r="T156" s="718"/>
+      <c r="U156" s="718"/>
+      <c r="V156" s="718"/>
+      <c r="W156" s="718"/>
+      <c r="X156" s="718"/>
+      <c r="Y156" s="718"/>
+      <c r="Z156" s="577"/>
+      <c r="AA156" s="415">
         <v>716</v>
       </c>
-      <c r="AB156" s="617"/>
-[...1 lines deleted...]
-      <c r="AD156" s="695">
+      <c r="AB156" s="574"/>
+      <c r="AC156" s="574"/>
+      <c r="AD156" s="721">
         <f>Vkladani_dat!G151</f>
         <v>0</v>
       </c>
-      <c r="AE156" s="696"/>
-[...2 lines deleted...]
-      <c r="AH156" s="697"/>
+      <c r="AE156" s="722"/>
+      <c r="AF156" s="722"/>
+      <c r="AG156" s="722"/>
+      <c r="AH156" s="723"/>
     </row>
     <row r="157" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="767"/>
-      <c r="B157" s="770" t="s">
+      <c r="A157" s="1199"/>
+      <c r="B157" s="1163" t="s">
         <v>468</v>
       </c>
-      <c r="C157" s="914"/>
-[...6 lines deleted...]
-      <c r="J157" s="617">
+      <c r="C157" s="937"/>
+      <c r="D157" s="937"/>
+      <c r="E157" s="937"/>
+      <c r="F157" s="937"/>
+      <c r="G157" s="937"/>
+      <c r="H157" s="937"/>
+      <c r="I157" s="937"/>
+      <c r="J157" s="574">
         <v>506</v>
       </c>
-      <c r="K157" s="431"/>
-      <c r="L157" s="554">
+      <c r="K157" s="416"/>
+      <c r="L157" s="550">
         <f>Vkladani_dat!G105</f>
         <v>0</v>
       </c>
-      <c r="M157" s="428"/>
-[...20 lines deleted...]
-      <c r="AH157" s="697"/>
+      <c r="M157" s="413"/>
+      <c r="N157" s="413"/>
+      <c r="O157" s="414"/>
+      <c r="P157" s="146"/>
+      <c r="Q157" s="719"/>
+      <c r="R157" s="720"/>
+      <c r="S157" s="720"/>
+      <c r="T157" s="720"/>
+      <c r="U157" s="720"/>
+      <c r="V157" s="720"/>
+      <c r="W157" s="720"/>
+      <c r="X157" s="720"/>
+      <c r="Y157" s="720"/>
+      <c r="Z157" s="580"/>
+      <c r="AA157" s="574"/>
+      <c r="AB157" s="574"/>
+      <c r="AC157" s="574"/>
+      <c r="AD157" s="724"/>
+      <c r="AE157" s="722"/>
+      <c r="AF157" s="722"/>
+      <c r="AG157" s="722"/>
+      <c r="AH157" s="723"/>
     </row>
     <row r="158" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="767"/>
-[...15 lines deleted...]
-      <c r="Q158" s="691" t="s">
+      <c r="A158" s="1199"/>
+      <c r="B158" s="937"/>
+      <c r="C158" s="937"/>
+      <c r="D158" s="937"/>
+      <c r="E158" s="937"/>
+      <c r="F158" s="937"/>
+      <c r="G158" s="937"/>
+      <c r="H158" s="937"/>
+      <c r="I158" s="937"/>
+      <c r="J158" s="416"/>
+      <c r="K158" s="416"/>
+      <c r="L158" s="413"/>
+      <c r="M158" s="413"/>
+      <c r="N158" s="413"/>
+      <c r="O158" s="414"/>
+      <c r="P158" s="146"/>
+      <c r="Q158" s="717" t="s">
         <v>207</v>
       </c>
-      <c r="R158" s="692"/>
-[...8 lines deleted...]
-      <c r="AA158" s="430">
+      <c r="R158" s="718"/>
+      <c r="S158" s="718"/>
+      <c r="T158" s="718"/>
+      <c r="U158" s="718"/>
+      <c r="V158" s="718"/>
+      <c r="W158" s="718"/>
+      <c r="X158" s="718"/>
+      <c r="Y158" s="718"/>
+      <c r="Z158" s="577"/>
+      <c r="AA158" s="415">
         <v>717</v>
       </c>
-      <c r="AB158" s="617"/>
-[...1 lines deleted...]
-      <c r="AD158" s="695">
+      <c r="AB158" s="574"/>
+      <c r="AC158" s="574"/>
+      <c r="AD158" s="721">
         <f>Vkladani_dat!G152</f>
         <v>0</v>
       </c>
-      <c r="AE158" s="696"/>
-[...2 lines deleted...]
-      <c r="AH158" s="697"/>
+      <c r="AE158" s="722"/>
+      <c r="AF158" s="722"/>
+      <c r="AG158" s="722"/>
+      <c r="AH158" s="723"/>
     </row>
     <row r="159" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="767"/>
-      <c r="B159" s="769" t="s">
+      <c r="A159" s="1199"/>
+      <c r="B159" s="1201" t="s">
         <v>469</v>
       </c>
-      <c r="C159" s="328"/>
-[...6 lines deleted...]
-      <c r="J159" s="617">
+      <c r="C159" s="341"/>
+      <c r="D159" s="341"/>
+      <c r="E159" s="341"/>
+      <c r="F159" s="341"/>
+      <c r="G159" s="341"/>
+      <c r="H159" s="341"/>
+      <c r="I159" s="341"/>
+      <c r="J159" s="574">
         <v>507</v>
       </c>
-      <c r="K159" s="431"/>
-      <c r="L159" s="554">
+      <c r="K159" s="416"/>
+      <c r="L159" s="550">
         <f>Vkladani_dat!G106</f>
         <v>0</v>
       </c>
-      <c r="M159" s="428"/>
-[...20 lines deleted...]
-      <c r="AH159" s="697"/>
+      <c r="M159" s="413"/>
+      <c r="N159" s="413"/>
+      <c r="O159" s="414"/>
+      <c r="P159" s="146"/>
+      <c r="Q159" s="719"/>
+      <c r="R159" s="720"/>
+      <c r="S159" s="720"/>
+      <c r="T159" s="720"/>
+      <c r="U159" s="720"/>
+      <c r="V159" s="720"/>
+      <c r="W159" s="720"/>
+      <c r="X159" s="720"/>
+      <c r="Y159" s="720"/>
+      <c r="Z159" s="580"/>
+      <c r="AA159" s="574"/>
+      <c r="AB159" s="574"/>
+      <c r="AC159" s="574"/>
+      <c r="AD159" s="724"/>
+      <c r="AE159" s="722"/>
+      <c r="AF159" s="722"/>
+      <c r="AG159" s="722"/>
+      <c r="AH159" s="723"/>
     </row>
     <row r="160" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="767"/>
-[...15 lines deleted...]
-      <c r="Q160" s="699" t="s">
+      <c r="A160" s="1199"/>
+      <c r="B160" s="341"/>
+      <c r="C160" s="341"/>
+      <c r="D160" s="341"/>
+      <c r="E160" s="341"/>
+      <c r="F160" s="341"/>
+      <c r="G160" s="341"/>
+      <c r="H160" s="341"/>
+      <c r="I160" s="341"/>
+      <c r="J160" s="416"/>
+      <c r="K160" s="416"/>
+      <c r="L160" s="413"/>
+      <c r="M160" s="413"/>
+      <c r="N160" s="413"/>
+      <c r="O160" s="414"/>
+      <c r="P160" s="146"/>
+      <c r="Q160" s="725" t="s">
+        <v>511</v>
+      </c>
+      <c r="R160" s="726"/>
+      <c r="S160" s="726"/>
+      <c r="T160" s="726"/>
+      <c r="U160" s="726"/>
+      <c r="V160" s="726"/>
+      <c r="W160" s="726"/>
+      <c r="X160" s="726"/>
+      <c r="Y160" s="726"/>
+      <c r="Z160" s="546"/>
+      <c r="AA160" s="415">
+        <v>718</v>
+      </c>
+      <c r="AB160" s="732"/>
+      <c r="AC160" s="732"/>
+      <c r="AD160" s="734">
+        <f>Vkladani_dat!G153</f>
+        <v>0</v>
+      </c>
+      <c r="AE160" s="563"/>
+      <c r="AF160" s="563"/>
+      <c r="AG160" s="563"/>
+      <c r="AH160" s="564"/>
+    </row>
+    <row r="161" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="1199"/>
+      <c r="B161" s="341"/>
+      <c r="C161" s="341"/>
+      <c r="D161" s="341"/>
+      <c r="E161" s="341"/>
+      <c r="F161" s="341"/>
+      <c r="G161" s="341"/>
+      <c r="H161" s="341"/>
+      <c r="I161" s="341"/>
+      <c r="J161" s="416"/>
+      <c r="K161" s="416"/>
+      <c r="L161" s="413"/>
+      <c r="M161" s="413"/>
+      <c r="N161" s="413"/>
+      <c r="O161" s="414"/>
+      <c r="P161" s="146"/>
+      <c r="Q161" s="727"/>
+      <c r="R161" s="728"/>
+      <c r="S161" s="728"/>
+      <c r="T161" s="728"/>
+      <c r="U161" s="728"/>
+      <c r="V161" s="728"/>
+      <c r="W161" s="728"/>
+      <c r="X161" s="728"/>
+      <c r="Y161" s="728"/>
+      <c r="Z161" s="649"/>
+      <c r="AA161" s="732"/>
+      <c r="AB161" s="732"/>
+      <c r="AC161" s="732"/>
+      <c r="AD161" s="565"/>
+      <c r="AE161" s="566"/>
+      <c r="AF161" s="566"/>
+      <c r="AG161" s="566"/>
+      <c r="AH161" s="567"/>
+    </row>
+    <row r="162" spans="1:34" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="1199"/>
+      <c r="B162" s="1201" t="s">
+        <v>470</v>
+      </c>
+      <c r="C162" s="374"/>
+      <c r="D162" s="374"/>
+      <c r="E162" s="374"/>
+      <c r="F162" s="374"/>
+      <c r="G162" s="374"/>
+      <c r="H162" s="374"/>
+      <c r="I162" s="374"/>
+      <c r="J162" s="707">
+        <v>508</v>
+      </c>
+      <c r="K162" s="708"/>
+      <c r="L162" s="709">
+        <f>Vkladani_dat!G107</f>
+        <v>0</v>
+      </c>
+      <c r="M162" s="709"/>
+      <c r="N162" s="709"/>
+      <c r="O162" s="710"/>
+      <c r="P162" s="146"/>
+      <c r="Q162" s="729"/>
+      <c r="R162" s="730"/>
+      <c r="S162" s="730"/>
+      <c r="T162" s="730"/>
+      <c r="U162" s="730"/>
+      <c r="V162" s="730"/>
+      <c r="W162" s="730"/>
+      <c r="X162" s="730"/>
+      <c r="Y162" s="730"/>
+      <c r="Z162" s="731"/>
+      <c r="AA162" s="733"/>
+      <c r="AB162" s="733"/>
+      <c r="AC162" s="733"/>
+      <c r="AD162" s="735"/>
+      <c r="AE162" s="736"/>
+      <c r="AF162" s="736"/>
+      <c r="AG162" s="736"/>
+      <c r="AH162" s="737"/>
+    </row>
+    <row r="163" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="1199"/>
+      <c r="B163" s="374"/>
+      <c r="C163" s="374"/>
+      <c r="D163" s="374"/>
+      <c r="E163" s="374"/>
+      <c r="F163" s="374"/>
+      <c r="G163" s="374"/>
+      <c r="H163" s="374"/>
+      <c r="I163" s="374"/>
+      <c r="J163" s="708"/>
+      <c r="K163" s="708"/>
+      <c r="L163" s="709"/>
+      <c r="M163" s="709"/>
+      <c r="N163" s="709"/>
+      <c r="O163" s="710"/>
+      <c r="P163" s="146"/>
+      <c r="Q163" s="711"/>
+      <c r="R163" s="711"/>
+      <c r="S163" s="711"/>
+      <c r="T163" s="711"/>
+      <c r="U163" s="711"/>
+      <c r="V163" s="711"/>
+      <c r="W163" s="711"/>
+      <c r="X163" s="711"/>
+      <c r="Y163" s="711"/>
+      <c r="Z163" s="712"/>
+      <c r="AA163" s="713"/>
+      <c r="AB163" s="713"/>
+      <c r="AC163" s="713"/>
+      <c r="AD163" s="714"/>
+      <c r="AE163" s="714"/>
+      <c r="AF163" s="714"/>
+      <c r="AG163" s="714"/>
+      <c r="AH163" s="714"/>
+    </row>
+    <row r="164" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="1199"/>
+      <c r="B164" s="1163" t="s">
+        <v>471</v>
+      </c>
+      <c r="C164" s="374"/>
+      <c r="D164" s="374"/>
+      <c r="E164" s="374"/>
+      <c r="F164" s="374"/>
+      <c r="G164" s="374"/>
+      <c r="H164" s="374"/>
+      <c r="I164" s="374"/>
+      <c r="J164" s="574">
+        <v>509</v>
+      </c>
+      <c r="K164" s="629"/>
+      <c r="L164" s="550">
+        <f>Vkladani_dat!G108</f>
+        <v>0</v>
+      </c>
+      <c r="M164" s="607"/>
+      <c r="N164" s="607"/>
+      <c r="O164" s="608"/>
+      <c r="P164" s="146"/>
+      <c r="Q164" s="715" t="s">
+        <v>217</v>
+      </c>
+      <c r="R164" s="715"/>
+      <c r="S164" s="715"/>
+      <c r="T164" s="715"/>
+      <c r="U164" s="715"/>
+      <c r="V164" s="715"/>
+      <c r="W164" s="715"/>
+      <c r="X164" s="715"/>
+      <c r="Y164" s="715"/>
+      <c r="Z164" s="715"/>
+      <c r="AA164" s="715"/>
+      <c r="AB164" s="715"/>
+      <c r="AC164" s="715"/>
+      <c r="AD164" s="715"/>
+      <c r="AE164" s="715"/>
+      <c r="AF164" s="715"/>
+      <c r="AG164" s="715"/>
+      <c r="AH164" s="715"/>
+    </row>
+    <row r="165" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="1199"/>
+      <c r="B165" s="374"/>
+      <c r="C165" s="374"/>
+      <c r="D165" s="374"/>
+      <c r="E165" s="374"/>
+      <c r="F165" s="374"/>
+      <c r="G165" s="374"/>
+      <c r="H165" s="374"/>
+      <c r="I165" s="374"/>
+      <c r="J165" s="629"/>
+      <c r="K165" s="629"/>
+      <c r="L165" s="607"/>
+      <c r="M165" s="607"/>
+      <c r="N165" s="607"/>
+      <c r="O165" s="608"/>
+      <c r="P165" s="146"/>
+      <c r="Q165" s="715"/>
+      <c r="R165" s="715"/>
+      <c r="S165" s="715"/>
+      <c r="T165" s="715"/>
+      <c r="U165" s="715"/>
+      <c r="V165" s="715"/>
+      <c r="W165" s="715"/>
+      <c r="X165" s="715"/>
+      <c r="Y165" s="715"/>
+      <c r="Z165" s="715"/>
+      <c r="AA165" s="715"/>
+      <c r="AB165" s="715"/>
+      <c r="AC165" s="715"/>
+      <c r="AD165" s="715"/>
+      <c r="AE165" s="715"/>
+      <c r="AF165" s="715"/>
+      <c r="AG165" s="715"/>
+      <c r="AH165" s="715"/>
+    </row>
+    <row r="166" spans="1:34" ht="1.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="1199"/>
+      <c r="B166" s="374"/>
+      <c r="C166" s="374"/>
+      <c r="D166" s="374"/>
+      <c r="E166" s="374"/>
+      <c r="F166" s="374"/>
+      <c r="G166" s="374"/>
+      <c r="H166" s="374"/>
+      <c r="I166" s="374"/>
+      <c r="J166" s="629"/>
+      <c r="K166" s="629"/>
+      <c r="L166" s="607"/>
+      <c r="M166" s="607"/>
+      <c r="N166" s="607"/>
+      <c r="O166" s="608"/>
+      <c r="P166" s="146"/>
+      <c r="Q166" s="716"/>
+      <c r="R166" s="716"/>
+      <c r="S166" s="716"/>
+      <c r="T166" s="716"/>
+      <c r="U166" s="716"/>
+      <c r="V166" s="716"/>
+      <c r="W166" s="716"/>
+      <c r="X166" s="716"/>
+      <c r="Y166" s="716"/>
+      <c r="Z166" s="716"/>
+      <c r="AA166" s="716"/>
+      <c r="AB166" s="716"/>
+      <c r="AC166" s="716"/>
+      <c r="AD166" s="716"/>
+      <c r="AE166" s="716"/>
+      <c r="AF166" s="716"/>
+      <c r="AG166" s="716"/>
+      <c r="AH166" s="716"/>
+    </row>
+    <row r="167" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="1199"/>
+      <c r="B167" s="779" t="s">
+        <v>472</v>
+      </c>
+      <c r="C167" s="282"/>
+      <c r="D167" s="282"/>
+      <c r="E167" s="282"/>
+      <c r="F167" s="282"/>
+      <c r="G167" s="282"/>
+      <c r="H167" s="282"/>
+      <c r="I167" s="282"/>
+      <c r="J167" s="574">
+        <v>510</v>
+      </c>
+      <c r="K167" s="629"/>
+      <c r="L167" s="550">
+        <f>Vkladani_dat!G109</f>
+        <v>0</v>
+      </c>
+      <c r="M167" s="607"/>
+      <c r="N167" s="607"/>
+      <c r="O167" s="608"/>
+      <c r="P167" s="146"/>
+      <c r="Q167" s="685"/>
+      <c r="R167" s="686"/>
+      <c r="S167" s="686"/>
+      <c r="T167" s="686"/>
+      <c r="U167" s="686"/>
+      <c r="V167" s="686"/>
+      <c r="W167" s="686"/>
+      <c r="X167" s="686"/>
+      <c r="Y167" s="686"/>
+      <c r="Z167" s="687"/>
+      <c r="AA167" s="691" t="s">
+        <v>265</v>
+      </c>
+      <c r="AB167" s="692"/>
+      <c r="AC167" s="693"/>
+      <c r="AD167" s="691" t="s">
+        <v>274</v>
+      </c>
+      <c r="AE167" s="692"/>
+      <c r="AF167" s="692"/>
+      <c r="AG167" s="692"/>
+      <c r="AH167" s="697"/>
+    </row>
+    <row r="168" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="1199"/>
+      <c r="B168" s="282"/>
+      <c r="C168" s="282"/>
+      <c r="D168" s="282"/>
+      <c r="E168" s="282"/>
+      <c r="F168" s="282"/>
+      <c r="G168" s="282"/>
+      <c r="H168" s="282"/>
+      <c r="I168" s="282"/>
+      <c r="J168" s="629"/>
+      <c r="K168" s="629"/>
+      <c r="L168" s="607"/>
+      <c r="M168" s="607"/>
+      <c r="N168" s="607"/>
+      <c r="O168" s="608"/>
+      <c r="P168" s="146"/>
+      <c r="Q168" s="688"/>
+      <c r="R168" s="689"/>
+      <c r="S168" s="689"/>
+      <c r="T168" s="689"/>
+      <c r="U168" s="689"/>
+      <c r="V168" s="689"/>
+      <c r="W168" s="689"/>
+      <c r="X168" s="689"/>
+      <c r="Y168" s="689"/>
+      <c r="Z168" s="690"/>
+      <c r="AA168" s="694"/>
+      <c r="AB168" s="695"/>
+      <c r="AC168" s="696"/>
+      <c r="AD168" s="694"/>
+      <c r="AE168" s="695"/>
+      <c r="AF168" s="695"/>
+      <c r="AG168" s="695"/>
+      <c r="AH168" s="698"/>
+    </row>
+    <row r="169" spans="1:34" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="1199"/>
+      <c r="B169" s="282"/>
+      <c r="C169" s="282"/>
+      <c r="D169" s="282"/>
+      <c r="E169" s="282"/>
+      <c r="F169" s="282"/>
+      <c r="G169" s="282"/>
+      <c r="H169" s="282"/>
+      <c r="I169" s="282"/>
+      <c r="J169" s="629"/>
+      <c r="K169" s="629"/>
+      <c r="L169" s="607"/>
+      <c r="M169" s="607"/>
+      <c r="N169" s="607"/>
+      <c r="O169" s="608"/>
+      <c r="P169" s="146"/>
+      <c r="Q169" s="699" t="s">
+        <v>63</v>
+      </c>
+      <c r="R169" s="700"/>
+      <c r="S169" s="700"/>
+      <c r="T169" s="700"/>
+      <c r="U169" s="700"/>
+      <c r="V169" s="700"/>
+      <c r="W169" s="700"/>
+      <c r="X169" s="700"/>
+      <c r="Y169" s="700"/>
+      <c r="Z169" s="701"/>
+      <c r="AA169" s="532">
+        <v>1</v>
+      </c>
+      <c r="AB169" s="532"/>
+      <c r="AC169" s="532"/>
+      <c r="AD169" s="532">
+        <v>2</v>
+      </c>
+      <c r="AE169" s="705"/>
+      <c r="AF169" s="705"/>
+      <c r="AG169" s="705"/>
+      <c r="AH169" s="706"/>
+    </row>
+    <row r="170" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="1199"/>
+      <c r="B170" s="779" t="s">
+        <v>473</v>
+      </c>
+      <c r="C170" s="282"/>
+      <c r="D170" s="282"/>
+      <c r="E170" s="282"/>
+      <c r="F170" s="282"/>
+      <c r="G170" s="282"/>
+      <c r="H170" s="282"/>
+      <c r="I170" s="282"/>
+      <c r="J170" s="574">
+        <v>511</v>
+      </c>
+      <c r="K170" s="629"/>
+      <c r="L170" s="550">
+        <f>Vkladani_dat!G110</f>
+        <v>0</v>
+      </c>
+      <c r="M170" s="607"/>
+      <c r="N170" s="607"/>
+      <c r="O170" s="608"/>
+      <c r="P170" s="146"/>
+      <c r="Q170" s="702"/>
+      <c r="R170" s="703"/>
+      <c r="S170" s="703"/>
+      <c r="T170" s="703"/>
+      <c r="U170" s="703"/>
+      <c r="V170" s="703"/>
+      <c r="W170" s="703"/>
+      <c r="X170" s="703"/>
+      <c r="Y170" s="703"/>
+      <c r="Z170" s="704"/>
+      <c r="AA170" s="532"/>
+      <c r="AB170" s="532"/>
+      <c r="AC170" s="532"/>
+      <c r="AD170" s="705"/>
+      <c r="AE170" s="705"/>
+      <c r="AF170" s="705"/>
+      <c r="AG170" s="705"/>
+      <c r="AH170" s="706"/>
+    </row>
+    <row r="171" spans="1:34" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="1199"/>
+      <c r="B171" s="282"/>
+      <c r="C171" s="282"/>
+      <c r="D171" s="282"/>
+      <c r="E171" s="282"/>
+      <c r="F171" s="282"/>
+      <c r="G171" s="282"/>
+      <c r="H171" s="282"/>
+      <c r="I171" s="282"/>
+      <c r="J171" s="629"/>
+      <c r="K171" s="629"/>
+      <c r="L171" s="607"/>
+      <c r="M171" s="607"/>
+      <c r="N171" s="607"/>
+      <c r="O171" s="608"/>
+      <c r="P171" s="146"/>
+      <c r="Q171" s="575" t="s">
+        <v>219</v>
+      </c>
+      <c r="R171" s="576"/>
+      <c r="S171" s="576"/>
+      <c r="T171" s="576"/>
+      <c r="U171" s="576"/>
+      <c r="V171" s="576"/>
+      <c r="W171" s="576"/>
+      <c r="X171" s="576"/>
+      <c r="Y171" s="576"/>
+      <c r="Z171" s="577"/>
+      <c r="AA171" s="574">
+        <v>801</v>
+      </c>
+      <c r="AB171" s="574"/>
+      <c r="AC171" s="574"/>
+      <c r="AD171" s="550">
+        <f>Vkladani_dat!G158</f>
+        <v>0</v>
+      </c>
+      <c r="AE171" s="550"/>
+      <c r="AF171" s="550"/>
+      <c r="AG171" s="550"/>
+      <c r="AH171" s="551"/>
+    </row>
+    <row r="172" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="1199"/>
+      <c r="B172" s="282"/>
+      <c r="C172" s="282"/>
+      <c r="D172" s="282"/>
+      <c r="E172" s="282"/>
+      <c r="F172" s="282"/>
+      <c r="G172" s="282"/>
+      <c r="H172" s="282"/>
+      <c r="I172" s="282"/>
+      <c r="J172" s="629"/>
+      <c r="K172" s="629"/>
+      <c r="L172" s="607"/>
+      <c r="M172" s="607"/>
+      <c r="N172" s="607"/>
+      <c r="O172" s="608"/>
+      <c r="P172" s="146"/>
+      <c r="Q172" s="678"/>
+      <c r="R172" s="656"/>
+      <c r="S172" s="656"/>
+      <c r="T172" s="656"/>
+      <c r="U172" s="656"/>
+      <c r="V172" s="656"/>
+      <c r="W172" s="656"/>
+      <c r="X172" s="656"/>
+      <c r="Y172" s="656"/>
+      <c r="Z172" s="657"/>
+      <c r="AA172" s="574"/>
+      <c r="AB172" s="574"/>
+      <c r="AC172" s="574"/>
+      <c r="AD172" s="550"/>
+      <c r="AE172" s="550"/>
+      <c r="AF172" s="550"/>
+      <c r="AG172" s="550"/>
+      <c r="AH172" s="551"/>
+    </row>
+    <row r="173" spans="1:34" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1199"/>
+      <c r="B173" s="675" t="s">
+        <v>459</v>
+      </c>
+      <c r="C173" s="676"/>
+      <c r="D173" s="928" t="s">
+        <v>542</v>
+      </c>
+      <c r="E173" s="298"/>
+      <c r="F173" s="298"/>
+      <c r="G173" s="298"/>
+      <c r="H173" s="298"/>
+      <c r="I173" s="298"/>
+      <c r="J173" s="552">
+        <v>512</v>
+      </c>
+      <c r="K173" s="385"/>
+      <c r="L173" s="1188">
+        <f>Vkladani_dat!G111</f>
+        <v>0</v>
+      </c>
+      <c r="M173" s="1122"/>
+      <c r="N173" s="1122"/>
+      <c r="O173" s="1123"/>
+      <c r="P173" s="146"/>
+      <c r="Q173" s="578"/>
+      <c r="R173" s="579"/>
+      <c r="S173" s="579"/>
+      <c r="T173" s="579"/>
+      <c r="U173" s="579"/>
+      <c r="V173" s="579"/>
+      <c r="W173" s="579"/>
+      <c r="X173" s="579"/>
+      <c r="Y173" s="579"/>
+      <c r="Z173" s="580"/>
+      <c r="AA173" s="574"/>
+      <c r="AB173" s="574"/>
+      <c r="AC173" s="574"/>
+      <c r="AD173" s="550"/>
+      <c r="AE173" s="550"/>
+      <c r="AF173" s="550"/>
+      <c r="AG173" s="550"/>
+      <c r="AH173" s="551"/>
+    </row>
+    <row r="174" spans="1:34" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="1199"/>
+      <c r="B174" s="676"/>
+      <c r="C174" s="676"/>
+      <c r="D174" s="298"/>
+      <c r="E174" s="298"/>
+      <c r="F174" s="298"/>
+      <c r="G174" s="298"/>
+      <c r="H174" s="298"/>
+      <c r="I174" s="298"/>
+      <c r="J174" s="385"/>
+      <c r="K174" s="385"/>
+      <c r="L174" s="1122"/>
+      <c r="M174" s="1122"/>
+      <c r="N174" s="1122"/>
+      <c r="O174" s="1123"/>
+      <c r="P174" s="146"/>
+      <c r="Q174" s="575" t="s">
+        <v>220</v>
+      </c>
+      <c r="R174" s="576"/>
+      <c r="S174" s="576"/>
+      <c r="T174" s="576"/>
+      <c r="U174" s="576"/>
+      <c r="V174" s="576"/>
+      <c r="W174" s="576"/>
+      <c r="X174" s="576"/>
+      <c r="Y174" s="576"/>
+      <c r="Z174" s="577"/>
+      <c r="AA174" s="574">
+        <v>802</v>
+      </c>
+      <c r="AB174" s="574"/>
+      <c r="AC174" s="574"/>
+      <c r="AD174" s="550">
+        <f>Vkladani_dat!G159</f>
+        <v>0</v>
+      </c>
+      <c r="AE174" s="550"/>
+      <c r="AF174" s="550"/>
+      <c r="AG174" s="550"/>
+      <c r="AH174" s="551"/>
+    </row>
+    <row r="175" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="1199"/>
+      <c r="B175" s="676"/>
+      <c r="C175" s="676"/>
+      <c r="D175" s="298"/>
+      <c r="E175" s="298"/>
+      <c r="F175" s="298"/>
+      <c r="G175" s="298"/>
+      <c r="H175" s="298"/>
+      <c r="I175" s="298"/>
+      <c r="J175" s="385"/>
+      <c r="K175" s="385"/>
+      <c r="L175" s="1122"/>
+      <c r="M175" s="1122"/>
+      <c r="N175" s="1122"/>
+      <c r="O175" s="1123"/>
+      <c r="P175" s="146"/>
+      <c r="Q175" s="678"/>
+      <c r="R175" s="656"/>
+      <c r="S175" s="656"/>
+      <c r="T175" s="656"/>
+      <c r="U175" s="656"/>
+      <c r="V175" s="656"/>
+      <c r="W175" s="656"/>
+      <c r="X175" s="656"/>
+      <c r="Y175" s="656"/>
+      <c r="Z175" s="657"/>
+      <c r="AA175" s="574"/>
+      <c r="AB175" s="574"/>
+      <c r="AC175" s="574"/>
+      <c r="AD175" s="550"/>
+      <c r="AE175" s="550"/>
+      <c r="AF175" s="550"/>
+      <c r="AG175" s="550"/>
+      <c r="AH175" s="551"/>
+    </row>
+    <row r="176" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="1199"/>
+      <c r="B176" s="676"/>
+      <c r="C176" s="676"/>
+      <c r="D176" s="298"/>
+      <c r="E176" s="298"/>
+      <c r="F176" s="298"/>
+      <c r="G176" s="298"/>
+      <c r="H176" s="298"/>
+      <c r="I176" s="298"/>
+      <c r="J176" s="385"/>
+      <c r="K176" s="385"/>
+      <c r="L176" s="1122"/>
+      <c r="M176" s="1122"/>
+      <c r="N176" s="1122"/>
+      <c r="O176" s="1123"/>
+      <c r="P176" s="146"/>
+      <c r="Q176" s="578"/>
+      <c r="R176" s="579"/>
+      <c r="S176" s="579"/>
+      <c r="T176" s="579"/>
+      <c r="U176" s="579"/>
+      <c r="V176" s="579"/>
+      <c r="W176" s="579"/>
+      <c r="X176" s="579"/>
+      <c r="Y176" s="579"/>
+      <c r="Z176" s="580"/>
+      <c r="AA176" s="574"/>
+      <c r="AB176" s="574"/>
+      <c r="AC176" s="574"/>
+      <c r="AD176" s="550"/>
+      <c r="AE176" s="550"/>
+      <c r="AF176" s="550"/>
+      <c r="AG176" s="550"/>
+      <c r="AH176" s="551"/>
+    </row>
+    <row r="177" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="1199"/>
+      <c r="B177" s="676"/>
+      <c r="C177" s="676"/>
+      <c r="D177" s="928" t="s">
+        <v>416</v>
+      </c>
+      <c r="E177" s="298"/>
+      <c r="F177" s="298"/>
+      <c r="G177" s="298"/>
+      <c r="H177" s="298"/>
+      <c r="I177" s="298"/>
+      <c r="J177" s="552">
+        <v>513</v>
+      </c>
+      <c r="K177" s="385"/>
+      <c r="L177" s="1188">
+        <f>Vkladani_dat!G112</f>
+        <v>0</v>
+      </c>
+      <c r="M177" s="1122"/>
+      <c r="N177" s="1122"/>
+      <c r="O177" s="1123"/>
+      <c r="P177" s="146"/>
+      <c r="Q177" s="575" t="s">
+        <v>512</v>
+      </c>
+      <c r="R177" s="576"/>
+      <c r="S177" s="576"/>
+      <c r="T177" s="576"/>
+      <c r="U177" s="576"/>
+      <c r="V177" s="576"/>
+      <c r="W177" s="576"/>
+      <c r="X177" s="576"/>
+      <c r="Y177" s="576"/>
+      <c r="Z177" s="577"/>
+      <c r="AA177" s="574">
+        <v>803</v>
+      </c>
+      <c r="AB177" s="574"/>
+      <c r="AC177" s="574"/>
+      <c r="AD177" s="550">
+        <f>Vkladani_dat!G160</f>
+        <v>0</v>
+      </c>
+      <c r="AE177" s="550"/>
+      <c r="AF177" s="550"/>
+      <c r="AG177" s="550"/>
+      <c r="AH177" s="551"/>
+    </row>
+    <row r="178" spans="1:34" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="1200"/>
+      <c r="B178" s="677"/>
+      <c r="C178" s="677"/>
+      <c r="D178" s="296"/>
+      <c r="E178" s="296"/>
+      <c r="F178" s="296"/>
+      <c r="G178" s="296"/>
+      <c r="H178" s="296"/>
+      <c r="I178" s="296"/>
+      <c r="J178" s="1189"/>
+      <c r="K178" s="1189"/>
+      <c r="L178" s="1190"/>
+      <c r="M178" s="1190"/>
+      <c r="N178" s="1190"/>
+      <c r="O178" s="1191"/>
+      <c r="P178" s="146"/>
+      <c r="Q178" s="678"/>
+      <c r="R178" s="656"/>
+      <c r="S178" s="656"/>
+      <c r="T178" s="656"/>
+      <c r="U178" s="656"/>
+      <c r="V178" s="656"/>
+      <c r="W178" s="656"/>
+      <c r="X178" s="656"/>
+      <c r="Y178" s="656"/>
+      <c r="Z178" s="657"/>
+      <c r="AA178" s="574"/>
+      <c r="AB178" s="574"/>
+      <c r="AC178" s="574"/>
+      <c r="AD178" s="550"/>
+      <c r="AE178" s="550"/>
+      <c r="AF178" s="550"/>
+      <c r="AG178" s="550"/>
+      <c r="AH178" s="551"/>
+    </row>
+    <row r="179" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="1192" t="s">
+        <v>460</v>
+      </c>
+      <c r="B179" s="538"/>
+      <c r="C179" s="538"/>
+      <c r="D179" s="538"/>
+      <c r="E179" s="538"/>
+      <c r="F179" s="538"/>
+      <c r="G179" s="538"/>
+      <c r="H179" s="538"/>
+      <c r="I179" s="538"/>
+      <c r="J179" s="538"/>
+      <c r="K179" s="538"/>
+      <c r="L179" s="538"/>
+      <c r="M179" s="538"/>
+      <c r="N179" s="538"/>
+      <c r="O179" s="1193"/>
+      <c r="P179" s="146"/>
+      <c r="Q179" s="578"/>
+      <c r="R179" s="579"/>
+      <c r="S179" s="579"/>
+      <c r="T179" s="579"/>
+      <c r="U179" s="579"/>
+      <c r="V179" s="579"/>
+      <c r="W179" s="579"/>
+      <c r="X179" s="579"/>
+      <c r="Y179" s="579"/>
+      <c r="Z179" s="580"/>
+      <c r="AA179" s="574"/>
+      <c r="AB179" s="574"/>
+      <c r="AC179" s="574"/>
+      <c r="AD179" s="550"/>
+      <c r="AE179" s="550"/>
+      <c r="AF179" s="550"/>
+      <c r="AG179" s="550"/>
+      <c r="AH179" s="551"/>
+    </row>
+    <row r="180" spans="1:34" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="461"/>
+      <c r="B180" s="446"/>
+      <c r="C180" s="446"/>
+      <c r="D180" s="446"/>
+      <c r="E180" s="446"/>
+      <c r="F180" s="446"/>
+      <c r="G180" s="446"/>
+      <c r="H180" s="446"/>
+      <c r="I180" s="446"/>
+      <c r="J180" s="446"/>
+      <c r="K180" s="446"/>
+      <c r="L180" s="446"/>
+      <c r="M180" s="446"/>
+      <c r="N180" s="446"/>
+      <c r="O180" s="462"/>
+      <c r="P180" s="146"/>
+      <c r="Q180" s="679" t="s">
+        <v>546</v>
+      </c>
+      <c r="R180" s="680"/>
+      <c r="S180" s="653" t="s">
+        <v>222</v>
+      </c>
+      <c r="T180" s="576"/>
+      <c r="U180" s="576"/>
+      <c r="V180" s="576"/>
+      <c r="W180" s="576"/>
+      <c r="X180" s="576"/>
+      <c r="Y180" s="576"/>
+      <c r="Z180" s="577"/>
+      <c r="AA180" s="552">
+        <v>804</v>
+      </c>
+      <c r="AB180" s="552"/>
+      <c r="AC180" s="552"/>
+      <c r="AD180" s="550">
+        <f>Vkladani_dat!G161</f>
+        <v>0</v>
+      </c>
+      <c r="AE180" s="550"/>
+      <c r="AF180" s="550"/>
+      <c r="AG180" s="550"/>
+      <c r="AH180" s="551"/>
+    </row>
+    <row r="181" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="1194"/>
+      <c r="B181" s="1195"/>
+      <c r="C181" s="1195"/>
+      <c r="D181" s="1195"/>
+      <c r="E181" s="1195"/>
+      <c r="F181" s="1195"/>
+      <c r="G181" s="1195"/>
+      <c r="H181" s="1195"/>
+      <c r="I181" s="1195"/>
+      <c r="J181" s="425" t="s">
+        <v>265</v>
+      </c>
+      <c r="K181" s="1196"/>
+      <c r="L181" s="425" t="s">
+        <v>62</v>
+      </c>
+      <c r="M181" s="1196"/>
+      <c r="N181" s="1196"/>
+      <c r="O181" s="1197"/>
+      <c r="P181" s="146"/>
+      <c r="Q181" s="681"/>
+      <c r="R181" s="680"/>
+      <c r="S181" s="654"/>
+      <c r="T181" s="579"/>
+      <c r="U181" s="579"/>
+      <c r="V181" s="579"/>
+      <c r="W181" s="579"/>
+      <c r="X181" s="579"/>
+      <c r="Y181" s="579"/>
+      <c r="Z181" s="580"/>
+      <c r="AA181" s="552"/>
+      <c r="AB181" s="552"/>
+      <c r="AC181" s="552"/>
+      <c r="AD181" s="550"/>
+      <c r="AE181" s="550"/>
+      <c r="AF181" s="550"/>
+      <c r="AG181" s="550"/>
+      <c r="AH181" s="551"/>
+    </row>
+    <row r="182" spans="1:34" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="372"/>
+      <c r="B182" s="374"/>
+      <c r="C182" s="374"/>
+      <c r="D182" s="374"/>
+      <c r="E182" s="374"/>
+      <c r="F182" s="374"/>
+      <c r="G182" s="374"/>
+      <c r="H182" s="374"/>
+      <c r="I182" s="374"/>
+      <c r="J182" s="1149"/>
+      <c r="K182" s="1149"/>
+      <c r="L182" s="1149"/>
+      <c r="M182" s="1149"/>
+      <c r="N182" s="1149"/>
+      <c r="O182" s="1151"/>
+      <c r="P182" s="146"/>
+      <c r="Q182" s="681"/>
+      <c r="R182" s="680"/>
+      <c r="S182" s="653" t="s">
+        <v>223</v>
+      </c>
+      <c r="T182" s="576"/>
+      <c r="U182" s="576"/>
+      <c r="V182" s="576"/>
+      <c r="W182" s="576"/>
+      <c r="X182" s="576"/>
+      <c r="Y182" s="576"/>
+      <c r="Z182" s="577"/>
+      <c r="AA182" s="574">
+        <v>805</v>
+      </c>
+      <c r="AB182" s="574"/>
+      <c r="AC182" s="574"/>
+      <c r="AD182" s="550">
+        <f>Vkladani_dat!G162</f>
+        <v>0</v>
+      </c>
+      <c r="AE182" s="550"/>
+      <c r="AF182" s="550"/>
+      <c r="AG182" s="550"/>
+      <c r="AH182" s="551"/>
+    </row>
+    <row r="183" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="1202" t="s">
+        <v>63</v>
+      </c>
+      <c r="B183" s="833"/>
+      <c r="C183" s="833"/>
+      <c r="D183" s="833"/>
+      <c r="E183" s="833"/>
+      <c r="F183" s="833"/>
+      <c r="G183" s="833"/>
+      <c r="H183" s="833"/>
+      <c r="I183" s="833"/>
+      <c r="J183" s="1203">
+        <v>1</v>
+      </c>
+      <c r="K183" s="1204"/>
+      <c r="L183" s="1205">
+        <v>2</v>
+      </c>
+      <c r="M183" s="833"/>
+      <c r="N183" s="833"/>
+      <c r="O183" s="834"/>
+      <c r="P183" s="146"/>
+      <c r="Q183" s="681"/>
+      <c r="R183" s="680"/>
+      <c r="S183" s="654"/>
+      <c r="T183" s="579"/>
+      <c r="U183" s="579"/>
+      <c r="V183" s="579"/>
+      <c r="W183" s="579"/>
+      <c r="X183" s="579"/>
+      <c r="Y183" s="579"/>
+      <c r="Z183" s="580"/>
+      <c r="AA183" s="574"/>
+      <c r="AB183" s="574"/>
+      <c r="AC183" s="574"/>
+      <c r="AD183" s="550"/>
+      <c r="AE183" s="550"/>
+      <c r="AF183" s="550"/>
+      <c r="AG183" s="550"/>
+      <c r="AH183" s="551"/>
+    </row>
+    <row r="184" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="1148"/>
+      <c r="B184" s="833"/>
+      <c r="C184" s="833"/>
+      <c r="D184" s="833"/>
+      <c r="E184" s="833"/>
+      <c r="F184" s="833"/>
+      <c r="G184" s="833"/>
+      <c r="H184" s="833"/>
+      <c r="I184" s="833"/>
+      <c r="J184" s="1204"/>
+      <c r="K184" s="1204"/>
+      <c r="L184" s="833"/>
+      <c r="M184" s="833"/>
+      <c r="N184" s="833"/>
+      <c r="O184" s="834"/>
+      <c r="P184" s="146"/>
+      <c r="Q184" s="681"/>
+      <c r="R184" s="680"/>
+      <c r="S184" s="653" t="s">
+        <v>224</v>
+      </c>
+      <c r="T184" s="576"/>
+      <c r="U184" s="576"/>
+      <c r="V184" s="576"/>
+      <c r="W184" s="576"/>
+      <c r="X184" s="576"/>
+      <c r="Y184" s="576"/>
+      <c r="Z184" s="577"/>
+      <c r="AA184" s="574">
+        <v>806</v>
+      </c>
+      <c r="AB184" s="574"/>
+      <c r="AC184" s="574"/>
+      <c r="AD184" s="550">
+        <f>Vkladani_dat!G163</f>
+        <v>0</v>
+      </c>
+      <c r="AE184" s="550"/>
+      <c r="AF184" s="550"/>
+      <c r="AG184" s="550"/>
+      <c r="AH184" s="551"/>
+    </row>
+    <row r="185" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="651" t="s">
+        <v>533</v>
+      </c>
+      <c r="B185" s="636"/>
+      <c r="C185" s="636"/>
+      <c r="D185" s="636"/>
+      <c r="E185" s="636"/>
+      <c r="F185" s="636"/>
+      <c r="G185" s="636"/>
+      <c r="H185" s="636"/>
+      <c r="I185" s="636"/>
+      <c r="J185" s="416">
+        <v>601</v>
+      </c>
+      <c r="K185" s="629"/>
+      <c r="L185" s="413">
+        <f>Vkladani_dat!G117</f>
+        <v>0</v>
+      </c>
+      <c r="M185" s="607"/>
+      <c r="N185" s="607"/>
+      <c r="O185" s="608"/>
+      <c r="P185" s="146"/>
+      <c r="Q185" s="681"/>
+      <c r="R185" s="680"/>
+      <c r="S185" s="654"/>
+      <c r="T185" s="579"/>
+      <c r="U185" s="579"/>
+      <c r="V185" s="579"/>
+      <c r="W185" s="579"/>
+      <c r="X185" s="579"/>
+      <c r="Y185" s="579"/>
+      <c r="Z185" s="580"/>
+      <c r="AA185" s="574"/>
+      <c r="AB185" s="574"/>
+      <c r="AC185" s="574"/>
+      <c r="AD185" s="550"/>
+      <c r="AE185" s="550"/>
+      <c r="AF185" s="550"/>
+      <c r="AG185" s="550"/>
+      <c r="AH185" s="551"/>
+    </row>
+    <row r="186" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="652"/>
+      <c r="B186" s="636"/>
+      <c r="C186" s="636"/>
+      <c r="D186" s="636"/>
+      <c r="E186" s="636"/>
+      <c r="F186" s="636"/>
+      <c r="G186" s="636"/>
+      <c r="H186" s="636"/>
+      <c r="I186" s="636"/>
+      <c r="J186" s="629"/>
+      <c r="K186" s="629"/>
+      <c r="L186" s="607"/>
+      <c r="M186" s="607"/>
+      <c r="N186" s="607"/>
+      <c r="O186" s="608"/>
+      <c r="P186" s="146"/>
+      <c r="Q186" s="681"/>
+      <c r="R186" s="680"/>
+      <c r="S186" s="653" t="s">
+        <v>225</v>
+      </c>
+      <c r="T186" s="576"/>
+      <c r="U186" s="576"/>
+      <c r="V186" s="576"/>
+      <c r="W186" s="576"/>
+      <c r="X186" s="576"/>
+      <c r="Y186" s="576"/>
+      <c r="Z186" s="577"/>
+      <c r="AA186" s="574">
+        <v>807</v>
+      </c>
+      <c r="AB186" s="574"/>
+      <c r="AC186" s="574"/>
+      <c r="AD186" s="550">
+        <f>Vkladani_dat!G164</f>
+        <v>0</v>
+      </c>
+      <c r="AE186" s="550"/>
+      <c r="AF186" s="550"/>
+      <c r="AG186" s="550"/>
+      <c r="AH186" s="551"/>
+    </row>
+    <row r="187" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="651" t="s">
+        <v>534</v>
+      </c>
+      <c r="B187" s="636"/>
+      <c r="C187" s="636"/>
+      <c r="D187" s="636"/>
+      <c r="E187" s="636"/>
+      <c r="F187" s="636"/>
+      <c r="G187" s="636"/>
+      <c r="H187" s="636"/>
+      <c r="I187" s="636"/>
+      <c r="J187" s="574">
+        <v>602</v>
+      </c>
+      <c r="K187" s="629"/>
+      <c r="L187" s="640">
+        <f>Vkladani_dat!G118</f>
+        <v>0</v>
+      </c>
+      <c r="M187" s="637"/>
+      <c r="N187" s="637"/>
+      <c r="O187" s="638"/>
+      <c r="P187" s="146"/>
+      <c r="Q187" s="682"/>
+      <c r="R187" s="683"/>
+      <c r="S187" s="655"/>
+      <c r="T187" s="656"/>
+      <c r="U187" s="656"/>
+      <c r="V187" s="656"/>
+      <c r="W187" s="656"/>
+      <c r="X187" s="656"/>
+      <c r="Y187" s="656"/>
+      <c r="Z187" s="657"/>
+      <c r="AA187" s="684"/>
+      <c r="AB187" s="684"/>
+      <c r="AC187" s="684"/>
+      <c r="AD187" s="658"/>
+      <c r="AE187" s="658"/>
+      <c r="AF187" s="658"/>
+      <c r="AG187" s="658"/>
+      <c r="AH187" s="659"/>
+    </row>
+    <row r="188" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="652"/>
+      <c r="B188" s="636"/>
+      <c r="C188" s="636"/>
+      <c r="D188" s="636"/>
+      <c r="E188" s="636"/>
+      <c r="F188" s="636"/>
+      <c r="G188" s="636"/>
+      <c r="H188" s="636"/>
+      <c r="I188" s="636"/>
+      <c r="J188" s="629"/>
+      <c r="K188" s="629"/>
+      <c r="L188" s="637"/>
+      <c r="M188" s="637"/>
+      <c r="N188" s="637"/>
+      <c r="O188" s="638"/>
+      <c r="P188" s="146"/>
+      <c r="Q188" s="666" t="s">
+        <v>544</v>
+      </c>
+      <c r="R188" s="667"/>
+      <c r="S188" s="667"/>
+      <c r="T188" s="667"/>
+      <c r="U188" s="667"/>
+      <c r="V188" s="667"/>
+      <c r="W188" s="667"/>
+      <c r="X188" s="667"/>
+      <c r="Y188" s="667"/>
+      <c r="Z188" s="668"/>
+      <c r="AA188" s="574">
+        <v>808</v>
+      </c>
+      <c r="AB188" s="574"/>
+      <c r="AC188" s="574"/>
+      <c r="AD188" s="550">
+        <f>Vkladani_dat!G165</f>
+        <v>0</v>
+      </c>
+      <c r="AE188" s="550"/>
+      <c r="AF188" s="550"/>
+      <c r="AG188" s="550"/>
+      <c r="AH188" s="551"/>
+    </row>
+    <row r="189" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="642" t="s">
+        <v>191</v>
+      </c>
+      <c r="B189" s="644" t="s">
+        <v>192</v>
+      </c>
+      <c r="C189" s="639" t="s">
+        <v>193</v>
+      </c>
+      <c r="D189" s="639"/>
+      <c r="E189" s="639"/>
+      <c r="F189" s="639"/>
+      <c r="G189" s="639"/>
+      <c r="H189" s="639"/>
+      <c r="I189" s="639"/>
+      <c r="J189" s="574">
+        <v>603</v>
+      </c>
+      <c r="K189" s="629"/>
+      <c r="L189" s="640">
+        <f>Vkladani_dat!G119</f>
+        <v>0</v>
+      </c>
+      <c r="M189" s="637"/>
+      <c r="N189" s="637"/>
+      <c r="O189" s="638"/>
+      <c r="P189" s="146"/>
+      <c r="Q189" s="669"/>
+      <c r="R189" s="670"/>
+      <c r="S189" s="670"/>
+      <c r="T189" s="670"/>
+      <c r="U189" s="670"/>
+      <c r="V189" s="670"/>
+      <c r="W189" s="670"/>
+      <c r="X189" s="670"/>
+      <c r="Y189" s="670"/>
+      <c r="Z189" s="671"/>
+      <c r="AA189" s="574"/>
+      <c r="AB189" s="574"/>
+      <c r="AC189" s="574"/>
+      <c r="AD189" s="550"/>
+      <c r="AE189" s="550"/>
+      <c r="AF189" s="550"/>
+      <c r="AG189" s="550"/>
+      <c r="AH189" s="551"/>
+    </row>
+    <row r="190" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="643"/>
+      <c r="B190" s="645"/>
+      <c r="C190" s="639"/>
+      <c r="D190" s="639"/>
+      <c r="E190" s="639"/>
+      <c r="F190" s="639"/>
+      <c r="G190" s="639"/>
+      <c r="H190" s="639"/>
+      <c r="I190" s="639"/>
+      <c r="J190" s="629"/>
+      <c r="K190" s="629"/>
+      <c r="L190" s="637"/>
+      <c r="M190" s="637"/>
+      <c r="N190" s="637"/>
+      <c r="O190" s="638"/>
+      <c r="P190" s="146"/>
+      <c r="Q190" s="669"/>
+      <c r="R190" s="670"/>
+      <c r="S190" s="670"/>
+      <c r="T190" s="670"/>
+      <c r="U190" s="670"/>
+      <c r="V190" s="670"/>
+      <c r="W190" s="670"/>
+      <c r="X190" s="670"/>
+      <c r="Y190" s="670"/>
+      <c r="Z190" s="671"/>
+      <c r="AA190" s="574"/>
+      <c r="AB190" s="574"/>
+      <c r="AC190" s="574"/>
+      <c r="AD190" s="550"/>
+      <c r="AE190" s="550"/>
+      <c r="AF190" s="550"/>
+      <c r="AG190" s="550"/>
+      <c r="AH190" s="551"/>
+    </row>
+    <row r="191" spans="1:34" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="643"/>
+      <c r="B191" s="645"/>
+      <c r="C191" s="641" t="s">
+        <v>194</v>
+      </c>
+      <c r="D191" s="639"/>
+      <c r="E191" s="639"/>
+      <c r="F191" s="639"/>
+      <c r="G191" s="639"/>
+      <c r="H191" s="639"/>
+      <c r="I191" s="639"/>
+      <c r="J191" s="574">
+        <v>604</v>
+      </c>
+      <c r="K191" s="629"/>
+      <c r="L191" s="631">
+        <f>Vkladani_dat!G120</f>
+        <v>0</v>
+      </c>
+      <c r="M191" s="637"/>
+      <c r="N191" s="637"/>
+      <c r="O191" s="638"/>
+      <c r="P191" s="146"/>
+      <c r="Q191" s="672"/>
+      <c r="R191" s="673"/>
+      <c r="S191" s="673"/>
+      <c r="T191" s="673"/>
+      <c r="U191" s="673"/>
+      <c r="V191" s="673"/>
+      <c r="W191" s="673"/>
+      <c r="X191" s="673"/>
+      <c r="Y191" s="673"/>
+      <c r="Z191" s="674"/>
+      <c r="AA191" s="574"/>
+      <c r="AB191" s="574"/>
+      <c r="AC191" s="574"/>
+      <c r="AD191" s="550"/>
+      <c r="AE191" s="550"/>
+      <c r="AF191" s="550"/>
+      <c r="AG191" s="550"/>
+      <c r="AH191" s="551"/>
+    </row>
+    <row r="192" spans="1:34" ht="3" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="643"/>
+      <c r="B192" s="645"/>
+      <c r="C192" s="639"/>
+      <c r="D192" s="639"/>
+      <c r="E192" s="639"/>
+      <c r="F192" s="639"/>
+      <c r="G192" s="639"/>
+      <c r="H192" s="639"/>
+      <c r="I192" s="639"/>
+      <c r="J192" s="629"/>
+      <c r="K192" s="629"/>
+      <c r="L192" s="637"/>
+      <c r="M192" s="637"/>
+      <c r="N192" s="637"/>
+      <c r="O192" s="638"/>
+      <c r="P192" s="146"/>
+      <c r="Q192" s="114"/>
+      <c r="R192" s="115"/>
+      <c r="S192" s="115"/>
+      <c r="T192" s="115"/>
+      <c r="U192" s="115"/>
+      <c r="V192" s="115"/>
+      <c r="W192" s="115"/>
+      <c r="X192" s="115"/>
+      <c r="Y192" s="115"/>
+      <c r="Z192" s="116"/>
+      <c r="AA192" s="574"/>
+      <c r="AB192" s="574"/>
+      <c r="AC192" s="574"/>
+      <c r="AD192" s="550"/>
+      <c r="AE192" s="550"/>
+      <c r="AF192" s="550"/>
+      <c r="AG192" s="550"/>
+      <c r="AH192" s="551"/>
+    </row>
+    <row r="193" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="643"/>
+      <c r="B193" s="645"/>
+      <c r="C193" s="639"/>
+      <c r="D193" s="639"/>
+      <c r="E193" s="639"/>
+      <c r="F193" s="639"/>
+      <c r="G193" s="639"/>
+      <c r="H193" s="639"/>
+      <c r="I193" s="639"/>
+      <c r="J193" s="629"/>
+      <c r="K193" s="629"/>
+      <c r="L193" s="637"/>
+      <c r="M193" s="637"/>
+      <c r="N193" s="637"/>
+      <c r="O193" s="638"/>
+      <c r="P193" s="146"/>
+      <c r="Q193" s="660" t="s">
+        <v>218</v>
+      </c>
+      <c r="R193" s="661"/>
+      <c r="S193" s="646" t="s">
+        <v>226</v>
+      </c>
+      <c r="T193" s="576"/>
+      <c r="U193" s="576"/>
+      <c r="V193" s="576"/>
+      <c r="W193" s="576"/>
+      <c r="X193" s="576"/>
+      <c r="Y193" s="576"/>
+      <c r="Z193" s="577"/>
+      <c r="AA193" s="574">
+        <v>809</v>
+      </c>
+      <c r="AB193" s="574"/>
+      <c r="AC193" s="574"/>
+      <c r="AD193" s="550">
+        <f>Vkladani_dat!G166</f>
+        <v>0</v>
+      </c>
+      <c r="AE193" s="550"/>
+      <c r="AF193" s="550"/>
+      <c r="AG193" s="550"/>
+      <c r="AH193" s="551"/>
+    </row>
+    <row r="194" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="643"/>
+      <c r="B194" s="645"/>
+      <c r="C194" s="641" t="s">
+        <v>195</v>
+      </c>
+      <c r="D194" s="639"/>
+      <c r="E194" s="639"/>
+      <c r="F194" s="639"/>
+      <c r="G194" s="639"/>
+      <c r="H194" s="639"/>
+      <c r="I194" s="639"/>
+      <c r="J194" s="574">
+        <v>605</v>
+      </c>
+      <c r="K194" s="629"/>
+      <c r="L194" s="631">
+        <f>Vkladani_dat!G121</f>
+        <v>0</v>
+      </c>
+      <c r="M194" s="637"/>
+      <c r="N194" s="637"/>
+      <c r="O194" s="638"/>
+      <c r="P194" s="146"/>
+      <c r="Q194" s="662"/>
+      <c r="R194" s="663"/>
+      <c r="S194" s="654"/>
+      <c r="T194" s="579"/>
+      <c r="U194" s="579"/>
+      <c r="V194" s="579"/>
+      <c r="W194" s="579"/>
+      <c r="X194" s="579"/>
+      <c r="Y194" s="579"/>
+      <c r="Z194" s="580"/>
+      <c r="AA194" s="574"/>
+      <c r="AB194" s="574"/>
+      <c r="AC194" s="574"/>
+      <c r="AD194" s="550"/>
+      <c r="AE194" s="550"/>
+      <c r="AF194" s="550"/>
+      <c r="AG194" s="550"/>
+      <c r="AH194" s="551"/>
+    </row>
+    <row r="195" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="643"/>
+      <c r="B195" s="645"/>
+      <c r="C195" s="639"/>
+      <c r="D195" s="639"/>
+      <c r="E195" s="639"/>
+      <c r="F195" s="639"/>
+      <c r="G195" s="639"/>
+      <c r="H195" s="639"/>
+      <c r="I195" s="639"/>
+      <c r="J195" s="629"/>
+      <c r="K195" s="629"/>
+      <c r="L195" s="637"/>
+      <c r="M195" s="637"/>
+      <c r="N195" s="637"/>
+      <c r="O195" s="638"/>
+      <c r="P195" s="146"/>
+      <c r="Q195" s="662"/>
+      <c r="R195" s="663"/>
+      <c r="S195" s="646" t="s">
+        <v>475</v>
+      </c>
+      <c r="T195" s="545"/>
+      <c r="U195" s="545"/>
+      <c r="V195" s="545"/>
+      <c r="W195" s="545"/>
+      <c r="X195" s="545"/>
+      <c r="Y195" s="545"/>
+      <c r="Z195" s="546"/>
+      <c r="AA195" s="574">
+        <v>810</v>
+      </c>
+      <c r="AB195" s="574"/>
+      <c r="AC195" s="574"/>
+      <c r="AD195" s="550">
+        <f>Vkladani_dat!G167</f>
+        <v>0</v>
+      </c>
+      <c r="AE195" s="550"/>
+      <c r="AF195" s="550"/>
+      <c r="AG195" s="550"/>
+      <c r="AH195" s="551"/>
+    </row>
+    <row r="196" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="643"/>
+      <c r="B196" s="645"/>
+      <c r="C196" s="639"/>
+      <c r="D196" s="639"/>
+      <c r="E196" s="639"/>
+      <c r="F196" s="639"/>
+      <c r="G196" s="639"/>
+      <c r="H196" s="639"/>
+      <c r="I196" s="639"/>
+      <c r="J196" s="629"/>
+      <c r="K196" s="629"/>
+      <c r="L196" s="637"/>
+      <c r="M196" s="637"/>
+      <c r="N196" s="637"/>
+      <c r="O196" s="638"/>
+      <c r="P196" s="146"/>
+      <c r="Q196" s="662"/>
+      <c r="R196" s="663"/>
+      <c r="S196" s="647"/>
+      <c r="T196" s="648"/>
+      <c r="U196" s="648"/>
+      <c r="V196" s="648"/>
+      <c r="W196" s="648"/>
+      <c r="X196" s="648"/>
+      <c r="Y196" s="648"/>
+      <c r="Z196" s="649"/>
+      <c r="AA196" s="574"/>
+      <c r="AB196" s="574"/>
+      <c r="AC196" s="574"/>
+      <c r="AD196" s="550"/>
+      <c r="AE196" s="550"/>
+      <c r="AF196" s="550"/>
+      <c r="AG196" s="550"/>
+      <c r="AH196" s="551"/>
+    </row>
+    <row r="197" spans="1:34" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="643"/>
+      <c r="B197" s="645"/>
+      <c r="C197" s="641" t="s">
+        <v>196</v>
+      </c>
+      <c r="D197" s="639"/>
+      <c r="E197" s="639"/>
+      <c r="F197" s="639"/>
+      <c r="G197" s="639"/>
+      <c r="H197" s="639"/>
+      <c r="I197" s="639"/>
+      <c r="J197" s="574">
+        <v>606</v>
+      </c>
+      <c r="K197" s="629"/>
+      <c r="L197" s="630">
+        <f>Vkladani_dat!G122</f>
+        <v>0</v>
+      </c>
+      <c r="M197" s="631"/>
+      <c r="N197" s="631"/>
+      <c r="O197" s="632"/>
+      <c r="P197" s="146"/>
+      <c r="Q197" s="664"/>
+      <c r="R197" s="665"/>
+      <c r="S197" s="650"/>
+      <c r="T197" s="548"/>
+      <c r="U197" s="548"/>
+      <c r="V197" s="548"/>
+      <c r="W197" s="548"/>
+      <c r="X197" s="548"/>
+      <c r="Y197" s="548"/>
+      <c r="Z197" s="549"/>
+      <c r="AA197" s="574"/>
+      <c r="AB197" s="574"/>
+      <c r="AC197" s="574"/>
+      <c r="AD197" s="550"/>
+      <c r="AE197" s="550"/>
+      <c r="AF197" s="550"/>
+      <c r="AG197" s="550"/>
+      <c r="AH197" s="551"/>
+    </row>
+    <row r="198" spans="1:34" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="643"/>
+      <c r="B198" s="645"/>
+      <c r="C198" s="639"/>
+      <c r="D198" s="639"/>
+      <c r="E198" s="639"/>
+      <c r="F198" s="639"/>
+      <c r="G198" s="639"/>
+      <c r="H198" s="639"/>
+      <c r="I198" s="639"/>
+      <c r="J198" s="629"/>
+      <c r="K198" s="629"/>
+      <c r="L198" s="631"/>
+      <c r="M198" s="631"/>
+      <c r="N198" s="631"/>
+      <c r="O198" s="632"/>
+      <c r="P198" s="146"/>
+      <c r="Q198" s="678" t="s">
+        <v>513</v>
+      </c>
+      <c r="R198" s="656"/>
+      <c r="S198" s="656"/>
+      <c r="T198" s="656"/>
+      <c r="U198" s="656"/>
+      <c r="V198" s="656"/>
+      <c r="W198" s="656"/>
+      <c r="X198" s="656"/>
+      <c r="Y198" s="656"/>
+      <c r="Z198" s="657"/>
+      <c r="AA198" s="573">
+        <v>811</v>
+      </c>
+      <c r="AB198" s="573"/>
+      <c r="AC198" s="573"/>
+      <c r="AD198" s="633">
+        <f>Vkladani_dat!G168</f>
+        <v>0</v>
+      </c>
+      <c r="AE198" s="633"/>
+      <c r="AF198" s="633"/>
+      <c r="AG198" s="633"/>
+      <c r="AH198" s="634"/>
+    </row>
+    <row r="199" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="643"/>
+      <c r="B199" s="645"/>
+      <c r="C199" s="635" t="s">
+        <v>197</v>
+      </c>
+      <c r="D199" s="636"/>
+      <c r="E199" s="636"/>
+      <c r="F199" s="636"/>
+      <c r="G199" s="636"/>
+      <c r="H199" s="636"/>
+      <c r="I199" s="636"/>
+      <c r="J199" s="574">
+        <v>607</v>
+      </c>
+      <c r="K199" s="629"/>
+      <c r="L199" s="630">
+        <f>Vkladani_dat!G123</f>
+        <v>0</v>
+      </c>
+      <c r="M199" s="631"/>
+      <c r="N199" s="631"/>
+      <c r="O199" s="632"/>
+      <c r="P199" s="146"/>
+      <c r="Q199" s="678"/>
+      <c r="R199" s="656"/>
+      <c r="S199" s="656"/>
+      <c r="T199" s="656"/>
+      <c r="U199" s="656"/>
+      <c r="V199" s="656"/>
+      <c r="W199" s="656"/>
+      <c r="X199" s="656"/>
+      <c r="Y199" s="656"/>
+      <c r="Z199" s="657"/>
+      <c r="AA199" s="574"/>
+      <c r="AB199" s="574"/>
+      <c r="AC199" s="574"/>
+      <c r="AD199" s="550"/>
+      <c r="AE199" s="550"/>
+      <c r="AF199" s="550"/>
+      <c r="AG199" s="550"/>
+      <c r="AH199" s="551"/>
+    </row>
+    <row r="200" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="643"/>
+      <c r="B200" s="645"/>
+      <c r="C200" s="636"/>
+      <c r="D200" s="636"/>
+      <c r="E200" s="636"/>
+      <c r="F200" s="636"/>
+      <c r="G200" s="636"/>
+      <c r="H200" s="636"/>
+      <c r="I200" s="636"/>
+      <c r="J200" s="629"/>
+      <c r="K200" s="629"/>
+      <c r="L200" s="631"/>
+      <c r="M200" s="631"/>
+      <c r="N200" s="631"/>
+      <c r="O200" s="632"/>
+      <c r="P200" s="146"/>
+      <c r="Q200" s="578"/>
+      <c r="R200" s="579"/>
+      <c r="S200" s="579"/>
+      <c r="T200" s="579"/>
+      <c r="U200" s="579"/>
+      <c r="V200" s="579"/>
+      <c r="W200" s="579"/>
+      <c r="X200" s="579"/>
+      <c r="Y200" s="579"/>
+      <c r="Z200" s="580"/>
+      <c r="AA200" s="574"/>
+      <c r="AB200" s="574"/>
+      <c r="AC200" s="574"/>
+      <c r="AD200" s="550"/>
+      <c r="AE200" s="550"/>
+      <c r="AF200" s="550"/>
+      <c r="AG200" s="550"/>
+      <c r="AH200" s="551"/>
+    </row>
+    <row r="201" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="643"/>
+      <c r="B201" s="645"/>
+      <c r="C201" s="636"/>
+      <c r="D201" s="636"/>
+      <c r="E201" s="636"/>
+      <c r="F201" s="636"/>
+      <c r="G201" s="636"/>
+      <c r="H201" s="636"/>
+      <c r="I201" s="636"/>
+      <c r="J201" s="629"/>
+      <c r="K201" s="629"/>
+      <c r="L201" s="637"/>
+      <c r="M201" s="637"/>
+      <c r="N201" s="637"/>
+      <c r="O201" s="638"/>
+      <c r="P201" s="146"/>
+      <c r="Q201" s="575" t="s">
         <v>514</v>
       </c>
-      <c r="R160" s="700"/>
-[...685 lines deleted...]
-      <c r="Q177" s="626" t="s">
+      <c r="R201" s="576"/>
+      <c r="S201" s="576"/>
+      <c r="T201" s="576"/>
+      <c r="U201" s="576"/>
+      <c r="V201" s="576"/>
+      <c r="W201" s="576"/>
+      <c r="X201" s="576"/>
+      <c r="Y201" s="576"/>
+      <c r="Z201" s="577"/>
+      <c r="AA201" s="574">
+        <v>812</v>
+      </c>
+      <c r="AB201" s="574"/>
+      <c r="AC201" s="574"/>
+      <c r="AD201" s="550">
+        <f>Vkladani_dat!G169</f>
+        <v>0</v>
+      </c>
+      <c r="AE201" s="550"/>
+      <c r="AF201" s="550"/>
+      <c r="AG201" s="550"/>
+      <c r="AH201" s="551"/>
+    </row>
+    <row r="202" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="643"/>
+      <c r="B202" s="645"/>
+      <c r="C202" s="641" t="s">
+        <v>198</v>
+      </c>
+      <c r="D202" s="639"/>
+      <c r="E202" s="639"/>
+      <c r="F202" s="639"/>
+      <c r="G202" s="639"/>
+      <c r="H202" s="639"/>
+      <c r="I202" s="639"/>
+      <c r="J202" s="574">
+        <v>608</v>
+      </c>
+      <c r="K202" s="629"/>
+      <c r="L202" s="630">
+        <f>Vkladani_dat!G124</f>
+        <v>0</v>
+      </c>
+      <c r="M202" s="631"/>
+      <c r="N202" s="631"/>
+      <c r="O202" s="632"/>
+      <c r="P202" s="146"/>
+      <c r="Q202" s="578"/>
+      <c r="R202" s="579"/>
+      <c r="S202" s="579"/>
+      <c r="T202" s="579"/>
+      <c r="U202" s="579"/>
+      <c r="V202" s="579"/>
+      <c r="W202" s="579"/>
+      <c r="X202" s="579"/>
+      <c r="Y202" s="579"/>
+      <c r="Z202" s="580"/>
+      <c r="AA202" s="574"/>
+      <c r="AB202" s="574"/>
+      <c r="AC202" s="574"/>
+      <c r="AD202" s="550"/>
+      <c r="AE202" s="550"/>
+      <c r="AF202" s="550"/>
+      <c r="AG202" s="550"/>
+      <c r="AH202" s="551"/>
+    </row>
+    <row r="203" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="643"/>
+      <c r="B203" s="645"/>
+      <c r="C203" s="639"/>
+      <c r="D203" s="639"/>
+      <c r="E203" s="639"/>
+      <c r="F203" s="639"/>
+      <c r="G203" s="639"/>
+      <c r="H203" s="639"/>
+      <c r="I203" s="639"/>
+      <c r="J203" s="629"/>
+      <c r="K203" s="629"/>
+      <c r="L203" s="631"/>
+      <c r="M203" s="631"/>
+      <c r="N203" s="631"/>
+      <c r="O203" s="632"/>
+      <c r="P203" s="146"/>
+      <c r="Q203" s="575" t="s">
+        <v>230</v>
+      </c>
+      <c r="R203" s="576"/>
+      <c r="S203" s="576"/>
+      <c r="T203" s="576"/>
+      <c r="U203" s="576"/>
+      <c r="V203" s="576"/>
+      <c r="W203" s="576"/>
+      <c r="X203" s="576"/>
+      <c r="Y203" s="576"/>
+      <c r="Z203" s="577"/>
+      <c r="AA203" s="574">
+        <v>813</v>
+      </c>
+      <c r="AB203" s="574"/>
+      <c r="AC203" s="574"/>
+      <c r="AD203" s="550">
+        <f>Vkladani_dat!G170</f>
+        <v>0</v>
+      </c>
+      <c r="AE203" s="550"/>
+      <c r="AF203" s="550"/>
+      <c r="AG203" s="550"/>
+      <c r="AH203" s="551"/>
+    </row>
+    <row r="204" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="643"/>
+      <c r="B204" s="641" t="s">
+        <v>199</v>
+      </c>
+      <c r="C204" s="639"/>
+      <c r="D204" s="639"/>
+      <c r="E204" s="639"/>
+      <c r="F204" s="639"/>
+      <c r="G204" s="639"/>
+      <c r="H204" s="639"/>
+      <c r="I204" s="639"/>
+      <c r="J204" s="574">
+        <v>609</v>
+      </c>
+      <c r="K204" s="629"/>
+      <c r="L204" s="630">
+        <f>Vkladani_dat!G125</f>
+        <v>0</v>
+      </c>
+      <c r="M204" s="631"/>
+      <c r="N204" s="631"/>
+      <c r="O204" s="632"/>
+      <c r="P204" s="146"/>
+      <c r="Q204" s="578"/>
+      <c r="R204" s="579"/>
+      <c r="S204" s="579"/>
+      <c r="T204" s="579"/>
+      <c r="U204" s="579"/>
+      <c r="V204" s="579"/>
+      <c r="W204" s="579"/>
+      <c r="X204" s="579"/>
+      <c r="Y204" s="579"/>
+      <c r="Z204" s="580"/>
+      <c r="AA204" s="574"/>
+      <c r="AB204" s="574"/>
+      <c r="AC204" s="574"/>
+      <c r="AD204" s="550"/>
+      <c r="AE204" s="550"/>
+      <c r="AF204" s="550"/>
+      <c r="AG204" s="550"/>
+      <c r="AH204" s="551"/>
+    </row>
+    <row r="205" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="643"/>
+      <c r="B205" s="639"/>
+      <c r="C205" s="639"/>
+      <c r="D205" s="639"/>
+      <c r="E205" s="639"/>
+      <c r="F205" s="639"/>
+      <c r="G205" s="639"/>
+      <c r="H205" s="639"/>
+      <c r="I205" s="639"/>
+      <c r="J205" s="629"/>
+      <c r="K205" s="629"/>
+      <c r="L205" s="631"/>
+      <c r="M205" s="631"/>
+      <c r="N205" s="631"/>
+      <c r="O205" s="632"/>
+      <c r="P205" s="146"/>
+      <c r="Q205" s="575" t="s">
+        <v>231</v>
+      </c>
+      <c r="R205" s="576"/>
+      <c r="S205" s="576"/>
+      <c r="T205" s="576"/>
+      <c r="U205" s="576"/>
+      <c r="V205" s="576"/>
+      <c r="W205" s="576"/>
+      <c r="X205" s="576"/>
+      <c r="Y205" s="576"/>
+      <c r="Z205" s="577"/>
+      <c r="AA205" s="574">
+        <v>814</v>
+      </c>
+      <c r="AB205" s="574"/>
+      <c r="AC205" s="574"/>
+      <c r="AD205" s="550">
+        <f>Vkladani_dat!G171</f>
+        <v>0</v>
+      </c>
+      <c r="AE205" s="550"/>
+      <c r="AF205" s="550"/>
+      <c r="AG205" s="550"/>
+      <c r="AH205" s="551"/>
+    </row>
+    <row r="206" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="643"/>
+      <c r="B206" s="639"/>
+      <c r="C206" s="639"/>
+      <c r="D206" s="639"/>
+      <c r="E206" s="639"/>
+      <c r="F206" s="639"/>
+      <c r="G206" s="639"/>
+      <c r="H206" s="639"/>
+      <c r="I206" s="639"/>
+      <c r="J206" s="629"/>
+      <c r="K206" s="629"/>
+      <c r="L206" s="631"/>
+      <c r="M206" s="631"/>
+      <c r="N206" s="631"/>
+      <c r="O206" s="632"/>
+      <c r="P206" s="146"/>
+      <c r="Q206" s="578"/>
+      <c r="R206" s="579"/>
+      <c r="S206" s="579"/>
+      <c r="T206" s="579"/>
+      <c r="U206" s="579"/>
+      <c r="V206" s="579"/>
+      <c r="W206" s="579"/>
+      <c r="X206" s="579"/>
+      <c r="Y206" s="579"/>
+      <c r="Z206" s="580"/>
+      <c r="AA206" s="574"/>
+      <c r="AB206" s="574"/>
+      <c r="AC206" s="574"/>
+      <c r="AD206" s="550"/>
+      <c r="AE206" s="550"/>
+      <c r="AF206" s="550"/>
+      <c r="AG206" s="550"/>
+      <c r="AH206" s="551"/>
+    </row>
+    <row r="207" spans="1:34" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="1218" t="s">
+        <v>536</v>
+      </c>
+      <c r="B207" s="1219"/>
+      <c r="C207" s="1219"/>
+      <c r="D207" s="1219"/>
+      <c r="E207" s="1219"/>
+      <c r="F207" s="1219"/>
+      <c r="G207" s="1219"/>
+      <c r="H207" s="1219"/>
+      <c r="I207" s="1220"/>
+      <c r="J207" s="552">
+        <v>610</v>
+      </c>
+      <c r="K207" s="385"/>
+      <c r="L207" s="1235">
+        <f>Vkladani_dat!G126</f>
+        <v>0</v>
+      </c>
+      <c r="M207" s="609"/>
+      <c r="N207" s="609"/>
+      <c r="O207" s="1236"/>
+      <c r="P207" s="146"/>
+      <c r="Q207" s="544" t="s">
         <v>515</v>
       </c>
-      <c r="R177" s="608"/>
-[...396 lines deleted...]
-      <c r="A187" s="1197" t="s">
+      <c r="R207" s="545"/>
+      <c r="S207" s="545"/>
+      <c r="T207" s="545"/>
+      <c r="U207" s="545"/>
+      <c r="V207" s="545"/>
+      <c r="W207" s="545"/>
+      <c r="X207" s="545"/>
+      <c r="Y207" s="545"/>
+      <c r="Z207" s="546"/>
+      <c r="AA207" s="574">
+        <v>815</v>
+      </c>
+      <c r="AB207" s="574"/>
+      <c r="AC207" s="574"/>
+      <c r="AD207" s="550">
+        <f>Vkladani_dat!G172</f>
+        <v>0</v>
+      </c>
+      <c r="AE207" s="550"/>
+      <c r="AF207" s="550"/>
+      <c r="AG207" s="550"/>
+      <c r="AH207" s="551"/>
+    </row>
+    <row r="208" spans="1:34" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="1221" t="s">
+        <v>569</v>
+      </c>
+      <c r="B208" s="1222"/>
+      <c r="C208" s="1222"/>
+      <c r="D208" s="1222"/>
+      <c r="E208" s="1222"/>
+      <c r="F208" s="1222"/>
+      <c r="G208" s="1222"/>
+      <c r="H208" s="1222"/>
+      <c r="I208" s="1223"/>
+      <c r="J208" s="385"/>
+      <c r="K208" s="385"/>
+      <c r="L208" s="609"/>
+      <c r="M208" s="609"/>
+      <c r="N208" s="609"/>
+      <c r="O208" s="1236"/>
+      <c r="P208" s="146"/>
+      <c r="Q208" s="547"/>
+      <c r="R208" s="548"/>
+      <c r="S208" s="548"/>
+      <c r="T208" s="548"/>
+      <c r="U208" s="548"/>
+      <c r="V208" s="548"/>
+      <c r="W208" s="548"/>
+      <c r="X208" s="548"/>
+      <c r="Y208" s="548"/>
+      <c r="Z208" s="549"/>
+      <c r="AA208" s="574"/>
+      <c r="AB208" s="574"/>
+      <c r="AC208" s="574"/>
+      <c r="AD208" s="550"/>
+      <c r="AE208" s="550"/>
+      <c r="AF208" s="550"/>
+      <c r="AG208" s="550"/>
+      <c r="AH208" s="551"/>
+    </row>
+    <row r="209" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="1230" t="s">
+        <v>535</v>
+      </c>
+      <c r="B209" s="1231"/>
+      <c r="C209" s="1231"/>
+      <c r="D209" s="1231"/>
+      <c r="E209" s="1231"/>
+      <c r="F209" s="1231"/>
+      <c r="G209" s="1231"/>
+      <c r="H209" s="1231"/>
+      <c r="I209" s="1231"/>
+      <c r="J209" s="552">
+        <v>611</v>
+      </c>
+      <c r="K209" s="385"/>
+      <c r="L209" s="1235">
+        <f>Vkladani_dat!G127</f>
+        <v>0</v>
+      </c>
+      <c r="M209" s="609"/>
+      <c r="N209" s="609"/>
+      <c r="O209" s="1236"/>
+      <c r="P209" s="146"/>
+      <c r="Q209" s="575" t="s">
+        <v>516</v>
+      </c>
+      <c r="R209" s="576"/>
+      <c r="S209" s="576"/>
+      <c r="T209" s="576"/>
+      <c r="U209" s="576"/>
+      <c r="V209" s="576"/>
+      <c r="W209" s="576"/>
+      <c r="X209" s="576"/>
+      <c r="Y209" s="576"/>
+      <c r="Z209" s="577"/>
+      <c r="AA209" s="574">
+        <v>816</v>
+      </c>
+      <c r="AB209" s="574"/>
+      <c r="AC209" s="574"/>
+      <c r="AD209" s="550">
+        <f>Vkladani_dat!G173</f>
+        <v>0</v>
+      </c>
+      <c r="AE209" s="550"/>
+      <c r="AF209" s="550"/>
+      <c r="AG209" s="550"/>
+      <c r="AH209" s="551"/>
+    </row>
+    <row r="210" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="1232"/>
+      <c r="B210" s="1231"/>
+      <c r="C210" s="1231"/>
+      <c r="D210" s="1231"/>
+      <c r="E210" s="1231"/>
+      <c r="F210" s="1231"/>
+      <c r="G210" s="1231"/>
+      <c r="H210" s="1231"/>
+      <c r="I210" s="1231"/>
+      <c r="J210" s="385"/>
+      <c r="K210" s="385"/>
+      <c r="L210" s="609"/>
+      <c r="M210" s="609"/>
+      <c r="N210" s="609"/>
+      <c r="O210" s="1236"/>
+      <c r="P210" s="146"/>
+      <c r="Q210" s="578"/>
+      <c r="R210" s="579"/>
+      <c r="S210" s="579"/>
+      <c r="T210" s="579"/>
+      <c r="U210" s="579"/>
+      <c r="V210" s="579"/>
+      <c r="W210" s="579"/>
+      <c r="X210" s="579"/>
+      <c r="Y210" s="579"/>
+      <c r="Z210" s="580"/>
+      <c r="AA210" s="574"/>
+      <c r="AB210" s="574"/>
+      <c r="AC210" s="574"/>
+      <c r="AD210" s="550"/>
+      <c r="AE210" s="550"/>
+      <c r="AF210" s="550"/>
+      <c r="AG210" s="550"/>
+      <c r="AH210" s="551"/>
+    </row>
+    <row r="211" spans="1:34" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="544" t="s">
         <v>537</v>
       </c>
-      <c r="B187" s="640"/>
-[...592 lines deleted...]
-      <c r="Q201" s="626" t="s">
+      <c r="B211" s="1227"/>
+      <c r="C211" s="1227"/>
+      <c r="D211" s="1227"/>
+      <c r="E211" s="1227"/>
+      <c r="F211" s="1227"/>
+      <c r="G211" s="1227"/>
+      <c r="H211" s="1227"/>
+      <c r="I211" s="1228"/>
+      <c r="J211" s="552">
+        <v>612</v>
+      </c>
+      <c r="K211" s="385"/>
+      <c r="L211" s="1235">
+        <f>Vkladani_dat!G128</f>
+        <v>0</v>
+      </c>
+      <c r="M211" s="609"/>
+      <c r="N211" s="609"/>
+      <c r="O211" s="1236"/>
+      <c r="P211" s="146"/>
+      <c r="Q211" s="544" t="s">
         <v>517</v>
       </c>
-      <c r="R201" s="608"/>
-[...254 lines deleted...]
-      <c r="Q207" s="548" t="s">
+      <c r="R211" s="545"/>
+      <c r="S211" s="545"/>
+      <c r="T211" s="545"/>
+      <c r="U211" s="545"/>
+      <c r="V211" s="545"/>
+      <c r="W211" s="545"/>
+      <c r="X211" s="545"/>
+      <c r="Y211" s="545"/>
+      <c r="Z211" s="546"/>
+      <c r="AA211" s="553">
+        <v>817</v>
+      </c>
+      <c r="AB211" s="554"/>
+      <c r="AC211" s="555"/>
+      <c r="AD211" s="562">
+        <f>Vkladani_dat!G174</f>
+        <v>0</v>
+      </c>
+      <c r="AE211" s="563"/>
+      <c r="AF211" s="563"/>
+      <c r="AG211" s="563"/>
+      <c r="AH211" s="564"/>
+    </row>
+    <row r="212" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1224" t="s">
+        <v>538</v>
+      </c>
+      <c r="B212" s="1225"/>
+      <c r="C212" s="1225"/>
+      <c r="D212" s="1225"/>
+      <c r="E212" s="1225"/>
+      <c r="F212" s="1225"/>
+      <c r="G212" s="1225"/>
+      <c r="H212" s="1225"/>
+      <c r="I212" s="1226"/>
+      <c r="J212" s="385"/>
+      <c r="K212" s="385"/>
+      <c r="L212" s="609"/>
+      <c r="M212" s="609"/>
+      <c r="N212" s="609"/>
+      <c r="O212" s="1236"/>
+      <c r="P212" s="146"/>
+      <c r="Q212" s="1229"/>
+      <c r="R212" s="648"/>
+      <c r="S212" s="648"/>
+      <c r="T212" s="648"/>
+      <c r="U212" s="648"/>
+      <c r="V212" s="648"/>
+      <c r="W212" s="648"/>
+      <c r="X212" s="648"/>
+      <c r="Y212" s="648"/>
+      <c r="Z212" s="649"/>
+      <c r="AA212" s="556"/>
+      <c r="AB212" s="557"/>
+      <c r="AC212" s="558"/>
+      <c r="AD212" s="565"/>
+      <c r="AE212" s="566"/>
+      <c r="AF212" s="566"/>
+      <c r="AG212" s="566"/>
+      <c r="AH212" s="567"/>
+    </row>
+    <row r="213" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="1233" t="s">
+        <v>474</v>
+      </c>
+      <c r="B213" s="959"/>
+      <c r="C213" s="959"/>
+      <c r="D213" s="959"/>
+      <c r="E213" s="959"/>
+      <c r="F213" s="959"/>
+      <c r="G213" s="959"/>
+      <c r="H213" s="959"/>
+      <c r="I213" s="959"/>
+      <c r="J213" s="574">
+        <v>613</v>
+      </c>
+      <c r="K213" s="605"/>
+      <c r="L213" s="1235">
+        <f>Vkladani_dat!G129</f>
+        <v>0</v>
+      </c>
+      <c r="M213" s="610"/>
+      <c r="N213" s="610"/>
+      <c r="O213" s="611"/>
+      <c r="P213" s="146"/>
+      <c r="Q213" s="994"/>
+      <c r="R213" s="627"/>
+      <c r="S213" s="627"/>
+      <c r="T213" s="627"/>
+      <c r="U213" s="627"/>
+      <c r="V213" s="627"/>
+      <c r="W213" s="627"/>
+      <c r="X213" s="627"/>
+      <c r="Y213" s="627"/>
+      <c r="Z213" s="628"/>
+      <c r="AA213" s="559"/>
+      <c r="AB213" s="560"/>
+      <c r="AC213" s="561"/>
+      <c r="AD213" s="568"/>
+      <c r="AE213" s="569"/>
+      <c r="AF213" s="569"/>
+      <c r="AG213" s="569"/>
+      <c r="AH213" s="570"/>
+    </row>
+    <row r="214" spans="1:34" ht="4.1500000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="1234"/>
+      <c r="B214" s="959"/>
+      <c r="C214" s="959"/>
+      <c r="D214" s="959"/>
+      <c r="E214" s="959"/>
+      <c r="F214" s="959"/>
+      <c r="G214" s="959"/>
+      <c r="H214" s="959"/>
+      <c r="I214" s="959"/>
+      <c r="J214" s="605"/>
+      <c r="K214" s="605"/>
+      <c r="L214" s="610"/>
+      <c r="M214" s="610"/>
+      <c r="N214" s="610"/>
+      <c r="O214" s="611"/>
+      <c r="P214" s="146"/>
+      <c r="Q214" s="618" t="s">
+        <v>584</v>
+      </c>
+      <c r="R214" s="619"/>
+      <c r="S214" s="619"/>
+      <c r="T214" s="620"/>
+      <c r="U214" s="576" t="s">
         <v>518</v>
       </c>
-      <c r="R207" s="549"/>
-[...84 lines deleted...]
-      <c r="Q209" s="626" t="s">
+      <c r="V214" s="599"/>
+      <c r="W214" s="599"/>
+      <c r="X214" s="599"/>
+      <c r="Y214" s="599"/>
+      <c r="Z214" s="600"/>
+      <c r="AA214" s="553">
+        <v>818</v>
+      </c>
+      <c r="AB214" s="582"/>
+      <c r="AC214" s="583"/>
+      <c r="AD214" s="562">
+        <f>Vkladani_dat!G175</f>
+        <v>0</v>
+      </c>
+      <c r="AE214" s="587"/>
+      <c r="AF214" s="587"/>
+      <c r="AG214" s="587"/>
+      <c r="AH214" s="588"/>
+    </row>
+    <row r="215" spans="1:34" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="1234"/>
+      <c r="B215" s="959"/>
+      <c r="C215" s="959"/>
+      <c r="D215" s="959"/>
+      <c r="E215" s="959"/>
+      <c r="F215" s="959"/>
+      <c r="G215" s="959"/>
+      <c r="H215" s="959"/>
+      <c r="I215" s="959"/>
+      <c r="J215" s="605"/>
+      <c r="K215" s="605"/>
+      <c r="L215" s="610"/>
+      <c r="M215" s="610"/>
+      <c r="N215" s="610"/>
+      <c r="O215" s="611"/>
+      <c r="P215" s="146"/>
+      <c r="Q215" s="621"/>
+      <c r="R215" s="622"/>
+      <c r="S215" s="622"/>
+      <c r="T215" s="623"/>
+      <c r="U215" s="601"/>
+      <c r="V215" s="601"/>
+      <c r="W215" s="601"/>
+      <c r="X215" s="601"/>
+      <c r="Y215" s="601"/>
+      <c r="Z215" s="602"/>
+      <c r="AA215" s="584"/>
+      <c r="AB215" s="585"/>
+      <c r="AC215" s="586"/>
+      <c r="AD215" s="589"/>
+      <c r="AE215" s="590"/>
+      <c r="AF215" s="590"/>
+      <c r="AG215" s="590"/>
+      <c r="AH215" s="591"/>
+    </row>
+    <row r="216" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="539" t="s">
+        <v>422</v>
+      </c>
+      <c r="B216" s="540"/>
+      <c r="C216" s="540"/>
+      <c r="D216" s="540"/>
+      <c r="E216" s="540"/>
+      <c r="F216" s="540"/>
+      <c r="G216" s="540"/>
+      <c r="H216" s="540"/>
+      <c r="I216" s="540"/>
+      <c r="J216" s="574">
+        <v>614</v>
+      </c>
+      <c r="K216" s="605"/>
+      <c r="L216" s="550">
+        <f>Vkladani_dat!G130</f>
+        <v>0</v>
+      </c>
+      <c r="M216" s="607"/>
+      <c r="N216" s="607"/>
+      <c r="O216" s="608"/>
+      <c r="P216" s="146"/>
+      <c r="Q216" s="621"/>
+      <c r="R216" s="622"/>
+      <c r="S216" s="622"/>
+      <c r="T216" s="623"/>
+      <c r="U216" s="627"/>
+      <c r="V216" s="627"/>
+      <c r="W216" s="627"/>
+      <c r="X216" s="627"/>
+      <c r="Y216" s="627"/>
+      <c r="Z216" s="628"/>
+      <c r="AA216" s="559"/>
+      <c r="AB216" s="560"/>
+      <c r="AC216" s="561"/>
+      <c r="AD216" s="568"/>
+      <c r="AE216" s="569"/>
+      <c r="AF216" s="569"/>
+      <c r="AG216" s="569"/>
+      <c r="AH216" s="570"/>
+    </row>
+    <row r="217" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="541"/>
+      <c r="B217" s="540"/>
+      <c r="C217" s="540"/>
+      <c r="D217" s="540"/>
+      <c r="E217" s="540"/>
+      <c r="F217" s="540"/>
+      <c r="G217" s="540"/>
+      <c r="H217" s="540"/>
+      <c r="I217" s="540"/>
+      <c r="J217" s="605"/>
+      <c r="K217" s="605"/>
+      <c r="L217" s="607"/>
+      <c r="M217" s="607"/>
+      <c r="N217" s="607"/>
+      <c r="O217" s="608"/>
+      <c r="P217" s="146"/>
+      <c r="Q217" s="621"/>
+      <c r="R217" s="622"/>
+      <c r="S217" s="622"/>
+      <c r="T217" s="623"/>
+      <c r="U217" s="576" t="s">
         <v>519</v>
       </c>
-      <c r="R209" s="608"/>
-[...342 lines deleted...]
-      <c r="AA217" s="557">
+      <c r="V217" s="599"/>
+      <c r="W217" s="599"/>
+      <c r="X217" s="599"/>
+      <c r="Y217" s="599"/>
+      <c r="Z217" s="600"/>
+      <c r="AA217" s="553">
         <v>819</v>
       </c>
-      <c r="AB217" s="578"/>
-[...1 lines deleted...]
-      <c r="AD217" s="566">
+      <c r="AB217" s="582"/>
+      <c r="AC217" s="583"/>
+      <c r="AD217" s="562">
         <f>Vkladani_dat!G176</f>
         <v>0</v>
       </c>
-      <c r="AE217" s="583"/>
-[...2 lines deleted...]
-      <c r="AH217" s="584"/>
+      <c r="AE217" s="587"/>
+      <c r="AF217" s="587"/>
+      <c r="AG217" s="587"/>
+      <c r="AH217" s="588"/>
     </row>
     <row r="218" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A218" s="545" t="s">
+      <c r="A218" s="541" t="s">
         <v>423</v>
       </c>
-      <c r="B218" s="544"/>
-[...7 lines deleted...]
-      <c r="J218" s="617">
+      <c r="B218" s="540"/>
+      <c r="C218" s="540"/>
+      <c r="D218" s="540"/>
+      <c r="E218" s="540"/>
+      <c r="F218" s="540"/>
+      <c r="G218" s="540"/>
+      <c r="H218" s="540"/>
+      <c r="I218" s="540"/>
+      <c r="J218" s="574">
         <v>615</v>
       </c>
-      <c r="K218" s="618"/>
-      <c r="L218" s="620">
+      <c r="K218" s="605"/>
+      <c r="L218" s="609">
         <f>Vkladani_dat!G131</f>
         <v>0</v>
       </c>
-      <c r="M218" s="621"/>
-[...20 lines deleted...]
-      <c r="AH218" s="587"/>
+      <c r="M218" s="610"/>
+      <c r="N218" s="610"/>
+      <c r="O218" s="611"/>
+      <c r="P218" s="146"/>
+      <c r="Q218" s="621"/>
+      <c r="R218" s="622"/>
+      <c r="S218" s="622"/>
+      <c r="T218" s="623"/>
+      <c r="U218" s="601"/>
+      <c r="V218" s="601"/>
+      <c r="W218" s="601"/>
+      <c r="X218" s="601"/>
+      <c r="Y218" s="601"/>
+      <c r="Z218" s="602"/>
+      <c r="AA218" s="584"/>
+      <c r="AB218" s="585"/>
+      <c r="AC218" s="586"/>
+      <c r="AD218" s="589"/>
+      <c r="AE218" s="590"/>
+      <c r="AF218" s="590"/>
+      <c r="AG218" s="590"/>
+      <c r="AH218" s="591"/>
     </row>
     <row r="219" spans="1:34" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A219" s="545"/>
-[...32 lines deleted...]
-      <c r="AH219" s="590"/>
+      <c r="A219" s="541"/>
+      <c r="B219" s="540"/>
+      <c r="C219" s="540"/>
+      <c r="D219" s="540"/>
+      <c r="E219" s="540"/>
+      <c r="F219" s="540"/>
+      <c r="G219" s="540"/>
+      <c r="H219" s="540"/>
+      <c r="I219" s="540"/>
+      <c r="J219" s="605"/>
+      <c r="K219" s="605"/>
+      <c r="L219" s="610"/>
+      <c r="M219" s="610"/>
+      <c r="N219" s="610"/>
+      <c r="O219" s="611"/>
+      <c r="P219" s="146"/>
+      <c r="Q219" s="624"/>
+      <c r="R219" s="625"/>
+      <c r="S219" s="625"/>
+      <c r="T219" s="626"/>
+      <c r="U219" s="603"/>
+      <c r="V219" s="603"/>
+      <c r="W219" s="603"/>
+      <c r="X219" s="603"/>
+      <c r="Y219" s="603"/>
+      <c r="Z219" s="604"/>
+      <c r="AA219" s="615"/>
+      <c r="AB219" s="616"/>
+      <c r="AC219" s="617"/>
+      <c r="AD219" s="592"/>
+      <c r="AE219" s="593"/>
+      <c r="AF219" s="593"/>
+      <c r="AG219" s="593"/>
+      <c r="AH219" s="594"/>
     </row>
     <row r="220" spans="1:34" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A220" s="546"/>
-[...32 lines deleted...]
-      <c r="AH220" s="595"/>
+      <c r="A220" s="542"/>
+      <c r="B220" s="543"/>
+      <c r="C220" s="543"/>
+      <c r="D220" s="543"/>
+      <c r="E220" s="543"/>
+      <c r="F220" s="543"/>
+      <c r="G220" s="543"/>
+      <c r="H220" s="543"/>
+      <c r="I220" s="543"/>
+      <c r="J220" s="606"/>
+      <c r="K220" s="606"/>
+      <c r="L220" s="612"/>
+      <c r="M220" s="612"/>
+      <c r="N220" s="612"/>
+      <c r="O220" s="613"/>
+      <c r="P220" s="146"/>
+      <c r="Q220" s="595"/>
+      <c r="R220" s="595"/>
+      <c r="S220" s="595"/>
+      <c r="T220" s="595"/>
+      <c r="U220" s="595"/>
+      <c r="V220" s="595"/>
+      <c r="W220" s="595"/>
+      <c r="X220" s="595"/>
+      <c r="Y220" s="595"/>
+      <c r="Z220" s="595"/>
+      <c r="AA220" s="597"/>
+      <c r="AB220" s="597"/>
+      <c r="AC220" s="597"/>
+      <c r="AD220" s="614"/>
+      <c r="AE220" s="614"/>
+      <c r="AF220" s="614"/>
+      <c r="AG220" s="614"/>
+      <c r="AH220" s="614"/>
     </row>
     <row r="221" spans="1:34" ht="1.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A221" s="541" t="s">
+      <c r="A221" s="537" t="s">
         <v>278</v>
       </c>
-      <c r="B221" s="542"/>
-[...30 lines deleted...]
-      <c r="AH221" s="586"/>
+      <c r="B221" s="538"/>
+      <c r="C221" s="538"/>
+      <c r="D221" s="538"/>
+      <c r="E221" s="538"/>
+      <c r="F221" s="538"/>
+      <c r="G221" s="538"/>
+      <c r="H221" s="538"/>
+      <c r="I221" s="538"/>
+      <c r="J221" s="538"/>
+      <c r="K221" s="138"/>
+      <c r="L221" s="571"/>
+      <c r="M221" s="571"/>
+      <c r="N221" s="571"/>
+      <c r="O221" s="571"/>
+      <c r="Q221" s="596"/>
+      <c r="R221" s="596"/>
+      <c r="S221" s="596"/>
+      <c r="T221" s="596"/>
+      <c r="U221" s="596"/>
+      <c r="V221" s="596"/>
+      <c r="W221" s="596"/>
+      <c r="X221" s="596"/>
+      <c r="Y221" s="596"/>
+      <c r="Z221" s="596"/>
+      <c r="AA221" s="598"/>
+      <c r="AB221" s="598"/>
+      <c r="AC221" s="598"/>
+      <c r="AD221" s="590"/>
+      <c r="AE221" s="590"/>
+      <c r="AF221" s="590"/>
+      <c r="AG221" s="590"/>
+      <c r="AH221" s="590"/>
     </row>
     <row r="222" spans="1:34" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A222" s="463"/>
-[...31 lines deleted...]
-      <c r="AH222" s="586"/>
+      <c r="A222" s="446"/>
+      <c r="B222" s="446"/>
+      <c r="C222" s="446"/>
+      <c r="D222" s="446"/>
+      <c r="E222" s="446"/>
+      <c r="F222" s="446"/>
+      <c r="G222" s="446"/>
+      <c r="H222" s="446"/>
+      <c r="I222" s="446"/>
+      <c r="J222" s="446"/>
+      <c r="K222" s="131"/>
+      <c r="L222" s="572"/>
+      <c r="M222" s="572"/>
+      <c r="N222" s="572"/>
+      <c r="O222" s="572"/>
+      <c r="Q222" s="596"/>
+      <c r="R222" s="596"/>
+      <c r="S222" s="596"/>
+      <c r="T222" s="596"/>
+      <c r="U222" s="596"/>
+      <c r="V222" s="596"/>
+      <c r="W222" s="596"/>
+      <c r="X222" s="596"/>
+      <c r="Y222" s="596"/>
+      <c r="Z222" s="596"/>
+      <c r="AA222" s="598"/>
+      <c r="AB222" s="598"/>
+      <c r="AC222" s="598"/>
+      <c r="AD222" s="590"/>
+      <c r="AE222" s="590"/>
+      <c r="AF222" s="590"/>
+      <c r="AG222" s="590"/>
+      <c r="AH222" s="590"/>
     </row>
     <row r="223" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A223" s="486"/>
-[...32 lines deleted...]
-      <c r="AH223" s="577"/>
+      <c r="A223" s="464"/>
+      <c r="B223" s="464"/>
+      <c r="C223" s="464"/>
+      <c r="D223" s="464"/>
+      <c r="E223" s="464"/>
+      <c r="F223" s="464"/>
+      <c r="G223" s="464"/>
+      <c r="H223" s="464"/>
+      <c r="I223" s="464"/>
+      <c r="J223" s="464"/>
+      <c r="K223" s="581"/>
+      <c r="L223" s="581"/>
+      <c r="M223" s="581"/>
+      <c r="N223" s="581"/>
+      <c r="O223" s="581"/>
+      <c r="P223" s="581"/>
+      <c r="Q223" s="581"/>
+      <c r="R223" s="581"/>
+      <c r="S223" s="581"/>
+      <c r="T223" s="581"/>
+      <c r="U223" s="581"/>
+      <c r="V223" s="581"/>
+      <c r="W223" s="581"/>
+      <c r="X223" s="581"/>
+      <c r="Y223" s="581"/>
+      <c r="Z223" s="581"/>
+      <c r="AA223" s="581"/>
+      <c r="AB223" s="581"/>
+      <c r="AC223" s="581"/>
+      <c r="AD223" s="581"/>
+      <c r="AE223" s="581"/>
+      <c r="AF223" s="581"/>
+      <c r="AG223" s="581"/>
+      <c r="AH223" s="581"/>
     </row>
     <row r="224" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A224" s="537"/>
-[...2 lines deleted...]
-      <c r="D224" s="539"/>
+      <c r="A224" s="533"/>
+      <c r="B224" s="534"/>
+      <c r="C224" s="534"/>
+      <c r="D224" s="535"/>
       <c r="E224" s="18" t="s">
         <v>265</v>
       </c>
-      <c r="F224" s="511" t="s">
+      <c r="F224" s="520" t="s">
         <v>279</v>
       </c>
-      <c r="G224" s="513"/>
-      <c r="H224" s="511" t="s">
+      <c r="G224" s="522"/>
+      <c r="H224" s="520" t="s">
         <v>280</v>
       </c>
-      <c r="I224" s="512"/>
-[...1 lines deleted...]
-      <c r="K224" s="511" t="s">
+      <c r="I224" s="521"/>
+      <c r="J224" s="521"/>
+      <c r="K224" s="520" t="s">
         <v>281</v>
       </c>
-      <c r="L224" s="512"/>
-[...1 lines deleted...]
-      <c r="N224" s="511" t="s">
+      <c r="L224" s="521"/>
+      <c r="M224" s="522"/>
+      <c r="N224" s="520" t="s">
         <v>476</v>
       </c>
-      <c r="O224" s="512"/>
-[...4 lines deleted...]
-      <c r="T224" s="540" t="s">
+      <c r="O224" s="521"/>
+      <c r="P224" s="521"/>
+      <c r="Q224" s="521"/>
+      <c r="R224" s="521"/>
+      <c r="S224" s="522"/>
+      <c r="T224" s="536" t="s">
+        <v>582</v>
+      </c>
+      <c r="U224" s="536"/>
+      <c r="V224" s="536"/>
+      <c r="W224" s="536"/>
+      <c r="X224" s="536"/>
+      <c r="Y224" s="137" t="s">
+        <v>583</v>
+      </c>
+      <c r="Z224" s="520" t="s">
+        <v>543</v>
+      </c>
+      <c r="AA224" s="521"/>
+      <c r="AB224" s="521"/>
+      <c r="AC224" s="521"/>
+      <c r="AD224" s="521"/>
+      <c r="AE224" s="521"/>
+      <c r="AF224" s="522"/>
+      <c r="AG224" s="520" t="s">
+        <v>282</v>
+      </c>
+      <c r="AH224" s="523"/>
+    </row>
+    <row r="225" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="528" t="s">
+        <v>63</v>
+      </c>
+      <c r="B225" s="525"/>
+      <c r="C225" s="525"/>
+      <c r="D225" s="526"/>
+      <c r="E225" s="135" t="s">
+        <v>283</v>
+      </c>
+      <c r="F225" s="529" t="s">
+        <v>267</v>
+      </c>
+      <c r="G225" s="526"/>
+      <c r="H225" s="530">
+        <v>2</v>
+      </c>
+      <c r="I225" s="531"/>
+      <c r="J225" s="531"/>
+      <c r="K225" s="524">
+        <v>3</v>
+      </c>
+      <c r="L225" s="525"/>
+      <c r="M225" s="526"/>
+      <c r="N225" s="524">
+        <v>4</v>
+      </c>
+      <c r="O225" s="525"/>
+      <c r="P225" s="525"/>
+      <c r="Q225" s="525"/>
+      <c r="R225" s="525"/>
+      <c r="S225" s="526"/>
+      <c r="T225" s="532">
+        <v>5</v>
+      </c>
+      <c r="U225" s="532"/>
+      <c r="V225" s="532"/>
+      <c r="W225" s="532"/>
+      <c r="X225" s="532"/>
+      <c r="Y225" s="136">
+        <v>6</v>
+      </c>
+      <c r="Z225" s="524">
+        <v>7</v>
+      </c>
+      <c r="AA225" s="525"/>
+      <c r="AB225" s="525"/>
+      <c r="AC225" s="525"/>
+      <c r="AD225" s="525"/>
+      <c r="AE225" s="525"/>
+      <c r="AF225" s="526"/>
+      <c r="AG225" s="524">
+        <v>8</v>
+      </c>
+      <c r="AH225" s="527"/>
+    </row>
+    <row r="226" spans="1:34" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="449" t="s">
+        <v>284</v>
+      </c>
+      <c r="B226" s="501"/>
+      <c r="C226" s="501"/>
+      <c r="D226" s="502"/>
+      <c r="E226" s="93" t="s">
+        <v>285</v>
+      </c>
+      <c r="F226" s="503">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="1",1,0)</f>
+        <v>0</v>
+      </c>
+      <c r="G226" s="453"/>
+      <c r="H226" s="454">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="2",1,0)</f>
+        <v>0</v>
+      </c>
+      <c r="I226" s="455"/>
+      <c r="J226" s="453"/>
+      <c r="K226" s="454">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="3",1,0)</f>
+        <v>0</v>
+      </c>
+      <c r="L226" s="455"/>
+      <c r="M226" s="453"/>
+      <c r="N226" s="454">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="4",1,0)</f>
+        <v>0</v>
+      </c>
+      <c r="O226" s="455"/>
+      <c r="P226" s="455"/>
+      <c r="Q226" s="455"/>
+      <c r="R226" s="455"/>
+      <c r="S226" s="453"/>
+      <c r="T226" s="505">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="5",1,0)</f>
+        <v>0</v>
+      </c>
+      <c r="U226" s="505"/>
+      <c r="V226" s="505"/>
+      <c r="W226" s="505"/>
+      <c r="X226" s="505"/>
+      <c r="Y226" s="133">
+        <v>0</v>
+      </c>
+      <c r="Z226" s="454">
+        <v>0</v>
+      </c>
+      <c r="AA226" s="455"/>
+      <c r="AB226" s="455"/>
+      <c r="AC226" s="455"/>
+      <c r="AD226" s="455"/>
+      <c r="AE226" s="455"/>
+      <c r="AF226" s="453"/>
+      <c r="AG226" s="509">
+        <f>SUM(F226:Z226)</f>
+        <v>0</v>
+      </c>
+      <c r="AH226" s="510"/>
+    </row>
+    <row r="227" spans="1:34" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="449" t="s">
+        <v>286</v>
+      </c>
+      <c r="B227" s="450"/>
+      <c r="C227" s="450"/>
+      <c r="D227" s="451"/>
+      <c r="E227" s="94" t="s">
+        <v>287</v>
+      </c>
+      <c r="F227" s="452" t="s">
+        <v>288</v>
+      </c>
+      <c r="G227" s="453"/>
+      <c r="H227" s="454">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="2",Vkladani_dat!G12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="I227" s="455"/>
+      <c r="J227" s="455"/>
+      <c r="K227" s="454">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="3",Vkladani_dat!G12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="L227" s="455"/>
+      <c r="M227" s="453"/>
+      <c r="N227" s="456">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="4",Vkladani_dat!G12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="O227" s="457"/>
+      <c r="P227" s="457"/>
+      <c r="Q227" s="457"/>
+      <c r="R227" s="457"/>
+      <c r="S227" s="458"/>
+      <c r="T227" s="459">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="5",Vkladani_dat!G12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="U227" s="459"/>
+      <c r="V227" s="459"/>
+      <c r="W227" s="459"/>
+      <c r="X227" s="459"/>
+      <c r="Y227" s="130">
+        <v>0</v>
+      </c>
+      <c r="Z227" s="454">
+        <v>0</v>
+      </c>
+      <c r="AA227" s="455"/>
+      <c r="AB227" s="455"/>
+      <c r="AC227" s="455"/>
+      <c r="AD227" s="455"/>
+      <c r="AE227" s="455"/>
+      <c r="AF227" s="453"/>
+      <c r="AG227" s="456">
+        <f>SUM(F227:Z227)</f>
+        <v>0</v>
+      </c>
+      <c r="AH227" s="511"/>
+    </row>
+    <row r="228" spans="1:34" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="512" t="s">
+        <v>520</v>
+      </c>
+      <c r="B228" s="513"/>
+      <c r="C228" s="513"/>
+      <c r="D228" s="514"/>
+      <c r="E228" s="95" t="s">
+        <v>289</v>
+      </c>
+      <c r="F228" s="515" t="s">
+        <v>288</v>
+      </c>
+      <c r="G228" s="508"/>
+      <c r="H228" s="506">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="2",Vkladani_dat!G13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="I228" s="507"/>
+      <c r="J228" s="507"/>
+      <c r="K228" s="506">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="3",Vkladani_dat!G13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="L228" s="507"/>
+      <c r="M228" s="508"/>
+      <c r="N228" s="506">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="4",Vkladani_dat!G13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="O228" s="507"/>
+      <c r="P228" s="507"/>
+      <c r="Q228" s="507"/>
+      <c r="R228" s="507"/>
+      <c r="S228" s="508"/>
+      <c r="T228" s="460">
+        <f>IF(MID(Vkladani_dat!F3,1,1)="5",Vkladani_dat!G13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="U228" s="460"/>
+      <c r="V228" s="460"/>
+      <c r="W228" s="460"/>
+      <c r="X228" s="460"/>
+      <c r="Y228" s="134">
+        <v>0</v>
+      </c>
+      <c r="Z228" s="506">
+        <v>0</v>
+      </c>
+      <c r="AA228" s="507"/>
+      <c r="AB228" s="507"/>
+      <c r="AC228" s="507"/>
+      <c r="AD228" s="507"/>
+      <c r="AE228" s="507"/>
+      <c r="AF228" s="508"/>
+      <c r="AG228" s="516">
+        <f>SUM(F228:Z228)</f>
+        <v>0</v>
+      </c>
+      <c r="AH228" s="517"/>
+    </row>
+    <row r="229" spans="1:34" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="518"/>
+      <c r="B229" s="518"/>
+      <c r="C229" s="518"/>
+      <c r="D229" s="518"/>
+      <c r="E229" s="144"/>
+      <c r="F229" s="519"/>
+      <c r="G229" s="441"/>
+      <c r="H229" s="441"/>
+      <c r="I229" s="441"/>
+      <c r="J229" s="441"/>
+      <c r="K229" s="441"/>
+      <c r="L229" s="441"/>
+      <c r="M229" s="441"/>
+      <c r="N229" s="448"/>
+      <c r="O229" s="448"/>
+      <c r="P229" s="448"/>
+      <c r="Q229" s="448"/>
+      <c r="R229" s="448"/>
+      <c r="S229" s="448"/>
+      <c r="T229" s="442"/>
+      <c r="U229" s="443"/>
+      <c r="V229" s="443"/>
+      <c r="W229" s="443"/>
+      <c r="X229" s="443"/>
+      <c r="Y229" s="128"/>
+      <c r="Z229" s="441"/>
+      <c r="AA229" s="441"/>
+      <c r="AB229" s="441"/>
+      <c r="AC229" s="441"/>
+      <c r="AD229" s="441"/>
+      <c r="AE229" s="441"/>
+      <c r="AF229" s="441"/>
+      <c r="AG229" s="442"/>
+      <c r="AH229" s="443"/>
+    </row>
+    <row r="230" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="444"/>
+      <c r="B230" s="445"/>
+      <c r="C230" s="445"/>
+      <c r="D230" s="445"/>
+      <c r="E230" s="445"/>
+      <c r="F230" s="445"/>
+      <c r="G230" s="445"/>
+      <c r="H230" s="445"/>
+      <c r="I230" s="446"/>
+      <c r="J230" s="446"/>
+      <c r="K230" s="446"/>
+      <c r="L230" s="446"/>
+      <c r="M230" s="446"/>
+      <c r="N230" s="446"/>
+      <c r="O230" s="446"/>
+      <c r="P230" s="446"/>
+      <c r="Q230" s="446"/>
+      <c r="R230" s="446"/>
+      <c r="S230" s="446"/>
+      <c r="T230" s="446"/>
+      <c r="U230" s="446"/>
+      <c r="V230" s="446"/>
+      <c r="W230" s="446"/>
+      <c r="X230" s="446"/>
+      <c r="Y230" s="446"/>
+      <c r="Z230" s="446"/>
+      <c r="AA230" s="446"/>
+      <c r="AB230" s="446"/>
+      <c r="AC230" s="446"/>
+      <c r="AD230" s="446"/>
+      <c r="AE230" s="446"/>
+      <c r="AF230" s="446"/>
+      <c r="AG230" s="446"/>
+      <c r="AH230" s="446"/>
+    </row>
+    <row r="231" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="447" t="s">
+        <v>524</v>
+      </c>
+      <c r="B231" s="447"/>
+      <c r="C231" s="447"/>
+      <c r="D231" s="447"/>
+      <c r="E231" s="447"/>
+      <c r="F231" s="447"/>
+      <c r="G231" s="447"/>
+      <c r="H231" s="447"/>
+      <c r="I231" s="447"/>
+      <c r="J231" s="447"/>
+      <c r="K231" s="447"/>
+      <c r="L231" s="447"/>
+      <c r="M231" s="447"/>
+      <c r="N231" s="447"/>
+      <c r="O231" s="447"/>
+      <c r="P231" s="447"/>
+      <c r="Q231" s="440" t="s">
+        <v>531</v>
+      </c>
+      <c r="R231" s="440"/>
+      <c r="S231" s="440"/>
+      <c r="T231" s="440"/>
+      <c r="U231" s="440"/>
+      <c r="V231" s="440"/>
+      <c r="W231" s="440"/>
+      <c r="X231" s="440"/>
+      <c r="Y231" s="440"/>
+      <c r="Z231" s="440"/>
+      <c r="AA231" s="440"/>
+      <c r="AB231" s="440"/>
+      <c r="AC231" s="440"/>
+      <c r="AD231" s="440"/>
+      <c r="AE231" s="440"/>
+      <c r="AF231" s="440"/>
+      <c r="AG231" s="440"/>
+      <c r="AH231" s="440"/>
+    </row>
+    <row r="232" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="504" t="s">
+        <v>525</v>
+      </c>
+      <c r="B232" s="504"/>
+      <c r="C232" s="504"/>
+      <c r="D232" s="504"/>
+      <c r="E232" s="504"/>
+      <c r="F232" s="504"/>
+      <c r="G232" s="504"/>
+      <c r="H232" s="504"/>
+      <c r="I232" s="504"/>
+      <c r="J232" s="504"/>
+      <c r="K232" s="504"/>
+      <c r="L232" s="504"/>
+      <c r="M232" s="504"/>
+      <c r="N232" s="504"/>
+      <c r="O232" s="504"/>
+      <c r="P232" s="504"/>
+      <c r="Q232" s="440" t="s">
+        <v>532</v>
+      </c>
+      <c r="R232" s="440"/>
+      <c r="S232" s="440"/>
+      <c r="T232" s="440"/>
+      <c r="U232" s="440"/>
+      <c r="V232" s="440"/>
+      <c r="W232" s="440"/>
+      <c r="X232" s="440"/>
+      <c r="Y232" s="440"/>
+      <c r="Z232" s="440"/>
+      <c r="AA232" s="440"/>
+      <c r="AB232" s="440"/>
+      <c r="AC232" s="440"/>
+      <c r="AD232" s="440"/>
+      <c r="AE232" s="440"/>
+      <c r="AF232" s="440"/>
+      <c r="AG232" s="440"/>
+      <c r="AH232" s="440"/>
+    </row>
+    <row r="233" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="504" t="s">
+        <v>526</v>
+      </c>
+      <c r="B233" s="1209"/>
+      <c r="C233" s="1209"/>
+      <c r="D233" s="1209"/>
+      <c r="E233" s="1209"/>
+      <c r="F233" s="1209"/>
+      <c r="G233" s="1209"/>
+      <c r="H233" s="1209"/>
+      <c r="I233" s="1209"/>
+      <c r="J233" s="1209"/>
+      <c r="K233" s="1209"/>
+      <c r="L233" s="1209"/>
+      <c r="M233" s="1209"/>
+      <c r="N233" s="1209"/>
+      <c r="O233" s="1209"/>
+      <c r="P233" s="132"/>
+      <c r="Q233" s="440" t="s">
+        <v>521</v>
+      </c>
+      <c r="R233" s="440"/>
+      <c r="S233" s="440"/>
+      <c r="T233" s="440"/>
+      <c r="U233" s="440"/>
+      <c r="V233" s="440"/>
+      <c r="W233" s="440"/>
+      <c r="X233" s="440"/>
+      <c r="Y233" s="440"/>
+      <c r="Z233" s="440"/>
+      <c r="AA233" s="440"/>
+      <c r="AB233" s="440"/>
+      <c r="AC233" s="440"/>
+      <c r="AD233" s="440"/>
+      <c r="AE233" s="440"/>
+      <c r="AF233" s="440"/>
+      <c r="AG233" s="440"/>
+      <c r="AH233" s="440"/>
+    </row>
+    <row r="234" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="447" t="s">
+        <v>527</v>
+      </c>
+      <c r="B234" s="447"/>
+      <c r="C234" s="447"/>
+      <c r="D234" s="447"/>
+      <c r="E234" s="447"/>
+      <c r="F234" s="447"/>
+      <c r="G234" s="447"/>
+      <c r="H234" s="447"/>
+      <c r="I234" s="447"/>
+      <c r="J234" s="447"/>
+      <c r="K234" s="447"/>
+      <c r="L234" s="447"/>
+      <c r="M234" s="447"/>
+      <c r="N234" s="447"/>
+      <c r="O234" s="447"/>
+      <c r="P234" s="447"/>
+      <c r="Q234" s="440" t="s">
+        <v>522</v>
+      </c>
+      <c r="R234" s="440"/>
+      <c r="S234" s="440"/>
+      <c r="T234" s="440"/>
+      <c r="U234" s="440"/>
+      <c r="V234" s="440"/>
+      <c r="W234" s="440"/>
+      <c r="X234" s="440"/>
+      <c r="Y234" s="440"/>
+      <c r="Z234" s="440"/>
+      <c r="AA234" s="440"/>
+      <c r="AB234" s="440"/>
+      <c r="AC234" s="440"/>
+      <c r="AD234" s="440"/>
+      <c r="AE234" s="440"/>
+      <c r="AF234" s="440"/>
+      <c r="AG234" s="440"/>
+      <c r="AH234" s="440"/>
+    </row>
+    <row r="235" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="440" t="s">
+        <v>528</v>
+      </c>
+      <c r="B235" s="440"/>
+      <c r="C235" s="440"/>
+      <c r="D235" s="440"/>
+      <c r="E235" s="440"/>
+      <c r="F235" s="440"/>
+      <c r="G235" s="440"/>
+      <c r="H235" s="440"/>
+      <c r="I235" s="440"/>
+      <c r="J235" s="440"/>
+      <c r="K235" s="440"/>
+      <c r="L235" s="440"/>
+      <c r="M235" s="440"/>
+      <c r="N235" s="440"/>
+      <c r="O235" s="440"/>
+      <c r="P235" s="440"/>
+      <c r="Q235" s="440" t="s">
+        <v>529</v>
+      </c>
+      <c r="R235" s="440"/>
+      <c r="S235" s="440"/>
+      <c r="T235" s="440"/>
+      <c r="U235" s="440"/>
+      <c r="V235" s="440"/>
+      <c r="W235" s="440"/>
+      <c r="X235" s="440"/>
+      <c r="Y235" s="440"/>
+      <c r="Z235" s="440"/>
+      <c r="AA235" s="440"/>
+      <c r="AB235" s="440"/>
+      <c r="AC235" s="440"/>
+      <c r="AD235" s="440"/>
+      <c r="AE235" s="440"/>
+      <c r="AF235" s="440"/>
+      <c r="AG235" s="440"/>
+      <c r="AH235" s="440"/>
+    </row>
+    <row r="236" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="440" t="s">
+        <v>523</v>
+      </c>
+      <c r="B236" s="440"/>
+      <c r="C236" s="440"/>
+      <c r="D236" s="440"/>
+      <c r="E236" s="440"/>
+      <c r="F236" s="440"/>
+      <c r="G236" s="440"/>
+      <c r="H236" s="440"/>
+      <c r="I236" s="440"/>
+      <c r="J236" s="440"/>
+      <c r="K236" s="440"/>
+      <c r="L236" s="440"/>
+      <c r="M236" s="440"/>
+      <c r="N236" s="440"/>
+      <c r="O236" s="440"/>
+      <c r="P236" s="127"/>
+      <c r="Q236" s="440" t="s">
+        <v>530</v>
+      </c>
+      <c r="R236" s="1210"/>
+      <c r="S236" s="1210"/>
+      <c r="T236" s="1210"/>
+      <c r="U236" s="1210"/>
+      <c r="V236" s="1210"/>
+      <c r="W236" s="1210"/>
+      <c r="X236" s="1210"/>
+      <c r="Y236" s="1210"/>
+      <c r="Z236" s="1210"/>
+      <c r="AA236" s="1210"/>
+      <c r="AB236" s="1210"/>
+      <c r="AC236" s="1210"/>
+      <c r="AD236" s="1210"/>
+      <c r="AE236" s="1210"/>
+      <c r="AF236" s="1210"/>
+      <c r="AG236" s="1210"/>
+      <c r="AH236" s="1210"/>
+    </row>
+    <row r="237" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="440" t="s">
         <v>585</v>
       </c>
-      <c r="U224" s="540"/>
-[...3 lines deleted...]
-      <c r="Y224" s="140" t="s">
+      <c r="B237" s="440"/>
+      <c r="C237" s="440"/>
+      <c r="D237" s="440"/>
+      <c r="E237" s="440"/>
+      <c r="F237" s="440"/>
+      <c r="G237" s="440"/>
+      <c r="H237" s="440"/>
+      <c r="I237" s="440"/>
+      <c r="J237" s="440"/>
+      <c r="K237" s="440"/>
+      <c r="L237" s="440"/>
+      <c r="M237" s="440"/>
+      <c r="N237" s="440"/>
+      <c r="O237" s="440"/>
+      <c r="P237" s="127"/>
+      <c r="Q237" s="117"/>
+      <c r="R237" s="117"/>
+      <c r="S237" s="117"/>
+      <c r="T237" s="117"/>
+      <c r="U237" s="117"/>
+      <c r="V237" s="117"/>
+      <c r="W237" s="117"/>
+      <c r="X237" s="117"/>
+      <c r="Y237" s="117"/>
+      <c r="Z237" s="117"/>
+      <c r="AA237" s="117"/>
+      <c r="AB237" s="117"/>
+      <c r="AC237" s="117"/>
+      <c r="AD237" s="117"/>
+      <c r="AE237" s="117"/>
+      <c r="AF237" s="117"/>
+      <c r="AG237" s="117"/>
+      <c r="AH237" s="117"/>
+    </row>
+    <row r="238" spans="1:34" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="440" t="s">
         <v>586</v>
       </c>
-      <c r="Z224" s="511" t="s">
-[...566 lines deleted...]
-      <c r="A237" s="459" t="s">
+      <c r="B238" s="440"/>
+      <c r="C238" s="440"/>
+      <c r="D238" s="440"/>
+      <c r="E238" s="440"/>
+      <c r="F238" s="440"/>
+      <c r="G238" s="440"/>
+      <c r="H238" s="440"/>
+      <c r="I238" s="440"/>
+      <c r="J238" s="440"/>
+      <c r="K238" s="440"/>
+      <c r="L238" s="440"/>
+      <c r="M238" s="440"/>
+      <c r="N238" s="440"/>
+      <c r="O238" s="440"/>
+      <c r="P238" s="127"/>
+      <c r="Q238" s="117"/>
+      <c r="R238" s="117"/>
+      <c r="S238" s="117"/>
+      <c r="T238" s="117"/>
+      <c r="U238" s="117"/>
+      <c r="V238" s="117"/>
+      <c r="W238" s="117"/>
+      <c r="X238" s="117"/>
+      <c r="Y238" s="117"/>
+      <c r="Z238" s="117"/>
+      <c r="AA238" s="117"/>
+      <c r="AB238" s="117"/>
+      <c r="AC238" s="117"/>
+      <c r="AD238" s="117"/>
+      <c r="AE238" s="117"/>
+      <c r="AF238" s="117"/>
+      <c r="AG238" s="117"/>
+      <c r="AH238" s="117"/>
+    </row>
+    <row r="239" spans="1:34" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="440" t="s">
         <v>588</v>
       </c>
-      <c r="B237" s="459"/>
-[...107 lines deleted...]
-      <c r="AH239" s="120"/>
+      <c r="B239" s="440"/>
+      <c r="C239" s="440"/>
+      <c r="D239" s="440"/>
+      <c r="E239" s="440"/>
+      <c r="F239" s="440"/>
+      <c r="G239" s="440"/>
+      <c r="H239" s="440"/>
+      <c r="I239" s="440"/>
+      <c r="J239" s="440"/>
+      <c r="K239" s="440"/>
+      <c r="L239" s="440"/>
+      <c r="M239" s="440"/>
+      <c r="N239" s="440"/>
+      <c r="O239" s="440"/>
+      <c r="P239" s="127"/>
+      <c r="Q239" s="117"/>
+      <c r="R239" s="117"/>
+      <c r="S239" s="117"/>
+      <c r="T239" s="117"/>
+      <c r="U239" s="117"/>
+      <c r="V239" s="117"/>
+      <c r="W239" s="117"/>
+      <c r="X239" s="117"/>
+      <c r="Y239" s="117"/>
+      <c r="Z239" s="117"/>
+      <c r="AA239" s="117"/>
+      <c r="AB239" s="117"/>
+      <c r="AC239" s="117"/>
+      <c r="AD239" s="117"/>
+      <c r="AE239" s="117"/>
+      <c r="AF239" s="117"/>
+      <c r="AG239" s="117"/>
+      <c r="AH239" s="117"/>
     </row>
     <row r="240" spans="1:34" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A240" s="459" t="s">
-[...34 lines deleted...]
-      <c r="AH240" s="120"/>
+      <c r="A240" s="440" t="s">
+        <v>587</v>
+      </c>
+      <c r="B240" s="1210"/>
+      <c r="C240" s="1210"/>
+      <c r="D240" s="1210"/>
+      <c r="E240" s="1210"/>
+      <c r="F240" s="1210"/>
+      <c r="G240" s="1210"/>
+      <c r="H240" s="1210"/>
+      <c r="I240" s="1210"/>
+      <c r="J240" s="1210"/>
+      <c r="K240" s="1210"/>
+      <c r="L240" s="1210"/>
+      <c r="M240" s="1210"/>
+      <c r="N240" s="1210"/>
+      <c r="O240" s="1210"/>
+      <c r="P240" s="127"/>
+      <c r="Q240" s="117"/>
+      <c r="R240" s="117"/>
+      <c r="S240" s="117"/>
+      <c r="T240" s="117"/>
+      <c r="U240" s="117"/>
+      <c r="V240" s="117"/>
+      <c r="W240" s="117"/>
+      <c r="X240" s="117"/>
+      <c r="Y240" s="117"/>
+      <c r="Z240" s="117"/>
+      <c r="AA240" s="117"/>
+      <c r="AB240" s="117"/>
+      <c r="AC240" s="117"/>
+      <c r="AD240" s="117"/>
+      <c r="AE240" s="117"/>
+      <c r="AF240" s="117"/>
+      <c r="AG240" s="117"/>
+      <c r="AH240" s="117"/>
     </row>
     <row r="241" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A241" s="482" t="s">
+      <c r="A241" s="500" t="s">
         <v>290</v>
       </c>
-      <c r="B241" s="482"/>
-[...31 lines deleted...]
-      <c r="AH241" s="482"/>
+      <c r="B241" s="500"/>
+      <c r="C241" s="500"/>
+      <c r="D241" s="500"/>
+      <c r="E241" s="500"/>
+      <c r="F241" s="500"/>
+      <c r="G241" s="500"/>
+      <c r="H241" s="500"/>
+      <c r="I241" s="500"/>
+      <c r="J241" s="500"/>
+      <c r="K241" s="500"/>
+      <c r="L241" s="500"/>
+      <c r="M241" s="500"/>
+      <c r="N241" s="500"/>
+      <c r="O241" s="500"/>
+      <c r="P241" s="500"/>
+      <c r="Q241" s="500"/>
+      <c r="R241" s="500"/>
+      <c r="S241" s="500"/>
+      <c r="T241" s="500"/>
+      <c r="U241" s="500"/>
+      <c r="V241" s="500"/>
+      <c r="W241" s="500"/>
+      <c r="X241" s="500"/>
+      <c r="Y241" s="500"/>
+      <c r="Z241" s="500"/>
+      <c r="AA241" s="500"/>
+      <c r="AB241" s="500"/>
+      <c r="AC241" s="500"/>
+      <c r="AD241" s="500"/>
+      <c r="AE241" s="500"/>
+      <c r="AF241" s="500"/>
+      <c r="AG241" s="500"/>
+      <c r="AH241" s="500"/>
     </row>
     <row r="242" spans="1:34" ht="1.1499999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A242" s="19"/>
       <c r="B242" s="20"/>
       <c r="C242" s="20"/>
       <c r="D242" s="20"/>
       <c r="E242" s="20"/>
       <c r="F242" s="20"/>
       <c r="G242" s="20"/>
       <c r="H242" s="20"/>
       <c r="I242" s="20"/>
       <c r="J242" s="20"/>
       <c r="K242" s="20"/>
       <c r="L242" s="20"/>
       <c r="M242" s="20"/>
       <c r="N242" s="20"/>
       <c r="O242" s="20"/>
       <c r="P242" s="20"/>
       <c r="Q242" s="20"/>
       <c r="R242" s="20"/>
       <c r="S242" s="20"/>
     </row>
     <row r="243" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A243" s="437" t="s">
+      <c r="A243" s="479" t="s">
         <v>291</v>
       </c>
-      <c r="B243" s="438"/>
-[...2 lines deleted...]
-      <c r="E243" s="501" t="s">
+      <c r="B243" s="480"/>
+      <c r="C243" s="480"/>
+      <c r="D243" s="481"/>
+      <c r="E243" s="482" t="s">
         <v>292</v>
       </c>
-      <c r="F243" s="502"/>
-[...14 lines deleted...]
-      <c r="U243" s="437" t="s">
+      <c r="F243" s="483"/>
+      <c r="G243" s="483"/>
+      <c r="H243" s="483"/>
+      <c r="I243" s="483"/>
+      <c r="J243" s="483"/>
+      <c r="K243" s="483"/>
+      <c r="L243" s="483"/>
+      <c r="M243" s="483"/>
+      <c r="N243" s="483"/>
+      <c r="O243" s="483"/>
+      <c r="P243" s="483"/>
+      <c r="Q243" s="483"/>
+      <c r="R243" s="483"/>
+      <c r="S243" s="483"/>
+      <c r="T243" s="484"/>
+      <c r="U243" s="479" t="s">
         <v>293</v>
       </c>
-      <c r="V243" s="438"/>
-[...11 lines deleted...]
-      <c r="AH243" s="439"/>
+      <c r="V243" s="480"/>
+      <c r="W243" s="480"/>
+      <c r="X243" s="480"/>
+      <c r="Y243" s="480"/>
+      <c r="Z243" s="480"/>
+      <c r="AA243" s="480"/>
+      <c r="AB243" s="480"/>
+      <c r="AC243" s="480"/>
+      <c r="AD243" s="480"/>
+      <c r="AE243" s="480"/>
+      <c r="AF243" s="480"/>
+      <c r="AG243" s="480"/>
+      <c r="AH243" s="481"/>
     </row>
     <row r="244" spans="1:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A244" s="440"/>
-[...32 lines deleted...]
-      <c r="AH244" s="469"/>
+      <c r="A244" s="488"/>
+      <c r="B244" s="489"/>
+      <c r="C244" s="489"/>
+      <c r="D244" s="490"/>
+      <c r="E244" s="485"/>
+      <c r="F244" s="486"/>
+      <c r="G244" s="486"/>
+      <c r="H244" s="486"/>
+      <c r="I244" s="486"/>
+      <c r="J244" s="486"/>
+      <c r="K244" s="486"/>
+      <c r="L244" s="486"/>
+      <c r="M244" s="486"/>
+      <c r="N244" s="486"/>
+      <c r="O244" s="486"/>
+      <c r="P244" s="486"/>
+      <c r="Q244" s="486"/>
+      <c r="R244" s="486"/>
+      <c r="S244" s="486"/>
+      <c r="T244" s="487"/>
+      <c r="U244" s="1211"/>
+      <c r="V244" s="1212"/>
+      <c r="W244" s="1212"/>
+      <c r="X244" s="1212"/>
+      <c r="Y244" s="1212"/>
+      <c r="Z244" s="1212"/>
+      <c r="AA244" s="1212"/>
+      <c r="AB244" s="1212"/>
+      <c r="AC244" s="1212"/>
+      <c r="AD244" s="1212"/>
+      <c r="AE244" s="1212"/>
+      <c r="AF244" s="1212"/>
+      <c r="AG244" s="1212"/>
+      <c r="AH244" s="1213"/>
     </row>
     <row r="245" spans="1:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A245" s="440"/>
-[...32 lines deleted...]
-      <c r="AH245" s="469"/>
+      <c r="A245" s="488"/>
+      <c r="B245" s="489"/>
+      <c r="C245" s="489"/>
+      <c r="D245" s="490"/>
+      <c r="E245" s="485"/>
+      <c r="F245" s="486"/>
+      <c r="G245" s="486"/>
+      <c r="H245" s="486"/>
+      <c r="I245" s="486"/>
+      <c r="J245" s="486"/>
+      <c r="K245" s="486"/>
+      <c r="L245" s="486"/>
+      <c r="M245" s="486"/>
+      <c r="N245" s="486"/>
+      <c r="O245" s="486"/>
+      <c r="P245" s="486"/>
+      <c r="Q245" s="486"/>
+      <c r="R245" s="486"/>
+      <c r="S245" s="486"/>
+      <c r="T245" s="487"/>
+      <c r="U245" s="1214"/>
+      <c r="V245" s="1212"/>
+      <c r="W245" s="1212"/>
+      <c r="X245" s="1212"/>
+      <c r="Y245" s="1212"/>
+      <c r="Z245" s="1212"/>
+      <c r="AA245" s="1212"/>
+      <c r="AB245" s="1212"/>
+      <c r="AC245" s="1212"/>
+      <c r="AD245" s="1212"/>
+      <c r="AE245" s="1212"/>
+      <c r="AF245" s="1212"/>
+      <c r="AG245" s="1212"/>
+      <c r="AH245" s="1213"/>
     </row>
     <row r="246" spans="1:34" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A246" s="443"/>
-[...3 lines deleted...]
-      <c r="E246" s="471" t="s">
+      <c r="A246" s="491"/>
+      <c r="B246" s="489"/>
+      <c r="C246" s="489"/>
+      <c r="D246" s="490"/>
+      <c r="E246" s="492" t="s">
         <v>294</v>
       </c>
-      <c r="F246" s="472"/>
-[...14 lines deleted...]
-      <c r="U246" s="471" t="s">
+      <c r="F246" s="1215"/>
+      <c r="G246" s="1215"/>
+      <c r="H246" s="1215"/>
+      <c r="I246" s="1215"/>
+      <c r="J246" s="1215"/>
+      <c r="K246" s="1215"/>
+      <c r="L246" s="1215"/>
+      <c r="M246" s="1215"/>
+      <c r="N246" s="1215"/>
+      <c r="O246" s="1216"/>
+      <c r="P246" s="1216"/>
+      <c r="Q246" s="1216"/>
+      <c r="R246" s="1216"/>
+      <c r="S246" s="1216"/>
+      <c r="T246" s="1217"/>
+      <c r="U246" s="492" t="s">
         <v>295</v>
       </c>
-      <c r="V246" s="475"/>
-[...11 lines deleted...]
-      <c r="AH246" s="479"/>
+      <c r="V246" s="493"/>
+      <c r="W246" s="493"/>
+      <c r="X246" s="493"/>
+      <c r="Y246" s="496"/>
+      <c r="Z246" s="496"/>
+      <c r="AA246" s="496"/>
+      <c r="AB246" s="496"/>
+      <c r="AC246" s="496"/>
+      <c r="AD246" s="496"/>
+      <c r="AE246" s="496"/>
+      <c r="AF246" s="496"/>
+      <c r="AG246" s="496"/>
+      <c r="AH246" s="497"/>
     </row>
     <row r="247" spans="1:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A247" s="483"/>
-[...3 lines deleted...]
-      <c r="E247" s="488" t="s">
+      <c r="A247" s="461"/>
+      <c r="B247" s="446"/>
+      <c r="C247" s="446"/>
+      <c r="D247" s="462"/>
+      <c r="E247" s="466" t="s">
         <v>296</v>
       </c>
-      <c r="F247" s="489"/>
-[...27 lines deleted...]
-      <c r="AH247" s="481"/>
+      <c r="F247" s="467"/>
+      <c r="G247" s="467"/>
+      <c r="H247" s="467"/>
+      <c r="I247" s="470"/>
+      <c r="J247" s="470"/>
+      <c r="K247" s="470"/>
+      <c r="L247" s="470"/>
+      <c r="M247" s="470"/>
+      <c r="N247" s="470"/>
+      <c r="O247" s="470"/>
+      <c r="P247" s="470"/>
+      <c r="Q247" s="470"/>
+      <c r="R247" s="470"/>
+      <c r="S247" s="470"/>
+      <c r="T247" s="471"/>
+      <c r="U247" s="494"/>
+      <c r="V247" s="495"/>
+      <c r="W247" s="495"/>
+      <c r="X247" s="495"/>
+      <c r="Y247" s="498"/>
+      <c r="Z247" s="498"/>
+      <c r="AA247" s="498"/>
+      <c r="AB247" s="498"/>
+      <c r="AC247" s="498"/>
+      <c r="AD247" s="498"/>
+      <c r="AE247" s="498"/>
+      <c r="AF247" s="498"/>
+      <c r="AG247" s="498"/>
+      <c r="AH247" s="499"/>
     </row>
     <row r="248" spans="1:34" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A248" s="485"/>
-[...19 lines deleted...]
-      <c r="U248" s="496" t="s">
+      <c r="A248" s="463"/>
+      <c r="B248" s="464"/>
+      <c r="C248" s="464"/>
+      <c r="D248" s="465"/>
+      <c r="E248" s="468"/>
+      <c r="F248" s="469"/>
+      <c r="G248" s="469"/>
+      <c r="H248" s="469"/>
+      <c r="I248" s="472"/>
+      <c r="J248" s="472"/>
+      <c r="K248" s="472"/>
+      <c r="L248" s="472"/>
+      <c r="M248" s="472"/>
+      <c r="N248" s="472"/>
+      <c r="O248" s="472"/>
+      <c r="P248" s="472"/>
+      <c r="Q248" s="472"/>
+      <c r="R248" s="472"/>
+      <c r="S248" s="472"/>
+      <c r="T248" s="473"/>
+      <c r="U248" s="474" t="s">
         <v>297</v>
       </c>
-      <c r="V248" s="497"/>
-[...11 lines deleted...]
-      <c r="AH248" s="500"/>
+      <c r="V248" s="475"/>
+      <c r="W248" s="475"/>
+      <c r="X248" s="475"/>
+      <c r="Y248" s="476"/>
+      <c r="Z248" s="476"/>
+      <c r="AA248" s="477"/>
+      <c r="AB248" s="477"/>
+      <c r="AC248" s="477"/>
+      <c r="AD248" s="477"/>
+      <c r="AE248" s="477"/>
+      <c r="AF248" s="477"/>
+      <c r="AG248" s="477"/>
+      <c r="AH248" s="478"/>
     </row>
     <row r="250" spans="1:34" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A250" s="1199"/>
-[...14 lines deleted...]
-      <c r="P250" s="1199"/>
+      <c r="A250" s="1206"/>
+      <c r="B250" s="1206"/>
+      <c r="C250" s="1206"/>
+      <c r="D250" s="1206"/>
+      <c r="E250" s="1206"/>
+      <c r="F250" s="1206"/>
+      <c r="G250" s="1206"/>
+      <c r="H250" s="1206"/>
+      <c r="I250" s="1206"/>
+      <c r="J250" s="1206"/>
+      <c r="K250" s="1206"/>
+      <c r="L250" s="1206"/>
+      <c r="M250" s="1206"/>
+      <c r="N250" s="1206"/>
+      <c r="O250" s="1206"/>
+      <c r="P250" s="1206"/>
     </row>
     <row r="251" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A251" s="1200"/>
-[...14 lines deleted...]
-      <c r="P251" s="1200"/>
+      <c r="A251" s="1207"/>
+      <c r="B251" s="1207"/>
+      <c r="C251" s="1207"/>
+      <c r="D251" s="1207"/>
+      <c r="E251" s="1207"/>
+      <c r="F251" s="1207"/>
+      <c r="G251" s="1207"/>
+      <c r="H251" s="1207"/>
+      <c r="I251" s="1207"/>
+      <c r="J251" s="1207"/>
+      <c r="K251" s="1207"/>
+      <c r="L251" s="1207"/>
+      <c r="M251" s="1207"/>
+      <c r="N251" s="1207"/>
+      <c r="O251" s="1207"/>
+      <c r="P251" s="1207"/>
     </row>
     <row r="252" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A252" s="1201"/>
-[...14 lines deleted...]
-      <c r="P252" s="1201"/>
+      <c r="A252" s="1208"/>
+      <c r="B252" s="1208"/>
+      <c r="C252" s="1208"/>
+      <c r="D252" s="1208"/>
+      <c r="E252" s="1208"/>
+      <c r="F252" s="1208"/>
+      <c r="G252" s="1208"/>
+      <c r="H252" s="1208"/>
+      <c r="I252" s="1208"/>
+      <c r="J252" s="1208"/>
+      <c r="K252" s="1208"/>
+      <c r="L252" s="1208"/>
+      <c r="M252" s="1208"/>
+      <c r="N252" s="1208"/>
+      <c r="O252" s="1208"/>
+      <c r="P252" s="1208"/>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="649">
-    <mergeCell ref="AA209:AC210"/>
-    <mergeCell ref="L207:O208"/>
+    <mergeCell ref="A183:I184"/>
+    <mergeCell ref="J183:K184"/>
+    <mergeCell ref="L183:O184"/>
+    <mergeCell ref="A185:I186"/>
+    <mergeCell ref="J185:K186"/>
+    <mergeCell ref="L185:O186"/>
+    <mergeCell ref="A250:P250"/>
+    <mergeCell ref="A251:P251"/>
+    <mergeCell ref="A252:P252"/>
+    <mergeCell ref="A233:O233"/>
+    <mergeCell ref="A240:O240"/>
+    <mergeCell ref="E246:N246"/>
+    <mergeCell ref="O246:T246"/>
     <mergeCell ref="A207:I207"/>
     <mergeCell ref="A208:I208"/>
     <mergeCell ref="A212:I212"/>
     <mergeCell ref="A211:I211"/>
     <mergeCell ref="Q211:Z213"/>
     <mergeCell ref="A209:I210"/>
     <mergeCell ref="A213:I215"/>
     <mergeCell ref="L211:O212"/>
     <mergeCell ref="J213:K215"/>
     <mergeCell ref="L213:O215"/>
-    <mergeCell ref="A250:P250"/>
-[...25 lines deleted...]
-    <mergeCell ref="A179:O180"/>
+    <mergeCell ref="J209:K210"/>
     <mergeCell ref="A181:I182"/>
     <mergeCell ref="J181:K182"/>
     <mergeCell ref="L181:O182"/>
-    <mergeCell ref="Q188:Z191"/>
-[...20 lines deleted...]
-    <mergeCell ref="A34:O35"/>
+    <mergeCell ref="A149:A178"/>
+    <mergeCell ref="B159:I161"/>
+    <mergeCell ref="B162:I163"/>
+    <mergeCell ref="B164:I166"/>
     <mergeCell ref="J170:K172"/>
     <mergeCell ref="L170:O172"/>
-    <mergeCell ref="B149:I150"/>
-[...8 lines deleted...]
-    <mergeCell ref="L157:O158"/>
+    <mergeCell ref="AE49:AH50"/>
+    <mergeCell ref="AB38:AD38"/>
+    <mergeCell ref="AE38:AH38"/>
+    <mergeCell ref="AE32:AH33"/>
+    <mergeCell ref="S34:AA35"/>
+    <mergeCell ref="A142:I144"/>
+    <mergeCell ref="L143:M144"/>
+    <mergeCell ref="N143:O144"/>
     <mergeCell ref="Q27:AA27"/>
     <mergeCell ref="Q83:AA85"/>
     <mergeCell ref="A27:H27"/>
     <mergeCell ref="I27:O27"/>
     <mergeCell ref="A28:F29"/>
+    <mergeCell ref="G28:I29"/>
     <mergeCell ref="S57:AA58"/>
-    <mergeCell ref="S55:AA56"/>
-    <mergeCell ref="S32:AA33"/>
+    <mergeCell ref="L28:M29"/>
+    <mergeCell ref="N28:O29"/>
+    <mergeCell ref="A30:O33"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="L38:O38"/>
+    <mergeCell ref="A34:O35"/>
+    <mergeCell ref="A36:I37"/>
+    <mergeCell ref="J142:K144"/>
+    <mergeCell ref="AE77:AH79"/>
+    <mergeCell ref="AB83:AD85"/>
+    <mergeCell ref="AE83:AH85"/>
+    <mergeCell ref="Q80:AA82"/>
+    <mergeCell ref="AB80:AD82"/>
+    <mergeCell ref="AE80:AH82"/>
     <mergeCell ref="L82:O83"/>
     <mergeCell ref="J84:K85"/>
     <mergeCell ref="L84:O85"/>
-    <mergeCell ref="A80:I81"/>
     <mergeCell ref="J80:K81"/>
+    <mergeCell ref="Q77:AA79"/>
+    <mergeCell ref="J76:K77"/>
+    <mergeCell ref="A14:B15"/>
+    <mergeCell ref="C14:F15"/>
+    <mergeCell ref="G14:L15"/>
+    <mergeCell ref="M14:O15"/>
+    <mergeCell ref="A26:E26"/>
+    <mergeCell ref="AB34:AD35"/>
+    <mergeCell ref="AB77:AD79"/>
+    <mergeCell ref="A78:I79"/>
+    <mergeCell ref="J78:K79"/>
+    <mergeCell ref="L78:O79"/>
     <mergeCell ref="W75:AA76"/>
-    <mergeCell ref="Q77:AA79"/>
     <mergeCell ref="A74:O75"/>
-    <mergeCell ref="B47:I48"/>
-[...10 lines deleted...]
-    <mergeCell ref="AE57:AH58"/>
+    <mergeCell ref="A76:I77"/>
+    <mergeCell ref="AB45:AD46"/>
+    <mergeCell ref="AB49:AD50"/>
+    <mergeCell ref="AB68:AD70"/>
+    <mergeCell ref="AB71:AD72"/>
     <mergeCell ref="W73:AA74"/>
     <mergeCell ref="S53:AA54"/>
     <mergeCell ref="Q61:AH62"/>
     <mergeCell ref="Q59:AA60"/>
     <mergeCell ref="AB59:AD60"/>
     <mergeCell ref="AE59:AH60"/>
     <mergeCell ref="Q32:R58"/>
-    <mergeCell ref="AB38:AD38"/>
-[...23 lines deleted...]
-    <mergeCell ref="AB75:AD76"/>
     <mergeCell ref="L80:O81"/>
-    <mergeCell ref="B82:I83"/>
-[...7 lines deleted...]
-    <mergeCell ref="M14:O15"/>
+    <mergeCell ref="A5:AH5"/>
+    <mergeCell ref="A6:AH6"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="M1:X3"/>
+    <mergeCell ref="Y1:AH2"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A4:X4"/>
+    <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="A7:AH7"/>
     <mergeCell ref="A8:AH8"/>
     <mergeCell ref="A10:AH10"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:O13"/>
     <mergeCell ref="A16:O16"/>
     <mergeCell ref="A9:AH9"/>
     <mergeCell ref="T13:AF13"/>
     <mergeCell ref="T12:AF12"/>
     <mergeCell ref="T11:AF11"/>
-    <mergeCell ref="T14:AF15"/>
-[...10 lines deleted...]
-    <mergeCell ref="AG4:AH4"/>
+    <mergeCell ref="AB75:AD76"/>
+    <mergeCell ref="A17:O18"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="D19:O19"/>
+    <mergeCell ref="J36:K37"/>
+    <mergeCell ref="L36:O37"/>
+    <mergeCell ref="S36:AA37"/>
+    <mergeCell ref="AB36:AD37"/>
+    <mergeCell ref="AB41:AD42"/>
     <mergeCell ref="A20:C21"/>
     <mergeCell ref="D20:O21"/>
     <mergeCell ref="A22:C23"/>
     <mergeCell ref="D22:O23"/>
     <mergeCell ref="A24:C25"/>
     <mergeCell ref="D24:O25"/>
-    <mergeCell ref="AE34:AH35"/>
-[...5 lines deleted...]
-    <mergeCell ref="A26:E26"/>
     <mergeCell ref="F26:O26"/>
-    <mergeCell ref="AE27:AH27"/>
     <mergeCell ref="AB27:AD27"/>
     <mergeCell ref="Q30:AA31"/>
     <mergeCell ref="Q28:AA29"/>
     <mergeCell ref="AB28:AD29"/>
-    <mergeCell ref="AE28:AH29"/>
     <mergeCell ref="AB30:AD31"/>
-    <mergeCell ref="AE30:AH31"/>
+    <mergeCell ref="J28:K29"/>
+    <mergeCell ref="S32:AA33"/>
     <mergeCell ref="AB32:AD33"/>
-    <mergeCell ref="AE36:AH37"/>
-[...10 lines deleted...]
-    <mergeCell ref="S45:AA46"/>
+    <mergeCell ref="S38:AA38"/>
     <mergeCell ref="A39:I41"/>
     <mergeCell ref="J39:K41"/>
     <mergeCell ref="L39:O41"/>
     <mergeCell ref="S39:AA40"/>
     <mergeCell ref="S41:AA42"/>
-    <mergeCell ref="A45:A66"/>
-[...12 lines deleted...]
-    <mergeCell ref="J57:K58"/>
+    <mergeCell ref="A42:I44"/>
+    <mergeCell ref="J42:K44"/>
+    <mergeCell ref="L42:O44"/>
+    <mergeCell ref="S43:AA44"/>
     <mergeCell ref="AB55:AD56"/>
     <mergeCell ref="AE55:AH56"/>
-    <mergeCell ref="AE53:AH54"/>
+    <mergeCell ref="Q65:AA65"/>
+    <mergeCell ref="Q66:AA67"/>
+    <mergeCell ref="AE66:AH67"/>
     <mergeCell ref="B57:I58"/>
     <mergeCell ref="L57:O58"/>
     <mergeCell ref="AB53:AD54"/>
     <mergeCell ref="B55:I56"/>
     <mergeCell ref="J55:K56"/>
     <mergeCell ref="L55:O56"/>
-    <mergeCell ref="AB68:AD70"/>
-[...2 lines deleted...]
-    <mergeCell ref="AE71:AH72"/>
+    <mergeCell ref="AB57:AD58"/>
+    <mergeCell ref="AE53:AH54"/>
+    <mergeCell ref="S55:AA56"/>
     <mergeCell ref="AE75:AH76"/>
     <mergeCell ref="L59:O60"/>
     <mergeCell ref="L61:O62"/>
     <mergeCell ref="Q73:U76"/>
     <mergeCell ref="L69:O70"/>
-    <mergeCell ref="L67:O68"/>
+    <mergeCell ref="Q63:AH64"/>
+    <mergeCell ref="AB65:AD65"/>
+    <mergeCell ref="AE57:AH58"/>
     <mergeCell ref="AE65:AH65"/>
     <mergeCell ref="AB66:AD67"/>
-    <mergeCell ref="AE66:AH67"/>
-    <mergeCell ref="J65:K66"/>
     <mergeCell ref="L65:O66"/>
-    <mergeCell ref="Q68:U72"/>
-[...4 lines deleted...]
-    <mergeCell ref="B53:I54"/>
+    <mergeCell ref="AE73:AH74"/>
+    <mergeCell ref="AE68:AH70"/>
+    <mergeCell ref="AE71:AH72"/>
+    <mergeCell ref="AB73:AD74"/>
+    <mergeCell ref="L76:O77"/>
     <mergeCell ref="J53:K54"/>
     <mergeCell ref="L53:O54"/>
     <mergeCell ref="J59:K60"/>
-    <mergeCell ref="B61:I62"/>
+    <mergeCell ref="J67:K68"/>
+    <mergeCell ref="Q68:U72"/>
+    <mergeCell ref="L63:O64"/>
+    <mergeCell ref="V68:V76"/>
+    <mergeCell ref="J69:K70"/>
+    <mergeCell ref="L72:O72"/>
+    <mergeCell ref="J57:K58"/>
+    <mergeCell ref="W71:AA72"/>
     <mergeCell ref="A71:I71"/>
     <mergeCell ref="J71:K71"/>
     <mergeCell ref="L71:O71"/>
     <mergeCell ref="J61:K62"/>
     <mergeCell ref="A69:I70"/>
-    <mergeCell ref="L72:O72"/>
+    <mergeCell ref="J65:K66"/>
     <mergeCell ref="B63:I64"/>
     <mergeCell ref="J63:K64"/>
-    <mergeCell ref="L63:O64"/>
-[...2 lines deleted...]
-    <mergeCell ref="A67:I68"/>
+    <mergeCell ref="L67:O68"/>
+    <mergeCell ref="A45:A66"/>
+    <mergeCell ref="B59:I60"/>
+    <mergeCell ref="B53:I54"/>
+    <mergeCell ref="B61:I62"/>
+    <mergeCell ref="B51:I52"/>
+    <mergeCell ref="J51:K52"/>
+    <mergeCell ref="L51:O52"/>
+    <mergeCell ref="W68:AA70"/>
+    <mergeCell ref="B49:I50"/>
+    <mergeCell ref="J49:K50"/>
+    <mergeCell ref="L49:O50"/>
+    <mergeCell ref="S49:AA50"/>
+    <mergeCell ref="B47:I48"/>
+    <mergeCell ref="J47:K48"/>
+    <mergeCell ref="L47:O48"/>
+    <mergeCell ref="S47:AA48"/>
+    <mergeCell ref="B45:I46"/>
+    <mergeCell ref="J45:K46"/>
+    <mergeCell ref="L45:O46"/>
+    <mergeCell ref="S45:AA46"/>
+    <mergeCell ref="B82:I83"/>
+    <mergeCell ref="B84:I85"/>
     <mergeCell ref="J88:K88"/>
     <mergeCell ref="J89:K90"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="J72:K72"/>
     <mergeCell ref="J82:K83"/>
+    <mergeCell ref="A82:A85"/>
+    <mergeCell ref="B65:I66"/>
+    <mergeCell ref="A67:I68"/>
+    <mergeCell ref="A80:I81"/>
+    <mergeCell ref="J91:K94"/>
+    <mergeCell ref="L88:O88"/>
+    <mergeCell ref="L89:O90"/>
+    <mergeCell ref="L91:O94"/>
     <mergeCell ref="AB86:AD88"/>
     <mergeCell ref="AE86:AH88"/>
     <mergeCell ref="B89:I90"/>
     <mergeCell ref="B91:I94"/>
     <mergeCell ref="A89:A95"/>
     <mergeCell ref="A88:I88"/>
     <mergeCell ref="A86:I87"/>
     <mergeCell ref="J86:K87"/>
     <mergeCell ref="L86:O87"/>
-    <mergeCell ref="A82:A85"/>
     <mergeCell ref="L95:O95"/>
-    <mergeCell ref="Q95:AA95"/>
-[...14 lines deleted...]
-    <mergeCell ref="AB97:AD97"/>
+    <mergeCell ref="A98:I99"/>
+    <mergeCell ref="J98:K99"/>
+    <mergeCell ref="L98:O99"/>
+    <mergeCell ref="Q97:AA97"/>
     <mergeCell ref="AE97:AH97"/>
     <mergeCell ref="Q96:AA96"/>
     <mergeCell ref="AB96:AD96"/>
     <mergeCell ref="AE96:AH96"/>
-    <mergeCell ref="AA105:AH105"/>
-[...11 lines deleted...]
-    <mergeCell ref="AE99:AH100"/>
     <mergeCell ref="Q98:AA98"/>
     <mergeCell ref="AB98:AD98"/>
     <mergeCell ref="AE98:AH98"/>
-    <mergeCell ref="AD111:AH111"/>
-[...1 lines deleted...]
-    <mergeCell ref="AA112:AC114"/>
+    <mergeCell ref="AB99:AD100"/>
+    <mergeCell ref="AE99:AH100"/>
+    <mergeCell ref="AB97:AD97"/>
+    <mergeCell ref="Q99:AA100"/>
     <mergeCell ref="AD112:AH114"/>
     <mergeCell ref="A103:O103"/>
     <mergeCell ref="Q103:AH103"/>
     <mergeCell ref="A104:O104"/>
     <mergeCell ref="Q104:AH104"/>
     <mergeCell ref="F105:O105"/>
     <mergeCell ref="Q105:Y105"/>
+    <mergeCell ref="AA105:AH105"/>
+    <mergeCell ref="A101:G101"/>
+    <mergeCell ref="A102:O102"/>
+    <mergeCell ref="Q102:AH102"/>
+    <mergeCell ref="AA118:AC121"/>
+    <mergeCell ref="L127:O129"/>
+    <mergeCell ref="A106:N108"/>
+    <mergeCell ref="Q108:AH109"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="J109:K109"/>
+    <mergeCell ref="L109:O109"/>
+    <mergeCell ref="AD118:AH121"/>
+    <mergeCell ref="A121:I122"/>
+    <mergeCell ref="J121:K122"/>
+    <mergeCell ref="A110:I110"/>
     <mergeCell ref="J110:K110"/>
     <mergeCell ref="L110:O110"/>
     <mergeCell ref="Q110:Z110"/>
     <mergeCell ref="AA110:AC110"/>
     <mergeCell ref="AD110:AH110"/>
     <mergeCell ref="J114:K116"/>
     <mergeCell ref="L114:O116"/>
     <mergeCell ref="Q115:Z117"/>
     <mergeCell ref="AA115:AC117"/>
     <mergeCell ref="AD115:AH117"/>
-    <mergeCell ref="A106:N108"/>
-[...10 lines deleted...]
-    <mergeCell ref="AD128:AH130"/>
+    <mergeCell ref="AD111:AH111"/>
+    <mergeCell ref="Q112:Z114"/>
+    <mergeCell ref="AA112:AC114"/>
+    <mergeCell ref="Q128:Z130"/>
+    <mergeCell ref="J123:K124"/>
+    <mergeCell ref="L123:O124"/>
+    <mergeCell ref="A125:I126"/>
+    <mergeCell ref="J125:K126"/>
+    <mergeCell ref="L130:O131"/>
     <mergeCell ref="A130:I131"/>
     <mergeCell ref="J130:K131"/>
     <mergeCell ref="A117:I120"/>
     <mergeCell ref="J117:K120"/>
     <mergeCell ref="L117:O120"/>
     <mergeCell ref="Q118:Z121"/>
-    <mergeCell ref="AA118:AC121"/>
-[...3 lines deleted...]
-    <mergeCell ref="AA122:AC124"/>
+    <mergeCell ref="L121:O122"/>
     <mergeCell ref="A111:I113"/>
     <mergeCell ref="J111:K113"/>
     <mergeCell ref="L111:O113"/>
     <mergeCell ref="Q111:Z111"/>
     <mergeCell ref="AA111:AC111"/>
-    <mergeCell ref="A114:I116"/>
-[...7 lines deleted...]
-    <mergeCell ref="J127:K129"/>
     <mergeCell ref="AD134:AH136"/>
     <mergeCell ref="AA131:AC133"/>
     <mergeCell ref="AD131:AH133"/>
     <mergeCell ref="AD122:AH124"/>
     <mergeCell ref="A123:I124"/>
+    <mergeCell ref="AA125:AC127"/>
+    <mergeCell ref="AD125:AH127"/>
+    <mergeCell ref="Q122:Z124"/>
+    <mergeCell ref="AA122:AC124"/>
+    <mergeCell ref="A127:I129"/>
+    <mergeCell ref="J127:K129"/>
     <mergeCell ref="L125:O126"/>
     <mergeCell ref="Q125:Z127"/>
-    <mergeCell ref="L130:O131"/>
-    <mergeCell ref="Q131:Z133"/>
+    <mergeCell ref="AA128:AC130"/>
+    <mergeCell ref="AD128:AH130"/>
     <mergeCell ref="A132:I133"/>
     <mergeCell ref="J132:K133"/>
     <mergeCell ref="A134:I134"/>
-    <mergeCell ref="Q142:Z144"/>
-[...7 lines deleted...]
-    <mergeCell ref="A135:I137"/>
+    <mergeCell ref="A114:I116"/>
     <mergeCell ref="J134:K134"/>
     <mergeCell ref="Q134:Z136"/>
     <mergeCell ref="AA134:AC136"/>
     <mergeCell ref="J135:K137"/>
     <mergeCell ref="L135:O137"/>
     <mergeCell ref="A138:O139"/>
     <mergeCell ref="L140:O141"/>
+    <mergeCell ref="Q131:Z133"/>
+    <mergeCell ref="Q142:Z144"/>
+    <mergeCell ref="AA142:AC144"/>
+    <mergeCell ref="L132:L133"/>
+    <mergeCell ref="M132:M133"/>
+    <mergeCell ref="N132:N133"/>
+    <mergeCell ref="O132:O133"/>
     <mergeCell ref="L142:O142"/>
-    <mergeCell ref="J142:K144"/>
-[...2 lines deleted...]
-    <mergeCell ref="N143:O144"/>
+    <mergeCell ref="B167:I169"/>
+    <mergeCell ref="J167:K169"/>
+    <mergeCell ref="L167:O169"/>
+    <mergeCell ref="B170:I172"/>
     <mergeCell ref="AD142:AH144"/>
     <mergeCell ref="Q137:Z139"/>
     <mergeCell ref="AA137:AC139"/>
     <mergeCell ref="AD137:AH139"/>
     <mergeCell ref="Q140:Z141"/>
     <mergeCell ref="AA140:AC141"/>
     <mergeCell ref="AD140:AH141"/>
-    <mergeCell ref="A149:A178"/>
-[...14 lines deleted...]
-    <mergeCell ref="L149:O150"/>
+    <mergeCell ref="A140:I141"/>
+    <mergeCell ref="J140:K141"/>
+    <mergeCell ref="A135:I137"/>
+    <mergeCell ref="B157:I158"/>
+    <mergeCell ref="B149:I150"/>
+    <mergeCell ref="B151:I154"/>
+    <mergeCell ref="B155:I156"/>
+    <mergeCell ref="J151:K154"/>
+    <mergeCell ref="J155:K156"/>
+    <mergeCell ref="L151:O154"/>
+    <mergeCell ref="L155:O156"/>
     <mergeCell ref="Q148:Z150"/>
     <mergeCell ref="AA148:AC150"/>
     <mergeCell ref="AD148:AH150"/>
     <mergeCell ref="J149:K150"/>
     <mergeCell ref="A145:I146"/>
     <mergeCell ref="J145:K146"/>
     <mergeCell ref="Q145:Z147"/>
     <mergeCell ref="AA145:AC147"/>
     <mergeCell ref="AD145:AH147"/>
     <mergeCell ref="A147:I148"/>
+    <mergeCell ref="J147:K148"/>
+    <mergeCell ref="L145:M146"/>
+    <mergeCell ref="N145:O146"/>
+    <mergeCell ref="L147:M148"/>
+    <mergeCell ref="N147:O148"/>
+    <mergeCell ref="L149:O150"/>
     <mergeCell ref="AD151:AH153"/>
     <mergeCell ref="Q154:Z155"/>
     <mergeCell ref="AA154:AC155"/>
     <mergeCell ref="AD154:AH155"/>
     <mergeCell ref="Q156:Z157"/>
     <mergeCell ref="AA156:AC157"/>
     <mergeCell ref="AD156:AH157"/>
     <mergeCell ref="Q151:Z153"/>
     <mergeCell ref="AA151:AC153"/>
+    <mergeCell ref="J162:K163"/>
+    <mergeCell ref="L162:O163"/>
+    <mergeCell ref="Q163:Z163"/>
+    <mergeCell ref="AA163:AC163"/>
+    <mergeCell ref="AD163:AH163"/>
+    <mergeCell ref="Q164:AH166"/>
+    <mergeCell ref="J164:K166"/>
+    <mergeCell ref="L164:O166"/>
+    <mergeCell ref="J157:K158"/>
+    <mergeCell ref="L157:O158"/>
     <mergeCell ref="Q158:Z159"/>
     <mergeCell ref="AA158:AC159"/>
     <mergeCell ref="AD158:AH159"/>
     <mergeCell ref="J159:K161"/>
     <mergeCell ref="L159:O161"/>
     <mergeCell ref="Q160:Z162"/>
     <mergeCell ref="AA160:AC162"/>
     <mergeCell ref="AD160:AH162"/>
-    <mergeCell ref="J162:K163"/>
-[...4 lines deleted...]
-    <mergeCell ref="Q164:AH166"/>
     <mergeCell ref="Q167:Z168"/>
     <mergeCell ref="AA167:AC168"/>
     <mergeCell ref="AD167:AH168"/>
     <mergeCell ref="Q169:Z170"/>
     <mergeCell ref="AA169:AC170"/>
     <mergeCell ref="Q177:Z179"/>
     <mergeCell ref="AD169:AH170"/>
     <mergeCell ref="Q171:Z173"/>
     <mergeCell ref="AA171:AC173"/>
     <mergeCell ref="AD171:AH173"/>
-    <mergeCell ref="Q174:Z176"/>
-[...9 lines deleted...]
-    <mergeCell ref="L194:O196"/>
     <mergeCell ref="AA177:AC179"/>
     <mergeCell ref="AD177:AH179"/>
     <mergeCell ref="AD180:AH181"/>
     <mergeCell ref="AA182:AC183"/>
     <mergeCell ref="AD182:AH183"/>
+    <mergeCell ref="Q188:Z191"/>
+    <mergeCell ref="B173:C178"/>
+    <mergeCell ref="Q174:Z176"/>
+    <mergeCell ref="AA174:AC176"/>
+    <mergeCell ref="AD174:AH176"/>
+    <mergeCell ref="AA184:AC185"/>
+    <mergeCell ref="AD184:AH185"/>
+    <mergeCell ref="Q180:R187"/>
+    <mergeCell ref="S180:Z181"/>
+    <mergeCell ref="AA180:AC181"/>
+    <mergeCell ref="S182:Z183"/>
+    <mergeCell ref="AA186:AC187"/>
+    <mergeCell ref="D173:I176"/>
+    <mergeCell ref="J173:K176"/>
+    <mergeCell ref="L173:O176"/>
+    <mergeCell ref="D177:I178"/>
+    <mergeCell ref="J177:K178"/>
+    <mergeCell ref="L177:O178"/>
+    <mergeCell ref="A179:O180"/>
     <mergeCell ref="S184:Z185"/>
     <mergeCell ref="J191:K193"/>
     <mergeCell ref="L191:O193"/>
     <mergeCell ref="S193:Z194"/>
     <mergeCell ref="AA193:AC194"/>
     <mergeCell ref="AD193:AH194"/>
+    <mergeCell ref="S186:Z187"/>
+    <mergeCell ref="AD186:AH187"/>
+    <mergeCell ref="Q193:R197"/>
+    <mergeCell ref="J194:K196"/>
+    <mergeCell ref="L194:O196"/>
+    <mergeCell ref="J197:K198"/>
+    <mergeCell ref="L197:O198"/>
+    <mergeCell ref="Q198:Z200"/>
+    <mergeCell ref="A189:A206"/>
+    <mergeCell ref="B189:B203"/>
     <mergeCell ref="S195:Z197"/>
     <mergeCell ref="AA195:AC197"/>
     <mergeCell ref="AD195:AH197"/>
     <mergeCell ref="AA188:AC192"/>
     <mergeCell ref="AD188:AH192"/>
-    <mergeCell ref="AA198:AC200"/>
-[...6 lines deleted...]
-    <mergeCell ref="AD198:AH200"/>
+    <mergeCell ref="A187:I188"/>
+    <mergeCell ref="J187:K188"/>
+    <mergeCell ref="L187:O188"/>
+    <mergeCell ref="C194:I196"/>
+    <mergeCell ref="C197:I198"/>
     <mergeCell ref="C199:I201"/>
     <mergeCell ref="J199:K201"/>
     <mergeCell ref="L199:O201"/>
     <mergeCell ref="Q201:Z202"/>
     <mergeCell ref="AA203:AC204"/>
     <mergeCell ref="AD203:AH204"/>
     <mergeCell ref="AA201:AC202"/>
+    <mergeCell ref="C189:I190"/>
+    <mergeCell ref="J189:K190"/>
+    <mergeCell ref="L189:O190"/>
+    <mergeCell ref="C191:I193"/>
+    <mergeCell ref="Q203:Z204"/>
+    <mergeCell ref="C202:I203"/>
+    <mergeCell ref="J202:K203"/>
+    <mergeCell ref="L202:O203"/>
+    <mergeCell ref="B204:I206"/>
+    <mergeCell ref="AA198:AC200"/>
+    <mergeCell ref="Q205:Z206"/>
+    <mergeCell ref="AA205:AC206"/>
+    <mergeCell ref="AA207:AC208"/>
+    <mergeCell ref="K223:AH223"/>
+    <mergeCell ref="AA214:AC216"/>
+    <mergeCell ref="AD214:AH216"/>
+    <mergeCell ref="AD217:AH219"/>
+    <mergeCell ref="Q220:Z222"/>
+    <mergeCell ref="AA220:AC222"/>
     <mergeCell ref="AD201:AH202"/>
-    <mergeCell ref="AD207:AH208"/>
+    <mergeCell ref="U217:Z219"/>
+    <mergeCell ref="J216:K217"/>
+    <mergeCell ref="J218:K220"/>
+    <mergeCell ref="L216:O217"/>
+    <mergeCell ref="L218:O220"/>
+    <mergeCell ref="AD220:AH222"/>
+    <mergeCell ref="AA217:AC219"/>
+    <mergeCell ref="Q214:T219"/>
+    <mergeCell ref="U214:Z216"/>
+    <mergeCell ref="J204:K206"/>
+    <mergeCell ref="L204:O206"/>
+    <mergeCell ref="AD198:AH200"/>
+    <mergeCell ref="AD205:AH206"/>
+    <mergeCell ref="A221:J223"/>
+    <mergeCell ref="A216:I217"/>
+    <mergeCell ref="A218:I220"/>
+    <mergeCell ref="Q207:Z208"/>
     <mergeCell ref="AD209:AH210"/>
     <mergeCell ref="J207:K208"/>
     <mergeCell ref="AA211:AC213"/>
     <mergeCell ref="AD211:AH213"/>
     <mergeCell ref="J211:K212"/>
     <mergeCell ref="L221:O222"/>
-    <mergeCell ref="K223:AH223"/>
-[...14 lines deleted...]
-    <mergeCell ref="J209:K210"/>
+    <mergeCell ref="AD207:AH208"/>
     <mergeCell ref="L209:O210"/>
     <mergeCell ref="Q209:Z210"/>
-    <mergeCell ref="F224:G224"/>
-[...7 lines deleted...]
-    <mergeCell ref="Q207:Z208"/>
+    <mergeCell ref="AA209:AC210"/>
+    <mergeCell ref="L207:O208"/>
     <mergeCell ref="Z224:AF224"/>
     <mergeCell ref="AG224:AH224"/>
     <mergeCell ref="Z225:AF225"/>
     <mergeCell ref="AG225:AH225"/>
     <mergeCell ref="A225:D225"/>
     <mergeCell ref="F225:G225"/>
     <mergeCell ref="H225:J225"/>
+    <mergeCell ref="K225:M225"/>
+    <mergeCell ref="N225:S225"/>
+    <mergeCell ref="T225:X225"/>
+    <mergeCell ref="A224:D224"/>
+    <mergeCell ref="F224:G224"/>
+    <mergeCell ref="H224:J224"/>
+    <mergeCell ref="K224:M224"/>
+    <mergeCell ref="N224:S224"/>
+    <mergeCell ref="T224:X224"/>
+    <mergeCell ref="A226:D226"/>
+    <mergeCell ref="F226:G226"/>
+    <mergeCell ref="H226:J226"/>
+    <mergeCell ref="A232:P232"/>
+    <mergeCell ref="Q232:AH232"/>
+    <mergeCell ref="A234:P234"/>
+    <mergeCell ref="Q234:AH234"/>
+    <mergeCell ref="K226:M226"/>
+    <mergeCell ref="N226:S226"/>
+    <mergeCell ref="T226:X226"/>
     <mergeCell ref="Z228:AF228"/>
     <mergeCell ref="Z226:AF226"/>
     <mergeCell ref="AG226:AH226"/>
     <mergeCell ref="Z227:AF227"/>
     <mergeCell ref="AG227:AH227"/>
     <mergeCell ref="A228:D228"/>
     <mergeCell ref="F228:G228"/>
     <mergeCell ref="H228:J228"/>
     <mergeCell ref="K228:M228"/>
     <mergeCell ref="N228:S228"/>
-    <mergeCell ref="A226:D226"/>
-[...12 lines deleted...]
-    <mergeCell ref="O246:T246"/>
+    <mergeCell ref="AG228:AH228"/>
+    <mergeCell ref="A229:D229"/>
+    <mergeCell ref="F229:G229"/>
+    <mergeCell ref="Q233:AH233"/>
+    <mergeCell ref="Y248:AH248"/>
+    <mergeCell ref="A243:D243"/>
+    <mergeCell ref="E243:T245"/>
+    <mergeCell ref="U243:AH243"/>
+    <mergeCell ref="A244:D246"/>
     <mergeCell ref="U246:X247"/>
     <mergeCell ref="Y246:AH247"/>
     <mergeCell ref="A237:O237"/>
     <mergeCell ref="A238:O238"/>
     <mergeCell ref="A239:O239"/>
     <mergeCell ref="A241:AH241"/>
-    <mergeCell ref="A236:O236"/>
-[...13 lines deleted...]
-    <mergeCell ref="T229:X229"/>
+    <mergeCell ref="U244:AH245"/>
     <mergeCell ref="A227:D227"/>
     <mergeCell ref="F227:G227"/>
     <mergeCell ref="H227:J227"/>
     <mergeCell ref="K227:M227"/>
     <mergeCell ref="N227:S227"/>
     <mergeCell ref="T227:X227"/>
     <mergeCell ref="T228:X228"/>
+    <mergeCell ref="A236:O236"/>
+    <mergeCell ref="A247:D248"/>
+    <mergeCell ref="E247:H248"/>
+    <mergeCell ref="I247:T248"/>
+    <mergeCell ref="U248:X248"/>
+    <mergeCell ref="Q236:AH236"/>
     <mergeCell ref="A235:P235"/>
     <mergeCell ref="Q235:AH235"/>
     <mergeCell ref="Z229:AF229"/>
     <mergeCell ref="AG229:AH229"/>
     <mergeCell ref="A230:H230"/>
     <mergeCell ref="I230:AH230"/>
     <mergeCell ref="A231:P231"/>
     <mergeCell ref="Q231:AH231"/>
     <mergeCell ref="H229:J229"/>
     <mergeCell ref="K229:M229"/>
-    <mergeCell ref="A232:P232"/>
-[...2 lines deleted...]
-    <mergeCell ref="L91:O94"/>
+    <mergeCell ref="N229:S229"/>
+    <mergeCell ref="T229:X229"/>
     <mergeCell ref="A96:I96"/>
     <mergeCell ref="A97:O97"/>
     <mergeCell ref="T17:AF17"/>
     <mergeCell ref="T16:AF16"/>
     <mergeCell ref="AB26:AD26"/>
     <mergeCell ref="AE26:AH26"/>
     <mergeCell ref="Q26:AA26"/>
     <mergeCell ref="Q24:AH25"/>
     <mergeCell ref="Q23:AH23"/>
     <mergeCell ref="Q11:S22"/>
-    <mergeCell ref="Q63:AH64"/>
+    <mergeCell ref="J96:K96"/>
+    <mergeCell ref="L96:O96"/>
+    <mergeCell ref="Q89:AA91"/>
+    <mergeCell ref="AB89:AD91"/>
+    <mergeCell ref="AE89:AH91"/>
+    <mergeCell ref="AB95:AD95"/>
+    <mergeCell ref="AE95:AH95"/>
+    <mergeCell ref="AB92:AD94"/>
+    <mergeCell ref="AE92:AH94"/>
+    <mergeCell ref="Q95:AA95"/>
+    <mergeCell ref="Q92:AA94"/>
+    <mergeCell ref="B95:I95"/>
+    <mergeCell ref="J95:K95"/>
+    <mergeCell ref="Q86:AA88"/>
+    <mergeCell ref="T14:AF15"/>
+    <mergeCell ref="AG14:AG15"/>
+    <mergeCell ref="AH14:AH15"/>
     <mergeCell ref="T20:AF22"/>
     <mergeCell ref="AG20:AG22"/>
     <mergeCell ref="AH20:AH22"/>
     <mergeCell ref="T19:AF19"/>
     <mergeCell ref="T18:AF18"/>
     <mergeCell ref="AE51:AH52"/>
     <mergeCell ref="AB51:AD52"/>
     <mergeCell ref="AB39:AD40"/>
     <mergeCell ref="AE39:AH40"/>
-    <mergeCell ref="Q65:AA65"/>
-[...1 lines deleted...]
-    <mergeCell ref="AB65:AD65"/>
+    <mergeCell ref="AE41:AH42"/>
+    <mergeCell ref="S51:AA52"/>
+    <mergeCell ref="AB47:AD48"/>
+    <mergeCell ref="AE47:AH48"/>
+    <mergeCell ref="AB43:AD44"/>
+    <mergeCell ref="AE43:AH44"/>
+    <mergeCell ref="AE27:AH27"/>
+    <mergeCell ref="AE28:AH29"/>
+    <mergeCell ref="AE30:AH31"/>
+    <mergeCell ref="AE45:AH46"/>
+    <mergeCell ref="AE34:AH35"/>
+    <mergeCell ref="AE36:AH37"/>
   </mergeCells>
   <pageMargins left="0.27791666666666665" right="9.5833333333333326E-3" top="0.19685039370078741" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="91" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="105" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="AH11:AH14 F225 E226:E228" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.85546875" customWidth="1"/>
     <col min="2" max="2" width="7.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="31.28515625" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="153">
+      <c r="A1" s="150">
         <v>2025</v>
       </c>
-      <c r="B1" s="71"/>
-      <c r="C1" s="127" t="s">
+      <c r="B1" s="69"/>
+      <c r="C1" s="124" t="s">
         <v>325</v>
       </c>
-      <c r="D1" s="272">
+      <c r="D1" s="264">
         <f>Vkladani_dat!F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="271"/>
+      <c r="E1" s="263"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
-      <c r="B2" s="128"/>
-      <c r="C2" s="69" t="s">
+      <c r="B2" s="125"/>
+      <c r="C2" s="67" t="s">
         <v>309</v>
       </c>
-      <c r="D2" s="270">
+      <c r="D2" s="262">
         <f>Vkladani_dat!F4</f>
         <v>0</v>
       </c>
-      <c r="E2" s="271"/>
+      <c r="E2" s="263"/>
       <c r="H2" s="1"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
-      <c r="B3" s="128"/>
+      <c r="B3" s="125"/>
       <c r="C3" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="D3" s="126">
+      <c r="D3" s="123">
         <f>Vkladani_dat!F5</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="69"/>
-[...1 lines deleted...]
-      <c r="C4" s="69" t="s">
+      <c r="A4" s="67"/>
+      <c r="B4" s="69"/>
+      <c r="C4" s="67" t="s">
         <v>165</v>
       </c>
-      <c r="D4" s="77">
+      <c r="D4" s="75">
         <f>Vkladani_dat!F6</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="132"/>
-[...1 lines deleted...]
-      <c r="C5" s="132" t="s">
+      <c r="A5" s="129"/>
+      <c r="B5" s="70"/>
+      <c r="C5" s="129" t="s">
         <v>166</v>
       </c>
-      <c r="D5" s="77">
+      <c r="D5" s="75">
         <f>Vkladani_dat!F10</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="70" t="s">
+      <c r="A6" s="68" t="s">
         <v>327</v>
       </c>
-      <c r="B6" s="122">
+      <c r="B6" s="119">
         <v>902</v>
       </c>
-      <c r="C6" s="80" t="s">
+      <c r="C6" s="78" t="s">
         <v>326</v>
       </c>
-      <c r="D6" s="77">
+      <c r="D6" s="75">
         <f>Vkladani_dat!G12</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="73"/>
-      <c r="B7" s="123">
+      <c r="A7" s="71"/>
+      <c r="B7" s="120">
         <v>903</v>
       </c>
-      <c r="C7" s="78" t="s">
+      <c r="C7" s="76" t="s">
         <v>311</v>
       </c>
-      <c r="D7" s="77">
+      <c r="D7" s="75">
         <f>Vkladani_dat!G13</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A8" s="74" t="s">
+      <c r="A8" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="B8" s="124">
+      <c r="B8" s="121">
         <v>101</v>
       </c>
-      <c r="C8" s="81" t="s">
+      <c r="C8" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="D8" s="79">
+      <c r="D8" s="77">
         <f>Vkladani_dat!G18</f>
         <v>0</v>
       </c>
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="32"/>
-      <c r="B9" s="125">
+      <c r="B9" s="122">
         <v>102</v>
       </c>
-      <c r="C9" s="82" t="s">
+      <c r="C9" s="80" t="s">
         <v>81</v>
       </c>
-      <c r="D9" s="79">
+      <c r="D9" s="77">
         <f>Vkladani_dat!G19</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="32"/>
-      <c r="B10" s="125">
+      <c r="B10" s="122">
         <v>103</v>
       </c>
-      <c r="C10" s="82" t="s">
+      <c r="C10" s="80" t="s">
         <v>82</v>
       </c>
-      <c r="D10" s="79">
+      <c r="D10" s="77">
         <f>Vkladani_dat!G20</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="32"/>
-      <c r="B11" s="125">
+      <c r="B11" s="122">
         <v>104</v>
       </c>
-      <c r="C11" s="82" t="s">
+      <c r="C11" s="80" t="s">
         <v>83</v>
       </c>
-      <c r="D11" s="79">
+      <c r="D11" s="77">
         <f>Vkladani_dat!G21</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="32"/>
-      <c r="B12" s="125">
+      <c r="B12" s="122">
         <v>105</v>
       </c>
-      <c r="C12" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="79">
+      <c r="C12" s="80" t="s">
+        <v>547</v>
+      </c>
+      <c r="D12" s="77">
         <f>Vkladani_dat!G22</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="32"/>
-      <c r="B13" s="125">
+      <c r="B13" s="122">
         <v>106</v>
       </c>
-      <c r="C13" s="82" t="s">
+      <c r="C13" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="D13" s="79">
+      <c r="D13" s="77">
         <f>Vkladani_dat!G23</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="32"/>
-      <c r="B14" s="125">
+      <c r="B14" s="122">
         <v>107</v>
       </c>
-      <c r="C14" s="82" t="s">
+      <c r="C14" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="D14" s="79">
+      <c r="D14" s="77">
         <f>Vkladani_dat!G24</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="32"/>
-      <c r="B15" s="125">
+      <c r="B15" s="122">
         <v>108</v>
       </c>
-      <c r="C15" s="82" t="s">
+      <c r="C15" s="80" t="s">
         <v>86</v>
       </c>
-      <c r="D15" s="79">
+      <c r="D15" s="77">
         <f>Vkladani_dat!G25</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="32"/>
-      <c r="B16" s="125">
+      <c r="B16" s="122">
         <v>109</v>
       </c>
-      <c r="C16" s="82" t="s">
+      <c r="C16" s="80" t="s">
         <v>87</v>
       </c>
-      <c r="D16" s="79">
+      <c r="D16" s="77">
         <f>Vkladani_dat!G26</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="32"/>
-      <c r="B17" s="125">
+      <c r="B17" s="122">
         <v>110</v>
       </c>
-      <c r="C17" s="82" t="s">
+      <c r="C17" s="80" t="s">
         <v>88</v>
       </c>
-      <c r="D17" s="79">
+      <c r="D17" s="77">
         <f>Vkladani_dat!G27</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="32"/>
-      <c r="B18" s="125">
+      <c r="B18" s="122">
         <v>111</v>
       </c>
-      <c r="C18" s="82" t="s">
+      <c r="C18" s="80" t="s">
         <v>89</v>
       </c>
-      <c r="D18" s="79">
+      <c r="D18" s="77">
         <f>Vkladani_dat!G28</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="32"/>
-      <c r="B19" s="125">
+      <c r="B19" s="122">
         <v>112</v>
       </c>
-      <c r="C19" s="82" t="s">
+      <c r="C19" s="80" t="s">
         <v>90</v>
       </c>
-      <c r="D19" s="79">
+      <c r="D19" s="77">
         <f>Vkladani_dat!G29</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="32"/>
-      <c r="B20" s="125">
+      <c r="B20" s="122">
         <v>113</v>
       </c>
-      <c r="C20" s="82" t="s">
+      <c r="C20" s="80" t="s">
         <v>91</v>
       </c>
-      <c r="D20" s="79">
+      <c r="D20" s="77">
         <f>Vkladani_dat!G30</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="32"/>
-      <c r="B21" s="125">
+      <c r="B21" s="122">
         <v>114</v>
       </c>
-      <c r="C21" s="82" t="s">
+      <c r="C21" s="80" t="s">
         <v>41</v>
       </c>
-      <c r="D21" s="79">
+      <c r="D21" s="77">
         <f>Vkladani_dat!G31</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="32"/>
-      <c r="B22" s="125">
+      <c r="B22" s="122">
         <v>115</v>
       </c>
-      <c r="C22" s="82" t="s">
+      <c r="C22" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="D22" s="79">
+      <c r="D22" s="77">
         <f>Vkladani_dat!G32</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="32"/>
-      <c r="B23" s="125">
+      <c r="B23" s="122">
         <v>116</v>
       </c>
-      <c r="C23" s="82" t="s">
+      <c r="C23" s="80" t="s">
         <v>92</v>
       </c>
-      <c r="D23" s="79">
+      <c r="D23" s="77">
         <f>Vkladani_dat!G33</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="32"/>
-      <c r="B24" s="125">
+      <c r="B24" s="122">
         <v>117</v>
       </c>
-      <c r="C24" s="82" t="s">
+      <c r="C24" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="D24" s="79">
+      <c r="D24" s="77">
         <f>Vkladani_dat!G34</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B25" s="125">
+      <c r="B25" s="122">
         <v>201</v>
       </c>
-      <c r="C25" s="82" t="s">
+      <c r="C25" s="80" t="s">
         <v>93</v>
       </c>
-      <c r="D25" s="79">
+      <c r="D25" s="77">
         <f>Vkladani_dat!G39</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="32"/>
-      <c r="B26" s="125">
+      <c r="B26" s="122">
         <v>202</v>
       </c>
-      <c r="C26" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="79">
+      <c r="C26" s="80" t="s">
+        <v>570</v>
+      </c>
+      <c r="D26" s="77">
         <f>Vkladani_dat!G40</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="32"/>
-      <c r="B27" s="125">
+      <c r="B27" s="122">
         <v>203</v>
       </c>
-      <c r="C27" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="79">
+      <c r="C27" s="80" t="s">
+        <v>571</v>
+      </c>
+      <c r="D27" s="77">
         <f>Vkladani_dat!G41</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="32"/>
-      <c r="B28" s="125">
+      <c r="B28" s="122">
         <v>204</v>
       </c>
-      <c r="C28" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="79">
+      <c r="C28" s="80" t="s">
+        <v>573</v>
+      </c>
+      <c r="D28" s="77">
         <f>Vkladani_dat!G42</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="32"/>
-      <c r="B29" s="125">
+      <c r="B29" s="122">
         <v>205</v>
       </c>
-      <c r="C29" s="82" t="s">
+      <c r="C29" s="80" t="s">
         <v>94</v>
       </c>
-      <c r="D29" s="79">
+      <c r="D29" s="77">
         <f>Vkladani_dat!G43</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="32"/>
-      <c r="B30" s="125">
+      <c r="B30" s="122">
         <v>206</v>
       </c>
-      <c r="C30" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="79">
+      <c r="C30" s="80" t="s">
+        <v>548</v>
+      </c>
+      <c r="D30" s="77">
         <f>Vkladani_dat!G44</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="32"/>
-      <c r="B31" s="125">
+      <c r="B31" s="122">
         <v>207</v>
       </c>
-      <c r="C31" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="79">
+      <c r="C31" s="80" t="s">
+        <v>549</v>
+      </c>
+      <c r="D31" s="77">
         <f>Vkladani_dat!G45</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="32"/>
-      <c r="B32" s="125">
+      <c r="B32" s="122">
         <v>208</v>
       </c>
-      <c r="C32" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="79">
+      <c r="C32" s="80" t="s">
+        <v>550</v>
+      </c>
+      <c r="D32" s="77">
         <f>Vkladani_dat!G46</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="32"/>
-      <c r="B33" s="125">
+      <c r="B33" s="122">
         <v>209</v>
       </c>
-      <c r="C33" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="79">
+      <c r="C33" s="80" t="s">
+        <v>572</v>
+      </c>
+      <c r="D33" s="77">
         <f>Vkladani_dat!G47</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="32" t="s">
         <v>95</v>
       </c>
-      <c r="B34" s="125">
+      <c r="B34" s="122">
         <v>301</v>
       </c>
-      <c r="C34" s="82" t="s">
+      <c r="C34" s="80" t="s">
         <v>377</v>
       </c>
-      <c r="D34" s="79">
+      <c r="D34" s="77">
         <f>Vkladani_dat!G52</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="32"/>
-      <c r="B35" s="125">
+      <c r="B35" s="122">
         <v>302</v>
       </c>
-      <c r="C35" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="79">
+      <c r="C35" s="80" t="s">
+        <v>574</v>
+      </c>
+      <c r="D35" s="77">
         <f>Vkladani_dat!G53</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="32"/>
-      <c r="B36" s="125">
+      <c r="B36" s="122">
         <v>303</v>
       </c>
-      <c r="C36" s="82" t="s">
+      <c r="C36" s="80" t="s">
         <v>96</v>
       </c>
-      <c r="D36" s="79">
+      <c r="D36" s="77">
         <f>Vkladani_dat!G54</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="32"/>
-      <c r="B37" s="125">
+      <c r="B37" s="122">
         <v>304</v>
       </c>
-      <c r="C37" s="82" t="s">
+      <c r="C37" s="80" t="s">
         <v>97</v>
       </c>
-      <c r="D37" s="79">
+      <c r="D37" s="77">
         <f>Vkladani_dat!G55</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="32"/>
-      <c r="B38" s="125">
+      <c r="B38" s="122">
         <v>305</v>
       </c>
-      <c r="C38" s="82" t="s">
+      <c r="C38" s="80" t="s">
         <v>98</v>
       </c>
-      <c r="D38" s="79">
+      <c r="D38" s="77">
         <f>Vkladani_dat!G56</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="32"/>
-      <c r="B39" s="125">
+      <c r="B39" s="122">
         <v>306</v>
       </c>
-      <c r="C39" s="82" t="s">
+      <c r="C39" s="80" t="s">
         <v>99</v>
       </c>
-      <c r="D39" s="79">
+      <c r="D39" s="77">
         <f>Vkladani_dat!G57</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="32"/>
-      <c r="B40" s="125">
+      <c r="B40" s="122">
         <v>307</v>
       </c>
-      <c r="C40" s="82" t="s">
+      <c r="C40" s="80" t="s">
         <v>100</v>
       </c>
-      <c r="D40" s="79">
+      <c r="D40" s="77">
         <f>Vkladani_dat!G58</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="32"/>
-      <c r="B41" s="125">
+      <c r="B41" s="122">
         <v>308</v>
       </c>
-      <c r="C41" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="79">
+      <c r="C41" s="80" t="s">
+        <v>547</v>
+      </c>
+      <c r="D41" s="77">
         <f>Vkladani_dat!G59</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="32"/>
-      <c r="B42" s="125">
+      <c r="B42" s="122">
         <v>309</v>
       </c>
-      <c r="C42" s="82" t="s">
+      <c r="C42" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="D42" s="79">
+      <c r="D42" s="77">
         <f>Vkladani_dat!G60</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="32"/>
-      <c r="B43" s="125">
+      <c r="B43" s="122">
         <v>310</v>
       </c>
-      <c r="C43" s="82" t="s">
+      <c r="C43" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="D43" s="79">
+      <c r="D43" s="77">
         <f>Vkladani_dat!G61</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="32"/>
-      <c r="B44" s="125">
+      <c r="B44" s="122">
         <v>311</v>
       </c>
-      <c r="C44" s="82" t="s">
+      <c r="C44" s="80" t="s">
         <v>86</v>
       </c>
-      <c r="D44" s="79">
+      <c r="D44" s="77">
         <f>Vkladani_dat!G62</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="32"/>
-      <c r="B45" s="125">
+      <c r="B45" s="122">
         <v>312</v>
       </c>
-      <c r="C45" s="82" t="s">
+      <c r="C45" s="80" t="s">
         <v>87</v>
       </c>
-      <c r="D45" s="79">
+      <c r="D45" s="77">
         <f>Vkladani_dat!G63</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="32"/>
-      <c r="B46" s="125">
+      <c r="B46" s="122">
         <v>313</v>
       </c>
-      <c r="C46" s="82" t="s">
+      <c r="C46" s="80" t="s">
         <v>88</v>
       </c>
-      <c r="D46" s="79">
+      <c r="D46" s="77">
         <f>Vkladani_dat!G64</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="32"/>
-      <c r="B47" s="125">
+      <c r="B47" s="122">
         <v>314</v>
       </c>
-      <c r="C47" s="82" t="s">
+      <c r="C47" s="80" t="s">
         <v>89</v>
       </c>
-      <c r="D47" s="79">
+      <c r="D47" s="77">
         <f>Vkladani_dat!G65</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="32"/>
-      <c r="B48" s="125">
+      <c r="B48" s="122">
         <v>315</v>
       </c>
-      <c r="C48" s="82" t="s">
+      <c r="C48" s="80" t="s">
         <v>90</v>
       </c>
-      <c r="D48" s="79">
+      <c r="D48" s="77">
         <f>Vkladani_dat!G66</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="32"/>
-      <c r="B49" s="125">
+      <c r="B49" s="122">
         <v>316</v>
       </c>
-      <c r="C49" s="82" t="s">
+      <c r="C49" s="80" t="s">
         <v>91</v>
       </c>
-      <c r="D49" s="79">
+      <c r="D49" s="77">
         <f>Vkladani_dat!G67</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="32"/>
-      <c r="B50" s="125">
+      <c r="B50" s="122">
         <v>317</v>
       </c>
-      <c r="C50" s="82" t="s">
+      <c r="C50" s="80" t="s">
         <v>46</v>
       </c>
-      <c r="D50" s="79">
+      <c r="D50" s="77">
         <f>Vkladani_dat!G68</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="32" t="s">
         <v>101</v>
       </c>
-      <c r="B51" s="125">
+      <c r="B51" s="122">
         <v>401</v>
       </c>
-      <c r="C51" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="79">
+      <c r="C51" s="80" t="s">
+        <v>551</v>
+      </c>
+      <c r="D51" s="77">
         <f>Vkladani_dat!G73</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="32"/>
-      <c r="B52" s="125">
+      <c r="B52" s="122">
         <v>402</v>
       </c>
-      <c r="C52" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="79">
+      <c r="C52" s="80" t="s">
+        <v>552</v>
+      </c>
+      <c r="D52" s="77">
         <f>Vkladani_dat!G74</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="32"/>
-      <c r="B53" s="125">
+      <c r="B53" s="122">
         <v>403</v>
       </c>
-      <c r="C53" s="82" t="s">
+      <c r="C53" s="80" t="s">
         <v>102</v>
       </c>
-      <c r="D53" s="79">
+      <c r="D53" s="77">
         <f>Vkladani_dat!G75</f>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="32"/>
-      <c r="B54" s="125">
+      <c r="B54" s="122">
         <v>404</v>
       </c>
-      <c r="C54" s="82" t="s">
+      <c r="C54" s="80" t="s">
         <v>103</v>
       </c>
-      <c r="D54" s="79">
+      <c r="D54" s="77">
         <f>Vkladani_dat!G76</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="32"/>
-      <c r="B55" s="125">
+      <c r="B55" s="122">
         <v>405</v>
       </c>
-      <c r="C55" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="79">
+      <c r="C55" s="80" t="s">
+        <v>553</v>
+      </c>
+      <c r="D55" s="77">
         <f>Vkladani_dat!G77</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="32"/>
-      <c r="B56" s="125">
+      <c r="B56" s="122">
         <v>406</v>
       </c>
-      <c r="C56" s="82" t="s">
+      <c r="C56" s="80" t="s">
         <v>104</v>
       </c>
-      <c r="D56" s="79">
+      <c r="D56" s="77">
         <f>Vkladani_dat!G78</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="32"/>
-      <c r="B57" s="125">
+      <c r="B57" s="122">
         <v>407</v>
       </c>
-      <c r="C57" s="82" t="s">
+      <c r="C57" s="80" t="s">
         <v>105</v>
       </c>
-      <c r="D57" s="79">
+      <c r="D57" s="77">
         <f>Vkladani_dat!G79</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="32"/>
-      <c r="B58" s="125">
+      <c r="B58" s="122">
         <v>408</v>
       </c>
-      <c r="C58" s="82" t="s">
+      <c r="C58" s="80" t="s">
         <v>106</v>
       </c>
-      <c r="D58" s="79">
+      <c r="D58" s="77">
         <f>Vkladani_dat!G80</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="32"/>
-      <c r="B59" s="125">
+      <c r="B59" s="122">
         <v>409</v>
       </c>
-      <c r="C59" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="79">
+      <c r="C59" s="80" t="s">
+        <v>554</v>
+      </c>
+      <c r="D59" s="77">
         <f>Vkladani_dat!G81</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="32"/>
-      <c r="B60" s="125">
+      <c r="B60" s="122">
         <v>410</v>
       </c>
-      <c r="C60" s="82" t="s">
+      <c r="C60" s="80" t="s">
         <v>107</v>
       </c>
-      <c r="D60" s="79">
+      <c r="D60" s="77">
         <f>Vkladani_dat!G82</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="32"/>
-      <c r="B61" s="125">
+      <c r="B61" s="122">
         <v>411</v>
       </c>
-      <c r="C61" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="79">
+      <c r="C61" s="80" t="s">
+        <v>555</v>
+      </c>
+      <c r="D61" s="77">
         <f>Vkladani_dat!G83</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="32"/>
-      <c r="B62" s="125">
+      <c r="B62" s="122">
         <v>412</v>
       </c>
-      <c r="C62" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="79">
+      <c r="C62" s="80" t="s">
+        <v>556</v>
+      </c>
+      <c r="D62" s="77">
         <f>Vkladani_dat!G84</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="32"/>
-      <c r="B63" s="125">
+      <c r="B63" s="122">
         <v>413</v>
       </c>
-      <c r="C63" s="82" t="s">
+      <c r="C63" s="80" t="s">
         <v>108</v>
       </c>
-      <c r="D63" s="79">
+      <c r="D63" s="77">
         <f>Vkladani_dat!G85</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="32"/>
-      <c r="B64" s="125">
+      <c r="B64" s="122">
         <v>414</v>
       </c>
-      <c r="C64" s="82" t="s">
+      <c r="C64" s="80" t="s">
         <v>109</v>
       </c>
-      <c r="D64" s="79">
+      <c r="D64" s="77">
         <f>Vkladani_dat!G86</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="32"/>
-      <c r="B65" s="125">
+      <c r="B65" s="122">
         <v>415</v>
       </c>
-      <c r="C65" s="82" t="s">
+      <c r="C65" s="80" t="s">
         <v>110</v>
       </c>
-      <c r="D65" s="79">
+      <c r="D65" s="77">
         <f>Vkladani_dat!G87</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="32"/>
-      <c r="B66" s="125">
+      <c r="B66" s="122">
         <v>416</v>
       </c>
-      <c r="C66" s="82" t="s">
+      <c r="C66" s="80" t="s">
         <v>109</v>
       </c>
-      <c r="D66" s="79">
+      <c r="D66" s="77">
         <f>Vkladani_dat!G88</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" s="32"/>
-      <c r="B67" s="125">
+      <c r="B67" s="122">
         <v>417</v>
       </c>
-      <c r="C67" s="82" t="s">
+      <c r="C67" s="80" t="s">
         <v>111</v>
       </c>
-      <c r="D67" s="79">
+      <c r="D67" s="77">
         <f>Vkladani_dat!G89</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="32"/>
-      <c r="B68" s="125">
+      <c r="B68" s="122">
         <v>418</v>
       </c>
-      <c r="C68" s="82" t="s">
+      <c r="C68" s="80" t="s">
         <v>112</v>
       </c>
-      <c r="D68" s="79">
+      <c r="D68" s="77">
         <f>Vkladani_dat!G90</f>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" s="32"/>
-      <c r="B69" s="125">
+      <c r="B69" s="122">
         <v>419</v>
       </c>
-      <c r="C69" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="79">
+      <c r="C69" s="80" t="s">
+        <v>0</v>
+      </c>
+      <c r="D69" s="77">
         <f>Vkladani_dat!G91</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" s="32"/>
-      <c r="B70" s="125">
+      <c r="B70" s="122">
         <v>420</v>
       </c>
-      <c r="C70" s="82" t="s">
+      <c r="C70" s="80" t="s">
         <v>113</v>
       </c>
-      <c r="D70" s="79">
+      <c r="D70" s="77">
         <f>Vkladani_dat!G92</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="32"/>
-      <c r="B71" s="125">
+      <c r="B71" s="122">
         <v>421</v>
       </c>
-      <c r="C71" s="82" t="s">
+      <c r="C71" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="D71" s="79">
+      <c r="D71" s="77">
         <f>Vkladani_dat!G93</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" s="32"/>
-      <c r="B72" s="125">
+      <c r="B72" s="122">
         <v>422</v>
       </c>
-      <c r="C72" s="82" t="s">
+      <c r="C72" s="80" t="s">
         <v>114</v>
       </c>
-      <c r="D72" s="79">
+      <c r="D72" s="77">
         <f>Vkladani_dat!G94</f>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" s="32"/>
-      <c r="B73" s="125">
+      <c r="B73" s="122">
         <v>423</v>
       </c>
-      <c r="C73" s="82" t="s">
+      <c r="C73" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="D73" s="79">
+      <c r="D73" s="268">
         <f>Vkladani_dat!G95</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" s="32" t="s">
         <v>115</v>
       </c>
-      <c r="B74" s="125">
+      <c r="B74" s="122">
         <v>501</v>
       </c>
-      <c r="C74" s="82" t="s">
+      <c r="C74" s="80" t="s">
         <v>48</v>
       </c>
-      <c r="D74" s="79">
+      <c r="D74" s="77">
         <f>Vkladani_dat!G100</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" s="32"/>
-      <c r="B75" s="125">
+      <c r="B75" s="122">
         <v>502</v>
       </c>
-      <c r="C75" s="82" t="s">
+      <c r="C75" s="80" t="s">
         <v>49</v>
       </c>
-      <c r="D75" s="79">
+      <c r="D75" s="77">
         <f>Vkladani_dat!G101</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" s="32"/>
-      <c r="B76" s="125">
+      <c r="B76" s="122">
         <v>503</v>
       </c>
-      <c r="C76" s="82" t="s">
+      <c r="C76" s="80" t="s">
         <v>116</v>
       </c>
-      <c r="D76" s="79">
+      <c r="D76" s="77">
         <f>Vkladani_dat!G102</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="32"/>
-      <c r="B77" s="125">
+      <c r="B77" s="122">
         <v>504</v>
       </c>
-      <c r="C77" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D77" s="79">
+      <c r="C77" s="80" t="s">
+        <v>557</v>
+      </c>
+      <c r="D77" s="77">
         <f>Vkladani_dat!G103</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="32"/>
-      <c r="B78" s="125">
+      <c r="B78" s="122">
         <v>505</v>
       </c>
-      <c r="C78" s="82" t="s">
+      <c r="C78" s="80" t="s">
         <v>117</v>
       </c>
-      <c r="D78" s="79">
+      <c r="D78" s="77">
         <f>Vkladani_dat!G104</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="32"/>
-      <c r="B79" s="125">
+      <c r="B79" s="122">
         <v>506</v>
       </c>
-      <c r="C79" s="82" t="s">
+      <c r="C79" s="80" t="s">
         <v>118</v>
       </c>
-      <c r="D79" s="79">
+      <c r="D79" s="77">
         <f>Vkladani_dat!G105</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" s="32"/>
-      <c r="B80" s="125">
+      <c r="B80" s="122">
         <v>507</v>
       </c>
-      <c r="C80" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D80" s="79">
+      <c r="C80" s="80" t="s">
+        <v>558</v>
+      </c>
+      <c r="D80" s="77">
         <f>Vkladani_dat!G106</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" s="32"/>
-      <c r="B81" s="125">
+      <c r="B81" s="122">
         <v>508</v>
       </c>
-      <c r="C81" s="82" t="s">
+      <c r="C81" s="80" t="s">
         <v>119</v>
       </c>
-      <c r="D81" s="79">
+      <c r="D81" s="77">
         <f>Vkladani_dat!G107</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" s="32"/>
-      <c r="B82" s="125">
+      <c r="B82" s="122">
         <v>509</v>
       </c>
-      <c r="C82" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D82" s="79">
+      <c r="C82" s="80" t="s">
+        <v>559</v>
+      </c>
+      <c r="D82" s="77">
         <f>Vkladani_dat!G108</f>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="32"/>
-      <c r="B83" s="125">
+      <c r="B83" s="122">
         <v>510</v>
       </c>
-      <c r="C83" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="79">
+      <c r="C83" s="80" t="s">
+        <v>560</v>
+      </c>
+      <c r="D83" s="77">
         <f>Vkladani_dat!G109</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="32"/>
-      <c r="B84" s="125">
+      <c r="B84" s="122">
         <v>511</v>
       </c>
-      <c r="C84" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="79">
+      <c r="C84" s="80" t="s">
+        <v>561</v>
+      </c>
+      <c r="D84" s="77">
         <f>Vkladani_dat!G110</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="32"/>
-      <c r="B85" s="125">
+      <c r="B85" s="122">
         <v>512</v>
       </c>
-      <c r="C85" s="82" t="s">
+      <c r="C85" s="80" t="s">
         <v>120</v>
       </c>
-      <c r="D85" s="79">
+      <c r="D85" s="77">
         <f>Vkladani_dat!G111</f>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" s="32"/>
-      <c r="B86" s="125">
+      <c r="B86" s="122">
         <v>513</v>
       </c>
-      <c r="C86" s="82" t="s">
+      <c r="C86" s="80" t="s">
         <v>121</v>
       </c>
-      <c r="D86" s="79">
+      <c r="D86" s="77">
         <f>Vkladani_dat!G112</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" s="32" t="s">
         <v>122</v>
       </c>
-      <c r="B87" s="125">
+      <c r="B87" s="122">
         <v>601</v>
       </c>
-      <c r="C87" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D87" s="76">
+      <c r="C87" s="80" t="s">
+        <v>562</v>
+      </c>
+      <c r="D87" s="74">
         <f>Vkladani_dat!G117</f>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" s="6"/>
-      <c r="B88" s="125">
+      <c r="B88" s="122">
         <v>602</v>
       </c>
-      <c r="C88" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D88" s="83">
+      <c r="C88" s="80" t="s">
+        <v>563</v>
+      </c>
+      <c r="D88" s="267">
         <f>Vkladani_dat!G118</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" s="32"/>
-      <c r="B89" s="125">
+      <c r="B89" s="122">
         <v>603</v>
       </c>
-      <c r="C89" s="82" t="s">
+      <c r="C89" s="80" t="s">
         <v>50</v>
       </c>
-      <c r="D89" s="83">
+      <c r="D89" s="267">
         <f>Vkladani_dat!G119</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" s="32"/>
-      <c r="B90" s="125">
+      <c r="B90" s="122">
         <v>604</v>
       </c>
-      <c r="C90" s="82" t="s">
+      <c r="C90" s="80" t="s">
         <v>51</v>
       </c>
-      <c r="D90" s="83">
+      <c r="D90" s="267">
         <f>Vkladani_dat!G120</f>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" s="32"/>
-      <c r="B91" s="125">
+      <c r="B91" s="122">
         <v>605</v>
       </c>
-      <c r="C91" s="82" t="s">
+      <c r="C91" s="80" t="s">
         <v>52</v>
       </c>
-      <c r="D91" s="83">
+      <c r="D91" s="267">
         <f>Vkladani_dat!G121</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" s="32"/>
-      <c r="B92" s="125">
+      <c r="B92" s="122">
         <v>606</v>
       </c>
-      <c r="C92" s="82" t="s">
+      <c r="C92" s="80" t="s">
         <v>53</v>
       </c>
-      <c r="D92" s="83">
+      <c r="D92" s="267">
         <f>Vkladani_dat!G122</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" s="32"/>
-      <c r="B93" s="125">
+      <c r="B93" s="122">
         <v>607</v>
       </c>
-      <c r="C93" s="82" t="s">
+      <c r="C93" s="80" t="s">
         <v>54</v>
       </c>
-      <c r="D93" s="83">
+      <c r="D93" s="267">
         <f>Vkladani_dat!G123</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" s="32"/>
-      <c r="B94" s="125">
+      <c r="B94" s="122">
         <v>608</v>
       </c>
-      <c r="C94" s="82" t="s">
+      <c r="C94" s="80" t="s">
         <v>55</v>
       </c>
-      <c r="D94" s="83">
+      <c r="D94" s="267">
         <f>Vkladani_dat!G124</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" s="32"/>
-      <c r="B95" s="125">
+      <c r="B95" s="122">
         <v>609</v>
       </c>
-      <c r="C95" s="82" t="s">
+      <c r="C95" s="80" t="s">
         <v>56</v>
       </c>
-      <c r="D95" s="83">
+      <c r="D95" s="267">
         <f>Vkladani_dat!G125</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" s="32"/>
-      <c r="B96" s="125">
+      <c r="B96" s="122">
         <v>610</v>
       </c>
-      <c r="C96" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D96" s="77">
+      <c r="C96" s="80" t="s">
+        <v>564</v>
+      </c>
+      <c r="D96" s="75">
         <f>Vkladani_dat!G126</f>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" s="32"/>
-      <c r="B97" s="125">
+      <c r="B97" s="122">
         <v>611</v>
       </c>
-      <c r="C97" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="77">
+      <c r="C97" s="80" t="s">
+        <v>565</v>
+      </c>
+      <c r="D97" s="75">
         <f>Vkladani_dat!G127</f>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="32"/>
-      <c r="B98" s="125">
+      <c r="B98" s="122">
         <v>612</v>
       </c>
-      <c r="C98" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D98" s="77">
+      <c r="C98" s="80" t="s">
+        <v>566</v>
+      </c>
+      <c r="D98" s="75">
         <f>Vkladani_dat!G128</f>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" s="32"/>
-      <c r="B99" s="125">
+      <c r="B99" s="122">
         <v>613</v>
       </c>
-      <c r="C99" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D99" s="77">
+      <c r="C99" s="80" t="s">
+        <v>567</v>
+      </c>
+      <c r="D99" s="75">
         <f>Vkladani_dat!G129</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="32"/>
-      <c r="B100" s="125">
+      <c r="B100" s="122">
         <v>614</v>
       </c>
-      <c r="C100" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D100" s="79">
+      <c r="C100" s="80" t="s">
+        <v>575</v>
+      </c>
+      <c r="D100" s="77">
         <f>Vkladani_dat!G130</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" s="32"/>
-      <c r="B101" s="125">
+      <c r="B101" s="122">
         <v>615</v>
       </c>
-      <c r="C101" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D101" s="79">
+      <c r="C101" s="80" t="s">
+        <v>576</v>
+      </c>
+      <c r="D101" s="77">
         <f>Vkladani_dat!G131</f>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" s="32" t="s">
         <v>123</v>
       </c>
-      <c r="B102" s="125">
+      <c r="B102" s="122">
         <v>701</v>
       </c>
-      <c r="C102" s="82" t="s">
+      <c r="C102" s="80" t="s">
         <v>124</v>
       </c>
-      <c r="D102" s="79">
+      <c r="D102" s="77">
         <f>Vkladani_dat!G136</f>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" s="32"/>
-      <c r="B103" s="125">
+      <c r="B103" s="122">
         <v>702</v>
       </c>
-      <c r="C103" s="82" t="s">
+      <c r="C103" s="80" t="s">
         <v>125</v>
       </c>
-      <c r="D103" s="79">
+      <c r="D103" s="77">
         <f>Vkladani_dat!G137</f>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" s="32"/>
-      <c r="B104" s="125">
+      <c r="B104" s="122">
         <v>703</v>
       </c>
-      <c r="C104" s="82" t="s">
+      <c r="C104" s="80" t="s">
         <v>126</v>
       </c>
-      <c r="D104" s="79">
+      <c r="D104" s="77">
         <f>Vkladani_dat!G138</f>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="32"/>
-      <c r="B105" s="125">
+      <c r="B105" s="122">
         <v>704</v>
       </c>
-      <c r="C105" s="82" t="s">
+      <c r="C105" s="80" t="s">
         <v>127</v>
       </c>
-      <c r="D105" s="79">
+      <c r="D105" s="77">
         <f>Vkladani_dat!G139</f>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" s="32"/>
-      <c r="B106" s="125">
+      <c r="B106" s="122">
         <v>705</v>
       </c>
-      <c r="C106" s="82" t="s">
+      <c r="C106" s="80" t="s">
         <v>128</v>
       </c>
-      <c r="D106" s="79">
+      <c r="D106" s="77">
         <f>Vkladani_dat!G140</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" s="32"/>
-      <c r="B107" s="125">
+      <c r="B107" s="122">
         <v>706</v>
       </c>
-      <c r="C107" s="82" t="s">
+      <c r="C107" s="80" t="s">
         <v>129</v>
       </c>
-      <c r="D107" s="79">
+      <c r="D107" s="77">
         <f>Vkladani_dat!G141</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" s="32"/>
-      <c r="B108" s="125">
+      <c r="B108" s="122">
         <v>707</v>
       </c>
-      <c r="C108" s="82" t="s">
+      <c r="C108" s="80" t="s">
         <v>130</v>
       </c>
-      <c r="D108" s="79">
+      <c r="D108" s="77">
         <f>Vkladani_dat!G142</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" s="32"/>
-      <c r="B109" s="125">
+      <c r="B109" s="122">
         <v>708</v>
       </c>
-      <c r="C109" s="82" t="s">
+      <c r="C109" s="80" t="s">
         <v>131</v>
       </c>
-      <c r="D109" s="79">
+      <c r="D109" s="77">
         <f>Vkladani_dat!G143</f>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="32"/>
-      <c r="B110" s="125">
+      <c r="B110" s="122">
         <v>709</v>
       </c>
-      <c r="C110" s="82" t="s">
+      <c r="C110" s="80" t="s">
         <v>132</v>
       </c>
-      <c r="D110" s="79">
+      <c r="D110" s="77">
         <f>Vkladani_dat!G144</f>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="32"/>
-      <c r="B111" s="125">
+      <c r="B111" s="122">
         <v>710</v>
       </c>
-      <c r="C111" s="82" t="s">
+      <c r="C111" s="80" t="s">
         <v>57</v>
       </c>
-      <c r="D111" s="79">
+      <c r="D111" s="77">
         <f>Vkladani_dat!G145</f>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" s="32"/>
-      <c r="B112" s="125">
+      <c r="B112" s="122">
         <v>711</v>
       </c>
-      <c r="C112" s="82" t="s">
+      <c r="C112" s="80" t="s">
         <v>133</v>
       </c>
-      <c r="D112" s="79">
+      <c r="D112" s="77">
         <f>Vkladani_dat!G146</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" s="32"/>
-      <c r="B113" s="125">
+      <c r="B113" s="122">
         <v>712</v>
       </c>
-      <c r="C113" s="82" t="s">
+      <c r="C113" s="80" t="s">
         <v>134</v>
       </c>
-      <c r="D113" s="79">
+      <c r="D113" s="77">
         <f>Vkladani_dat!G147</f>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" s="32"/>
-      <c r="B114" s="125">
+      <c r="B114" s="122">
         <v>713</v>
       </c>
-      <c r="C114" s="82" t="s">
+      <c r="C114" s="80" t="s">
         <v>135</v>
       </c>
-      <c r="D114" s="79">
+      <c r="D114" s="77">
         <f>Vkladani_dat!G148</f>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" s="32"/>
-      <c r="B115" s="125">
+      <c r="B115" s="122">
         <v>714</v>
       </c>
-      <c r="C115" s="82" t="s">
+      <c r="C115" s="80" t="s">
         <v>136</v>
       </c>
-      <c r="D115" s="79">
+      <c r="D115" s="77">
         <f>Vkladani_dat!G149</f>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" s="32"/>
-      <c r="B116" s="125">
+      <c r="B116" s="122">
         <v>715</v>
       </c>
-      <c r="C116" s="82" t="s">
+      <c r="C116" s="80" t="s">
         <v>137</v>
       </c>
-      <c r="D116" s="79">
+      <c r="D116" s="77">
         <f>Vkladani_dat!G150</f>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" s="32"/>
-      <c r="B117" s="125">
+      <c r="B117" s="122">
         <v>716</v>
       </c>
-      <c r="C117" s="82" t="s">
+      <c r="C117" s="80" t="s">
         <v>138</v>
       </c>
-      <c r="D117" s="79">
+      <c r="D117" s="77">
         <f>Vkladani_dat!G151</f>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" s="32"/>
-      <c r="B118" s="125">
+      <c r="B118" s="122">
         <v>717</v>
       </c>
-      <c r="C118" s="82" t="s">
+      <c r="C118" s="80" t="s">
         <v>131</v>
       </c>
-      <c r="D118" s="79">
+      <c r="D118" s="77">
         <f>Vkladani_dat!G152</f>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" s="32"/>
-      <c r="B119" s="125">
+      <c r="B119" s="122">
         <v>718</v>
       </c>
-      <c r="C119" s="82" t="s">
+      <c r="C119" s="80" t="s">
         <v>139</v>
       </c>
-      <c r="D119" s="79">
+      <c r="D119" s="77">
         <f>Vkladani_dat!G153</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" s="32" t="s">
         <v>140</v>
       </c>
-      <c r="B120" s="125">
+      <c r="B120" s="122">
         <v>801</v>
       </c>
-      <c r="C120" s="82" t="s">
+      <c r="C120" s="80" t="s">
         <v>141</v>
       </c>
-      <c r="D120" s="79">
+      <c r="D120" s="77">
         <f>Vkladani_dat!G158</f>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" s="32"/>
-      <c r="B121" s="125">
+      <c r="B121" s="122">
         <v>802</v>
       </c>
-      <c r="C121" s="82" t="s">
+      <c r="C121" s="80" t="s">
         <v>142</v>
       </c>
-      <c r="D121" s="79">
+      <c r="D121" s="77">
         <f>Vkladani_dat!G159</f>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" s="32"/>
-      <c r="B122" s="125">
+      <c r="B122" s="122">
         <v>803</v>
       </c>
-      <c r="C122" s="82" t="s">
+      <c r="C122" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="D122" s="79">
+      <c r="D122" s="77">
         <f>Vkladani_dat!G160</f>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" s="32"/>
-      <c r="B123" s="125">
+      <c r="B123" s="122">
         <v>804</v>
       </c>
-      <c r="C123" s="82" t="s">
+      <c r="C123" s="80" t="s">
         <v>143</v>
       </c>
-      <c r="D123" s="79">
+      <c r="D123" s="77">
         <f>Vkladani_dat!G161</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" s="32"/>
-      <c r="B124" s="125">
+      <c r="B124" s="122">
         <v>805</v>
       </c>
-      <c r="C124" s="82" t="s">
+      <c r="C124" s="80" t="s">
         <v>144</v>
       </c>
-      <c r="D124" s="79">
+      <c r="D124" s="77">
         <f>Vkladani_dat!G162</f>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" s="32"/>
-      <c r="B125" s="125">
+      <c r="B125" s="122">
         <v>806</v>
       </c>
-      <c r="C125" s="82" t="s">
+      <c r="C125" s="80" t="s">
         <v>145</v>
       </c>
-      <c r="D125" s="79">
+      <c r="D125" s="77">
         <f>Vkladani_dat!G163</f>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" s="32"/>
-      <c r="B126" s="125">
+      <c r="B126" s="122">
         <v>807</v>
       </c>
-      <c r="C126" s="82" t="s">
+      <c r="C126" s="80" t="s">
         <v>146</v>
       </c>
-      <c r="D126" s="79">
+      <c r="D126" s="77">
         <f>Vkladani_dat!G164</f>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" s="32"/>
-      <c r="B127" s="125">
+      <c r="B127" s="122">
         <v>808</v>
       </c>
-      <c r="C127" s="82" t="s">
+      <c r="C127" s="80" t="s">
         <v>147</v>
       </c>
-      <c r="D127" s="79">
+      <c r="D127" s="77">
         <f>Vkladani_dat!G165</f>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" s="32"/>
-      <c r="B128" s="125">
+      <c r="B128" s="122">
         <v>809</v>
       </c>
-      <c r="C128" s="82" t="s">
+      <c r="C128" s="80" t="s">
         <v>148</v>
       </c>
-      <c r="D128" s="79">
+      <c r="D128" s="77">
         <f>Vkladani_dat!G166</f>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" s="32"/>
-      <c r="B129" s="125">
+      <c r="B129" s="122">
         <v>810</v>
       </c>
-      <c r="C129" s="82" t="s">
+      <c r="C129" s="80" t="s">
         <v>149</v>
       </c>
-      <c r="D129" s="79">
+      <c r="D129" s="77">
         <f>Vkladani_dat!G167</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" s="32"/>
-      <c r="B130" s="125">
+      <c r="B130" s="122">
         <v>811</v>
       </c>
-      <c r="C130" s="82" t="s">
+      <c r="C130" s="80" t="s">
         <v>150</v>
       </c>
-      <c r="D130" s="79">
+      <c r="D130" s="77">
         <f>Vkladani_dat!G168</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" s="32"/>
-      <c r="B131" s="125">
+      <c r="B131" s="122">
         <v>812</v>
       </c>
-      <c r="C131" s="82" t="s">
+      <c r="C131" s="80" t="s">
         <v>151</v>
       </c>
-      <c r="D131" s="79">
+      <c r="D131" s="77">
         <f>Vkladani_dat!G169</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" s="32"/>
-      <c r="B132" s="125">
+      <c r="B132" s="122">
         <v>813</v>
       </c>
-      <c r="C132" s="82" t="s">
+      <c r="C132" s="80" t="s">
         <v>152</v>
       </c>
-      <c r="D132" s="79">
+      <c r="D132" s="77">
         <f>Vkladani_dat!G170</f>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" s="32"/>
-      <c r="B133" s="125">
+      <c r="B133" s="122">
         <v>814</v>
       </c>
-      <c r="C133" s="82" t="s">
+      <c r="C133" s="80" t="s">
         <v>58</v>
       </c>
-      <c r="D133" s="79">
+      <c r="D133" s="77">
         <f>Vkladani_dat!G171</f>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" s="32"/>
-      <c r="B134" s="125">
+      <c r="B134" s="122">
         <v>815</v>
       </c>
-      <c r="C134" s="82" t="s">
+      <c r="C134" s="80" t="s">
         <v>153</v>
       </c>
-      <c r="D134" s="79">
+      <c r="D134" s="77">
         <f>Vkladani_dat!G172</f>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" s="32"/>
-      <c r="B135" s="125">
+      <c r="B135" s="122">
         <v>816</v>
       </c>
-      <c r="C135" s="82" t="s">
+      <c r="C135" s="80" t="s">
         <v>154</v>
       </c>
-      <c r="D135" s="79">
+      <c r="D135" s="77">
         <f>Vkladani_dat!G173</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" s="32"/>
-      <c r="B136" s="125">
+      <c r="B136" s="122">
         <v>817</v>
       </c>
-      <c r="C136" s="82" t="s">
+      <c r="C136" s="80" t="s">
         <v>59</v>
       </c>
-      <c r="D136" s="79">
+      <c r="D136" s="77">
         <f>Vkladani_dat!G174</f>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" s="32"/>
-      <c r="B137" s="125">
+      <c r="B137" s="122">
         <v>818</v>
       </c>
-      <c r="C137" s="82" t="s">
+      <c r="C137" s="80" t="s">
         <v>155</v>
       </c>
-      <c r="D137" s="79">
+      <c r="D137" s="77">
         <f>Vkladani_dat!G175</f>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" s="32"/>
-      <c r="B138" s="125">
+      <c r="B138" s="122">
         <v>819</v>
       </c>
-      <c r="C138" s="82" t="s">
+      <c r="C138" s="80" t="s">
         <v>156</v>
       </c>
-      <c r="D138" s="79">
+      <c r="D138" s="77">
         <f>Vkladani_dat!G176</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.78740157480314965" bottom="0.39370078740157483" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="50" max="16383" man="1"/>
     <brk id="101" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:C188"/>
+  <dimension ref="A1:C187"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
-    <col min="2" max="2" width="27.5703125" style="162" customWidth="1"/>
-    <col min="3" max="3" width="133.7109375" style="187" customWidth="1"/>
+    <col min="2" max="2" width="27.5703125" style="159" customWidth="1"/>
+    <col min="3" max="3" width="133.7109375" style="179" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="177"/>
-[...1 lines deleted...]
-      <c r="C1" s="212"/>
+      <c r="A1" s="274"/>
+      <c r="B1" s="276"/>
+      <c r="C1" s="204"/>
     </row>
     <row r="2" spans="1:3" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="163" t="s">
+      <c r="A2" s="160" t="s">
+        <v>593</v>
+      </c>
+      <c r="B2" s="161"/>
+      <c r="C2" s="178"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="274"/>
+      <c r="B3" s="1237" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C3" s="446"/>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="205"/>
+      <c r="B4" s="276"/>
+      <c r="C4" s="206"/>
+    </row>
+    <row r="5" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="207" t="s">
+        <v>596</v>
+      </c>
+      <c r="B5" s="208" t="s">
         <v>597</v>
       </c>
-      <c r="B2" s="164"/>
-[...4 lines deleted...]
-      <c r="B3" s="1227" t="s">
+      <c r="C5" s="209" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="210" t="s">
+        <v>598</v>
+      </c>
+      <c r="B6" s="211" t="s">
         <v>599</v>
       </c>
-      <c r="C3" s="463"/>
-[...7 lines deleted...]
-      <c r="A5" s="215" t="s">
+      <c r="C6" s="212" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="205"/>
+      <c r="B7" s="213"/>
+      <c r="C7" s="214" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="215"/>
+      <c r="B8" s="216"/>
+      <c r="C8" s="217" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="207" t="s">
         <v>600</v>
       </c>
-      <c r="B5" s="216" t="s">
+      <c r="B9" s="208" t="s">
         <v>601</v>
       </c>
-      <c r="C5" s="217" t="s">
+      <c r="C9" s="218" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="207" t="s">
+        <v>603</v>
+      </c>
+      <c r="B10" s="208" t="s">
+        <v>604</v>
+      </c>
+      <c r="C10" s="218" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="207" t="s">
+        <v>606</v>
+      </c>
+      <c r="B11" s="208" t="s">
+        <v>607</v>
+      </c>
+      <c r="C11" s="218" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="207" t="s">
+        <v>608</v>
+      </c>
+      <c r="B12" s="208" t="s">
+        <v>609</v>
+      </c>
+      <c r="C12" s="218" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="207" t="s">
+        <v>611</v>
+      </c>
+      <c r="B13" s="208" t="s">
+        <v>612</v>
+      </c>
+      <c r="C13" s="218" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="207" t="s">
+        <v>614</v>
+      </c>
+      <c r="B14" s="208" t="s">
+        <v>615</v>
+      </c>
+      <c r="C14" s="218" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="207" t="s">
+        <v>616</v>
+      </c>
+      <c r="B15" s="208" t="s">
+        <v>617</v>
+      </c>
+      <c r="C15" s="218" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="207" t="s">
+        <v>618</v>
+      </c>
+      <c r="B16" s="208" t="s">
+        <v>619</v>
+      </c>
+      <c r="C16" s="218" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="207" t="s">
+        <v>620</v>
+      </c>
+      <c r="B17" s="208" t="s">
+        <v>621</v>
+      </c>
+      <c r="C17" s="218" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="207" t="s">
+        <v>623</v>
+      </c>
+      <c r="B18" s="208" t="s">
+        <v>624</v>
+      </c>
+      <c r="C18" s="218" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="207" t="s">
+        <v>625</v>
+      </c>
+      <c r="B19" s="208" t="s">
+        <v>626</v>
+      </c>
+      <c r="C19" s="218" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="207" t="s">
+        <v>628</v>
+      </c>
+      <c r="B20" s="208" t="s">
+        <v>629</v>
+      </c>
+      <c r="C20" s="218" t="s">
         <v>879</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C6" s="220" t="s">
+    <row r="21" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="207" t="s">
+        <v>630</v>
+      </c>
+      <c r="B21" s="208" t="s">
+        <v>631</v>
+      </c>
+      <c r="C21" s="218" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="210" t="s">
+        <v>633</v>
+      </c>
+      <c r="B22" s="211" t="s">
+        <v>634</v>
+      </c>
+      <c r="C22" s="219" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="275"/>
+      <c r="B23" s="220"/>
+      <c r="C23" s="221" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="207" t="s">
+        <v>635</v>
+      </c>
+      <c r="B24" s="208" t="s">
+        <v>636</v>
+      </c>
+      <c r="C24" s="218" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="207" t="s">
+        <v>637</v>
+      </c>
+      <c r="B25" s="208" t="s">
+        <v>638</v>
+      </c>
+      <c r="C25" s="218" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="207" t="s">
+        <v>639</v>
+      </c>
+      <c r="B26" s="208" t="s">
+        <v>640</v>
+      </c>
+      <c r="C26" s="218" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="207" t="s">
+        <v>642</v>
+      </c>
+      <c r="B27" s="208" t="s">
+        <v>643</v>
+      </c>
+      <c r="C27" s="218" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="222"/>
+      <c r="B28" s="223"/>
+      <c r="C28" s="224"/>
+    </row>
+    <row r="29" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="210" t="s">
+        <v>644</v>
+      </c>
+      <c r="B29" s="225" t="s">
+        <v>645</v>
+      </c>
+      <c r="C29" s="219" t="s">
         <v>880</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="C11" s="226" t="s">
+    <row r="30" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="275"/>
+      <c r="B30" s="226"/>
+      <c r="C30" s="221" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="207" t="s">
+        <v>646</v>
+      </c>
+      <c r="B31" s="227" t="s">
+        <v>647</v>
+      </c>
+      <c r="C31" s="218" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="210" t="s">
+        <v>648</v>
+      </c>
+      <c r="B32" s="225" t="s">
+        <v>649</v>
+      </c>
+      <c r="C32" s="219" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="275"/>
+      <c r="B33" s="226"/>
+      <c r="C33" s="228" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="207" t="s">
+        <v>650</v>
+      </c>
+      <c r="B34" s="227" t="s">
+        <v>651</v>
+      </c>
+      <c r="C34" s="218" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="207" t="s">
+        <v>652</v>
+      </c>
+      <c r="B35" s="227" t="s">
+        <v>653</v>
+      </c>
+      <c r="C35" s="218" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="210" t="s">
+        <v>654</v>
+      </c>
+      <c r="B36" s="225" t="s">
+        <v>655</v>
+      </c>
+      <c r="C36" s="219" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="274"/>
+      <c r="B37" s="229"/>
+      <c r="C37" s="230" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="274"/>
+      <c r="B38" s="229"/>
+      <c r="C38" s="230" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="274"/>
+      <c r="B39" s="229"/>
+      <c r="C39" s="230" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="274"/>
+      <c r="B40" s="229"/>
+      <c r="C40" s="230" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="274"/>
+      <c r="B41" s="229"/>
+      <c r="C41" s="230" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="274"/>
+      <c r="B42" s="229"/>
+      <c r="C42" s="230" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="275"/>
+      <c r="B43" s="226"/>
+      <c r="C43" s="228" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="207" t="s">
+        <v>658</v>
+      </c>
+      <c r="B44" s="227" t="s">
+        <v>659</v>
+      </c>
+      <c r="C44" s="218" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="210" t="s">
+        <v>660</v>
+      </c>
+      <c r="B45" s="225" t="s">
+        <v>661</v>
+      </c>
+      <c r="C45" s="212" t="s">
         <v>885</v>
       </c>
     </row>
-    <row r="12" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-[...94 lines deleted...]
-      <c r="C20" s="226" t="s">
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="215"/>
+      <c r="B46" s="231"/>
+      <c r="C46" s="217" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A47" s="210" t="s">
+        <v>662</v>
+      </c>
+      <c r="B47" s="225" t="s">
+        <v>663</v>
+      </c>
+      <c r="C47" s="219" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="275"/>
+      <c r="B48" s="226"/>
+      <c r="C48" s="228" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A49" s="210" t="s">
+        <v>665</v>
+      </c>
+      <c r="B49" s="225" t="s">
+        <v>666</v>
+      </c>
+      <c r="C49" s="212" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="215"/>
+      <c r="B50" s="231"/>
+      <c r="C50" s="217" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="207" t="s">
+        <v>667</v>
+      </c>
+      <c r="B51" s="227" t="s">
+        <v>668</v>
+      </c>
+      <c r="C51" s="218" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="232"/>
+      <c r="B52" s="233"/>
+      <c r="C52" s="224"/>
+    </row>
+    <row r="53" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="210" t="s">
+        <v>669</v>
+      </c>
+      <c r="B53" s="234" t="s">
+        <v>670</v>
+      </c>
+      <c r="C53" s="276" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="21" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...68 lines deleted...]
-      <c r="C27" s="226" t="s">
+    <row r="54" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="274"/>
+      <c r="B54" s="229"/>
+      <c r="C54" s="235" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="274"/>
+      <c r="B55" s="229"/>
+      <c r="C55" s="235" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="274"/>
+      <c r="B56" s="229"/>
+      <c r="C56" s="235" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="275"/>
+      <c r="B57" s="226"/>
+      <c r="C57" s="236" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="C29" s="227" t="s">
+    <row r="58" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="207" t="s">
+        <v>671</v>
+      </c>
+      <c r="B58" s="237" t="s">
+        <v>672</v>
+      </c>
+      <c r="C58" s="218" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="210" t="s">
+        <v>674</v>
+      </c>
+      <c r="B59" s="234" t="s">
+        <v>675</v>
+      </c>
+      <c r="C59" s="219" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="30" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C30" s="229" t="s">
+    <row r="60" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="275"/>
+      <c r="B60" s="226"/>
+      <c r="C60" s="236" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="210" t="s">
+        <v>676</v>
+      </c>
+      <c r="B61" s="234" t="s">
+        <v>677</v>
+      </c>
+      <c r="C61" s="219" t="s">
         <v>893</v>
       </c>
     </row>
-    <row r="31" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C31" s="226" t="s">
+    <row r="62" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="275"/>
+      <c r="B62" s="226"/>
+      <c r="C62" s="228" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="210" t="s">
+        <v>678</v>
+      </c>
+      <c r="B63" s="238" t="s">
+        <v>679</v>
+      </c>
+      <c r="C63" s="219" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A64" s="274"/>
+      <c r="B64" s="276"/>
+      <c r="C64" s="230" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="275"/>
+      <c r="B65" s="220"/>
+      <c r="C65" s="228" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="207" t="s">
+        <v>681</v>
+      </c>
+      <c r="B66" s="237" t="s">
+        <v>682</v>
+      </c>
+      <c r="C66" s="218" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="210" t="s">
+        <v>683</v>
+      </c>
+      <c r="B67" s="238" t="s">
+        <v>684</v>
+      </c>
+      <c r="C67" s="219" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A68" s="274"/>
+      <c r="B68" s="276"/>
+      <c r="C68" s="230" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="275"/>
+      <c r="B69" s="220"/>
+      <c r="C69" s="228" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="207" t="s">
+        <v>685</v>
+      </c>
+      <c r="B70" s="237" t="s">
+        <v>686</v>
+      </c>
+      <c r="C70" s="218" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="207" t="s">
+        <v>687</v>
+      </c>
+      <c r="B71" s="237" t="s">
+        <v>688</v>
+      </c>
+      <c r="C71" s="218" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A72" s="232"/>
+      <c r="B72" s="233"/>
+      <c r="C72" s="224"/>
+    </row>
+    <row r="73" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="210" t="s">
+        <v>689</v>
+      </c>
+      <c r="B73" s="234" t="s">
+        <v>690</v>
+      </c>
+      <c r="C73" s="276" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="205"/>
+      <c r="B74" s="239"/>
+      <c r="C74" s="276" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A75" s="205"/>
+      <c r="B75" s="240"/>
+      <c r="C75" s="241" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="275"/>
+      <c r="B76" s="226"/>
+      <c r="C76" s="228" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="77.25" x14ac:dyDescent="0.25">
+      <c r="A77" s="207" t="s">
+        <v>691</v>
+      </c>
+      <c r="B77" s="237" t="s">
+        <v>692</v>
+      </c>
+      <c r="C77" s="218" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A78" s="207" t="s">
+        <v>693</v>
+      </c>
+      <c r="B78" s="237" t="s">
+        <v>694</v>
+      </c>
+      <c r="C78" s="218" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="207" t="s">
+        <v>695</v>
+      </c>
+      <c r="B79" s="237" t="s">
+        <v>696</v>
+      </c>
+      <c r="C79" s="218" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="207" t="s">
+        <v>697</v>
+      </c>
+      <c r="B80" s="237" t="s">
+        <v>698</v>
+      </c>
+      <c r="C80" s="218" t="s">
         <v>902</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="C33" s="236" t="s">
+    <row r="81" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="207" t="s">
+        <v>699</v>
+      </c>
+      <c r="B81" s="237" t="s">
+        <v>700</v>
+      </c>
+      <c r="C81" s="218" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="34" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-[...169 lines deleted...]
-      <c r="C53" s="181" t="s">
+    <row r="82" spans="1:3" ht="120" x14ac:dyDescent="0.25">
+      <c r="A82" s="207" t="s">
+        <v>701</v>
+      </c>
+      <c r="B82" s="237" t="s">
+        <v>702</v>
+      </c>
+      <c r="C82" s="218" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A83" s="210" t="s">
+        <v>703</v>
+      </c>
+      <c r="B83" s="234" t="s">
+        <v>704</v>
+      </c>
+      <c r="C83" s="272" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A84" s="275"/>
+      <c r="B84" s="242"/>
+      <c r="C84" s="243" t="s">
         <v>906</v>
       </c>
     </row>
-    <row r="54" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="C57" s="244" t="s">
+    <row r="85" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="207" t="s">
+        <v>705</v>
+      </c>
+      <c r="B85" s="237" t="s">
+        <v>706</v>
+      </c>
+      <c r="C85" s="271" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="58" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="C59" s="227" t="s">
+    <row r="86" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A86" s="207" t="s">
+        <v>707</v>
+      </c>
+      <c r="B86" s="237" t="s">
+        <v>708</v>
+      </c>
+      <c r="C86" s="271" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="210" t="s">
+        <v>709</v>
+      </c>
+      <c r="B87" s="234" t="s">
+        <v>710</v>
+      </c>
+      <c r="C87" s="272" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A88" s="275"/>
+      <c r="B88" s="242"/>
+      <c r="C88" s="272" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A89" s="207" t="s">
+        <v>711</v>
+      </c>
+      <c r="B89" s="237" t="s">
+        <v>712</v>
+      </c>
+      <c r="C89" s="271" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A90" s="207" t="s">
+        <v>713</v>
+      </c>
+      <c r="B90" s="237" t="s">
+        <v>714</v>
+      </c>
+      <c r="C90" s="271" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A91" s="244"/>
+      <c r="B91" s="245"/>
+      <c r="C91" s="246"/>
+    </row>
+    <row r="92" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A92" s="207" t="s">
+        <v>715</v>
+      </c>
+      <c r="B92" s="237" t="s">
+        <v>716</v>
+      </c>
+      <c r="C92" s="247" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="207" t="s">
+        <v>717</v>
+      </c>
+      <c r="B93" s="237" t="s">
+        <v>718</v>
+      </c>
+      <c r="C93" s="248" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="207" t="s">
+        <v>719</v>
+      </c>
+      <c r="B94" s="237" t="s">
+        <v>720</v>
+      </c>
+      <c r="C94" s="248" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A95" s="210" t="s">
+        <v>721</v>
+      </c>
+      <c r="B95" s="238" t="s">
+        <v>722</v>
+      </c>
+      <c r="C95" s="249" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A96" s="274"/>
+      <c r="B96" s="250"/>
+      <c r="C96" s="249" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="275"/>
+      <c r="B97" s="242"/>
+      <c r="C97" s="247" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="210" t="s">
+        <v>723</v>
+      </c>
+      <c r="B98" s="234" t="s">
+        <v>724</v>
+      </c>
+      <c r="C98" s="251" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="275"/>
+      <c r="B99" s="242"/>
+      <c r="C99" s="247" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="210" t="s">
+        <v>725</v>
+      </c>
+      <c r="B100" s="234" t="s">
+        <v>726</v>
+      </c>
+      <c r="C100" s="251" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="275"/>
+      <c r="B101" s="242"/>
+      <c r="C101" s="252" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="210" t="s">
+        <v>727</v>
+      </c>
+      <c r="B102" s="234" t="s">
+        <v>728</v>
+      </c>
+      <c r="C102" s="247" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A103" s="274"/>
+      <c r="B103" s="253"/>
+      <c r="C103" s="247" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="275"/>
+      <c r="B104" s="226"/>
+      <c r="C104" s="252" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A105" s="210" t="s">
+        <v>729</v>
+      </c>
+      <c r="B105" s="225" t="s">
+        <v>730</v>
+      </c>
+      <c r="C105" s="247" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="207" t="s">
+        <v>731</v>
+      </c>
+      <c r="B106" s="227" t="s">
+        <v>732</v>
+      </c>
+      <c r="C106" s="248" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="207" t="s">
+        <v>733</v>
+      </c>
+      <c r="B107" s="227" t="s">
+        <v>734</v>
+      </c>
+      <c r="C107" s="248" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="207" t="s">
+        <v>735</v>
+      </c>
+      <c r="B108" s="227" t="s">
+        <v>736</v>
+      </c>
+      <c r="C108" s="248" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A109" s="207" t="s">
+        <v>737</v>
+      </c>
+      <c r="B109" s="227" t="s">
+        <v>738</v>
+      </c>
+      <c r="C109" s="248" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="210" t="s">
+        <v>739</v>
+      </c>
+      <c r="B110" s="225" t="s">
+        <v>857</v>
+      </c>
+      <c r="C110" s="247" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A111" s="275"/>
+      <c r="B111" s="226"/>
+      <c r="C111" s="247" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A112" s="207" t="s">
+        <v>740</v>
+      </c>
+      <c r="B112" s="227" t="s">
+        <v>741</v>
+      </c>
+      <c r="C112" s="248" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A113" s="244"/>
+      <c r="B113" s="254"/>
+      <c r="C113" s="246"/>
+    </row>
+    <row r="114" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="207" t="s">
+        <v>742</v>
+      </c>
+      <c r="B114" s="227" t="s">
+        <v>743</v>
+      </c>
+      <c r="C114" s="248" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A115" s="207" t="s">
+        <v>744</v>
+      </c>
+      <c r="B115" s="227" t="s">
+        <v>745</v>
+      </c>
+      <c r="C115" s="248" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A116" s="210" t="s">
+        <v>746</v>
+      </c>
+      <c r="B116" s="225" t="s">
+        <v>747</v>
+      </c>
+      <c r="C116" s="255" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="274"/>
+      <c r="B117" s="229"/>
+      <c r="C117" s="247" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="274"/>
+      <c r="B118" s="229"/>
+      <c r="C118" s="247" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A119" s="274"/>
+      <c r="B119" s="229"/>
+      <c r="C119" s="247" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A120" s="274"/>
+      <c r="B120" s="229"/>
+      <c r="C120" s="247" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A121" s="274"/>
+      <c r="B121" s="229"/>
+      <c r="C121" s="255" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A122" s="274"/>
+      <c r="B122" s="229"/>
+      <c r="C122" s="247" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A123" s="274"/>
+      <c r="B123" s="229"/>
+      <c r="C123" s="247" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="274"/>
+      <c r="B124" s="229"/>
+      <c r="C124" s="247" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="275"/>
+      <c r="B125" s="226"/>
+      <c r="C125" s="247" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A126" s="210" t="s">
+        <v>749</v>
+      </c>
+      <c r="B126" s="225" t="s">
+        <v>750</v>
+      </c>
+      <c r="C126" s="251" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A127" s="274"/>
+      <c r="B127" s="229"/>
+      <c r="C127" s="249" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A128" s="275"/>
+      <c r="B128" s="226"/>
+      <c r="C128" s="252" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A129" s="210" t="s">
+        <v>751</v>
+      </c>
+      <c r="B129" s="211" t="s">
+        <v>752</v>
+      </c>
+      <c r="C129" s="248" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A130" s="256" t="s">
+        <v>753</v>
+      </c>
+      <c r="B130" s="208" t="s">
+        <v>754</v>
+      </c>
+      <c r="C130" s="248" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="207" t="s">
+        <v>755</v>
+      </c>
+      <c r="B131" s="208" t="s">
+        <v>756</v>
+      </c>
+      <c r="C131" s="248" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="207" t="s">
+        <v>758</v>
+      </c>
+      <c r="B132" s="208" t="s">
+        <v>759</v>
+      </c>
+      <c r="C132" s="248" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="207" t="s">
+        <v>760</v>
+      </c>
+      <c r="B133" s="208" t="s">
+        <v>761</v>
+      </c>
+      <c r="C133" s="248" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A134" s="207" t="s">
+        <v>762</v>
+      </c>
+      <c r="B134" s="208" t="s">
+        <v>763</v>
+      </c>
+      <c r="C134" s="248" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+      <c r="A135" s="207" t="s">
+        <v>764</v>
+      </c>
+      <c r="B135" s="208" t="s">
+        <v>765</v>
+      </c>
+      <c r="C135" s="248" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" ht="210" x14ac:dyDescent="0.25">
+      <c r="A136" s="210" t="s">
+        <v>766</v>
+      </c>
+      <c r="B136" s="225" t="s">
+        <v>767</v>
+      </c>
+      <c r="C136" s="247" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A137" s="257"/>
+      <c r="B137" s="233"/>
+      <c r="C137" s="224"/>
+    </row>
+    <row r="138" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A138" s="207" t="s">
+        <v>768</v>
+      </c>
+      <c r="B138" s="258"/>
+      <c r="C138" s="248" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A139" s="207" t="s">
+        <v>769</v>
+      </c>
+      <c r="B139" s="227" t="s">
+        <v>770</v>
+      </c>
+      <c r="C139" s="248" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A140" s="207" t="s">
+        <v>772</v>
+      </c>
+      <c r="B140" s="227" t="s">
+        <v>773</v>
+      </c>
+      <c r="C140" s="248" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A141" s="207" t="s">
+        <v>774</v>
+      </c>
+      <c r="B141" s="227" t="s">
+        <v>775</v>
+      </c>
+      <c r="C141" s="248" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="207" t="s">
+        <v>776</v>
+      </c>
+      <c r="B142" s="227" t="s">
+        <v>777</v>
+      </c>
+      <c r="C142" s="248" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A143" s="207" t="s">
+        <v>778</v>
+      </c>
+      <c r="B143" s="227" t="s">
+        <v>779</v>
+      </c>
+      <c r="C143" s="248" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A144" s="207" t="s">
+        <v>780</v>
+      </c>
+      <c r="B144" s="227" t="s">
+        <v>781</v>
+      </c>
+      <c r="C144" s="248" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A145" s="207" t="s">
+        <v>783</v>
+      </c>
+      <c r="B145" s="227" t="s">
+        <v>784</v>
+      </c>
+      <c r="C145" s="248" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A146" s="207" t="s">
+        <v>786</v>
+      </c>
+      <c r="B146" s="227" t="s">
+        <v>787</v>
+      </c>
+      <c r="C146" s="248" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A147" s="207" t="s">
+        <v>788</v>
+      </c>
+      <c r="B147" s="227" t="s">
+        <v>789</v>
+      </c>
+      <c r="C147" s="248" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A148" s="207" t="s">
+        <v>791</v>
+      </c>
+      <c r="B148" s="227" t="s">
+        <v>792</v>
+      </c>
+      <c r="C148" s="248" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A149" s="210" t="s">
+        <v>794</v>
+      </c>
+      <c r="B149" s="225" t="s">
+        <v>795</v>
+      </c>
+      <c r="C149" s="251" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A150" s="275"/>
+      <c r="B150" s="226"/>
+      <c r="C150" s="252" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A151" s="207" t="s">
+        <v>798</v>
+      </c>
+      <c r="B151" s="227" t="s">
+        <v>799</v>
+      </c>
+      <c r="C151" s="248" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A152" s="207" t="s">
+        <v>800</v>
+      </c>
+      <c r="B152" s="227" t="s">
+        <v>801</v>
+      </c>
+      <c r="C152" s="248" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A153" s="207" t="s">
+        <v>803</v>
+      </c>
+      <c r="B153" s="227" t="s">
+        <v>804</v>
+      </c>
+      <c r="C153" s="248" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A154" s="207" t="s">
+        <v>806</v>
+      </c>
+      <c r="B154" s="227" t="s">
         <v>907</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="C61" s="227" t="s">
+      <c r="C154" s="248" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A155" s="207" t="s">
+        <v>807</v>
+      </c>
+      <c r="B155" s="227" t="s">
+        <v>808</v>
+      </c>
+      <c r="C155" s="248" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A156" s="207" t="s">
+        <v>809</v>
+      </c>
+      <c r="B156" s="227" t="s">
+        <v>810</v>
+      </c>
+      <c r="C156" s="248" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A157" s="210" t="s">
+        <v>811</v>
+      </c>
+      <c r="B157" s="225" t="s">
+        <v>812</v>
+      </c>
+      <c r="C157" s="251" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A158" s="275"/>
+      <c r="B158" s="226"/>
+      <c r="C158" s="252" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="207" t="s">
+        <v>813</v>
+      </c>
+      <c r="B159" s="227" t="s">
+        <v>814</v>
+      </c>
+      <c r="C159" s="248" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="207" t="s">
+        <v>815</v>
+      </c>
+      <c r="B160" s="227" t="s">
+        <v>816</v>
+      </c>
+      <c r="C160" s="248" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A161" s="210" t="s">
+        <v>817</v>
+      </c>
+      <c r="B161" s="225" t="s">
+        <v>818</v>
+      </c>
+      <c r="C161" s="247" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A162" s="274"/>
+      <c r="B162" s="229"/>
+      <c r="C162" s="247" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A163" s="274"/>
+      <c r="B163" s="259">
+        <v>521</v>
+      </c>
+      <c r="C163" s="247" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A164" s="274"/>
+      <c r="B164" s="259">
+        <v>524</v>
+      </c>
+      <c r="C164" s="247" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A165" s="274"/>
+      <c r="B165" s="259">
+        <v>525</v>
+      </c>
+      <c r="C165" s="247" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A166" s="274"/>
+      <c r="B166" s="259">
+        <v>527</v>
+      </c>
+      <c r="C166" s="247" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A167" s="275"/>
+      <c r="B167" s="260">
+        <v>528</v>
+      </c>
+      <c r="C167" s="247" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="207" t="s">
+        <v>824</v>
+      </c>
+      <c r="B168" s="227" t="s">
+        <v>825</v>
+      </c>
+      <c r="C168" s="248" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="207" t="s">
+        <v>826</v>
+      </c>
+      <c r="B169" s="227" t="s">
+        <v>827</v>
+      </c>
+      <c r="C169" s="248" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A170" s="207" t="s">
+        <v>828</v>
+      </c>
+      <c r="B170" s="227" t="s">
+        <v>829</v>
+      </c>
+      <c r="C170" s="248" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="207" t="s">
+        <v>830</v>
+      </c>
+      <c r="B171" s="227" t="s">
+        <v>831</v>
+      </c>
+      <c r="C171" s="248" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="207" t="s">
+        <v>832</v>
+      </c>
+      <c r="B172" s="227" t="s">
+        <v>833</v>
+      </c>
+      <c r="C172" s="248" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A173" s="207" t="s">
+        <v>834</v>
+      </c>
+      <c r="B173" s="227" t="s">
+        <v>835</v>
+      </c>
+      <c r="C173" s="248" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A174" s="207" t="s">
+        <v>836</v>
+      </c>
+      <c r="B174" s="227" t="s">
+        <v>837</v>
+      </c>
+      <c r="C174" s="248" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A175" s="207" t="s">
+        <v>838</v>
+      </c>
+      <c r="B175" s="227" t="s">
+        <v>839</v>
+      </c>
+      <c r="C175" s="248" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="207" t="s">
+        <v>841</v>
+      </c>
+      <c r="B176" s="227" t="s">
+        <v>842</v>
+      </c>
+      <c r="C176" s="248" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A177" s="207" t="s">
+        <v>858</v>
+      </c>
+      <c r="B177" s="227" t="s">
+        <v>859</v>
+      </c>
+      <c r="C177" s="248" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A178" s="210" t="s">
+        <v>845</v>
+      </c>
+      <c r="B178" s="225" t="s">
+        <v>846</v>
+      </c>
+      <c r="C178" s="247" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A179" s="274"/>
+      <c r="B179" s="229"/>
+      <c r="C179" s="247" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="275"/>
+      <c r="B180" s="226"/>
+      <c r="C180" s="247" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A181" s="207" t="s">
+        <v>848</v>
+      </c>
+      <c r="B181" s="227" t="s">
+        <v>849</v>
+      </c>
+      <c r="C181" s="248" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A182" s="207" t="s">
+        <v>850</v>
+      </c>
+      <c r="B182" s="227" t="s">
+        <v>851</v>
+      </c>
+      <c r="C182" s="248" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A183" s="207" t="s">
+        <v>852</v>
+      </c>
+      <c r="B183" s="227" t="s">
         <v>908</v>
       </c>
-    </row>
-[...906 lines deleted...]
-      <c r="C157" s="256" t="s">
+      <c r="C183" s="248" t="s">
         <v>978</v>
       </c>
     </row>
-    <row r="158" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C158" s="259" t="s">
+    <row r="184" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="207" t="s">
+        <v>853</v>
+      </c>
+      <c r="B184" s="227" t="s">
+        <v>854</v>
+      </c>
+      <c r="C184" s="248" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A185" s="207" t="s">
+        <v>855</v>
+      </c>
+      <c r="B185" s="227" t="s">
+        <v>856</v>
+      </c>
+      <c r="C185" s="248" t="s">
         <v>979</v>
       </c>
     </row>
-    <row r="159" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...279 lines deleted...]
-      </c>
+    <row r="186" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B186"/>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A187" s="162"/>
       <c r="B187"/>
-    </row>
-[...2 lines deleted...]
-      <c r="B188"/>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1"/>
     <hyperlink ref="C46" r:id="rId2"/>
     <hyperlink ref="C50" r:id="rId3"/>
     <hyperlink ref="C75" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:T195"/>
+  <dimension ref="A1:T217"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.28515625" style="188" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" style="182"/>
+    <col min="1" max="1" width="21.28515625" style="180" customWidth="1"/>
+    <col min="2" max="2" width="191" style="180" customWidth="1"/>
+    <col min="3" max="16384" width="9.140625" style="174"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A1" s="193"/>
-[...18 lines deleted...]
-      <c r="T1" s="190"/>
+      <c r="A1" s="185"/>
+      <c r="B1" s="185"/>
+      <c r="C1" s="182"/>
+      <c r="D1" s="182"/>
+      <c r="E1" s="182"/>
+      <c r="F1" s="182"/>
+      <c r="G1" s="182"/>
+      <c r="H1" s="182"/>
+      <c r="I1" s="182"/>
+      <c r="J1" s="182"/>
+      <c r="K1" s="182"/>
+      <c r="L1" s="182"/>
+      <c r="M1" s="182"/>
+      <c r="N1" s="182"/>
+      <c r="O1" s="182"/>
+      <c r="P1" s="182"/>
+      <c r="Q1" s="182"/>
+      <c r="R1" s="182"/>
+      <c r="S1" s="182"/>
+      <c r="T1" s="182"/>
     </row>
     <row r="2" spans="1:20" ht="21" x14ac:dyDescent="0.25">
-      <c r="A2" s="194"/>
-[...20 lines deleted...]
-      <c r="T2" s="184"/>
+      <c r="A2" s="186"/>
+      <c r="B2" s="181" t="s">
+        <v>594</v>
+      </c>
+      <c r="C2" s="176"/>
+      <c r="D2" s="176"/>
+      <c r="E2" s="176"/>
+      <c r="F2" s="176"/>
+      <c r="G2" s="176"/>
+      <c r="H2" s="176"/>
+      <c r="I2" s="176"/>
+      <c r="J2" s="176"/>
+      <c r="K2" s="176"/>
+      <c r="L2" s="176"/>
+      <c r="M2" s="176"/>
+      <c r="N2" s="176"/>
+      <c r="O2" s="176"/>
+      <c r="P2" s="176"/>
+      <c r="Q2" s="176"/>
+      <c r="R2" s="176"/>
+      <c r="S2" s="176"/>
+      <c r="T2" s="176"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A3" s="191"/>
-[...20 lines deleted...]
-      <c r="T3" s="184"/>
+      <c r="A3" s="183"/>
+      <c r="B3" s="175" t="s">
+        <v>595</v>
+      </c>
+      <c r="C3" s="176"/>
+      <c r="D3" s="176"/>
+      <c r="E3" s="176"/>
+      <c r="F3" s="176"/>
+      <c r="G3" s="176"/>
+      <c r="H3" s="176"/>
+      <c r="I3" s="176"/>
+      <c r="J3" s="176"/>
+      <c r="K3" s="176"/>
+      <c r="L3" s="176"/>
+      <c r="M3" s="176"/>
+      <c r="N3" s="176"/>
+      <c r="O3" s="176"/>
+      <c r="P3" s="176"/>
+      <c r="Q3" s="176"/>
+      <c r="R3" s="176"/>
+      <c r="S3" s="176"/>
+      <c r="T3" s="176"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A4" s="193"/>
-      <c r="B4" s="195"/>
+      <c r="A4" s="185"/>
+      <c r="B4" s="187"/>
     </row>
     <row r="5" spans="1:20" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="193"/>
-[...1 lines deleted...]
-        <v>1158</v>
+      <c r="A5" s="185"/>
+      <c r="B5" s="188" t="s">
+        <v>1134</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A6" s="193"/>
-      <c r="B6" s="197" t="s">
+      <c r="A6" s="185"/>
+      <c r="B6" s="189" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="7" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A7" s="185"/>
+      <c r="B7" s="189" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20" ht="60" x14ac:dyDescent="0.25">
+      <c r="A8" s="185"/>
+      <c r="B8" s="188" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A9" s="185"/>
+      <c r="B9" s="190" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="185"/>
+      <c r="B10" s="191" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="11" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="185"/>
+      <c r="B11" s="188" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="12" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="185"/>
+      <c r="B12" s="188" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="185"/>
+      <c r="B13" s="188" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="185"/>
+      <c r="B14" s="188" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="15" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="185"/>
+      <c r="B15" s="188" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="16" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="185"/>
+      <c r="B16" s="188" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="185"/>
+      <c r="B17" s="188" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="185"/>
+      <c r="B18" s="188" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="185"/>
+      <c r="B19" s="192" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="185"/>
+      <c r="B20" s="188" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="185"/>
+      <c r="B21" s="188" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" s="193"/>
+      <c r="B22" s="193"/>
+    </row>
+    <row r="23" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="194" t="s">
+        <v>985</v>
+      </c>
+      <c r="B23" s="195"/>
+    </row>
+    <row r="24" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="196"/>
+      <c r="B24" s="197" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" s="185"/>
+      <c r="B25" s="272" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" s="185"/>
+      <c r="B26" s="272" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="185"/>
+      <c r="B27" s="272" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="185"/>
+      <c r="B28" s="272" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" s="177" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="185"/>
+      <c r="B29" s="198" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="185"/>
+      <c r="B30" s="272" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="185"/>
+      <c r="B31" s="272" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="185"/>
+      <c r="B32" s="272" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="185"/>
+      <c r="B33" s="272" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" s="177" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="185"/>
+      <c r="B34" s="272" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="199" t="s">
+        <v>2</v>
+      </c>
+      <c r="B35" s="200"/>
+    </row>
+    <row r="36" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="201"/>
+      <c r="B36" s="197" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" s="177" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="185"/>
+      <c r="B37" s="272" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="185"/>
+      <c r="B38" s="272" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" s="177" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="185"/>
+      <c r="B39" s="272" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" s="177" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="185"/>
+      <c r="B40" s="272" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="185"/>
+      <c r="B41" s="272" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="185"/>
+      <c r="B42" s="272" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" s="177" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="185"/>
+      <c r="B43" s="272" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" s="177" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="185"/>
+      <c r="B44" s="272" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" s="177" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="185"/>
+      <c r="B45" s="272" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" s="177" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="199" t="s">
+        <v>991</v>
+      </c>
+      <c r="B46" s="199"/>
+    </row>
+    <row r="47" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="185"/>
+      <c r="B47" s="272" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="185"/>
+      <c r="B48" s="272" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" s="177" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="185"/>
+      <c r="B49" s="272" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="185"/>
+      <c r="B50" s="272" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="185"/>
+      <c r="B51" s="272" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="185"/>
+      <c r="B52" s="272" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="185"/>
+      <c r="B53" s="272" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="185"/>
+      <c r="B54" s="272" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="185"/>
+      <c r="B55" s="272" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="185"/>
+      <c r="B56" s="272" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="185"/>
+      <c r="B57" s="272" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="185"/>
+      <c r="B58" s="272" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="185"/>
+      <c r="B59" s="272" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="185"/>
+      <c r="B60" s="272" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="185"/>
+      <c r="B61" s="272" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="185"/>
+      <c r="B62" s="272" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" s="177" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="185"/>
+      <c r="B63" s="272" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="185"/>
+      <c r="B64" s="272" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="199" t="s">
+        <v>992</v>
+      </c>
+      <c r="B65" s="199"/>
+    </row>
+    <row r="66" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="185"/>
+      <c r="B66" s="272" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="185"/>
+      <c r="B67" s="272" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="185"/>
+      <c r="B68" s="272" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="185"/>
+      <c r="B69" s="272" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="185"/>
+      <c r="B70" s="272" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="185"/>
+      <c r="B71" s="272" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="185"/>
+      <c r="B72" s="272" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="185"/>
+      <c r="B73" s="272" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="185"/>
+      <c r="B74" s="272" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="185"/>
+      <c r="B75" s="272" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="185"/>
+      <c r="B76" s="272" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="185"/>
+      <c r="B77" s="272" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="185"/>
+      <c r="B78" s="272" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="185"/>
+      <c r="B79" s="272" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="185"/>
+      <c r="B80" s="272" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="185"/>
+      <c r="B81" s="272" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="185"/>
+      <c r="B82" s="272" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="185"/>
+      <c r="B83" s="272" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="185"/>
+      <c r="B84" s="272" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="185"/>
+      <c r="B85" s="272" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="185"/>
+      <c r="B86" s="272" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="185"/>
+      <c r="B87" s="272" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="185"/>
+      <c r="B88" s="272" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="185"/>
+      <c r="B89" s="272" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="185"/>
+      <c r="B90" s="272" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="185"/>
+      <c r="B91" s="272" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="185"/>
+      <c r="B92" s="272" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="185"/>
+      <c r="B93" s="272" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="185"/>
+      <c r="B94" s="272" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" s="177" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="199" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B95" s="199"/>
+    </row>
+    <row r="96" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="185"/>
+      <c r="B96" s="273" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="185"/>
+      <c r="B97" s="273" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="185"/>
+      <c r="B98" s="273" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="185"/>
+      <c r="B99" s="273" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="185"/>
+      <c r="B100" s="273" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="185"/>
+      <c r="B101" s="273" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="185"/>
+      <c r="B102" s="273" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="185"/>
+      <c r="B103" s="273" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="185"/>
+      <c r="B104" s="273" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="185"/>
+      <c r="B105" s="273" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="185"/>
+      <c r="B106" s="273" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="185"/>
+      <c r="B107" s="273" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="185"/>
+      <c r="B108" s="273" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="185"/>
+      <c r="B109" s="273" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" s="177" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="199" t="s">
         <v>997</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="B10" s="196" t="s">
+      <c r="B110" s="199"/>
+    </row>
+    <row r="111" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="185"/>
+      <c r="B111" s="272" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="185"/>
+      <c r="B112" s="272" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="185"/>
+      <c r="B113" s="272" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="185"/>
+      <c r="B114" s="272" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="185"/>
+      <c r="B115" s="272" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="185"/>
+      <c r="B116" s="272" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="185"/>
+      <c r="B117" s="272" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="185"/>
+      <c r="B118" s="272" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="185"/>
+      <c r="B119" s="272" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="185"/>
+      <c r="B120" s="272" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" s="177" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="185"/>
+      <c r="B121" s="272" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" s="177" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="185"/>
+      <c r="B122" s="272" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" s="177" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="185"/>
+      <c r="B123" s="272" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="185"/>
+      <c r="B124" s="272" t="s">
         <v>998</v>
       </c>
     </row>
-    <row r="11" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B11" s="196" t="s">
+    <row r="125" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="185"/>
+      <c r="B125" s="272" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" s="177" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="185"/>
+      <c r="B126" s="272" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" s="177" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="199" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B127" s="199"/>
+    </row>
+    <row r="128" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="185"/>
+      <c r="B128" s="272" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="185"/>
+      <c r="B129" s="272" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" s="177" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="185"/>
+      <c r="B130" s="272" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="185"/>
+      <c r="B131" s="272" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="185"/>
+      <c r="B132" s="272" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="185"/>
+      <c r="B133" s="272" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="185"/>
+      <c r="B134" s="272" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" s="177" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="185"/>
+      <c r="B135" s="272" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="185"/>
+      <c r="B136" s="272" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="185"/>
+      <c r="B137" s="272" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" s="177" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="185"/>
+      <c r="B138" s="272" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="185"/>
+      <c r="B139" s="272" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="185"/>
+      <c r="B140" s="272" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="185"/>
+      <c r="B141" s="272" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="185"/>
+      <c r="B142" s="272" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="185"/>
+      <c r="B143" s="272" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="185"/>
+      <c r="B144" s="272" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="185"/>
+      <c r="B145" s="272" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" s="177" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="185"/>
+      <c r="B146" s="272" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" s="177" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="185"/>
+      <c r="B147" s="272" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" s="177" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="199" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B148" s="199"/>
+    </row>
+    <row r="149" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="185"/>
+      <c r="B149" s="272" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="185"/>
+      <c r="B150" s="272" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A151" s="185"/>
+      <c r="B151" s="272" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="185"/>
+      <c r="B152" s="272" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="185"/>
+      <c r="B153" s="272" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="185"/>
+      <c r="B154" s="272" t="s">
         <v>999</v>
       </c>
     </row>
-    <row r="12" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...701 lines deleted...]
-      <c r="B129" s="179" t="s">
+    <row r="155" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="185"/>
+      <c r="B155" s="272" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="202"/>
+      <c r="B156" s="203" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="202"/>
+      <c r="B157" s="203" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="202"/>
+      <c r="B158" s="203" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="202"/>
+      <c r="B159" s="203" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="202"/>
+      <c r="B160" s="203" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="185"/>
+      <c r="B161" s="272" t="s">
         <v>1115</v>
       </c>
     </row>
-    <row r="130" spans="1:2" s="185" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B130" s="179" t="s">
+    <row r="162" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="185"/>
+      <c r="B162" s="272" t="s">
         <v>1116</v>
       </c>
     </row>
-    <row r="131" spans="1:2" s="185" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B131" s="179" t="s">
+    <row r="163" spans="1:2" s="177" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="185"/>
+      <c r="B163" s="272" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="132" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B132" s="179" t="s">
+    <row r="164" spans="1:2" s="177" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="185"/>
+      <c r="B164" s="272" t="s">
         <v>1118</v>
       </c>
     </row>
-    <row r="133" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B133" s="179" t="s">
+    <row r="165" spans="1:2" s="177" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="185"/>
+      <c r="B165" s="272" t="s">
         <v>1119</v>
       </c>
     </row>
-    <row r="134" spans="1:2" s="185" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B134" s="179" t="s">
+    <row r="166" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="185"/>
+      <c r="B166" s="272" t="s">
         <v>1120</v>
       </c>
     </row>
-    <row r="135" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B135" s="179" t="s">
+    <row r="167" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="185"/>
+      <c r="B167" s="272" t="s">
         <v>1121</v>
       </c>
     </row>
-    <row r="136" spans="1:2" s="185" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B136" s="179" t="s">
+    <row r="168" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="185"/>
+      <c r="B168" s="272" t="s">
         <v>1122</v>
       </c>
     </row>
-    <row r="137" spans="1:2" s="185" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B137" s="179" t="s">
+    <row r="169" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="185"/>
+      <c r="B169" s="272" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="138" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B138" s="179" t="s">
+    <row r="170" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="185"/>
+      <c r="B170" s="272" t="s">
         <v>1124</v>
       </c>
     </row>
-    <row r="139" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B139" s="179" t="s">
+    <row r="171" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="185"/>
+      <c r="B171" s="272" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="140" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="B144" s="179" t="s">
+    <row r="172" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="185"/>
+      <c r="B172" s="272" t="s">
         <v>1126</v>
       </c>
     </row>
-    <row r="145" spans="1:2" s="185" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B145" s="179" t="s">
+    <row r="173" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="185"/>
+      <c r="B173" s="272" t="s">
         <v>1127</v>
       </c>
     </row>
-    <row r="146" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B146" s="179" t="s">
+    <row r="174" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="185"/>
+      <c r="B174" s="272" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="185"/>
+      <c r="B175" s="272" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" s="177" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="185"/>
+      <c r="B176" s="272" t="s">
         <v>1128</v>
       </c>
     </row>
-    <row r="147" spans="1:2" s="185" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...179 lines deleted...]
-    <row r="177" spans="1:2" s="185" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A177" s="193"/>
-      <c r="B177" s="179" t="s">
-[...75 lines deleted...]
-      <c r="B195" s="188"/>
+      <c r="B177" s="193"/>
+    </row>
+    <row r="178" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="180"/>
+      <c r="B178" s="180"/>
+    </row>
+    <row r="179" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="180"/>
+      <c r="B179" s="277" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="180"/>
+      <c r="B180" s="278" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" s="177" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="180"/>
+      <c r="B181" s="279" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A182" s="180"/>
+      <c r="B182" s="280" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="180"/>
+      <c r="B183" s="280" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="180"/>
+      <c r="B184" s="280" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A185" s="180"/>
+      <c r="B185" s="280" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A186" s="180"/>
+      <c r="B186" s="280" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="180"/>
+      <c r="B187" s="280" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="180"/>
+      <c r="B188" s="280" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="180"/>
+      <c r="B189" s="280" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="180"/>
+      <c r="B190" s="280" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A191" s="180"/>
+      <c r="B191" s="280" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" s="177" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A192" s="180"/>
+      <c r="B192" s="280" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" s="177" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="180"/>
+      <c r="B193" s="280" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B194" s="280" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B195" s="280" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B196" s="280" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B197" s="280" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B198" s="280" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B199" s="280" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B200" s="279" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B201" s="280" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B202" s="280" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B203" s="280" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B204" s="280" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B205" s="280" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B206" s="280" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B207" s="280" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B208" s="280" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="209" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B209" s="280" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="210" spans="2:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B210" s="280" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="211" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B211" s="280" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="212" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B212" s="280" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="213" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B213" s="280" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="214" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B214" s="280" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="215" spans="2:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B215" s="279" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="216" spans="2:2" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B216" s="279" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="217" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B217" s="280" t="s">
+        <v>1208</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection password="D024" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
-    <hyperlink ref="B18" r:id="rId1"/>
+    <hyperlink ref="B19" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
+    <hyperlink ref="B7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>126</vt:i4>
       </vt:variant>
     </vt:vector>